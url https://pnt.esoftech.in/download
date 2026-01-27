--- v0 (2025-12-06)
+++ v1 (2026-01-27)
@@ -1,79 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Hindustan Times(Real estate)" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Hindustan Times(Analysis)" sheetId="2" state="visible" r:id="rId2"/>
     <sheet name="Indian Express Real Estate" sheetId="3" state="visible" r:id="rId3"/>
     <sheet name="Indian Express Business" sheetId="4" state="visible" r:id="rId4"/>
     <sheet name="Realty Plus" sheetId="5" state="visible" r:id="rId5"/>
     <sheet name="New York Times(Real Estate)" sheetId="6" state="visible" r:id="rId6"/>
     <sheet name="New York Times(Business)" sheetId="7" state="visible" r:id="rId7"/>
     <sheet name="FE Market" sheetId="8" state="visible" r:id="rId8"/>
     <sheet name="FE Commodities" sheetId="9" state="visible" r:id="rId9"/>
     <sheet name="FE Banking &amp; Finance" sheetId="10" state="visible" r:id="rId10"/>
     <sheet name="FE Real Estate" sheetId="11" state="visible" r:id="rId11"/>
     <sheet name="G&amp;M Business" sheetId="12" state="visible" r:id="rId12"/>
     <sheet name="G&amp;M Investing" sheetId="13" state="visible" r:id="rId13"/>
     <sheet name="G&amp;M Real Estate" sheetId="14" state="visible" r:id="rId14"/>
-    <sheet name="ET Cryptocurrency" sheetId="15" state="visible" r:id="rId15"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
@@ -158,51 +156,51 @@
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -493,999 +491,999 @@
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Content</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>DDA to auction 10.43 acres in Dwarka for integrated mall, offices and upscale homes</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Officials said the minimum reserve price for the auction has been set at ₹25 crore, though the land parcel is expected to fetch a much higher rate.</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Dec 03, 2025 04:36 am</t>
+          <t>Nov 19, 2025 08:43 am</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/cities/delhi-news/dda-to-auction-10-43-acres-in-dwarka-for-integrated-mall-offices-and-upscale-homes-101764701173270.html</t>
+          <t>https://www.hindustantimes.com/real-estate/bengaluru-real-estate-are-security-deposits-now-passive-income-for-landlords-tenants-ask-101763487702774.html</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>The Delhi Development Authority (DDA) is preparing to auction a 10.43-acre land parcel in Sector 22, Dwarka, to be developed into a first-of-its-kind mixed-use complex comprising a luxury mall, corporate office spaces and premium residential facilities. Officials said this is the first time that the DDA will facilitate all three uses within one integrated development. According to the project report, the plot will be allotted on a 55-year licence period to the selected developer and will require the developer to design, finance, build, operate and maintain the infrastructure for 55 years before handing it back to the authority at the end of the contract period. Officials said the minimum reserve price for the auction has been set at ₹25 crore, though the land parcel is expected to fetch a much higher rate. The application process closed on Tuesday, officials added. “We are hoping to conduct the e-auction this month itself and allot the plot. It is a luxury project and several good developers have evinced interest,” said a DDA official, asking not to be named. The land parcel falls in the influence zones of the transit oriented development (TOD) corridor, planned along Dwarka’s expanding transport network, DDA officials added. The project report mandates that a minimum 50% of the floor area ratio (FAR) be used specifically for commercial development, such as a high-end luxury retail mall and office spaces. A further 30% FAR must be developed as luxury residential units such as service apartments or guest houses, while at least 10% FAR has to be earmarked for public utilities and services such as medical centres or training institutes. The maximum permissible FAR is 300 and ground coverage is capped at 50%, aimed at a dense, vertical development model that aligns with Delhi’s evolving master plan directives, officials said. The proposed development time frame is three to four years once the allotment is done. “DDA is diversifying beyond traditional land disposal and enabling the creation of modern economic hubs. This will expand Delhi’s commercial footprint and bring new employment avenues closer to residential pockets,” a second DDA official said. Earlier in August, DDA had allotted a five-star hotel space to a private hospitality firm in Nehru Place. The land agency had claimed then that the allotment is expected to fetch around ₹10,000 crore over the next 55 years. Other hotel, hospital and commercial centre/center spaces are also likely to be opened to private developers on long-term agreements soon, DDA officials in the know of these developments said. The Delhi Development Authority (DDA) plans to auction a 10.43-acre land parcel in Dwarka for a mixed-use complex featuring a luxury mall, office spaces, and residential facilities, marking a first for the agency. The project, with a minimum reserve price of  ₹25 crore, aims to enhance Delhi's commercial landscape and create job opportunities.</t>
+          <t>Bengaluru’s rental market is once again under scrutiny, with Redditors residing along major real estate corridors reporting soaring rents, steep security deposits, and what they call landlords’ ‘passive income’. Small 400–600 sq. ft. units are renting for  ₹30,000– ₹40,000, with deposits ranging from  ₹1.2 lakh to  ₹2 lakh. Many of these homes, users noted, come with ‘dungeon-core architecture… 2008 tiles… no sunlight, no ventilation.’ One tenant reported that a landlord closed the terrace and then asked them to pay for using it, while another was charged  ₹2,500 per month for parking, on top of already high rents. “Bangalore landlords be like: Rent is income, Security Deposit is passive income. At this point I’m convinced: Rent = income | Security Deposit = passive income | Standard Deduction = festival bonus | Tenant = walking treasury,” read the post. One Redditor searching for a 1BHK apartment under 750 metres from the Indiranagar metro station said the market “felt like a social experiment,” with houses of 400–600 sq. ft. costing  ₹30,000– ₹40,000 in rent and deposits reaching  ₹1.2 lakh to  ₹2 lakh. Many of these units, he said, came with “dungeon-core architecture… 2008 tiles… no sunlight, no ventilation.” Tenants called the most challenging thing the so-called “standard deduction”, a full month’s rent automatically taken from the deposit at move-out. “Actual repainting and cleaning costs are  ₹8,000– ₹20,000,” one Redditor said, adding that some landlords act as if tenants “spent the year scratching hieroglyphics into the walls.”Also Read: Bengaluru tenants turn to property investment to escape rental exploitation by landlords Several tenants wrote about sudden, unilateral rent and deposit hikes. One Redditor in Domlur said their landlord woke up one morning and announced: “Property prices around are increasing, so rent will go up by 40% and the deposit by 25%, or your notice starts today.” Others described landlords implementing charges for the most ordinary spaces. One comment noted that a landlord “closed the terrace and then asked us to pay for using it.” In another property, tenants were being charged  ₹2,500 per month for parking, on top of already high rents. A prospective tenant who attempted to negotiate a capped painting deduction of  ₹20,000 said it was rejected instantly. Paraphrasing their reaction, they said the landlord behaved as though the walls required “paint extracted from the tear glands of Himalayan unicorns.” Some tenants faced far more serious financial consequences. One user reported that they never recovered their  ₹1 lakh deposit, stating that pursuing legal action was too expensive. “I hope they never find happiness with such unjust money,” the Redditor wrote. Another resident recounted how their rent in Indiranagar shot up from  ₹50,000 to  ₹70,000 the moment they vacated; a friend nearby saw their rent jump from  ₹80,000 to  ₹1.1 lakh. “Ridiculous,” they said. Amid escalating costs, some Redditors advised looking slightly outside the immediate Indiranagar radius. Neighbourhoods like Michael Palya, Thippasandra, and Jeevan Bima Nagar were recommended for offering more options without being too far from metro connectivity. Others compared flats with PG accommodations. While PGs costing  ₹10,000– ₹20,000 with food were acknowledged as economical, renters noted the trade-offs: shared rooms, no privacy, limited guest comfort, and a dorm-like environment. Flats, they said, at least allow “your own space, your own routine, and guests who can sit and talk without awkwardness.”Also Read: Planning to rent in Bengaluru? Netizens warn of hidden costs and water issues; even suggest checking with society guards Redditors agree that “cleaning and repainting are basic housekeeping,” and most say it’s fair for outgoing residents to cover a reasonable portion of those costs. According to tenants, rent already includes the cost of routine wear and tear. They argue that when you rent a home, you’re paying for the property as a service and maintaining that service is the owner’s responsibility, unless the tenant has caused direct damage. Also Read: Bengaluru real estate: One month’s rent for a fresh coat of paint now the norm in the IT Capital’s rental market They said that long-lasting fixtures like fans, geysers, tube lights, doors, and bathroom fittings, items that should last a decade or more, shouldn’t be treated as consumables billed to the tenant at move-out. Lawyers emphasise the importance of examining the rental agreement in detail before signing. “There are several critical clauses that both the landlord and tenant must agree on,” said Priyanka Kwatra, an advocate at the Karnataka High Court. She said that “I’ve frequently come across cases where landlords demand large security deposits, and in many instances, the full amount is not returned at the end of the lease.” Advocate Srinivas G advises tenants to record the state of the home as soon as they move in. “Capturing photos or videos of the apartment at the start of the tenancy can serve as vital evidence,” he said. “It helps protect tenants if the landlord later tries to deduct money from the deposit for damages or repairs.”</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Dec 02, 2025 06:59 pm</t>
+          <t>Nov 18, 2025 07:03 pm</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/omaxe-repays-80-crore-swamih-stress-fund-loans-tied-to-its-new-chandigarh-and-prayagraj-real-estate-projects-101764675107681.html</t>
+          <t>https://www.hindustantimes.com/real-estate/delhi-court-sends-former-jaypee-infratech-md-to-14-days-judicial-custody-101763472556297.html</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>Omaxe Group said on December 2 that it has repaid around  ₹80 crore in loans taken from the government-backed SWAMIH stress fund for two of its projects in New Chandigarh and Prayagraj. The SWAMIH (Special Window for Affordable and Mid-Income Housing) fund had sanctioned  ₹168.80 crore for the ‘The Lake’ project in New Chandigarh and  ₹60.40 crore for the ‘Omaxe Shiva, Shiva 2, and Shiva 3’ project in Prayagraj, the company said. Against the total sanctioned amount, Omaxe Group said it drew only  ₹70 crore. The company repaid around 80 crore, including interest. The Lake, New Chandigarh is a premium group housing development with a saleable area of 28,00,205 sq. ft., comprising 1,402 units. In Prayagraj, Omaxe Shiva, Shiva 2 and Shiva 3 collectively offer independent floors with a saleable area of 5,60,680 sq. ft., comprising 304 units, the company said. “Against the total sanctioned amount, Omaxe Group utilised and drew only part disbursement which the company has fully repaid around 80 crore. With construction now substantially complete across both developments, Omaxe has fully repaid the utilised SWAMIH facility, entirely from internal project cash flows,” the company said. “Our association with the SWAMIH Fund has been instrumental in advancing these projects to completion. We deeply appreciate their support and partnership. The full repayment of the facility—entirely through internal cash flows—reaffirms Omaxe’s commitment to financial discipline, timely delivery, and responsible development. As we progress, we remain focused on creating high-quality living environments and delivering sustained value for all our stakeholders,” said Mohit Goel, Managing Director, Omaxe Ltd. Also Read: Real estate emerges as top recipient of AIF investments, attracts  ₹74,000 crore in first nine months of FY2025 The central government had in November 2019 launched the SWAMIH Investment Fund to help complete over 1,500 stalled housing projects, including those that have been declared non-performing assets (NPAs) or had been admitted for insolvency proceedings. The move was to help 4.58 lakh housing units across the country. Only RERA-registered projects with a positive net worth are to be provided funding. Also Read: Delayed possession: MREAT rules that homebuyers cannot seek refund of GST, stamp duty, TDS from real estate developers</t>
+          <t>New Delhi, Nov 18 (PTI) A Delhi court on Tuesday sent former Jaypee Infratech MD Manoj Gaur, arrested in a money laundering case, to 14 days' judicial custody. On November 13, he was remanded to five-day custody of the Enforcement Directorate. Gaur was produced before a sessions court on completion of his custodial interrogation, following which it allowed the agency’s plea seeking 14-day jail for the accused. The ED arrested Gaur on November 13 in a case linked to a  ₹14,599 crore "fraud" with homebuyers. The federal agency alleged that the funds collected from thousands of homebuyers for the construction and completion of residential projects were diverted for purposes other than construction, defrauding the buyers and leaving their projects incomplete. It claimed that two companies, Jaiprakash Associates Ltd (JAL) and Jaypee Infratech Ltd (JIL), collected over  ₹33,000 crore for the construction of residential projects -- Jaypee Wishtown and Jaypee Greens -- in Noida and Greater Noida, respectively. The ED launched the investigation against the Jaypee Group based on multiple FIRs registered by the Economic Offences Wings (EOW) of Delhi and Uttar Pradesh police, based on complaints filed by homebuyers of Jaypee Wishtown and Jaypee Greens projects, alleging criminal conspiracy, cheating and criminal breach of trust against the company and its promoters. On May 23, the agency conducted searches at 15 locations in Delhi, Noida, Ghaziabad and Mumbai, including the offices and premises of JAL and JIL.</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/kartik-aaryans-parents-buy-office-space-in-mumbais-vile-parle-for-rs-10-83-crore-101764674204325.html</t>
+          <t>https://www.hindustantimes.com/real-estate/saif-ali-khan-purchases-two-office-units-in-mumbais-andheri-for-30-75-crore-101763471742166.html</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Kartik Aaryan's parents, Mala Tiwari and Manish Tiwari, have purchased an office space in Mumbai's Vile Parle for  ₹10.83 crore, according to property registration documents accessed by Zapkey. The office unit, spanning 1,228 sq ft of RERA carpet area, is situated on the first floor of Notan House, located in the JVPD area of Vile Parle West, according to the documents. The transaction was registered on November 27, for which a stamp duty of over  ₹65 lakh and a registration fee of  ₹30,000 were paid, as per the documents. The seller is Notan House Pvt Ltd, who sold the office space along with two car parking spaces, property registration documents show. Notan House Pvt Ltd did not comment, and Kartik Aaryan and his parents could not be reached for comment. Also Read: Kartik Aaryan buys office space in Andheri West, Mumbai, with parents for  ₹13 crore Kartik Aaryan, along with his parents Mala Tiwari and Manish Tiwari, made headlines in September 2025 for purchasing an office space in Andheri West, Mumbai, for  ₹13 crore, according to property registration documents accessed by online real estate marketplace Square Yards. Also Read: Kartik Aaryan makes first land investment, picks up 2,000 sq ft Alibaug plot for  ₹2 crore The office space is located in a building named Signature by Lotus, which has a RERA-registered carpet area of 1,905 sq ft. The deal also included three parking spaces for cars. The transaction incurred a stamp duty payment of Rs. 78 lakh and registration charges of Rs. 30,000. Also Read: Mumbai real estate blockbuster: Bollywood families invest properties worth almost  ₹100 crore in November Additionally, in September 2025, Kartik Aaryan was in the news for purchasing land in Alibaug, a coastal town near Mumbai. Aaryan had acquired a 2,000 sq ft. plot worth  ₹2 crore at Chateau de Alibaug, a flagship coastal development by The House of Abhinandan Lodha (HoABL).</t>
+          <t>Bollywood actor Saif Ali Khan has purchased two commercial property units in Mumbai's Andheri East worth  ₹30.75 crore, according to property registration documents. The two units measure 5,681 sq ft in a building named Kanakia Wallstreet, along with six car parkings, according to the property registration documents accessed by Volney, a real estate advisory firm. The seller of the office space is Apiore Pharmaceutical, a US-based pharma Company, the documents show. The transaction was facilitated by Volney. The office space is located in Andheri East, which has become a preferred address for corporates, creative agencies, and global enterprises. A stamp duty of  ₹1.84 crore was paid along with a registration fee of  ₹60,000. The transaction was registered on November 18, 2025. Rohan Sheth, Founder at Volney, a real estate advisory and Investor Network firm said, “Andheri East has transformed into one of Mumbai’s most active commercial corridors, combining accessibility, infrastructure, and strong rental yields. With seamless connectivity to the airport and key business districts, it continues to attract both institutional and individual investors seeking long-term value.” “In recent years, we’ve seen growing interest from celebrities and high-net-worth individuals diversifying into Grade-A commercial real estate. It’s viewed as a stable, appreciating asset class that complements other investment avenues.” Volney Manages 3 Prominent Commercial building in Mumbai – Kanakia Boomerang at Chandivali, Andheri, Trade Centre at BKC &amp; Kanakia Wallstreet at Powai, Andheri," Sheth said. In the surroundings where Saif Ali Khan has purchased the office units, Elon Musk’s satellite internet venture, Starlink Satellite Communications Private Limited, recently, leased a 1,294 sq ft office space in Mumbai’s Chandivali area for five years, at a total rent of  ₹2.33 crore. Also Read: Lodha Developers eyes Gurugram as launchpad for NCR projects The commercial space was previously leased in the same building where Bollywood actor Hrithik Roshan and his father, Rakesh Roshan, had purchased three office units for  ₹31 crore earlier this year through their company, HRX Digitech LLP. Saif Ali Khan could not be reached for comment. An email query has been sent to Apicore Pharmaceutical. The copy will be updated if a response is received. Also Read: Maharashtra government’s new slum cluster redevelopment approach: 5 key things to knowSaif Ali Khan's real estate portfolio Saif Ali Khan lives in a luxury apartment in the posh Bandra West area of Mumbai. Besides the  ₹24 crore flat he bought almost a decade ago in the Satguru Sharan building, he also owns other properties in Mumbai. Saif Ali Khan’s over 6,500 sq ft apartment was purchased in April 2012 for  ₹23.50 crore from Satguru Builders, a real estate developer, according to property index-2 documents accessed by IndexTap.com Also Read: Elon Musk’s Starlink real estate deal in Mumbai has a Hrithik Roshan connectionBefore moving into the apartment, Saif Ali Khan and Kareena resided in the Fortune Heights apartment complex in Bandra. According to reports, the four-storeyed property, each consisting of 3BHK units, was valued at  ₹48 crores in 2013. In April 2016, Saif Ali Khan purchased an apartment measuring over 950 sq ft in Fortune Heights in Mumbai's Bandra for  ₹7 crore, according to property registration documents accessed by Zapkey.com</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Redditor warns of 'new rental scam' targeting flat-hunters in Bengaluru: 'If a deal sounds too good...'</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>The Redditor said that the scam typically appears in the form of unusually low-priced, fully furnished 2BHK apartments listed for as little as ₹15,000.</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>No published date</t>
+          <t>Nov 18, 2025 06:48 pm</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/trending/redditor-warns-of-new-rental-scam-targeting-flat-hunters-in-bengaluru-if-a-deal-sounds-too-good-101764673085631.html</t>
+          <t>https://www.hindustantimes.com/real-estate/india-sotheby-s-international-realty-expands-top-leadership-101763460372001.html</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>A Bengaluru renter has raised an alarm on Reddit about what he describes as a “new flat rental scam” targeting people searching for affordable homes in the city. In a detailed post, titled “Bengaluru New Flat Rental Scam,” the user narrated how scammers are exploiting too-good-to-be-true listings on popular real-estate platforms to dupe unsuspecting tenants. According to the Redditor, the scam typically appears in the form of unusually low-priced, fully furnished 2BHK apartments listed for as little as ₹15,000 in areas like JP Nagar. The original poster said he was immediately suspicious of the offer but decided to probe further. “I was already skeptical as it was fully furnished 2BHK, for just 15K inside a society. TV, Fridge, Washing Machine everything, the society had Gym, Swimming Pool whatever you could think about. I was pretty confident it's a scam, still wanted to find out,” the Redditor wrote. (Also Read: Bengaluru beats Delhi, Mumbai as best ‘food city’ of India, says Scottish tourist) He said that when he contacted the listed phone number, the alleged landlord told him that society rules did not allow direct visits and that an “entry ID card” had to be generated beforehand. For this, the Redditor was asked to share a photograph of himself along with a government-issued ID. “First things first, never ever share your photo or any other details with any person without actually meeting the person, in this world of AI a single photo can be used to blackmail you into doing many things,” he warned. The user said that the scammer then demanded ₹2,500 as a refundable fee to create the supposed entry pass. The Redditor explained that this is the core of the fraud. Once the money is transferred, the person disappears, he said. “This is where the SCAM is, as the moment you pay the money, you'll never hear from this guy again. I told him, I didn't have a problem with doing any of that, as long as I come and see him at the society gate, and the security verifies the same, he ended the call right away,” he wrote. The Redditor added that he encountered at least two such fraudulent listings, suggesting the scam may be more widespread than it appears. “So, yes this has started happening here as well. So, people please be aware and cautious, if a deal sounds too good to be true, more often than not, it's a scam of some sort,” he concluded. (Also Read: 'I am quitting my job tomorrow': Bengaluru Gen Z declares in viral video, shares update the next day) Social media users were quick to react to the post, with many noting that scamsters are exploiting demand by luring people with unrealistic offers. Some users also shared similar experiences, urging others to verify listings, avoid advance payments and distrust deals that appear usually generous. “This is rule 5 of the community. Please be mindful while flathunting!” one user commented. “I learnt it the hard way too....lost 2k (could have lost more, but finally came to my senses what was going on), was really upset went to the police station even, it was a Sunday- they weren't helpful. Raised a complaint on the NPCI website. Nothing. Just told myself it was a lesson worth 2k and never to fall for it,” shared another. “Faced this same scam 2 years ago, had to pay 500 as a token amount. NEVER EVER PAY MONEY JUST TO SEE A FLAT. MAJOR RED FLAG. go for brokers instead. They take one months rent as brokerage but that means u can look at any number of houses until ur fully satisfied and then give them the brokerage once agreement is signed,” wrote a third user. (Disclaimer: This report is based on user-generated content from social media. HT.com has not independently verified the claims and does not endorse them.)</t>
+          <t>India Sotheby’s International Realty has appointed Vinamra Shastri to its Board of Directors. In his new role, he will provide strategic direction across the company’s advisory, and Alternate Investment Fund (AIF) businesses, the company said in a statement on November 18. Delhi-based real estate consultant India Sotheby’s International Realty is primarily focused on the luxury residential market. With 24+ years across leading global consulting firms, Vinamra has steered India’s top family-owned businesses on growth, transformation and governance. He specialises in guiding promoter-led enterprises as they professionalise, expand and prepare for long-term value creation, it said. “India Sotheby’s International Realty is at an inflection point, and I’m excited to support its next phase of growth. Having advised promoter-led and family-owned businesses through transformation and governance shifts, I look forward to bringing that perspective to the India SIR Board — especially as we scale the AIF business with stronger regulatory and compliance frameworks,” said Vinamra Shastri. Building on its strong presence in the National Capital Region, India Sotheby’s International Realty (India SIR) has also expanded its footprint with a new office in Gurugram. Also Read: Lodha Developers appoints Amandeep Singh as Regional CEO for Delhi-NCR Tina Talwar, a seasoned industry leader with over three decades of experience across luxury real estate and hospitality, will spearhead this expansion in one of India’s fastest-growing luxury housing markets. In her previous role as Regional Head at Sobha Ltd., she led business strategy, P&amp;L delivery, business development, and sales and marketing operations, driving sustained growth across key markets, the company said. Commenting on the appointments, Amit Goyal, MD, India Sotheby’s International Realty said, “Our business has experienced robust growth in both reach and reputation, and strengthening our top leadership is key to sustaining this momentum. Vinamra Shastri brings exceptional strategic depth, governance experience, and a nuanced understanding of growth markets, we are privileged to have him join our Board.” Also Read: Conscient Infrastructure appoints Rishi Raj as chief executive officer “Tina Talwar’s three decades of expertise in luxury real estate and hospitality make her an invaluable addition as she leads our expansion in Gurugram. These appointments reaffirm our commitment to scaling our operations, serving our growing client base, and deepening our real estate advisory capabilities,” he added.</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Dec 02, 2025 03:06 pm</t>
+          <t>Nov 18, 2025 05:15 pm</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/mumbai-redevelopment-news-raymond-realty-announces-launch-of-rs-2-000-crore-premium-project-in-bandra-101764665224088.html</t>
+          <t>https://www.hindustantimes.com/real-estate/dhl-supply-chain-india-pvt-ltd-leases-4-17-lakh-sq-ft-warehouse-space-in-bhiwandi-near-mumbai-101763464874500.html</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Raymond Realty announced on December 1 the launch of a premium redevelopment project on a two-acre land parcel in Mumbai’s Bandra East. The project, titled Invictus by GS, BKC, is expected to generate revenue of around  ₹2,000 crore. According to the company, the project comprises six towers featuring 3- and 4-BHK ultra-luxury residences, and offers connectivity within five minutes to Jio World Drive and eight minutes to the Bandra-Worli Sea Link. "After setting unprecedented benchmarks in Thane with the success of TenX Habitat and The Address by GS, the launch of Invictus by GS, BKC further bolsters Raymond Realty’s vision to cater to the ultra-luxury segment," the company said in a statement. Raymond Realty, the real estate arm of the Raymond Group, announced in June 2024 that it had been selected to redevelop a housing project in the Bandra East area of Mumbai, with an estimated revenue potential of more than  ₹2,000 crore. Also Read: Mumbai redevelopment news: Raymond Realty wins redevelopment project in Bandra with  ₹2,000 crore revenue potential “The launch of Invictus by GS, BKC is a strategic milestone that marks our structural pivot into the ultra-luxury segment, unlocking a revenue potential of over  ₹2,000 crore from this project alone. This development serves as the cornerstone of our  ₹14,000 Crore JDA portfolio and is a critical accelerator towards our  ₹4,000 crore annual topline target," Harmohan Sahni, CEO, Raymond Realty, said. "By combining Raymond’s legacy of trust with design-led excellence in BKC, we are not just building exclusive ecosystems, but aggressively expanding our footprint to ensure 50% of our future growth stems from such high-value projects by FY28," Sahni said. The company stated that the development also incorporates high-street retail, providing a holistic living experience that resonates with the aspirations of discerning clientele. Also Read: Here’s why Mumbai’s redevelopment boom is drawing developers from Bengaluru, NCR, and Hyderabad According to the company statement, Raymond Realty is rapidly expanding its footprint across Mumbai through an asset-light Joint Development Agreement (JDA) model. This project is one of the six JDAs signed by Raymond, encompassing prime locations in Bandra, Mahim, Sion, and Wadala. This strategic expansion represents a total Gross Development Value (GDV) of approximately  ₹14,000 Crores. Also Read: Should you buy a redeveloped apartment without parking? Here's what homebuyers should know With additional projects currently under evaluation, this JDA-led approach underscores the company’s commitment to expanding its presence in the Mumbai market beyond its Thane stronghold, according to the company statement.</t>
+          <t>DHL Supply Chain India Pvt Ltd has leased 4.17 lakh sq ft of warehouse space in Bhiwandi, near Mumbai, for over  ₹32 crore, according to property registration documents accessed by CRE Matrix. The property is located in a building named One Samruddhi Park, Bhiwandi, near the starting point of the 700 km-long Mumbai-Nagpur Samruddhi Expressway, according to the documents. The property is owned and leased by Merriment Properties Private Limited, and DHL will pay a starting monthly rent of  ₹91.90 lakh, along with a security deposit of  ₹2.76 crore, as per the documents. The deal values the starting rent at  ₹22 per sq ft, with a 36-month lease term from October 2025 to September 2028. October will serve as a rent-free period, with rentals commencing in November 2025. The lock-in period for the transaction is nine months, as indicated by the registration date, which is November 7, 2025, according to the documents. The stamp duty paid for the transaction is over  ₹9.04 lakh, and a registration fee of  ₹500 is also applicable, according to the property registration document. Also Read: FM India Supply Chain leases 1.31 lakh sq ft at Lodha Industrial Park near Mumbai for  ₹33 croreAn email query has been sent to DHL Supply Chain India Pvt. Ltd. and Meeriment Properties Pvt. Ltd. The story will be updated if a response is received. Zomato Hyperpure Private Limited, the B2B supply arm of food delivery platform Zomato, in September 2025, leased a large warehouse space measuring 5.53 lakh sq ft in Bhiwandi, Thane district, near Mumbai, for approximately  ₹1.7 crore per month, according to documents accessed by CRE Matrix. Also Read: Zomato Hyperpure leases 5.5 lakh sq ft warehouse in Bhiwandi, near Mumbai, for  ₹1.7 crore monthly rentThe warehouse has been leased from Zuijin Developers Private Limited for a period of four years and seven months. As per the lease agreement, the handover was scheduled for September 1, 2025, followed by a rent-free fit-out period of 150 days to enable the tenant to set up and operationalise the facility. Bhiwandi is located at the starting point of the 701-km-long Mumbai-Nagpur Expressway, also known as Samruddhi Mahamarg. Also Read: Tesla leases 24,565 sq ft warehouse space in Mumbai's Kurla for over  ₹24 crore for five yearsThe Maharashtra government has identified 24 development nodes for agri-processing, industrial estates, tourism, and skill hubs. Logistics and warehousing clusters are planned in key cities, including Nashik, Aurangabad, and Bhiwandi, to boost job creation and investment, particularly in underdeveloped districts such as Wardha, Washim, and Jalna.</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>Dec 02, 2025 12:55 pm</t>
+          <t>Nov 18, 2025 02:11 pm</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/mumbai-real-estate-blockbuster-bollywood-families-invest-properties-worth-almost-rs-100-crore-in-november-101764659184427.html</t>
+          <t>https://www.hindustantimes.com/real-estate/from-luxe-to-simple-homeowners-weigh-in-on-interior-spending-with-some-saying-ghar-ko-ghar-hi-rakho-hotel-mat-banao-101763452258895.html</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>As Mumbai’s real estate market recorded 12,219 property registrations in November, a 20% YoY rise, while stamp duty collections increased 12% YoY to  ₹1,038 crore, Bollywood families, including Saif Ali Khan, Hrithik Roshan, the Roshan family, and Sushmita Sen’s mother Subhra Sen, collectively transacted around  ₹100 crore in the city’s property market during the month. Amitabh Bachchan and Preity Zinta decided to offload their assets. Below is a list of five Bollywood personalities who made headlines in November 2025 due to multiple property transactions in the Mumbai real estate market. Bollywood actor Saif Ali Khan has purchased two commercial property units in Mumbai's Andheri East worth  ₹30.75 crore, according to property registration documents. The two units measure 5,681 sq ft in a building named Kanakia Wallstreet, along with six car parkings, according to the property registration documents. The seller of the office space is Apicore Pharmaceutical, a US-based pharma Company, the documents show. On November 19, 2025, Hrithik Roshan's father, Rakesh Roshan, along with his wife, Pramila Rakesh Roshan (Pinkie Roshan), purchased five commercial office units in Mumbai's Andheri area for Rs. 19.68 crore, according to property registration documents reviewed by SquareYards. All five office units were purchased in a building named Vaidya West World One Aeropolis from Vaidya Spaces Private Limited, as per the documents. On November 24, 2025, Hrithik Roshan's sister, Sunaina Rakesh Roshan, purchased two commercial units in the same building for  ₹6.42 crore, according to property registration documents reviewed by SquareYards. This was followed by Hrithik Roshan, his father Rakesh Roshan’s HRX Digitech LLP, and his mother Pramila Roshan’s Filmkunj (Bombay) Pvt Ltd, on November 27, together purchasing 10 office units in Mumbai's Andheri West area for  ₹28 crore, according to property registration documents accessed by Propstack. The 10 office units are located on the 3rd and 4th floors of Yura Business Park, a building in the Andheri West area of Mumbai, as per the documents. Also Read: Roshan family on a property buying spree? Hrithik Roshan’s two firms buy 10 office units in Mumbai for  ₹28 crore In November 2025, Sushmita Sen’s mother, Subhra Sen, also purchased two apartments in Goregaon East, Mumbai, for  ₹16.89 crore, according to property registration documents reviewed by real estate marketplace Square Yards on the website of Inspector General of Registration (IGR). The two apartments are located in Oberoi Realty’s Elysian project in Goregaon East. Also Read: Mumbai real estate: Here’s why Bollywood stars invest in residential and commercial real estate Amitabh Bachchan has sold two adjoining luxury apartments in Mumbai’s Goregaon for  ₹12 crore, according to property registration documents accessed by CRE Matrix. The veteran Bollywood superstar, who purchased the units in 2012 for  ₹8.12 crore, has earned a return on investment of approximately 47% over the past 13 years. According to the documents, the two apartments are located on the 47th floor of the Oberoi Exquisite building in the Goregaon East area of Mumbai. Also Read: Saif Ali Khan invests  ₹30.75 crore in two office units in Mumbai's Andheri Bollywood actress Preity Zinta sold an apartment in Mumbai's Bandra area for  ₹14.08 crore, according to property registration documents accessed by CRE Matrix. Preity Zinta had purchased the same apartment from Keystone Realtors, also known as Rustomjee Group, in October 2023 at  ₹17.01 crore. The apartment, measuring 1,474 sq ft, is located on the 11th floor in a building named Parishram by Rustomjee, according to the property registration documents. According to sources close to Preity Zinta, she is likely to reinvest the money from the above transaction in purchasing another  ₹100 crore property in Mumbai's Bandra. The apartment was sold by Zinta along with two car parking spaces to an individual named Vishal Kalyan Mirchanandi, the documents showed.</t>
+          <t>While there are some homeowners who spare no expense and spend as much as  ₹2.5 crore on interiors for a  ₹2 crore house, others prefer a more modest approach, barely  ₹4 lakh, saying, ‘Ghar ko ghar hi rakho, hotel mat banao.’ Experts say this trend, fuelled by post-pandemic lifestyle upgrades and a surge in luxury housing sales in Mumbai, Delhi-NCR and Gurugram, is reshaping the country’s premium real estate segment. On social media platform X, users highlighted the scale of spending now considered ‘normal’ among high-income homebuyers. One user cited a Gurugram couple who “spent 1.5 crore on interiors for a 6 crore apartment,” adding that even bathroom fittings from premium brands can run into lakhs. An investor noted that such an expenditure is not rare. “I’ve spent 80 lakhs on interiors for my flat, everything new,” he wrote, estimating that good-quality interior work typically costs ‘ ₹2,000–2,500 per sq ft.’ Interior budgets now scale dramatically with personal preferences. Another X user said it’s “very common” for interior design rates to range anywhere from “ ₹5,000 per sq ft to  ₹30,000 or more,” adding that there is “no upper limit” when homeowners opt for ultra-luxury fittings. He cited an example of someone who “spent 1 crore on their bathroom,” installing a sauna and high-end German and Japanese sanitaryware.Also Read: Millennials drive 30% YoY jump in interior spending in Bengaluru, Mumbai, and Pune Even mid-market housing buyers are feeling the pinch as basic move-in interiors become costlier. “For a 3 BHK flat, you have to spend  ₹12–25 lakh just to move in,” posted an X user. Others shared anecdotes of entire homes where interior spending equalled, or exceeded, the construction cost. One user wrote, “A relative built a house for  ₹2 crore and spent  ₹2.5 crore on interiors. Another built for  ₹45 lakh and spent the same amount on interiors.” While many celebrate the design upgrades, some voice caution over excess. A Thane-based homeowner wrote that he intentionally kept interiors minimal, spending only  ₹3.5 lakh on wardrobes and beds. “Ghar ko ghar hi rakho, hotel mat banao. Simple looks better,” he said, echoing a growing sentiment among buyers wary of overspending.Also Read: Bengaluru real estate: Millennials fuel demand for  ₹1–2 crore homes in the tech capital A growing wave of millennial homebuyers across Bengaluru, Mumbai, and Pune is transforming the interior design market, treating home styling as a long-term investment rather than a post-purchase add-on. Experts say that rising incomes, increased exposure to global design trends, and the growing role of women in key budget decisions have driven interior spending to new highs. NoBroker data shows that Bengaluru’s young buyers are prioritising functionality and premium finishes, while Pune homeowners are funnelling more money into spacious 3 BHK customisations, and Mumbai residents are upgrading compact 1BHKs with smarter, space-efficient interiors. Interior costs across major metropolitan areas continued to rise sharply in April–June 2025, with each city exhibiting distinct spending patterns. According to Nobroker, Mumbai, homeowners shelled out significantly more for compact units, with the cost of doing up a 1BHK rising 15% year-on-year, while 2BHK and 3BHK upgrades saw increases of 10% and 9%, respectively. Bengaluru posted the strongest surge for larger homes, where both 2BHK and 3BHK interiors jumped 25% over last year, and even 1BHKs saw a 12% rise. Pune also reported robust growth, with spending up 6% for 1BHKs, 15% for 2BHKs, and a striking 30% rise for 3BHK interiors compared to the same quarter in 2024. People are spending more on maximising the utility of smaller spaces rather than on furniture that lasts a lifetime. Social media and e-commerce have also expanded awareness of design choices, while organised players in interiors have made quality services more accessible,” said Amit Agarwal, CEO and co-founder of NoBroker. “People underestimate post-purchase costs; interiors alone can be expensive. Even basic work like cupboards and lighting can cost  ₹15 to  ₹20 lakhs, and if you want a premium look, expenses can go much higher,” said Suresh Sadagopan, founder of Ladder7 Financial Advisories. Also Read: From kitchen makeovers to balcony extensions: How home renovations can reduce capital gains tax for property sellers “Your first house doesn’t have to be your last. If the budget is tight, start with a smaller place, build savings, and upgrade in a few years rather than overcommitting now,” he advises</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Yeida to meet UP officials on Dec 5 to decide fate of stalled Jaypee Sports City</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>In March, the Allahabad HC intervened to safeguard the interests of 4,638 homebuyers stranded across 14 long-delayed JAL projects</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Dec 02, 2025 03:00 am</t>
+          <t>Nov 18, 2025 09:08 am</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/cities/noida-news/yeida-to-meet-up-officials-on-dec-5-to-decide-fate-of-stalled-jaypee-sports-city-101764624650738.html</t>
+          <t>https://www.hindustantimes.com/real-estate/explainer-5-key-things-to-know-about-maharashtra-s-slum-cluster-redevelopment-approach-101763435675694.html</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>The Yamuna Expressway Industrial Development Authority (Yeida) will meet Uttar Pradesh government officials on December 5 in Lucknow to discuss unresolved issues surrounding the Jaiprakash Associates Limited (JAL) Sports City project, officials aware of the development said on Monday. The meeting will be chaired by Alok Kumar, principal secretary of the Uttar Pradesh Infrastructure and Industrial Development Corporation. Yeida chief executive officer RK Singh, and other senior officials are expected to attend, along with senior state officials. “The state government will discuss and decide the roadmap for this project, in which thousands of homebuyers have invested over the years. The authority will execute those decisions accordingly,” said RK Singh, CEO, Yeida. In March 2025, the Allahabad high court intervened to safeguard the interests of 4,638 homebuyers stranded across 14 long-delayed JAL projects, directing the Uttar Pradesh government and Yeida to assume control, complete construction, and begin delivering homes that have remained unfinished for over 14 years. The court also upheld Yeida’s earlier decision to cancel JAL’s allotment of 1,000 hectares for the Sports City project, after the developer failed to clear dues of around ₹3,621 crore (till 2022) despite repeated notices. In its March 10, 2025 order, delivered by the Allahabad high court bench of justice Manoj Kumar Gupta and justice Kshitij Shailendra on March 10, 2025, the court also directed the formation of a monitoring committee, chaired by the principal secretary of the industrial development department, to oversee project completion and ensure that homebuyers are not saddled with additional financial demands. The ruling declared the period from 2020 to the present as a “zero period”, exempting homebuyers from penalties or extra charges during this window for all 14 housing projects. The judgment came in response to petitions filed by the Jaypee Sports City Welfare Society and other parties, including JAL, in 2017, 2020, and 2021. Following the high court’s directive, Yeida engaged consultancy firm Currie &amp; Brown to conduct a comprehensive audit of the Sports City project. The audit assessed the number of affected buyers, the construction status of each tower and block, and the funding required to complete the stalled development. According to officials familiar with the report, the audit found that the previous promoter had raised substantial loans against project assets, rendering the plan economically unviable and further complicating execution. Earlier, on February 12, 2020, Yeida cancelled JAL’s allotment of 1,000 hectares after the developer defaulted on payments amounting to ₹3,621 crore. JAL disputed Yeida’s claim, maintaining that its outstanding dues were only ₹1,483 crore. The company later filed a writ petition in 2020 seeking more time to clear its payments. The case has been under continuous hearing at the Allahabad high court since 2020. After the high court’s March 2025 ruling, the matter moved to the Supreme Court, which is now hearing the case and has sought Yeida’s response, officials said. Yeida officials also pointed out that there is currently no Supreme Court “stay” on the high court’s order. “Since there is no stay on the HC order, Yeida is proceeding with the implementation of all directives,” officials added. JAL subsequently challenged the March 2025 high court order in the Supreme Court in June 2025, temporarily halting an ongoing survey that Yeida had initiated in May to determine the precise completion status of stalled apartment towers and plotted developments, which JAL had earlier attributed to a fund crunch. The matter is now pending before the Supreme Court. Jaiprakash Associates Limited could not be reached for comment despite repeated attempts. It is worth noting that JAL built and inaugurated India’s first Formula One track — the Buddh International Circuit (BIC) — in October 2011, as part of the larger Sports City project The Yamuna Expressway Industrial Development Authority (Yeida) will meet Uttar Pradesh officials on December 5 to address issues regarding the delayed Jaiprakash Associates Limited (JAL) Sports City project, impacting thousands of homebuyers. A March 2025 Allahabad High Court ruling mandated Yeida to oversee project completion and resolve financial disputes, following JAL's failure to clear  ₹3,621 crore in dues.</t>
+          <t>The Maharashtra Housing Department released a Government Resolution (GR) on November 13, introducing a new approach to slum cluster development in the state. The policy, approved by the Maharashtra government's cabinet on October 14, was notified on November 13 and will be applicable to cluster development of areas exceeding 50 acres. Here are five key points to note about the new changes introduced by the Maharashtra government. The Slum Rehabilitation Project (SRA) in Mumbai is a government-led scheme that redevelops slum areas by providing free, legal housing to eligible slum dwellers. In exchange, developers gain the right to utilise the freed-up land for saleable projects, thereby balancing social welfare with real estate development incentives. Under the SRA scheme, rehabilitated slum dwellers get a 1 BHK apartment of around 330 sq ft. During the construction of rehabilitation apartments, the slums are demolished, and the displaced slum dwellers are provided with interim rent. Also Read: Maharashtra ends requirement for slum-dwellers’ consent in cluster redevelopment projects; All you need to know In a major policy shift, the Maharashtra government's GR explicitly states that the consent of slum dwellers is not required for implementing the Slum Cluster Redevelopment Scheme. This represents a significant departure from the existing SRA framework, where the consent of the majority of slum dwellers is mandatory for standard redevelopment under the SRA scheme. According to the GR, cluster projects encompass large, contiguous areas of 50 acres or more, often combining slums with old buildings, dilapidated chawls, industrial units, and government land. According to Maharashtra government officials, removing the consent requirement allows faster execution in unsafe and highly congested zones where redevelopment has been stalled for decades. Also Read: MHADA update: 96 buildings declared 'extremely dangerous' in South Mumbai The new policy shift by the Maharashtra government has eliminated the requirement for consent from slum dwellers for the cluster slum redevelopment project. However, for all non-cluster projects, typically individual slum pockets or plots of less than 50 acres, the existing requirement for the consent of the majority of slum dwellers will be required, government officials told HT Real Estate. According to officials, the majority of ongoing and upcoming SRA proposals in Mumbai have the consent rule in effect. The consent-free mechanism is restricted strictly to government-declared clusters. According to the GR, not every slum area can automatically become a cluster. The GR defines strict criteria that a cluster must be a minimum of 50 acres of contiguous land. In this, not more than 51% of the area must be classified as slums. The threshold shows that the scheme is meant for large-scale, city-level interventions. The GR also authorises the Slum Rehabilitation Authority (SRA) CEO to identify such clusters. Once identified, the proposal is vetted and approved by a High-Power Committee (HPC) comprising senior state and municipal officials. Also Read: Maharashtra government approves slum cluster redevelopment scheme for Mumbai The cluster redevelopment scheme is designed to address not only slums but also the mixed and complex urban fabric typical of Mumbai. This includes slum structures, old and dilapidated buildings, tenanted properties, chawls, as well as industrial, commercial, and warehousing units.</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Bengaluru resident with₹7 crore net worth explains why buying a house in the city 'makes zero sense'</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>A Bengaluru man with a ₹7 crore net worth says buying a home in the city makes “zero sense,” citing ₹8 crore prices, low rental yield and poor planning.</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/trending/bengaluru-resident-with-rs-7-crore-net-worth-explains-why-buying-a-house-in-the-city-makes-zero-sense-101764609585694.html</t>
+          <t>https://www.hindustantimes.com/real-estate/puravankara-signs-lease-agreement-with-ikea-for-over-1-2-lakh-sq-ft-retail-space-in-bengaluru-101763390671763.html</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>A 32-year-old Bengaluru resident has sparked a discussion online after explaining why he refuses to purchase property in the city despite having a net worth of ₹7 crore and a monthly salary of ₹3.7 lakh. In the post titled “Why buying a house in Bangalore makes ZERO sense to me (even though I can afford it),” the anonymous user shared he currently lives in a 3BHK in Jayanagar. He said that he pays ₹35,000 in rent for an apartment located on a plot that is valued today at nearly ₹8 crore. “Let that sink in. The rental yield is a joke. Buying at this price makes zero financial sense,” he wrote. Why buying a house in Bengaluru makes ‘zero sense’?The Redditor explained that although he can comfortably afford a ₹2-3 crore home on the outskirts of Bengaluru, he is unwilling to compromise on lifestyle by moving to areas like Whitefield, Sarjapur or Varthur. “I honestly don’t want to spend my life in crowded, dusty, poorly planned areas… long commute, nonstop construction, zero peace. Not my scene,” he wrote. He said that even though he loves Jayanagar, he doesn’t plan on buying a home in the area simply because the math doesn’t add up. “8 Cr is straight up overpriced and also way too big a bet for my net worth. I don’t want to lock almost all my money into one illiquid asset and pray that prices keep going up forever,” he said. He added that the pricing disparity becomes even more striking when compared internationally. “With similar money, in the right EU country, I can move towards long-term residency and also own a better-planned property with sane infra. More optionality. More diversification. Less daily chaos.” For now, the Redditor said he prefers renting in Jayanagar for lifestyle while investing his capital elsewhere. “That feels like the smarter move to me,” he said. He concluded his post by asking others if they are still buying in Bengaluru at today’s prices or if they too are beginning to question the financial logic. (Also Read: Bengaluru beats Delhi, Mumbai as best ‘food city’ of India, says Scottish tourist) Social media reactionsReacting to the post, one user wrote, “EU (or any other developed nation) may not want us there but it blows my mind that blr costs similar to these countries without giving back much in return.” “As another brown person, I agree. Settling down isn't only about infrastructure but also about quality of life which includes your social circle, healthcare and relationships,” commented another. “Yes i am older than you and networth lesser than you, can afford a home now, not doing it at all. Financially it doesn’t make any sense to burn over 1.5Cr in Bangalore with this pathetic infra, traffic, dust and water scarcity!” shared a third user. “I live in the UK and this visit to Bangalore I am shocked to see how the prices here in Bangalore is way more than in the UK. Being from Bangalore, I myself feel priced out and can’t afford anything in the areas I’m familiar with!” wrote another user. (Disclaimer: This report is based on user-generated content from social media. HT.com has not independently verified the claims and does not endorse them.) The Redditor explained that although he can comfortably afford a ₹2-3 crore home on the outskirts of Bengaluru, he is unwilling to compromise on lifestyle by moving to areas like Whitefield, Sarjapur or Varthur. “I honestly don’t want to spend my life in crowded, dusty, poorly planned areas… long commute, nonstop construction, zero peace. Not my scene,” he wrote. He said that even though he loves Jayanagar, he doesn’t plan on buying a home in the area simply because the math doesn’t add up. “8 Cr is straight up overpriced and also way too big a bet for my net worth. I don’t want to lock almost all my money into one illiquid asset and pray that prices keep going up forever,” he said. He added that the pricing disparity becomes even more striking when compared internationally. “With similar money, in the right EU country, I can move towards long-term residency and also own a better-planned property with sane infra. More optionality. More diversification. Less daily chaos.” For now, the Redditor said he prefers renting in Jayanagar for lifestyle while investing his capital elsewhere. “That feels like the smarter move to me,” he said. He concluded his post by asking others if they are still buying in Bengaluru at today’s prices or if they too are beginning to question the financial logic. (Also Read: Bengaluru beats Delhi, Mumbai as best ‘food city’ of India, says Scottish tourist) Reacting to the post, one user wrote, “EU (or any other developed nation) may not want us there but it blows my mind that blr costs similar to these countries without giving back much in return.” “As another brown person, I agree. Settling down isn't only about infrastructure but also about quality of life which includes your social circle, healthcare and relationships,” commented another. “Yes i am older than you and networth lesser than you, can afford a home now, not doing it at all. Financially it doesn’t make any sense to burn over 1.5Cr in Bangalore with this pathetic infra, traffic, dust and water scarcity!” shared a third user. “I live in the UK and this visit to Bangalore I am shocked to see how the prices here in Bangalore is way more than in the UK. Being from Bangalore, I myself feel priced out and can’t afford anything in the areas I’m familiar with!” wrote another user. (Disclaimer: This report is based on user-generated content from social media. HT.com has not independently verified the claims and does not endorse them.)</t>
+          <t>Bengaluru-based real estate developer Puravankara Limited has signed a lease agreement with Swedish furniture retailer IKEA India for more than 1.2 lakh sq ft of retail space in Bengaluru’s Purva Zentech Park on Kanakapura Road, the company said in a statement. The Swedish home furnishings major will occupy the first and second floors of the upcoming mixed-use commercial project, with handover expected in Q1 2026 and operations slated to begin soon after. The company did not disclose the monthly rent or the duration of the lease. Purva Zentech Park, a 9.6-lakh-sq-ft IGBC Gold-certified development, features floor plates of approximately 50,000 sq ft and modular units ranging from 4,500 to 5,000 sq ft. Located near Konanakunte Metro Station and Forum Mall, the project is designed to accommodate large-format retailers as well as mid-sized occupiers, the statement said.Also Read: Puravankara inks joint development agreement for 5.5-acre project in East Bengaluru with GDV of over  ₹1,000 crore Real estate consultant Colliers’ office services team was the advisor on this transaction. Rajat Rastogi, CEO, West and Commercial Assets at Puravankara, said IKEA’s decision underscores the project’s strong appeal. “We are excited to onboard IKEA at Purva Zentech Park. Their decision to occupy retail space of more than 1.2 lakh square feet is a strong endorsement of the project’s strategic location, smart design, and adaptable retail layout,” he said, adding that the southern corridor continues to see steady leasing momentum. Puravankara is currently developing 3.2 million sq ft of commercial assets, with nearly 2 million sq ft expected to receive occupancy certificates this financial year. Its projects, including Purva Zentech and Purva Aerocity, are projected to generate a surplus of  ₹1,870 crore, strengthening the company’s commercial footprint in South Bengaluru’s growth corridor.</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/hyderabad-real-estate-wework-leases-1-75-lakh-sq-ft-office-space-sub-leases-entire-space-to-jp-morgan-in-mega-deal-101764598659912.html</t>
+          <t>https://www.hindustantimes.com/real-estate/jaguar-land-rover-leases-an-additional-1-46-lakh-sq-ft-of-office-space-in-bengaluru-for-a-monthly-rent-of-1-67-crore-101763378680801.html</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>In one of Hyderabad’s largest office space transactions, WeWork India has leased 1.75 lakh sq ft at Skyview 20, a Grade-A tech park, on a five-year term with a starting monthly rent of  ₹1.72 crore. The company has then sub-leased the entire two-floor space to JP Morgan Services India Pvt Ltd for 60 months at a starting monthly rent of  ₹4.38 crore, as per property documents accessed by CRE Matrix, a data-driven real estate consultancy firm. The two agreements, first between Mahanga Commercial Properties and WeWork, and subsequently between WeWork and JP Morgan, were registered in November 2025, the documents showed.In the first transaction registered on November 7, WeWork has signed the lease deed with the licensor Mahanga Commercial Properties Private Limited at a starting monthly rent of Rs. 1.72 crore and paid a security deposit of  ₹10.3 crore. The area leased is 1.75 lakh sq ft and the starting monthly rent  ₹98 per sq ft, the documents showed. Just days later, on November 13, 2025, WeWork signed a General Service Agreement (sub-lease) with JP Morgan Services India Pvt Ltd, transferring the entire 1.76 lakh sq ft of space. The sharp rent spread between WeWork’s lease ( ₹98 per sq ft) and the sub-lease ( ₹249 per sq ft) highlights the premium attached to WeWork’s fit-outs, amenities, workspace design, and the demand for tailored managed offices from JP Morgan. JP Morgan has taken 1,501 desks across the fifth and sixth floors of Skyview 20 in Hitech City, Madhapur, and paid a security deposit of  ₹25.9 crore. The office comes with 176 car parks, with the sub-lease translating to  ₹249 per sq ft, the documents showed. Located on Hitech City Main Road, Skyview 20 is developed as part of the larger Skyview campus, a Grade-A tech park in Hyderabad. The asset has seen strong leasing traction from multinational financial services and technology firms due to proximity to major campuses, metro connectivity, and rising preference for high-density workspace parks. Emails have been sent to both WeWork and JP Morgan. JPMorganChase declined to comment. Earlier this year, US-based financial services major JP Morgan Private Limited has pre-leased 1.16 lakh sq ft in a commercial tower being developed by Goisu Realty Private Limited, a subsidiary of the Japanese firm Sumitomo Realty &amp; Development Company, in Mumbai’s Bandra Kurla Complex (BKC), for a monthly rent of  ₹6.91 crore, documents accessed by Propstack showed. Also Read: Bengaluru, Chennai, and Hyderabad lead real estate growth in India, driven by tech and investor demand: Report Japanese conglomerate Sumitomo’s commercial tower in Mumbai’s business district Bandra-Kurla Complex (BKC), through a long-term lease tenure of 10 years. With 79.7 million sq. ft. of flexible workspace across the top eight cities as of Q2 2025, India is already the Asia-Pacific region’s largest flex market. The stock is expected to reach 85 million sq. ft. by year-end and surpass 100 million sq. ft. in 2026, according to Cushman &amp; Wakefield’s Global Trends in Flexible Office 2025 report. Bengaluru leads with 21.1 million sq. ft, nearly one-third of India’s total—followed by Delhi-NCR, Pune, and Hyderabad. Also Read: Mindspace REIT buys 8.1 lakh sq ft commercial complex in Hyderabad for  ₹512 crore</t>
+          <t>Jaguar Land Rover Technology and Business Services India has expanded its office footprint by taking an additional 1.46 lakh sq ft on lease at Brigade Tech Gardens in Bengaluru, at a monthly rent of around  ₹1.67 crore for a five-year term, according to documents accessed by Propstack. The deal underscores the confidence multinational firms continue to place in the tech city as a leading GCC hub. The total rental over five years amounts to  ₹106 crore. The transaction highlights the automaker’s ongoing effort to scale its business capabilities in India. JLRTBSI, a subsidiary of JLR, serves as the company’s capability and technology hub in the country. With this addition, Jaguar now occupies a total of 2.04 lakh sq ft in Brigade Tech Gardens, further strengthening its presence in Bengaluru. "This major deal by a marquee brand like Jaguar Land Rover underscores the immense confidence global companies have in Bangalore as a premier GCC hub. This lease is part of a larger, significant wave of GCC activity we're tracking, as firms commit to large-scale, long-term operations in top-tier properties," Raja Seetharaman-cofounder Propstack The new deal spans parts of the ground and first floors, along with the 5th and 8th floors, with lease periods beginning in May and December 2024, and rent commencement in October and December 2024, as shown in the document. The company has leased the space for  ₹65 per square foot per month, with a security deposit of  ₹10.10 crore for a 5-year term. The agreement includes a 15% escalation every three months, it said. According to registration documents, these leases are part of Jaguar’s pre-commitments made in December 2023 and include two recently registered components, 67,065 sq. ft. and 79,751 sq. ft. Jaguar is also paying a fit-out rent of  ₹65.95 lakh for the 67,065 sq. ft. block, translating to  ₹98.35 per sq. ft. per month, according to Propstack.Also Read: TCS expands Bengaluru footprint with  ₹2,130 cr, 15‑year 1.4 million sq ft lease Brigade Tech Gardens is a large Grade-A office campus located in Brookfield, Bengaluru, developed by Brigade Group in partnership with GIC. The campus caters heavily to Global Capability Centres (GCCs) and tech-driven enterprises, offering flexible warm-shell and built-to-suit options. Email queries have been sent to Jaguar and Brigade Group. If a response is received, the copy will be updated.Also Read: GCCs have leased about 100 million sq ft in India since 2021, the highest in Bengaluru and Hyderabad: report In August, IT major Tata Consultancy Services (TCS) signed one of Bengaluru’s largest commercial real estate deals, leasing 1.4 million sq ft of office space for  ₹2,130 crore over 15 years, documents accessed by Propstack show. Earlier this year, Google opened its Ananta campus in Bengaluru, a 1.6 million sq ft facility in Mahadevapura that is also its largest office in India. In 2024, Morgan Stanley leased 1 million sq ft in Mumbai on a nine-year term, with a starting monthly rent of  ₹15.96 crore. Against this backdrop, the TCS deal is among the largest commercial real estate transactions Bengaluru has seen in recent years, experts said. In August, Apple India Pvt Ltd leased around 2.7 lakh sq ft of office space in real estate developer Embassy Group’s project Embassy Zenith in Bengaluru for a 10-year term, with a total rental outlay of over  ₹1,000 crore, setting a benchmark with lease rates touching almost  ₹235 per sq ft per month. The iPhone and iPad maker has leased nine floors, from the 5th to the 13th, with a carpet area of 1.96 lakh sq ft and a chargeable area of 2.68 lakh sq ft in Bengaluru’s Sankey Road from Mac Charles (India) Ltd. Apple will pay  ₹6.31 crore per month, translating to  ₹235 per sq ft. Global Capability Centers (GCCs) have leased around 100 million sq ft of office space across the top seven cities in India since 2021. Over the past few years, GCC demand has gained strong momentum, with leasing activity by global corporates estimated to touch 28 million square feet in 2025, nearly double the levels seen in 2021, according to a report by Colliers India, a real estate consultancy firm. The report said that Bengaluru and Hyderabad have established themselves as India’s leading GCC hubs, with more than 60 million square feet of GCC leasing since 2021. It said that Bengaluru stands out as the premier hub not only for technology GCCs but also for global engineering and manufacturing firms.</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>Dec 01, 2025 12:41 pm</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/godrej-properties-acquires-5-acre-hyderabad-plot-to-build-4-150-crore-premium-housing-project-101764572233304.html</t>
+          <t>https://www.hindustantimes.com/real-estate/smartworks-leases-around-1-66-lakh-sq-ft-office-space-to-wolters-kluwer-in-pune-101763378406738.html</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>Godrej Properties Limited (GPL) has said it has bought a 5 acre land parcel in Hyderabad through an e-auction conducted by the Hyderabad Metropolitan Development Authority (HMDA) and plans to develop a housing project worth  ₹4150 crore on the site. The company said it had participated in an e-auction for a marquee land parcel measuring almost 5 acres in Neopolis, Kokapet, a high-growth real estate destination. Godrej Properties emerged as the highest bidder, according to the MSTC Ltd. e-tendering portal. HMDA shall issue the allotment letters after following the due process. The proposed development on this land is planned as a premium residential project with a saleable area of around 2.5 million sq. ft. and an estimated revenue potential of around  ₹4,150 crore, the company said. Neopolis, Kokapet, has rapidly evolved into one of Hyderabad’s sought-after residential micro-markets, driven by its proximity to the Financial District and HITEC City, robust infrastructure expansion, and a thriving ecosystem of global technology companies, international schools, retail avenues, and healthcare facilities, the company said. Following the recent acquisition of an almost 7.825-acre land parcel in Kukatpally in August 2025, the Neopolis, Kokapet auction reinforces GPL’s growing presence in Hyderabad, building on the successful launches of Godrej Madison Avenue in Kokapet and Godrej Regal Pavilion in Rajendra Nagar. Hyderabad has emerged as one of Godrej Properties’ fastest-growing markets, with sales upwards of  ₹2,600 crore in calendar year 2025, underscoring the city’s strong demand dynamics and GPL’s strategic focus on this region. Also Read: Hyderabad real estate: Godrej Properties acquires 7.8-acre land parcel for  ₹547.75 crore "Hyderabad continues to demonstrate strong fundamentals with robust infrastructure growth and sustained demand for quality housing. We remain committed to strengthening our presence in this high-potential market through strategic acquisitions and differentiated developments. Our aim is to deliver projects that combine thoughtful design and customer-centric features, creating long-term value for homebuyers," said Gaurav Pandey, MD and CEO, Godrej Properties. Also Read: Bengaluru vs Hyderabad: Where should techies buy their first home? Netizens weigh in Godrej Properties achieved a 13 per cent growth in sales bookings to  ₹15,587 crore in the first six months of this fiscal from  ₹13,835 crore in the year-ago period.</t>
+          <t>Smartworks Coworking Spaces Limited, a managed office platform, has leased around 1.66 lakh sq. ft. in Pune to Wolters Kluwer (India) Pvt. Ltd., an information, software solutions and services provider for professionals in healthcare, tax and accounting, financial and corporate compliance, legal and regulatory, corporate performance and ESG, the company said on November 17, The office is located at Smartworks’ Marisoft campus in Kalyani Nagar, one of Pune’s key micro-markets. The Marisoft campus is located in a well-connected commercial cluster. The centre includes collaboration areas, meeting rooms, recreation zones, a convenience store, wellness facilities, and tech-enabled workplace infrastructure as part of Smartworks’ campus-led managed office model, the company said. “Enterprises today need scale, speed, and a consistent experience across cities. Our large-format campuses are specifically designed for this purpose. The 1,000+ seats cohort which accounted for about 12% of our rental revenue three years ago, has now almost tripled to 35%, driven by our focus on large, enterprise clients and their need for consolidated, experience-led work environments. Our priority remains delivering unified, tech-enabled campuses that support large teams, and multi-city expansion across locations,” said Neetish Sarda, founder and managing director, Smartworks.Also Read: Smartworks leases 6.13 lakh sq ft office space in Pune for a starting rent of  ₹4.44 crore per month Smartworks combines scale, flexibility, and value-centricity in a single operating framework. The model allows enterprises to expand across multiple cities, grow within a city, or consolidate fragmented offices into larger, integrated workspaces. Its large-format campuses have also accelerated multi-city client growth, with over 30% of rental revenue now contributed by enterprises operating across multiple locations, the company said. Earlier this month, Smartworks announced Q2 FY26 results, reporting a 21% year-on-year increase in revenue to  ₹4,248 million, a 46% YoY rise in normalised EBITDA with a healthy 16.4% margin. The company also turned net-debt negative, with operating cash flow of  ₹614 million .These results underline Smartworks’ disciplined growth approach and the continued strength of its managed campus model across India’s key office markets. With a 12.7 million sq. ft. portfolio across 14 cities, Smartworks has a diverse client base that includes GCCs, Forbes 2000 companies, multinationals, and Indian enterprises that are establishing and expanding their operations in India.</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/sushmita-sen-s-mother-buys-two-flats-worth-nearly-17-crore-in-mumbai-s-goregaon-east-101764569534780.html</t>
+          <t>https://www.hindustantimes.com/real-estate/lodha-developers-eyes-gurugram-as-launchpad-for-ncr-projects-101763366207209.html</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Sushmita Sen’s mother, Subhra Sen, has purchased two apartments in Goregaon East, Mumbai, for  ₹16.89 crore, according to property registration documents reviewed by real estate marketplace Square Yards on the website of Inspector General of Registration (IGR). The two apartments, located in Oberoi Realty’s Elysian project, were registered in November 2025. According to property registration documents from the Inspector General of Registration (IGR), reviewed by Square Yards, the first property purchased by Subhra Sen is worth Rs. 8.40 crore. It has a RERA carpet area of 163.59 sq. m. (1,760 sq. ft.). The deal also includes one car parking space. The transaction incurred a stamp duty payment of Rs. 42.02 lakh and registration charges of Rs. 30,000, the documents showed. Subhra Sen's second purchase amounts to Rs. 8.49 crore. It has the same RERA carpet area as the previous apartment and also comes with one parking spot. The transaction involved a stamp duty of Rs. 42.49 lakh along with registration fees of Rs. 30,000, the documents showed. Subhra Sen could not be reached for a comment. According to Square Yards Data Intelligence, Elysian by Oberoi Realty has recorded 172 sale registrations with a total transaction value of Rs. 1,715 crore. The average property price in the project stands at Rs. 47,641 per sq ft. Goregaon East, in Mumbai, is well-connected through the Western Express Highway, Jogeshwari– Vikhroli Link Road (JVLR), and the Goregaon railway station, ensuring seamless travel to prime commercial hubs like Andheri, Powai, and Bandra Kurla Complex (BKC). Also Read: Comedian Bharti Singh sells Goregaon flat for  ₹3.75 crore, earning over 41% ROI in nine years The locality is home to a growing cluster of corporate parks, IT offices, and media establishments, attracting a diverse community of professionals. With major developments such as the expanding metro network, the upcoming Goregaon-Mulund Link Road, and its proximity to key lifestyle destinations like Oberoi Mall and Film City, Goregaon East is rapidly evolving into a vibrant, urban centre. In August this year, Bollywood star and former Miss Universe, Sushmita Sen, paid a heartfelt birthday tribute to her mother, Subhra Sen, a jewellery designer, calling her a ‘rockstar’ and her ‘hero.’ Also Read: Roshan family on a property buying spree: Hrithik Roshan's two firms buy 10 office units in Mumbai for  ₹28 crore</t>
+          <t>Mumbai-based Lodha Developers is expected to launch its first real estate project in Gurugram, marking the company’s entry into the Delhi NCR market, Managing Director and CEO Abhishek Lodha has said. He also said that the company is exploring other areas of the NCR. Responding to a question on whether the company’s NCR strategy includes Gurugram, Noida, or both, Lodha said during the October 31 investor call that "At this stage, our initial focus is most likely to be in Gurugram, but it does not mean that we do not look at any other part of the NCR, but it's quite likely that we will perhaps start off on the Gurugram side of the NCR." Abhishek Lodha also stated that the Gurugram real estate market is currently more than 50% of the NCR market. "Gurugram is probably right now, more than 50% of the NCR market, and we are telling you that at the end of the decade, Palava and Upper Thane (near Mumbai) will be 3.5% of the Mumbai Metropolitan Region (MMR) market. So, you can see the scale of the opportunity versus where we currently are projecting things to be," Lodha said about the opportunities within the company’s MMR projects. Also Read: India’s real estate market yet to enter ‘takeoff phase’, says Abhishek Lodha According to Lodha, the company anticipates achieving a 20% annual growth rate. "And as we now further move over in 2026 to starting our pilot in NCR, we hope that by covering these 4 major metros, Mumbai, Pune and Bangalore already and the pilot in NCR, we will see a long runway of growth which enables our company to continue to deliver on its medium-term strategy of having the approximately 20% annual growth and 20% ROE," Lodha said. In July 2025, Abhishek Lodha stated that the company anticipates concluding one or more land deals in the Delhi-NCR region this fiscal year, paving the way for its first project launch in the area in the following financial year. "We expect to enter Delhi NCR in the next 12 months and hope to launch in fiscal 2027. The Delhi NCR is an important market for us to get into. We obviously, as we have done in Pune and Bengaluru, will only enter in a gradual manner. We will be starting off with a pilot phase with a moderate number of projects and a moderate level of investment with a view to understanding better how the market operates and how we build out the supply chain for operations as well as sales," Lodha had said during an investors’ call in July 2025. Also Read: Lodha Developers expects to conclude one or more land deals this year, ahead of its Delhi-NCR foray: Abhishek Lodha At the investors' call in October, Lodha had also said that India's real estate market is "still on the runway, it hasn’t reached the takeoff phase yet” and is only beginning to gain momentum. “We (India's real estate market) are still sort of, I would say, the plane is on the runway. It is not even gotten to kind of takeoff phase. It is just kind of moving along on the runway. That is how we think the cycle is,” Lodha said during the company’s Q2 FY26 earnings call recently. "Yes, sometimes there will be a situation, there will be a backup on the runway. The plane will have to pause for a few minutes, or it might be a few quarters in this context. But we have many years ahead in the cycle," Lodha said. He noted that the Indian housing sector is undergoing a “once-in-a-lifetime transition” from low-income to mid-income housing. Also Read: DLF’s Rajiv Singh is the richest real estate developer, followed by Mangalprabhat Lodha and family: Grohe-Hurun India "Wherever such transitions have happened in large economies, they have witnessed very long real estate cycles, typically 15 to 20 years. We think India will also have a cycle that long. We are only four or five years out of that very long cycle. It does not mean we never had a bad year; we can, of course, have a bad year," Lodha had said during the call.</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Dec 01, 2025 08:08 am</t>
+          <t>Nov 17, 2025 12:14 pm</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/hong-kong-s-fire-tragedy-puts-a-spotlight-on-high-rise-safety-in-delhi-ncr-and-mumbai-101764512713268.html</t>
+          <t>https://www.hindustantimes.com/real-estate/shahrukhz-by-danube-debuts-in-dubai-similar-towers-to-come-up-in-new-york-london-delhi-and-mumbai-101763360830454.html</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>In Hong Kong’s worst fire disaster in nearly 80 years, almost 146 people were killed and dozens remain missing after a massive blaze tore through the Wang Fuk Court housing complex in Tai Po. As per media reports, the eight-tower estate, home to more than 4,600 residents, had been wrapped in bamboo scaffolding and green nylon mesh for renovation work when the fire erupted and rapidly engulfed the buildings last week.With NCR and Mumbai dominated by high-rise developments, Indian experts say the Hong Kong tragedy underscores the vulnerabilities in tall buildings. The Hong Kong high-rise fire has put a spotlight on construction and fire safety practices, many of which are highly relevant for India. The blaze is believed to have been fuelled by bamboo scaffolding used during renovation work. Fire experts say that while common in Hong Kong, bamboo scaffolding is banned under Indian standards, which mandate iron or steel scaffolding for all high-rises to reduce fire risk. Experts say the incident is a reminder that residents must take fire safety and compliance more seriously, especially during renovation. There should also be regular fire audits every two years, as mandated by building codes. “Regular fire safety audits every two years are mandated by National Building Code 2016,” explains Munish Kumar, founder director of EHS Guru Sustainable Solutions Pvt Ltd, a company that undertakes EHS (environment, health and safety), ESG, fire and life safety, ergonomics and regulatory compliance audits and conducts training and provides consultancy to developers and commercial firms. Fire audits are a proactive step but sometimes owners feel that this is an additional investment or an unnecessary financial burden. They assess the adequacies of fire systems in a building and their readiness to avoid any fire situation. During a fire safety audit, fire experts carry out fire prevention drills that include electrical systems related thermography assessments. They assess electrical, fire safety risks, the readiness of fire systems, emergency preparedness of occupants and most important whether emergency systems in a building are in working order or not, Kumar explains. While a fire safety audit does assess risks, it has been seen that most smoke detectors are not in working condition in high rise buildings because several residents carry out massive interior work before moving into an apartment. As per the national building code 2016, all buildings with more than 30 m height (more than 15 floors) require smoke detectors inside the apartment. What this means is that smoke detectors installed inside the apartment are mandatorily linked with fire control panels and sprinkler systems. For buildings less than 15 m, smoke detection systems in common areas are mandatory under the code, points out Kumar.“Residents should ensure that the smoke detecting systems are not destroyed or done away with while carrying out renovation work,” said Kumar. Residential societies should ensure use of fire-retardant materials, including flame-retardant, low-smoke electrical cables. It is important to use fire-rated glass, safe window cladding, and façade materials that do not aid vertical fire spread, he said.There should also be compliance with updated National Building Code (NBC) norms for ventilation, refuge floors, and façade safety. Refuge floors aren’t required in residential buildings if each flat has its own balcony. In commercial or business buildings, however, a refuge floor is mandatory at 24 metres and then at every additional 15 metres, he explains.Housing societies should draw up a snag list identification during handovers to check for structural or functional defects. Once a residential complex is handed over, apartment owners become equally responsible for maintaining fire safety. Renovation work must be monitored closely, avoiding combustible materials such as plywood, MDF, incense and other inflammables that can accelerate a blaze, experts say. They also warn that despite the rapid vertical growth of Delhi-NCR, firefighting infrastructure has not kept pace. They emphasise that cities must upgrade firefighting equipment to match rising building heights. High-rises should ensure timely renewal of fire NOCs and strict adherence to safety norms to avoid catastrophic incidents.“If high-rises are India’s future, then fire safety must be treated as a human right, not a compliance checkbox,” said Kumar. Also Read: Delhi earthquake: How NCR residents can check if high-rise buildings are safe from tremors “The recent tragedy at Wang Fuk Court, which claimed hundreds of lives, is a solemn reminder of the enormous responsibility that high-rise developers carry. Every design decision, material choice, and safety protocol directly affects human lives," said Parveen Jain, president, NAREDCO. “At NAREDCO, we are committed to raising fire and life safety standards across the real estate sector. Fire-resistant construction materials, fully operational sprinklers, smoke detectors, and multiple escape routes are not just technical requirements; they are essential safeguards. Safety should never be treated as just a regulatory checkbox. Regular audits, transparent renovation practices, and well-rehearsed evacuation procedures are vital to protecting residents,” he said. Noida’s hydraulic platforms reach only 42 metres (12–14 floors) while in Gurugram, the fire department often relies on a private developer’s 90-metre ladder. This is inadequate for the region’s tallest towers which include Supernova, Noida – 80 floors; Supertech North Eye, Noida rising to 60 floors. In Gurugram, Trump Towers are the tallest buildings touching 55 floors and M3M IFC has 43 floors, as per media reports. Mumbai ranks 17th worldwide and 14th in Asia for tall buildings, with 100 buildings over 150m in height. The city dominates the Indian skyline with 77% of tall buildings. A report by CBRE South Asia also found that 89% of tall buildings in India are residential, compared to 6% for office use. The report highlighted that Mumbai's lower Floor Space Index makes office buildings less viable, as they rely on rental revenue. The report called for unified building codes and guidelines for sustainable vertical growth.</t>
+          <t>Danube Properties which is developing a 55-storey commercial tower in Dubai named after Bollywood star Shah Rukh Khan, also plans to launch similar ‘Shahrukhz’ towers in New York, London, Delhi and Mumbai. “Shah Rukh by Danube will not be only in Dubai, you will find it across the world. You will find Shahrukh tower it in New York, London, Delhi and Mumbai. This legacy will be taken across the world,” Danube Group founder and chairman Rizwan Sajan said at the launch event in Mumbai last week. For the Dubai tower, the company’s signature 1% payment plan will be available to buyers, along with a 10-year Golden Visa for eligible investors, he told Hindustan Times Real Estate. The commercial tower, called ‘Shahrukhz by Danube’ is slated for completion in 2029 and will feature a statue of Shah Rukh Khan in his iconic arms-outstretched pose at the entrance. The A-grade development will span over 1 million sq ft of built-up area, with prices starting at  ₹4 crore. “The company’s signature 1% payment plan, along with a 10-year Golden Visa, is also being offered to customers,” said founder and chairman of the Dubai-based Danube Group, Rizwan Sajan. “Commercial unit sizes range from 460 sq ft to 11,000 sq ft. Buyers pay a 20% down payment, followed by monthly installments of 1% of the  ₹4 crore price for six years.” he said. "Indians have always been among our top customers, and the trust they place in me and in Danube is truly immense. ‘Shahrukhz by Danube’ is a project inspired by King Khan himself and a reflection of my own journey of ambition and success. Before this, we launched ‘Aspirz,’ a mixed-use residential and commercial development, which turned out to be a remarkable success. With every project, we aim to set a new benchmark, and ‘Shahrukhz’ is another step in that direction,” he said. Shahrukhz’ will offer more than 40 world-class amenities, including a sky pool, helipad for air taxis, valet services, and exclusive business lounges. The tower will be located close to key Dubai landmarks, from the Burj Khalifa and Dubai Airport to the Gold Souk. Also Read: Danube launches commercial project in Dubai Sports City with 1% monthly payment plan Shah Rukh Khan, speaking at the launch, was quoted as saying that “It is humbling and deeply touching to have a landmark in Dubai carry my name. Dubai has always been a special place for me, a city that celebrates dreams, ambition, and possibility. " SRK owns a luxurious villa named Jannat in Dubai’s Palm Jumeirah, gifted by Nakheel, a Dubai-based real estate company. The villa is worth over  ₹100 crore and comes with a private beach, according to media reports. Also Read: SRK turns 60: Top 5 property investments by Bollywood superstar Shah Rukh Khan</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>DTC housing redevelopment plans in 2 Delhi locales face review</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Officials did not specify when tenders for the projects will now be issued or when construction might commence</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/cities/delhi-news/dtc-housing-redevelopment-plans-in-2-delhi-locales-face-review-101764537328590.html</t>
+          <t>https://www.hindustantimes.com/real-estate/no-slowdown-in-bengaluru-and-hyderabad-housing-markets-brigade-group-md-pavitra-shankar-101763356621449.html</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>The Delhi Transport Corporation’s (DTC) plan to redevelop its residential colonies in Shadipur and Hari Nagar into high-rise gated housing societies has been plunged into uncertainty, as the board decided to re-examine the financial feasibility of the projects, officials aware of the matter said. Both projects were at an advanced stage of the initial process, with contractors in the process of being finalised. The DTC board decided to review the projects in a meeting last week. Officials did not specify when tenders for the projects will now be issued or when construction might commence. “The issue has been referred to an empowered committee that will decide on how to go about with the project. The project MoU was signed in 2020 and is already late. We need to now see if the initial plans work or changes should be made,” a DTC official, requesting anonymity, said. The redevelopment projects were part of a broader initiative under a memorandum of understanding (MoU) signed between the Delhi government and NBCC Limited in 2020. Under this, four major infrastructure projects were announced for DTC land assets: two multilevel bus depots at Hari Nagar and Vasant Vihar, and the redevelopment of residential colonies in Hari Nagar and Shadipur. Officials said the objective behind redeveloping the colonies was to create a fresh stream of revenue for the cash-strapped department. Most of the flats and commercial spaces in the proposed societies were designed to be sold in the open market. According to the detailed project report (DPR) prepared earlier, the Shadipur residential complex was to be developed across 6.898 acres of DTC land, comprising five residential towers, including one high-rise block of 4BHK flats with ground plus 30 levels and a terrace. Four additional towers with ground plus 29 floors were supposed to host 2BHK and 3BHK units. In line with the Delhi Master Plan 2021 requirements, an additional tower was designated exclusively for the economically weaker sections (EWS). Across the entire project, 427 general-category residential units and 228 EWS units were expected to be constructed in Shadipur at a cost of ₹446.28 crore. Officials said that a part of the revenue expected from the sale of flats and commercial spaces would have had to be retained to cover post-completion maintenance for a fixed period. At Hari Nagar, eight towers were proposed, including five for 2BHK and 3BHK apartments, two for EWS, and an independent club building, rising up to three floors. The site is situated near the existing Hari Nagar bus depots (2 and 3). According to the project design, the colony was planned to have 545 general-category flats and 284 EWS units, including 103 2BHK units, 396 3BHK flats and 46 3BHK flats with an attached study. The layout specified one tower with ground plus 22 floors, four towers with stilt plus 26 floors and two EWS towers with stilt plus 22 and stilt plus seven floors, respectively. The Hari Nagar redevelopment was projected to cost ₹724.47 crore and was estimated to generate ₹1,491 crore in revenue through property sales. The Delhi Transport Corporation (DTC) is re-evaluating its plans to redevelop residential colonies in Shadipur and Hari Nagar into high-rise gated societies due to financial feasibility concerns. Initially advanced in planning, the projects are now under review by an empowered committee. Signed in 2020, the redevelopment aimed to generate revenue amid DTC's financial struggles.</t>
+          <t>Brigade Group Managing Director Pavitra Shankar has said that housing demand remains steady in cities such as Bengaluru and Hyderabad despite concerns around affordability and job market uncertainty. “There’s no slowdown per se,” she noted, adding that inventory continues to move well across projects. In Bengaluru, residential demand and prices remain strong even amid conversations about tech-sector layoffs. The city remains a “net job creator,” Shankar said, which helps sustain buyer sentiment and absorption levels. She said that demand in the mid-segment housing category is particularly robust, shaping the company’s approach to new project design and land acquisition. As a result, Brigade expects home prices to rise by around 5–7% annually, driven by ongoing sales momentum rather than aggressive discounting. “We look at based on badging out our inventory. So since the inventory is moving well in all of the projects, we're just taking the price hikes according to that,” Shankar said at the company’s Q2 FY 2025-26 earnings call. Brigade Group is preparing to roll out nearly 15 million sq ft of new project launches over the coming quarters, backed by steady residential demand and a land acquisition strategy. The company recorded  ₹2,034 crore in presales in Q2 FY26, up 12% from the same period last year, with sales volumes rising 13% to 1.90 million sq ft.Also Read: Brigade Group to add 8 million sq ft of office space, plans to double flex space portfolio Bengaluru continues to see strong residential demand and price growth despite conversations around layoffs in the tech sector, Shankar said, adding that the city remains a “net job creator,” which sustains buyer sentiment and absorption levels. “I think Bangalore seems like a favourable market, and that's why people are trying to enter here. So despite the conversations about job losses and so on, we still see there is still a conversation about job creation in different parts of the economy as well. So net-net, I think Bangalore is still a winner in terms of overall job creation, and that's why we continue to see a lot of demand in the city,” she said. Shankar also noted that several major developers are expanding into Bengaluru, increasing competition, but said the market has the depth to absorb new supply. “We've been able to see the pricing increase substantially, doubling pretty much on average, over the last few years. So I think it is still a very healthy market, able to absorb more competition from other players as well as price increase.”Also Read: Less than 1% of Indian developers' topline is invested in technology, says Nirupa Shankar of Brigade Group Addressing trends in the first half of the fiscal year, Shankar said residential demand remains strong across markets, but Bengaluru is seeing a clear rise in mid-segment homebuyers. “In Bangalore specifically, there is a lot more demand in the mid-segment category,” she said, adding that this is now influencing how the company approaches new project design and land acquisitions. She explained that the company categorises its homes by price range: properties priced between  ₹75 lakh and  ₹1.5 crore are considered mid-segment; those between  ₹1.5 crore and  ₹3 crore fall under the premium category; and units priced above  ₹3 crore are classified as luxury or ultra-luxury. “So we are also looking at that in terms of new projects when we are looking at design or land acquisition in terms of the location of properties. But that's a Bangalore-specific thing,” she said. Meanwhile, she noted that Hyderabad continues to show strong traction in the premium segment, particularly in homes priced above  ₹5 crore, though mid-segment interest remains healthy there as well. Chennai, she said, remains stable across categories. “It is still a very well-balanced market; we’re able to sell in mid-segment, premium, as well as high-end,” Shankar said. In the first half of FY26, Shankar said that the company launched 3 million sq ft of residential projects with a gross development value (GDV) of around  ₹3,200 crore. For the second half, the company has visibility of approximately 7 million sq ft of upcoming residential launches, with an estimated GDV between  ₹8,000 crore and  ₹8,300 crore. “Ideally, that number (7 million sq ft) would have been a little bit more. And that's also the reason why our sales numbers -- while we are targeting an initial number of around  ₹9,000 crores, a substantial amount of our H2 sales will come from launches. And therefore, we may not necessarily meet that number, but we'll be trying to do that as much as possible,” Shankar said. Of the 7 million sq ft planned for H2 launches, around 1 million sq ft is the second phase of Brigade Gateway Hyderabad in the Neopolis cluster, which has already been launched and is currently seeing active sales. Shankar said that the company is working on a large mixed-use development in North Bengaluru, which is in the design and approval stage and is likely to launch in Q4. Brigade also has several multi-phase residential projects lined up in East Bengaluru, which are expected to roll out toward the end of the fiscal.</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>GIFT City on fast track after bid for 2030 CWG</t>
+          <t>Yeida allots 200 acres land to build₹8,200 crore solar hub</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Ahmedabad's GIFT City is expanding rapidly post-2030 Commonwealth Games bid, focusing on infrastructure and residential development to attract more residents.</t>
+          <t>The new solar unit project will help facilitate large-scale manufacturing investment in renewable energy and advanced manufacturing segments, said Yeida CEO</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>Dec 01, 2025 04:28 am</t>
+          <t>Nov 17, 2025 05:52 am</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/india-news/gift-city-on-fast-track-after-bid-for-2030-cwg-101764529353600.html</t>
+          <t>https://www.hindustantimes.com/cities/noida-news/yeida-allots-200-acres-land-to-build-8-200-crore-solar-hub-101763320024281.html</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>Ahmedabad’s successful bid for the 2030 Commonwealth Games last week has renewed attention on GIFT (Gujarat International Finance Tec) City, a central business district in Gujarat’s Gandhinagar district. The idea to build an international financial centre on a greenfield site was conceived in 2007 by the then Gujarat chief minister Narendra Modi. After initial years of slow growth and setbacks, the government converted GIFT into a fully state-owned company. By 2011, the state had carved out a contiguous 3-sq-km (900-acre) plot along the Sabarmati and laid down the physical foundations—wide roads, a riverfront edge and perhaps the country’s most advanced underground utility systems. The decisive shift came in 2020, when the Centre created the International Financial Services Centre Authority (IFSCA), a unified regulator for banking, insurance, funds, aircraft leasing and other offshore financial activity. About 25 buildings are now operational and almost fully occupied, bringing roughly 27,000 people into the city each day. Another 37 towers are under construction. For now, GIFT remains primarily a workplace rather than a place where people live, but that is beginning to change. Around 930 homes have been delivered and more than 7,000 are under construction. Yogesh C Bhavsar, president of the National Real Estate Development Council (Gujarat), said that with Ahmedabad’s real estate market now nearly 60–70% saturated, the combination of upcoming global events, the growth of foreign university campuses, and steady organic urbanisation will accelerate GIFT City’s next phase of expansion. “The long-term target is to eventually accommodate a density of about 250,000 people per square kilometre, comparable to Navi Mumbai’s,” said Loveleen Garg, chief planner and vice president (Planning), GIFT City. With the hard infrastructure set in place, GIFT is investing in public spaces to attract residents. A 27-acre Central Park is under development along the extended riverfront. It will feature courts for soccer, box cricket, pickleball and basketball, a golf driving range, jogging and cycling tracks, plazas, lawns and an amphitheatre. A dedicated food zone with restaurants and kiosks is also planned to draw workers and residents into shared spaces. Hiran Shah, who runs Capital Russian Bakery in GIFT City, said the demand for retail spaces is now rising. “We see one or two new families moving in every day. Currently, the two occupied residential towers—Shobha and SJ Sangath—are around 30% full. Most of my customers are office-goers,” he said. Shah travels 55 km daily to reach his bakery from Ahmedabad’s Shilaj area. Upendra Sagar, a State Bank of India employee who drives from Gandhinagar, said, “People mostly come in the morning and go back in the evening as there isn’t much to stay back for yet”. He said the neighbourhood has “very few cafés” and there is hardly any street life . “ Most of my colleagues are from outside Gujarat. Sagar said he isn’t considering shifting to GIFT for now, but after five years, when all the social amenities are in place, he hopes more people will shift to GIFT City. Officials say improved connectivity will transform GIFT into a bustling, compact city over the next few years. Two new metro stations have been sanctioned as part of the Ahmedabad–Gandhinagar line extension, and a direct road link to the airport is expected to bring travel time down to about ten minutes. GIFT will also connect to the Sabarmati high-speed rail terminal, and once the Mumbai–Ahmedabad bullet train becomes operational, officials estimate that travel between GIFT and the Bandra-Kurla Complex could be about two hours and fifteen minutes. What sets GIFT apart is its carefully engineered, below-ground infrastructure. Beneath the surface runs an underground utility tunnel—described by officials as the city’s “nervous system”—carrying power cables, fibre, potable and recycled water, district cooling pipelines and automated waste ducts. About 5.5–5.7 km of the planned 16 km tunnel is complete. All repairs occur inside the tunnel, keeping the surface “completely digging-free,” said Anil Parmar, Vice President (Engineering). At its core, GIFT’s IFSC is also taking shape as the offshore financial district it was envisioned to be. The zone now hosts 35 global banks and a rapidly expanding fund ecosystem with 320 investment funds managed by 97 fund managers. “Entities operating out of the IFSC have raised more than $58 billion for India so far,” said K Rajaraman, chairman of the IFSCA and former Union finance secretary. The tax architecture—including a 10-out-of-15-year income-tax holiday—is “aligned with Singapore”, he added. The masterplan permits 62 million sq ft of built-up space; about 10% is currently active, but development rights for nearly half the total capacity—29.47 million sq ft—have already been allotted. “Based on ongoing work, we expect about 50 % of the entire project’s capacity to be physically built within three years,” said Nisarg Acharya, head of commercial at GIFT City company limited.</t>
+          <t>GREATER NOIDA: The Yamuna Expressway industrial development authority (Yeida) said it has allotted 200 acres of industrial land in Sector 8 to SAEL Solar P6 Private Limited, a subsidiary of SAEL Industries Limited, to set up an integrated solar manufacturing ecosystem with an investment of ₹8,200 crores. The step follows the State Government’s approval of the mega project to create jobs and business opportunities. The proposed project will include TOPCon technology based 5 gigawatts (GW) solar cell manufacturing (the process of fabricating individual solar cells) and 5 GW solar module manufacturing lines (a series of automated and semi-automated machines used to assemble solar panels from their components) in this mega unit, said officials. The Tunnel Oxide Passivated Contact (TOPCon) technology is considered as an advanced solar cell technology, which enhances efficiency and longevity, the Authority said. One gigwatt equals to one billion watts of power. Yeida issued the allotment letter after the state government issued the ‘Letter of Comfort’ to SAEL Industries Limited, said officials. Notably, the Letter of Comfort means the state government is positive about the company’s proposal, and as per the rules the Comfort of Letter helps the firm get some marks during the allotment process, and Yeida evaluates the proposal to ensure if the company is eligible for the allotment or not. “Following the Government of Uttar Pradesh directions and UPINVEST, now Yeida issued a Letter of Allotment to SAEL Industries Limited. We have handed over the allotment letter to SAEL officials. The project will be located along the Yamuna Expressway near Noida International Airport that has already become a strategic industrial-growth zone within the state’s overall infrastructure and manufacturing push. This mega project will not only create jobs but help in development of the solar ecosystem near airport that is the biggest growth engine in this region,” said Yeida’s chief executive officer RK Singh. This allotment will further help Yeida to develop a manufacturing cluster along the Yamuna Expressway, said officials. “The new solar unit project will help facilitate large-scale manufacturing investment in renewable energy and advanced manufacturing segments. SAEL’s new solar project is expected to leverage the region’s infrastructure advantages - connectivity to the upcoming Jewar airport and logistics hubs and the policy impetus of the Uttar Pradesh government for manufacturing-led growth,” said Singh. SAEL Industries Limited is a diversified and integrated renewable energy company with capabilities in solar module manufacturing, engineering, procurement and construction, and operations and maintenance of power projects. Its diversified clean-energy portfolio includes 8299.5 Megawatt peak of solar Independent Power Producer (IPP), 3,625 MWof TOPCon solar module manufacturing capacity, and 164.90 MW of agri waste-to-energy projects, said Yeida officials. SAEL Industries Limited were unavailable for comment on the issue. . The Yamuna Expressway Industrial Development Authority has allocated 200 acres in Sector 8 to SAEL Solar P6 Private Limited for an  ₹8,200 crores solar manufacturing project, following state government approval. The facility will produce 5 GW of solar cells and modules using advanced TOPCon technology, boosting local jobs and the solar ecosystem near Noida International Airport. SAEL Industries, with a diverse renewable energy portfolio, is poised to enhance manufacturing in the region.</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>No title</t>
+          <t>Mira Road projects marred by violations up for sale</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>No synopsis</t>
+          <t>While parts of over 20 projects remain stalled due to ongoing litigation, the builder allegedly continues to market flats in these projects</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>No published date</t>
+          <t>Nov 17, 2025 04:46 am</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/mumbai-real-estate-12-219-properties-registered-in-november-2025-up-20-yoy-stamp-duty-collections-rise-12-yoy-101764477010414.html</t>
+          <t>https://www.hindustantimes.com/cities/mumbai-news/mira-road-projects-marred-by-violations-up-for-sale-101763319304319.html</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>Mumbai real estate market has so far recorded 12,219 property registrations in November, marking a 20% year-on-year (YoY) increase. Stamp duty collections touched  ₹1,038 crore, up 12% YoY, according to Maharashtra IGR data. On a month-on-month (MoM) basis property registrations increased by 5% and stamp duty remained stable. The market continues to be driven by residential demand, with 80% of all registrations in the month attributed to residential properties, an analysis by Knight Frank showed. Overall, Mumbai recorded over 135,807 property registrations in the first eleven months of 2025, contributing more than  ₹12,224 crore to the state exchequer during this period. Property registrations observed a 5% YoY growth while revenue grew by 11% YoY during the same period. Sustained buyer confidence has fueled consistent sales, driven by the city's property registration growth. “Mumbai’s residential market has extended its steady momentum into November, posting a 20% YoY rise in registrations and marking the city’s best November since 2013. Revenue increased 12%, supported by firm demand across segments and a clear shift toward higher-value homes. With registrations crossing 135,000 units in the first eleven months, the market is operating at a structurally higher baseline, and monthly activity has consistently stayed healthy,” said Shishir Baijal, chairman and managing director, Knight Frank India. Also Read: Mumbai real estate: Property registrations fall 14% to 11,200 in October 2025, stamp duty collections down 17% Registration momentum in Mumbai continues to tilt toward the higher price brackets. Homes priced above  ₹5 crore accounted for 7% of total registrations in November 2025, up from 5% a year earlier, reflecting demand in the luxury segment. Meanwhile, the less than  ₹1 crore range saw its share decline as affordability challenges weighed on buyer sentiment in this bracket. The  ₹2–5 crore range remained stable, while the share of properties worth  ₹1 to 2 crore increased from 31% in 2024 to 33% in 2025, the Knight Frank analysis showed. Units up to 1,000 sq ft contributed 84% of all registrations, in-line to last year. The 500–1,000 sq ft segment was the most preferred, striking a balance between affordability and usable space for end-users. Larger homes retained a niche buyer base, with 1,000–2,000 sq ft units edging up to 13% and apartments above 2,000 sq ft rose to 4%. The suburban markets continued to anchor activity. Western and Central Suburbs accounted for 85% of the total registrations in November 2025. The Western Suburbs led with 56%, while the Central Suburbs contributed 29%. In contrast, South Mumbai held at 9%, and Central Mumbai slipped to 6%. Also Read: Is Mumbai’s housing society redevelopment just a numbers game, and what’s a fair extra area for homeowners?</t>
+          <t>MUMBAI: In Mira Road, flats are being marketed in more than 20 residential buildings, whose legal status is being debated in court. These projects, all across Mira Road, are being built by Ravi Developments of Ravi Group, which secured a commencement certificate to construct 29 new buildings in March 2019. Permission was for a revised plan up to plinth level for these buildings, and regularisation of 30 additional buildings. But, within days, the Mira Bhayandar Municipal Corporation (MBMC) received 11 complaints with regard to the title, rights and interests of some of the plots. A notice was served to the developer 3 months later, seeking an explanation. According to an internal document in the MBMC, the developer had failed to satisfactorily reply to the objections. In some instances, the owners had withdrawn their rights given to the developer, a fact suppressed by the developer, and in other instances, title documents were unregistered. In some cases, the developer had failed to settle the claims of tenants. The MBMC document also states that the matter was sub-judice as cases were pending in various courts. In a submission before the Thane Civil Court, MBMC had said that since the developer had failed to comply with various mandatory conditions, it was cancelling the commencement certificate for several projects. In July 2019, MBMC also asked the developer to resubmit proposals for land that was undisputed. Civic sources say the developer not only failed to resubmit fresh proposals, he also continued with construction work. It was only in February 2022 that the MBMC issued a stop-work notice. Construction could proceed only with valid permission, the notice said. Still, the developer allegedly continued with the illegal construction. To get the commencement certificate restored, the builder submitted a fresh proposal with the MBMC’s environment department, relating to undisputed properties. These were rejected in October 2023 as the application was incomplete, lacking the required supporting documents. MBMC once again ordered Ravi Developments to halt construction work. In May 2025, another stop-work notice was issued, pertaining to parts the following projects: Gaurav Excellency, Shubh Atika (X), Gaurav Crest, Cluster 1 Presidency, Cluster-3 Enclave, Victoria, Gaurav Aster, Gaurav Valley Row Houses, and Shree Avenue Complex Row Houses. Ravi Developments moved the Bombay High Court, which in July, directed MBMC to review the matter and pass an order within 6 weeks. Allowing partial relief, the court directed MBMC not to act against floors permitted by the March 2019 commencement certificate. Two hearings were held, in July and August, by municipal commissioner Radhabinod Sharma. Once again, the developer sought time to submit the documents required. Gaurav Shah, one of the promoters of Ravi Developments, told Hindustan Times that the company had since submitted all the documents to the MBMC, while Sharma told HT he was in the final stages of issuing an order. A communication has also been sent by MBMC to the Registrar of Stamps, to bar the registration of sale agreements as the matter is sub-judice. However, it appears, the developer has not stopped marketing his projects. This was confirmed by Hindustan Times, which posed as a customer at one of the projects under litigation – Gaurav Excellency. A salesperson, making a pitch for 2 BHKs in Gaurav Excellency’s building numbers 6, 7, 8 and 9, said the valuation of the flat, without floor rise, but inclusive of all other charges was around ₹1.20 crore. One of the flats was on the 17th floor, even though, according to MBMC’s documents, the developer isn’t permitted to construct anything beyond the 11th floor in building number 7. The Maharashtra Real Estate Regulatory Authority’s (MahaRERA) portal states, “The project is kept in abeyance. Bank account of the project is frozen, and promoter is prohibited to execute agreement for sale/ sale deed with buyers, till further compliances are done by the promoter.” Denying any illegalities involved, Gaurav Shah refused to comment on the company’s sales representatives marketing these flats and providing possession to buyers without a commencement or occupation certificate. Shah claimed that the state urban development department had reversed the cancellation of the commencement certificate by the MBMC and that the high court had acknowledged this. However, the reversal of the cancellation does not relate to the floors currently being marketed. In a statement to HT, Shah said, “The matter is pending with MBMC, which it was supposed to decide in 6 weeks as per a high court order, but we are still waiting for the same. We have not constructed any building illegally and, as per the high court order, all work is stopped as directed by the court, so there is no violation of the same.” In Mira Road, Ravi Developments is marketing flats in over 20 buildings embroiled in legal disputes, despite the Mira Bhayandar Municipal Corporation (MBMC) issuing stop-work notices. Complaints about the developer's legal compliance led to the cancellation of a commencement certificate. The Maharashtra Real Estate Regulatory Authority has frozen the project, complicating the sales process amidst ongoing court hearings.</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>No title</t>
+          <t>Connaught Place’s each block gets officer for cleanliness</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>No synopsis</t>
+          <t>The officers’ responsibility will include flagging any damaged or dead plants and trees, and suggesting areas where more greenery can be added.</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>Nov 30, 2025 10:10 am</t>
+          <t>Nov 17, 2025 04:00 am</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/sm-reits-a-hassle-free-way-to-earn-rental-income-with-smaller-investments-101764320071100.html</t>
+          <t>https://www.hindustantimes.com/cities/delhi-news/connaught-place-s-each-block-gets-officer-for-cleanliness-101763318644082.html</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>If you want rental income without buying and managing property, SM REITs (Small and Medium REITs) offer a way to earn steady payouts and modest gains with ease, transparency, and liquidity minus the hassle of dealing with tenants or physical assets. Like traditional REITs, SM REITs pool investor money to acquire and manage income-generating real estate. The difference lies in scale: while large REITs own portfolios worth over  ₹500 crore, SM REITs focus on smaller assets between  ₹50 crore and  ₹500 crore. This makes them far more accessible, with a minimum investment of  ₹10 lakh. Instead of buying a property yourself, you invest in the SM REIT, which owns and manages assets such as office buildings, retail spaces, warehouses, logistics centres, and hospitals. SM REITs typically target small to mid-sized buildings suited for businesses in the SME segment. Returns tend to be stable and moderate, usually in the 9–12% range, making SM REITs suitable for investors seeking steady income and capital protection rather than high-growth, development-driven gains. While SM REITs offer attractive benefits, they also carry risks. Property value fluctuations can affect the REIT’s unit price, and as a relatively new asset class, their long-term performance is still untested. Retail investors should conduct thorough due diligence before investing. This includes reviewing financial statements, understanding the REIT’s strategy, assessing the quality of its property portfolio, and analysing broader market conditions. It’s equally important to study offer documents carefully, looking at asset details, projected yields, and Net Asset Value (NAV) disclosures. Investors must recognise the key difference between REITs and mutual funds. Mutual funds offer T+1 or T+2 redemption with minimal impact cost, making it easy to access money quickly. SM REITs, however, have limited liquidity; finding a buyer may take weeks or months, and urgent exits often require selling at a discount, reducing returns. In short, mutual funds can be redeemed within a day or two, whereas exiting a REIT investment generally takes much longer. Taxation also differs: REIT income is taxed component-wise, interest is taxed at the investor’s slab rate, dividends may be exempt, and amortisation is adjusted against capital gains. Note to the Reader: This article has been produced on behalf of the brand by HT Brand Studio and does not have journalistic/editorial involvement of Hindustan Times. The content is for information and awareness purposes and does not constitute any financial advice.</t>
+          <t>In a bid to make the Connaught Place market litter-free, the New Delhi Municipal Council (NDMC) has designated officers for each block to supervise its cleanliness, officials said on Sunday. The officers’ responsibility will also include flagging any damaged or dead plants and trees, and suggesting areas where more greenery can be added. According to NDMC officials, the move came following a look at the high amount of daily footfall the central Delhi’s Connaught Place market witnesses. “Earlier this year in May, we had made blocks B and C litter-free, and planned to progress on the same, block by block. As this was not possible due to the amount of footfall the market gets, we have designated one officer to each block to increase the monitoring,” said an official. While stating that cleaning in the market takes place throughout the day, in three shifts; morning, evening and night, the official said that while sanitary inspectors were earlier only present in the morning shift, they will now be present in each shift. “As littering is mostly done by customers, we plan to start imposing fines for the same. Currently, we are spreading awareness about the same, and our sanitary workers and inspectors, along with the officials, will be informing people who they see littering about the fines. Our workers are also making rounds throughout the market announcing the same through a megaphone,” said the official. NDMC officers have been designated to the market’s blocks on the basis of their size, with some blocks getting two officers, most getting one, and blocks C and D both being designated to one officer. As the NDMC aims to maintain and increase the greenery in the market as well, the horticulture department will be working alongside the civil and public health departments. The officers’ responsibility will also include flagging any damaged or dead plants and trees, and suggesting areas where more greenery can be added. To make Connaught Place litter-free, the New Delhi Municipal Council has assigned officers to each block for cleanliness oversight. This initiative, prompted by heavy foot traffic, includes enhanced monitoring and potential fines for littering. The NDMC also aims to increase greenery, collaborating with horticulture and public health departments for maintenance.</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>No published date</t>
+          <t>Nov 16, 2025 07:31 pm</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/luxury-villas-at-an-affordable-price-how-fractional-ownership-is-redefining-real-estate-access-101764474935684.html</t>
+          <t>https://www.hindustantimes.com/real-estate/maharashtra-ends-requirement-for-slum-dwellers-consent-in-cluster-redevelopment-projects-all-you-need-to-know-101763298040062.html</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>When Mumbai-based professional Rohan Singh dreamed of owning a holiday villa in Goa, the  ₹2 crore price tag felt beyond his means. Instead of stretching his finances, he invested  ₹25 lakh through a fractional ownership platform. His share gives him rights to 30 days of annual stay and hassle-free maintenance. Within two years, the property’s value appreciated by nearly 10 per cent. Rohan says the model works better than buying outright: “I get the lifestyle I wanted without locking up my entire savings. And I don’t have to manage anything.” Luxury no longer demands deep pockets. Buying a high-end villa is no longer beyond your means. By investing in a fractional property, you can own a share in high-end holiday homes, share maintenance costs, and earn potential returns. Luxury usually comes at a high price, but fractional ownership lets you access the same luxury at a much smaller cost. Instead of putting in the full amount needed to buy a property, you only invest a fraction, which sharply reduces the capital required. With new rules treating fractional ownership as an investment rather than a fixed asset, it also becomes more liquid. Plus, investors can use the unused portion of their original budget to diversify into other assets or portfolios. Shared cost advantage is also a key USP of fractional ownership; assets under fractional ownership are often used regularly and thereby maintained to the highest standards. “This, when compared to a fully owned second home, stands out in many ways; a fully owned second home's maintenance cost and burden are not only high but also take away the owner's time in ensuring its well-being. Fractional ownership completely eliminates the owner's time investment in maintaining the asset,” says Shravan Gupta, founder and CEO, YOURS, a fractional ownership firm. To summarize, fractional ownership brings the following benefits: First is the low cost of investment to own and enjoy an asset that otherwise would involve a very large investment. Second, the owner's name is always kept discrete, and as such, it brings in the sense of ownership as it would in a typical full purchase transaction. Third, all costs and overheads are shared equally. This also means that it gives room to the owners to recruit the best of housekeeping talent to offer in-house services. “Finally, it works well for those investors who would like to stay away from renting their second homes and wish to use them for themselves or for friends and family and, at the same time, serves the interest of those investors who look for an ROI on their real estate investment. Thus, it caters to ownership and rental models efficiently,” says Gupta. For lifestyle-led investors who want the experience of a second home without locking in disproportionate capital or managing year-round upkeep, fractional ownership offers a far more efficient and financially sound entry point into luxury real estate. Conversely, those who seek full control, full-year usage or long-term standalone appreciation may find outright purchase better aligned with their goals. “Yields earned by a fractional investor after the management fees of the fractional ownership platform and the villa operator can be expected to be anywhere around 7%-9% annually of the total investment amount. But along with this, Y-O-Y investors’ capital can appreciate anywhere around 8%-15%,” says Mananki Parulekar, co-founder, Claravest Technologies, a fractional ownership real estate platform If you own a villa outright, you do not have to pay any platform fees. So, whatever rent you earn is fully yours. In fractional ownership, the platform takes charges for managing the property. Because of these fees, your net rental income is usually a bit lower than what a full owner would get. “Appreciation will be the same as the market appreciation of that asset and location. For REITs, the average yields received from REITs in India are anywhere between 6% and 8%. In case of equity, Nifty 50 has provided historical returns of 10%-12% on average annually,” says Parulekar. Therefore, fractional villas occupy a middle-ground position, more lucrative than low-risk debt and often traditional residential assets, while providing a lifestyle benefit that equities and REITs cannot match. “However, this return potential must be balanced against lower liquidity and higher sensitivity to destination-based economic cycles. The key is for investors to treat fractional villas as a hybrid product: part financial asset, part lifestyle asset. If someone is looking for purely financial, fully liquid, high-yield exposure, a REIT or debt instrument may be more appropriate,” says Gupta. The liquidity constraint is thus an issue with real estate as an asset class. As fractional shares are not traded on the public market, it takes some time for the fractional ownership platforms to resell the shares. “When getting into fractional ownership, investors should have a long-term mindset and should also be prepared to wait for two or three months for their share resale after they notify the platforms about their liquidity requirement,” says Parulekar. Also Read: Hidden costs of home buying: What you need to know before you sign on the dotted line For those who value regular time in a premium holiday home plus reasonable, transparent returns, fractional villas can offer a compelling and realistic proposition. On the regulation front SEBI has proposed regulation guidelines for fractional ownership platforms to protect investors. Also Read: Planning a home makeover before the New Year? Here’s when a remodelling loan makes sense Fractional ownership thus allows people to invest in a real estate asset. It is a great mix of upgrading your lifestyle and diversifying your investment portfolio. “With fractional ownership, you are earning annual rental returns of about 7% - 9% and annual appreciation of 8%+, and you get a few nights in a year to enjoy with your family and friends for free,” says Parulekar. Anagh Pal is a personal finance expert who writes on real estate, tax, insurance, mutual funds and other topics</t>
+          <t>To fast-track the redevelopment of Mumbai’s slums and move toward a slum-free city, the Maharashtra government has issued a new order stating that individual slum-dwellers’ consent will no longer be required for the group redevelopment of slum clusters, according to a Hindustan Times report. For the first time, the government has also allowed the inclusion of land owned by the central government for a state redevelopment scheme. “Land owned by the central government may also be included upon obtaining necessary permissions from concerned authorities,” the report quoted the government resolution as saying.The state government has appointed Slum Rehabilitation Authority (SRA) as the nodal Agency for implementing these cluster redevelopment schemes. It will identify slum cluster areas which need approval from the high power committee (HPC) of the state housing department. According to a government resolution (GR) issued on November 13, the state has also allowed slum clusters on a minimum contiguous land area of 50 acres, of which more than 51% shall be slum area. Schemes already sanctioned under Regulation 33(10) of the Development Control and Promotion Regulations (DCPR) can be included in the cluster redevelopment scheme, the report said. This is also applicable to non-slum structures, including industrial, commercial and warehousing buildings within the designated cluster area. Most importantly, this includes structures that fall under coastal regulation zone (CRZ) regulations, the report said. Also Read: Mumbai real estate: Slum Rehabilitation Authority looking to purchase new 10,000–20,000 sq ft office space near BKC The state government has appointed Slum Rehabilitation Authority (SRA) as the nodal Agency for implementing these cluster redevelopment schemes. It will identify slum cluster areas which need approval from the high power committee (HPC) of the state housing department. It said that land leased by the government or semi-government bodies can be included in the scheme, provided rehabilitation is done according to DCPR 2034 and compensation is given to the respective authorities. The scheme can also be implemented for structures falling under CRZ–I and II regulations. “Slums on CRZ I and II may be integrated, with in-situ or alternative rehabilitation permitted within a 5-km radius as per CRZ and DCPR norms,” said the GR. “For ongoing SRA projects within the cluster area, existing buildings with occupancy certificates may be demolished, reconstructed or retained,” the order said, allowing the developer to undertake implementation in phases. “At each stage, rental compensation for displaced slum-dwellers must be deposited with the SRA,” a senior housing official was quoted by the newspaper as saying. Also Read: Maharashtra government approves slum cluster redevelopment scheme for Mumbai The scheme can be implemented either by a joint venture with a government entity or by appointing a private developer through a transparent process, he said. “Developers holding more than 40% of the total cluster area shall be given preference for implementation, subject to approval from the HPC,” the official was quoted as saying. Also Read: DLF sells all 416 luxury apartments worth  ₹2,300 crore in its debut Mumbai project According to the order, private developers may be appointed either through public-private partnership or through open tendering by the public agencies. If a developer already holds 40% or more area of the cluster site, they may be given priority to implement the scheme. Further, if there are existing multi-storey buildings on non-slum parts in the designated area, the developer will be responsible for obtaining their development rights.</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>Nov 29, 2025 02:07 pm</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/comedian-bharti-singh-sells-goregaon-flat-for-3-75-crore-earning-over-41-roi-in-nine-years-101764403971674.html</t>
+          <t>https://www.hindustantimes.com/real-estate/bengaluru-real-estate-should-you-buy-an-apartment-on-the-ground-floor-in-the-tech-capital-101763286536358.html</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>Comedian Bharti Singh has sold her apartment in Mumbai’s Goregaon area for  ₹3.75 crore. She had bought the flat for  ₹2.64 crore in 2016, according to property registration documents accessed by CRE Matrix. The sale marks an appreciation of  ₹1.10 crore, a 41% return, over nine years. The 1,186 sq ft carpet-area apartment is located on the seventh floor of Kalpataru Regalia in Goregaon West, the documents show. The apartment was sold to Dhnya Ramakrishnan on November 10, 2025. The homebuyer paid a stamp duty of over  ₹22 lakh and a registration fee of  ₹30,000, as per the documents. The apartment was sold by Bharti Singh to the homebuyer along with two car parking spaces. Neither Bharti Singh nor the homebuyer could be reached for comment. Bharti Singh is one of India’s most popular comedians, known for her sharp wit, expressive humour, and charismatic stage presence. She rose to fame through The Great Indian Laughter Challenge and quickly became a household name, especially for her iconic character ‘Lalli.’ Over the years, Bharti has built a strong career spanning stand-up, television hosting, and reality shows, earning admiration for her impeccable timing and natural comic flair. She is now set to return as the host of the reality cooking game show Laughter Chefs Season 3, alongside Harpal Singh Sokhi. The show will feature Gurmeet Choudhary, Debina Bonnerjee, Tejasswi Prakash, Karan Kundrra, Elvish Yadav, Isha Malviya, Abhishek Kumar, Samarth Jurel, Krushna Abhishek, Kashmera Shah and others. It is scheduled to premiere on Colors TV from November 22, according to a Hindustan Times report. Several Bollywood personalities, including Preity Zinta, Amitabh Bachchan, and Akshay Kumar, have recently made headlines for selling their real estate assets. On November 21, 2025, Bollywood actress Preity Zinta sold an apartment in Mumbai's Bandra area for  ₹14.08 crore, according to property registration documents accessed by CRE Matrix. Preity Zinta had purchased the same apartment from Keystone Realtors, also known as Rustomjee Group, in October 2023 at  ₹17.01 crore. Also Read: Mumbai real estate: Preity Zinta sells her apartment in Bandra for  ₹14.08 crore Amitabh Bachchan was in the news earlier this month for selling two adjoining luxury apartments in Mumbai’s Goregaon for  ₹12 crore, according to property registration documents accessed by CRE Matrix. The veteran Bollywood superstar, who purchased the units in 2012 for  ₹8.12 crore, has earned a return on investment of approximately 47% over the past 13 years. In January 2025, Bachchan sold his duplex apartment in Mumbai's Andheri area for  ₹83 crore, according to property registration documents accessed by SquareYards. The apartment spans 5,185 sq ft of RERA carpet area and is located in a building named The Atlantis, according to the documents.</t>
+          <t>In Bengaluru, ground-floor units have become a point of debate among Redditors, who are weighing convenience against long-term livability and resale value. In compact mid-rise projects, typically G+4 buildings common across the city’s suburbs, many say they’re facing increasing pressure from developers claiming that upper floors are ‘almost sold out.’ While ground-floor apartments offer easier access for seniors and families, many cite recurring issues such as weaker natural airflow, reduced privacy, higher noise levels from community activity, and even patchy mobile network coverage, they point out. Several Redditors noted that developers often rush to sell ground-floor inventory early because it is typically harder to sell later. One resident bluntly stated that “ground floor homes are hard to sell because of no light and no privacy,” adding that builders frequently use FOMO-driven claims of fully booked upper floors to move these units. Another user listed common drawbacks, explaining that ground-floor flats come with “less privacy,” reduced airflow, and significantly more noise from kids playing, people walking past windows, or vehicles moving within the complex. He said such units are best suited for those who need easy access, “old age or you anticipate elders will be staying,” or buyers looking for lower prices. A tenant living on the ground floor said network reception was noticeably weaker inside the unit, despite neighbouring flats not experiencing the issue. Another renter described the daily discomfort of living directly along a common walking path, where “everyone walking in the evening and morning peeks into my living room,” leading to constant noise and a loss of privacy.Also Read: Bengaluru residents debate top-floor living: Hot days, long lift waits, but stunning views without mosquitoes Multiple Redditors pointed to structural and environmental concerns. One user said their flat’s proximity to a lawn caused persistent dampness. “My bedroom walls always feel damp, and mould fungus grows everywhere,” the Redditor said, pointing to daily watering that seeps into the walls. Others mentioned “zero ventilation” and frequent insect infestations. While ground-floor drawbacks were extensively discussed, commenters also advised buyers to avoid the topmost floor if possible. They warned of heat exposure, roof leakage, and noise from terrace events, problems that depend heavily on the efficiency of the building’s maintenance team unless a canopy cover is provided. Several users recommended that buyers choose the first floor if available, with one commenter explaining that he opted for a level above three floors of parking because his wife, a Bharatanatyam artist, required a home where her practice wouldn’t disturb the neighbours below.Also Read: Are top floor apartments worth the investment? Here's what homebuyers should know Real estate brokers say homes on the lower floors of high-rises typically come at a lower price point, and developers often follow a tiered pricing model. “For many projects, the rate remains the same from the ground to the fourth floor, and from there on, every additional slab can cost 2–5% more,” explained Sunil Singh of Realty Corp. To put it in perspective, if a ground-floor unit is priced at  ₹1 crore, a sixth-floor apartment in the same tower could easily cost  ₹10 lakh more, Singh pointed out. Real estate brokers say that ground-floor homes generally appeal to very specific buyer groups, particularly those with height phobia, families with elderly members who prefer to avoid lifts, or people who want easy accessibility. However, Singh said the reasons to avoid the ground floor are equally strong. Buyers often prefer higher floors for better ventilation, more natural light, and unobstructed views. “Ground floors tend to be slightly darker and don’t get the same airflow,” Singh noted, adding that these factors reduce demand.</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>No published date</t>
+          <t>Nov 16, 2025 02:22 pm</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/planning-a-home-makeover-before-the-new-year-here-s-when-a-remodelling-loan-makes-sense-101764389009271.html</t>
+          <t>https://www.hindustantimes.com/real-estate/luxury-housing-demand-and-robust-office-leasing-boost-real-estate-market-sentiment-led-by-bengaluru-and-hyderabad-101763217348767.html</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>Sugata Dasgupta (name changed) bought an apartment in 2017 with a home loan. After closing the loan in 2023, he now wants to upgrade the family kitchen and needs about  ₹3 lakh. He’s unsure whether to take a home-improvement loan or use his savings. Which option makes better financial sense? People who prefer to keep their savings intact for emergencies or investments, and who are opting for the old tax regime, may find a home-renovation loan worthwhile, since the interest deduction can offset part of the cost. Under the old regime, interest on a renovation loan is eligible for a Section 24 deduction, but only up to  ₹30,000 a year, unlike purchase or construction loans where the limit is  ₹2 lakh. Renovation or home-improvement loans operate differently from fresh home loans on multiple parameters. Interest rates for renovation loans are generally slightly higher than those for purchase or construction loans, as the loan is not funding a new asset but enhancing an existing one. “The tax treatment is where the most significant distinction arises. Under the old tax regime, interest paid on a renovation loan qualifies for deduction under Section 24 but only up to  ₹30,000 per year, unlike purchase/construction loans where the deduction limit is  ₹2 lakh,” says Bikash Kumar Mishra, CFO, Easy Home Finance. The new tax regime does not allow any deduction on home-loan interest or principal, which uniformly affects both fresh loans and renovation loans. A borrower can claim interest deductions on a renovation loan, even if the original home loan was closed several years earlier. Let us say your home loan is closed by the 15th year, you can still continue paying interest and claiming deductions on your home improvement loan. Also Read: Homebuyer’s Guide: Here’s what you need to know about pre-construction interest limit of  ₹2 lakh under Section 24(b) After all, tax benefits pertain to the purpose of the new loan, not the timing of the old. “Under the old regime, the interest deduction (within the  ₹30,000 ceiling) remains available for repairs or improvements,” says Pramod Kathuria, founder and CEO, Easiloan. Again, it is important to remember that under the new regime, these are removed altogether, so the tax outcome is zero, irrespective of earlier loan closures. The borrower's cash flow and tax situation will determine the choice. People who want to keep cash on hand for emergencies or investments and who are choosing the old tax regime, where the interest deduction helps with some of the costs, may want to get a remodelling loan. For debtors under the new tax regime, there are no deductions; therefore, the computation is based just on interest. “In such cases using savings may be more economical if the borrower has adequate liquidity and doing so does not affect their financial security. On the other hand, if savings are tied to long-term investments that make a lot of money, a remodelling loan may still be a viable option even if it doesn't come with tax benefits,” says Kumar. “Using savings is advisable only when your investments earn higher interest. Also, take a home improvement home loan when interests are low or cash flow matters,” says Atul Monga, co-founder and CEO, BASIC Home Loan. Once the original home loan is fully paid, procuring a renovation loan becomes simpler. “Creditors rely on clear proofs like NOC forms and title deeds. Past loan records help in establishing repayment discipline, often bettering pricing by 20 to 30 bps. However, it’s important to have an active mortgage, as lenders may ask for a fresh valuation,” says Monga. Also Read: Hidden costs of home buying: What you need to know before you sign on the dotted line From a process standpoint, renovation loans are usually lighter on documentation compared to fresh home loans because valuation and legal checks are simpler when the borrower already resides in and owns the property. Anagh Pal is a personal finance expert who writes on real estate, tax, insurance, mutual funds and other topics</t>
+          <t>India’s real estate outlook strengthened in Q3 2025, supported by robust office leasing, resilient high-end residential demand, and favourable macroeconomic conditions such as stable interest rates, easing inflation, and improved liquidity, a report said on November 15. According to the Knight Frank–NAREDCO Real Estate Sentiment Index, the Current Sentiment Score rose to 59 from 56, while the Future Sentiment Score remained steady at 61 Real estate developers and financial institutions remain optimistic about the sector’s growth prospects. Demand in the premium residential segment continues to be strong, while the office market shows structural depth supported by robust leasing pipelines, the report said. The Current Sentiment Score rose to 59 in Q3 2025 from 56 in the previous quarter, indicating improving confidence among stakeholders, while the Future Sentiment Score remained stable at 61, maintaining its position in the optimistic zone. Improved consumption, all of which continue to underpin growth. The Current Sentiment Score of 59 marks the highest level recorded in 2025 so far, reflecting a broad-based improvement across both developer and non-developer communities, the 46th edition of the Knight Frank–NAREDCO Real Estate Sentiment Index Q3 2025 (July–September) showed. Zonal sentiment trends in Q3 2025 suggest stability across most regions, with optimism prevailing nationwide. The South Zone remained the most buoyant at 62, even though the score moderated by one point. Driven by strong leasing momentum in Bengaluru and Hyderabad alongside demand for high ticket size housing segments. The North Zone maintained its recovery, inching up to 56 on the back of steady office activity in NCR. The East Zone eased slightly to 59, reflecting moderate residential launches in the first 3 quarters of 2025 compared to the same period in 2024, while the West Zone dipped marginally from 61 to 59, as robust office absorption in Mumbai and Pune offset a measured momentum in the residential sector. The index reflects strengthening market fundamentals driven by robust office leasing activity, resilient residential demand especially in high –ticket segments, and supportive macroeconomic conditions. Liquidity has remained healthy, inflation has eased, and policy consistency has reinforced confidence among developers and investors alike.Improved confidence stems from stable interest rates, benign inflation, and healthy domestic, it noted Shishir Baijal, Chairman and Managing Director, Knight Frank India, said, “The sustained optimism reflected in the Q3 Sentiment Index underscores the sector’s resilience and adaptability. Both current and future sentiment scores remain comfortably in the positive zone, reaffirming confidence in India’s economic stability and long-term growth story. Demand in the premium residential segment remains healthy, while the office market continues to demonstrate structural depth with strong leasing pipelines. Stable interest rates, easing inflation, and improved liquidity have reinforced overall sentiment. As we approach 2026, we expect the market to maintain steady momentum across asset classes.” Developers’ sentiment eased slightly to 59 from 63, reflecting cautious optimism amid elevated input costs and slower traction in the mid to low segment housing categories. Non-developers, including banks, financial institutions, and private equity funds, maintained a steady stream of optimism for Future Sentiment to a score of 61. Residential sentiment continued to strengthen in Q3 2025, reflecting cautious demand and strategic supply management. About 71% of respondents expect new launches to remain stable or increase, up from 70% in Q2 2025, as developers focus on higher-ticket projects while moderating activity in lower ticket size segments to prevent oversupply. Also read: Karnataka RERA directs developer to pay  ₹1.08 crore to homebuyer for delay in possession in Bengaluru’s tallest towerOptimism around residential sales have also grown where 74% respondents expect sales to either remain stable or improve, compared to 52% in Q2 2025 with similar opinion. This optimism is supported by rate cuts, subvention schemes, and other buyer-focused incentives enhancing affordability. Meanwhile, 92% of respondents anticipate prices to remain stable or rise, indicating sustained confidence. Also read: Are ultra-luxury properties becoming the new blue-chip stock for India’s rich? Markets such as NCR, Bengaluru, and Hyderabad continue to drive this price momentum, posting Y-o-Y increases of 13%–19% in Q3 2025 compared to the same period last year, underscoring strong demand in the high and upper-mid ticket size housing segments.</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>Nov 29, 2025 09:58 am</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/have-a-crore-to-invest-in-real-estate-should-you-consider-a-fractional-ownership-asset-101764315944381.html</t>
+          <t>https://www.hindustantimes.com/real-estate/property-tax-made-simple-rules-rebates-and-how-to-avoid-penalties-101763216320293.html</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>Owning a luxury holiday home requires a substantial investment and ongoing maintenance. Co-ownership is emerging as a smarter alternative, letting multiple investors share the costs and benefits while enjoying the perks of ownership without the usual hassles. Today, several platforms offer fractional ownership of premium second homes in sought-after destinations such as Goa, Alibaug, Nilgiri, Kasauli, and Wayanad. In the holiday/second home model, each property is divided into a fixed number of units. Investors receive usage rights based on the number of units they hold, typically for a set number of days each year. Since the property is meant for personal use rather than leasing, investors do not earn rental income or dividends. Their returns come primarily from the property’s long-term capital appreciation. In the rental housing model, the property is leased out, and the rental income is distributed among unit holders. Investors earn in two ways: regular payouts from rentals and eventual capital appreciation. However, access to personal use is limited or defined entirely by the asset manager to ensure rental continuity and upkeep. A fractional ownership platform enables the property cost to be divided among several investors, who own shares or securities issued by a special purpose vehicle (SPV) set up by the platform. Each real estate asset is purchased through a separate SPV, so, for example, if a company acquires 20 properties across five locations, there will be five distinct SPVs. For instance, a villa in Goa valued at  ₹8 crore can be split among eight owners, with each contributing  ₹1 crore. Each owner receives a one-eighth share of the property and one-eighth of the annual usage time. Stamp duty and registration charges are typically included in the cost. Co-owners also share expenses for regular maintenance and future renovations. Investors can diversify by holding shares in multiple properties, such as one in Goa and another in Kasauli. For investors, the appeal lies in owning a fraction of a premium holiday home at a far lower entry cost, often one-sixth or one-eighth of the full value. Since second homes are typically vacant for most of the year, fractional ownership ensures the asset is utilised efficiently, while providing every co-owner with access for a few days annually. Maintenance costs and responsibilities are shared, making the model economical and practical for all involved. Fractional ownership enables retail investors to access high-value properties with smaller capital, diversify their portfolios, generate passive income, and maintain flexibility. However, the model is still at a nascent stage and comes with challenges, including liquidity constraints and, in some cases, potential conflicts among co-owners during exit. These factors require careful consideration, according to the KPMG in India –CREDAI report, "The New Frontier in Real Estate Investment: Unlocking the Potential Through Fractional Ownership." Today, fractional ownership platforms offer investors a wide range of opportunities nationwide. With a focus on growth and value, they offer exit options comparable to those found in other alternative investment avenues. The rise of fractional ownership in India is closely tied to the broader expansion of the real estate sector, the report said. As demand for commercial office spaces and residential second homes grows, more investment opportunities are likely to emerge. Still, investors must conduct thorough due diligence on both the platform and the specific opportunity before committing capital, the report added. Note to the Reader: This article has been produced on behalf of the brand by HT Brand Studio and does not have journalistic/editorial involvement of Hindustan Times. The content is for information and awareness purposes and does not constitute any financial advice</t>
+          <t>Property tax is mandatory, but the rules are complex and differ across the country. Learn the three key systems used to calculate your tax, how to find rebates you qualify for, and what penalties you face if payments are delayed. Tax on lands and buildings is a state subject since it comes under State List (List II) of the Seventh Schedule of the Indian Constitution. “Therefore, the rate at which property is taxed and the method adopted for calculating property tax varies from one state to another,” says Sharma. Municipal bodies across India generally rely on three primary systems for calculating property tax: the unit area value system, the capital value system, and the annual rental value system. Cities such as Delhi and Bengaluru use the unit area system, where tax depends on a predetermined value assigned to each square foot or square meter of built-up area. Mumbai follows the capital value model, in which tax is linked to the market or guideline value of the property. “Some cities, including Chennai, adopt the annual rental value approach that considers the potential rent a property can earn. Factors like property location, type of use, age of the structure, and built-up area play a significant role in determining the final tax amount. This results in varied tax liabilities even among properties within the same city,” says Sachin Vyas, Principal Partner and Chief Sales Officer, Square Yards.Also Read: Built a new house on inherited land? Here’s how you’ll be taxed if you decide to sell Calculating tax by an owner of a property is a tedious task as there are various parameters that are involved, viz., residential/commercial, flat or floor, which floor, whether the property is in a Tier-1, Tier-2, or Tier-3 city, and the size of the property to calculate the tax rate which is generally as per slab and finally rebates. An owner needs to be aware of various rebates that are available for a property tax. “Some prominent rebates are the Senior Citizen Rebate; Women Owner Rebate; Property Usage Rebate; Floor-wise Rebate; Specific Group Rebate (like war widows, physically disabled, and former defence services); Early/Lump-Sum Payment Rebate, and Rebate for Eco-Friendly Initiative,” says Rajiv Sharma, Partner, Singhania &amp; Co. Property owners can determine their property’s assessed value or rental value through online tools provided by municipal corporations. Most city portals offer self-assessment sections where owners input details such as property type, size, zone and usage to generate an estimated valuation. Several states also publish ready-reckoner or guideline values that help owners understand the official market value used for taxation. Property records linked to a property identification number often list the annual or capital value directly on the municipal website. “In cases where clarity is needed, owners may consult certified valuers for a professional assessment. These resources help ensure transparency and accuracy in tax calculations,” says Vyas. Many municipal corporations now provide dedicated online platforms and mobile apps that allow residents to pay property tax easily. These portals typically include features such as property search, automatic calculation of dues, digital payment options, and instant receipt generation. Some also offer conveniences like historical payment records, SMS alerts, and status updates for better tracking. “Many municipal bodies have their own dedicated mobile apps such as MCGM; MyGHMC; BBMP Sahaaya; and NDMC311 for Mumbai, Hyderabad, Bengaluru and Delhi respectively,” says Sharma. With support for UPI, net banking, and card payments, the process has become more user-friendly and accessible. “The growing adoption of digital interfaces is aimed at reducing paperwork and improving efficiency for both taxpayers and civic bodies. Overall, these tools contribute to a more streamlined tax-payment experience,” says Vyas.Also Read: Real estate depreciation: A smart way for property investors to reduce tax bills? Late-payment rules vary among states, but most municipal corporations impose a monthly penalty or interest ranging between 1% and 2% on overdue property tax. “A few cities provide a brief grace period before penalties apply, depending on local regulations. Periodic amnesty schemes are also introduced in some jurisdictions, offering temporary waiver or reduction of penalties and interest if outstanding dues are cleared,” says Vyas. Penalties may increase with prolonged non-payment and can include additional charges or notices from the municipal authority. These measures are designed to encourage timely payments while offering relief options during special policy drives.Anagh Pal is a personal finance expert who writes on real estate, tax, insurance, mutual funds and other topics</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>No published date</t>
+          <t>Nov 15, 2025 04:08 pm</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/mindspace-reit-acquires-three-commercial-properties-in-mumbai-pune-for-rs-2-916-crore-101764341471732.html</t>
+          <t>https://www.hindustantimes.com/real-estate/anant-raj-s-subsidiary-to-build-data-centers-it-park-under-mou-with-andhra-pradesh-101763192809139.html</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>Mindspace Business Parks REIT said on November 28 that it has acquired three central business districts commercial assets in Mumbai and Pune for  ₹2,916 crore from K Raheja Corp to expand its REITs portfolio. Mindspace REIT, sponsored by K Raheja Corp, has acquired three assets totalling 8 lakh sq ft in Mumbai and Pune. As of September 30, its commercial portfolio stood at 38.2 million sq ft, which will rise to 39 million sq ft after this acquisition. The three commercial assets are located in Mumbai’s business districts Worli and Bandra-Kurla Complex, and Pune’s Kalyani Nagar for  ₹2,916 crore from its sponsor K Raheja Corp Group, the company said in a regulatory filing. The Board of the Manager to Mindspace Business Parks REIT has approved the acquisition and preferential issue of units aggregating up to  ₹1,820 crore subject to unitholders and other regulatory approvals, the company said. The assets acquired by Mindspace Business Parks REIT include Pramaan Properties Private Limited, which owns ~0.45 msf at Ascent – Worli (Mumbai), a premium newly completed commercial tower in Mumbai’s Worli micro-market; and an office building spread across ~0.1msf located in the Kalyani Nagar micro-market, Pune. It also acquired Sundew Real Estate Pvt Ltd, which owns around 0.2 million square feet of premium office space at The Square Avenue 98 (BKC Annex), a Grade A office building in Mumbai’s financial epicentre, BKC and BKC Annexe. These acquisitions collectively represent around 0.8 million square feet of premium leasable area, valued at a Gross Asset Value (GAV) of  ₹3,106 crore by independent valuers, it said. Also Read: Mindspace REIT buys 8.1 lakh sq ft commercial complex in Hyderabad for  ₹512 crore Mindspace REIT existing portfolio consists of five integrated business parks and 6 independent office assets across Mumbai region, Pune, Hyderabad and Chennai. These trophy assets enhance Mindspace REIT’s prime office portfolio, expand its footprint in key business districts, and support its long-term strategy of building a portfolio of resilient, income-generating assets in India’s most dynamic urban markets. They also offer embedded mark to market potential, strong rental momentum, and clear value-add opportunities across these Grade A+ properties, the company said. Also Read: India’s retail REIT market likely to touch  ₹60,000–80,000 crore by 2030: Report Speaking on the acquisition, Ramesh Nair, MD and CEO of Mindspace REIT, said, “Bringing these assets into the Mindspace REIT portfolio is a strategic step in strengthening our presence in Mumbai’s most sought-after CBD office districts. These are high-quality, institutional assets, with strong cash flows, and some of the biggest names of Wall Street as anchor tenants. They enhance the scale, stability, and long-term growth of our portfolio. For us, it’s straightforward - invest in great locations, work with great tenants, and create durable value for our unitholders.”</t>
+          <t>Real estate developer Anant Raj’s subsidiary, Anant Raj Cloud, has signed a Memorandum of Understanding (MoU) with the Andhra Pradesh government to develop new data center facilities and an IT park in the coastal state. Under the MoU, ARCPL will invest approximately  ₹4,500 crore, to be executed in two phases, to build the infrastructure and cloud services. Anant Raj Cloud Private Limited (ARCPL) has signed a Memorandum of Understanding (MoU) with the Andhra Pradesh Economic Development Board (APEDB) for the development of new Data Center facilities and an IT Park in the State of Andhra Pradesh.The MoU was signed in the presence of Nara Lokesh, Minister for Information Technology, Electronics and Communications, Government of Andhra Pradesh on November 14. Under this MoU, ARCPL will invest approximately  ₹4,500 crore, to be executed in two phases, towards building advanced Data Center infrastructure and cloud services.The project is expected to create major employment opportunities around 8,500 direct and 7,500 indirect jobs while bolstering the State’s digital ecosystem. This planned investment and expansion are over and above the company’s existing 307 MW of data center capacity currently under development, the company said in a statement. Anant Raj Limited currently operates 28 MW of IT load across its campuses in Manesar and Panchkula and aims to expand total capacity to 307 MW by FY32 across Manesar, Panchkula, and Rai, backed by a $2.1 billion capex plan. In June 2024, Anant Raj partnered with Orange Business, the French IT and telecom services provider, to deliver managed cloud services in India. The company said it remains on track to achieve an installed IT load capacity of 117 MW by FY28. Established in 1969, Anant Raj has delivered 9.96 million square feet of residential and commercial projects and holds nearly 320 acres of debt-free land in Delhi-NCR. Also Read: From Saina Nehwal and Michael Phelps sports academies to hotel-run clubs, luxury projects offer it all at your doorstep For the first half of FY26, the company reported revenue of  ₹1,223.20 crore and profit of tax of  ₹264.08 crore. Established in 1969, Anant Raj has delivered 9.96 million sq. ft. of residential and commercial projects and holds nearly 320 acres of debt-free land in Delhi-NCR. Also Read: India’s data centre capacity crosses 1.5 GW, Mumbai leads with 53% share: CBRE</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Nov 28, 2025 07:35 pm</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/sebi-reclassifies-reit-as-equity-to-boost-market-participation-101764336648829.html</t>
+          <t>https://www.hindustantimes.com/real-estate/shahrukhz-by-danube-shah-rukh-khan-gets-a-55-storey-commercial-tower-in-dubai-named-after-him-all-you-need-to-know-101763194303663.html</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>New Delhi, Nov 28 (PTI) Market regulator Sebi on November 28 reclassified Real Estate Investment Trusts (REITs) as equity-related instruments to promote higher participation by mutual funds and specialised investment funds (SIFs). It further said that infrastructure investment trusts (InvITs) will continue to be classified as hybrid instruments. "With effect from January 1, 2026, any investment made by mutual funds and SIFs in REITs shall be considered as an investment in equity-related instruments," Sebi said in its circular. Existing REIT investments held by debt schemes and SIF strategies as of December 31, 2025, will be grandfathered, though AMCs are encouraged to gradually divest them based on market conditions and investor interest. Mutual fund body industry body AMFI will update the scrip classification list to include REITs, and AMCs must issue an addendum to update scheme documents -- this will not count as a fundamental change. Additionally, REITs can be added to equity indices only after July 1, 2026, the regulator said. In September, the regulator's board approved the amendments to SEBI (Mutual Funds) Regulations, 1996, for reclassifying REITs as "equity" and retaining the "hybrid" classification for the InvITs, for the purpose of investments by mutual funds and specialised investment funds.</t>
+          <t>Dubai-based Danube Properties, part of the $2 billion Danube Group, will develop a 55-storey commercial tower on Sheikh Zayed Road named after Bollywood superstar Shah Rukh Khan, perhaps the first tower in the world to be named after an actor. The company’s signature 1% payment plan will be available to buyers, along with a 10-year Golden Visa for eligible investors, the company's top official told Hindustan Times Real Estate. The commercial tower, called ‘Shahrukhz by Danube’ is slated for completion in 2029 and will feature a statue of Shah Rukh Khan in his iconic arms-outstretched pose at the entrance. The A-grade development will span over 1 million sq ft of built-up area, with prices starting at  ₹4 crore. “The company’s signature 1% payment plan, along with a 10-year Golden Visa, is also being offered to customers,” said founder and chairman of the Dubai-based Danube Group, Rizwan Sajan. “Commercial unit sizes range from 460 sq ft to 11,000 sq ft. Buyers pay a 20% down payment, followed by monthly installments of 1% of the  ₹4 crore price for six years.” he said. "Indians have always been among our top customers, and the trust they place in me and in Danube is truly immense. ‘Shahrukhz by Danube’ is a project inspired by King Khan himself and a reflection of my own journey of ambition and success. Before this, we launched ‘Aspirz,’ a mixed-use residential and commercial development, which turned out to be a remarkable success. With every project, we aim to set a new benchmark, and ‘Shahrukhz’ is another step in that direction,” he said. ‘Shahrukhz’ will offer more than 40 world-class amenities, including a sky pool, helipad for air taxis, valet services, and exclusive business lounges. The tower will be located close to key Dubai landmarks, from the Burj Khalifa and Dubai Airport to the Gold Souk. “The agreement we have with Shah Rukh is that this particular tower is going to have Shah Rukh’s name lifelong. This is something that’s being done for the first time. It’s going to be Shah Rukh’s tower for many generations to come. Nobody else, at least in Dubai, can have that kind of tower in the near future,” Rizwan Sajan was quoted as saying. Also Read: Danube launches commercial project in Dubai Sports City with 1% monthly payment plan Shah Rukh Khan was present at the event in Mumbai along with Rizwan Sajan, as they unveiled the property on November 14. “Both Shah Rukh Khan and Danube began their journeys 33 years ago with a shared dream- to create impact through passion and perseverance. Shah Rukh Khan turned dreams into destiny, a philosophy that mirrors our journey at Danube. ‘Shahrukhz by Danube’ unites these two stories of humble beginnings and relentless ambition- standing tall as a global symbol of vision, value, and the power of dreaming big.” said Rizwan Sajan at the event. Shah Rukh Khan, speaking at the launch, was quoted as saying that “It is humbling and deeply touching to have a landmark in Dubai carry my name. Dubai has always been a special place for me, a city that celebrates dreams, ambition, and possibility. " Danube Properties, a subsidiary of the Danube Group, is a renowned for introducing the 1% payment plan. Established by Rizwan Sajan in 1993, the company has launched 40 projects to date, with 18 successfully delivered and the remainder in various stages of construction. Also Read: Dubai’s property tokenisation vs REITs: Key differences, who can invest, minimum amount and more The promoter of Danube Properties has been quoted as saying earlier that when he first started the company, he realized that 85% of consumers were expats living in Dubai but renting apartments. Many had been in Dubai for 5 to 20 years and desired to own property, but lacked the financial means to do so. In response, Danube introduced a unique payment plan: buyers make a 20% down payment and then pay 1% per month for the next 80 months. The property is delivered to the buyer within three years, and the remaining balance is paid after possession is handed over. Also Read: Here’s what’s driving super-rich Indians to invest in Dubai's real estate market</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>Nov 28, 2025 07:30 pm</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/godrej-properties-to-buy-multiple-land-parcels-in-fy26-with-revenue-potential-of-rs-30k-cr-pirojsha-101764337075667.html</t>
+          <t>https://www.hindustantimes.com/real-estate/buying-a-property-why-the-final-cost-may-be-much-higher-than-the-sticker-price-101763138365690.html</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>New Delhi, Nov 28 (PTI) Godrej Properties continues to be bullish about housing demand and will acquire this fiscal year multiple land parcels with a total revenue potential of around  ₹30,000 crore, a top company official said. Godrej Properties is aggressively acquiring land parcels outright and also partnering with land owners to expand its business. In an interview with PTI, Godrej Properties Executive Chairperson Pirojsha Godrej said the company's business development, which means new land acquisition, has been pretty strong during the first six months of this fiscal and the pipeline for the second half also looks attractive. Godrej Properties recently announced that the company has surpassed the business development guidance of  ₹20,000 crore for the current fiscal. Pirojsha said the company keeps business development target conservative to avoid any pressure on the internal team for land acquisitions. "Land market has heated up. But, we should do at least  ₹30,000 crore GDV (gross development value) this full fiscal year under the business development," Pirojsha told PTI. Recently, Godrej Properties acquired 75 acres of land in Nagpur to develop a housing project with an estimated revenue of  ₹755 crore. The company will mainly sell housing plots in this upcoming project. Earlier this month, Godrej Properties announced it has acquired 30 acres of land in South Bengaluru to develop a township with an estimated revenue of around  ₹3,500 crore. Godrej Properties, one of the leading real estate developers in the country, would also focus on execution of projects during the second half of this fiscal year, Pirojsha said. He highlighted that the company's sales bookings grew 13 per cent to  ₹15,587 crore in the first six months of this fiscal from  ₹13,835 crore in the year-ago period. Pirojsha expressed confidence in achieving the sales bookings target of  ₹32,500 crore for this fiscal year. The company sold properties, primarily housing, worth  ₹29,444 crore in the 2024-25 fiscal. Godrej Properties develops group housing projects mainly in Delhi-NCR, Mumbai Metropolitan Region (MMR), Pune, Bengaluru and Hyderabad. It is offering housing plots in many tier II and III cities.</t>
+          <t>Buying a house is perhaps the biggest financial decision most people make, but many don’t realise that the property’s cost isn’t always what it appears at first glance. Taxes, hidden charges, and project delays can push the total far beyond the listed sale price. Delays increase builders’ holding costs, which are often passed on to buyers through higher prices. Buyers should therefore verify all additional charges over and above the base price such as approval fees, development charges, various levies, and fees for amenities like clubhouses and parking as these can add up to 8–10% of the final cost in some cities. They should also check with financial institutions to understand which of these expenses qualify for loan funding and which will need to be paid upfront. For Bengaluru-based IT professional Sachita Mehta, who recently bought a  ₹90 lakh apartment, between stamp duty, registration fees, Goods and Services Tax, and other add-ons like parking and clubhouse charges, her final bill rose by nearly  ₹20 lakh. Such costs can easily add to a home’s price, affecting affordability and loan eligibility. Hence, it is important to understand these components early so that buyers can plan better, negotiate smartly, and avoid financial strain. Other than new GST headlines, facets like builder compliance, construction timelines, and more importantly, input tax credit efficiency, critically impact the real tax burden on residential property buyers, explains Atul Monga, co-founder and CEO, BASIC Home Loan. “Residential real estate projects are classified as ‘Affordable’ and ‘Other than Affordable’ apartments for GST purposes. Affordable housing attracts 1% GST (effective), while other apartments attract 5% GST (effective),” says Karthik Mani, Partner, Indirect Tax at BDO India, a professional services firm. One needs to understand that these concessional rates come with conditions, and that includes a restriction on input tax credit available to developers. The GST paid by developers towards cement, steel and other works and contract services are thus embedded into the price of the apartment, leading to increased cost for buyers. “Delayed projects often lead to higher holding costs for builders, which are passed on to buyers through increased prices,” says Abhishek Soni, CEO and co-founder, Tax2win, an online tax filing platform. Variation in stamp duty and registration charges influences affordability and purchase timing directly. “States that have exemptions or reduced rates for first-time buyers or women have witnessed more stable demand for mid-income segments. Conversely, higher duties in urbanised regions, where land costs are already high, have a tendency to drive buyers toward peripheral markets, shaping up the pattern of urban growth,” says Pramod Kathuria, founder and CEO, Easiloan, a digital home loan marketplace. “The higher stamp duty cost led to a higher cost of purchase for the buyers, which partly serves to reduce the affordability of a house. This is one of the reasons why, during the Covid period, some states had reduced the stamp duty rates on a temporary basis to encourage housing demand,” says Mani. For example, Uttar Pradesh offers a 1% concession to women buyers, making it attractive to a large chunk of end users in the mid-segment. “On the other hand, since there’s no such deal in West Bengal, first-time buyers often have to rethink their property purchase decisions. Also, higher stamp duties in metros tend to inflate entry-level costs, often dissuading homebuyers (including first-timers) from taking the plunge,” says Monga. Also Read: UP government’s unified circle rate system enables property owners to assess property values using digital tools Buyers should specifically verify all additional charges they may need to pay beyond the base price of the home, such as approval fees, development charges, various levies, and fees for amenities like clubhouses and parking. These extras can add as much as 8–10% to the final property cost in some cities, says Kathuria. These costs would give clarity on the total cost of the house. “Buyers should also be checking with the financial institutions regarding which of the costs would be eligible for funding, which would be completely paid upfront by the buyers,” says Mani. Also Read: Homebuyers’ guide: Why owning a home involves more than just paying EMIs Buyers should request a cost sheet with all statutory charges itemized. “Compare with local authority fee calculators or published norms. Negotiate with builders to absorb or reduce discretionary fees, especially in competitive markets,” says Soni. Festive seasons and year-end periods often bring builder discounts, stamp duty waivers, and registration fee rebates, reducing upfront costs. “Buying during low-interest rate cycles or when government incentives (like PMAY) are active can enhance affordability. Ready-to-move-in homes avoid GST (levied only on under-construction properties), saving 1–5% of property value,” says Soni. Consider structuring home loans using hybrid EMIs, step-up EMIs, or planned prepayments aligned with expected income growth. Make full use of tax benefits under Sections 24(b) and 80C on interest and principal repayments to help offset the overall tax burden. “Choose projects with transparency and full compliance to avoid hidden costs. A tax-efficient and well-timed buying strategy helps mitigate upfront costs and also ensures long-term asset appreciation, consolidating financial resilience,” says Monga. Anagh Pal is a personal finance expert who writes on real estate, tax, insurance, mutual funds and other topics</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>Nov 28, 2025 07:29 pm</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/44-bn-grade-a-offices-suitable-for-sm-reits-bengaluru-and-hyderabad-offer-growth-prospects-101764313891849.html</t>
+          <t>https://www.hindustantimes.com/real-estate/are-ultra-luxury-properties-becoming-the-new-blue-chip-stock-for-india-s-rich-101763123531046.html</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>About 40% of the total Grade A office stock in India’s top seven cities, valued at roughly $44 billion, is suitable for SM REITs. Markets such as Mumbai and Delhi NCR present the largest asset acquisition opportunities under the umbrella due to the abundance of small and mid-sized projects. Tech hubs like Bengaluru and Hyderabad also offer strong prospects, with well-leased, mid-sized assets emerging as attractive options for SM REIT investments, a report by JLL has said. The industry is likely to face evolving compliance and regulatory oversight challenges as regulations mature and implementation progresses. Despite these teething issues, this market is poised to grow and potentially surpass $5 billion of Assets Under Management by 2030, it noted. Traditionally, retail investors faced significant hurdles in investing in commercial real estate, high entry barriers, limited market knowledge, and a lack of expertise in evaluating assets, despite the sector offering higher rental yields and stability. Consequently, investments were largely confined to institutional investors, ultra-high-net-worth individuals, and pension or sovereign funds. The introduction of Real Estate Investment Trusts (REITs) and, more recently, Fractional Ownership Platforms (FOPs) has transformed this landscape. These innovations have democratized access to real estate for retail investors, offering portfolio diversification and the opportunity to invest in asset classes that were previously out of reach. Fractional ownership, as the name suggests, empowers investors to own a fraction or share of a property, effectively lowering the entry barrier and enabling a diverse range of investors to participate. Fractional Ownership Platforms act as facilitators, streamlining the fractional ownership process. They provide a formal channel that enables retail investors to tap into primarily pre-leased commercial real estate, including office spaces, warehouses, or even shopping malls (with office spaces currently dominating the market), at a fraction of the total cost. The cost of acquisition is split among several investors, who invest in securities issued by a Special Purpose Vehicle (SPV) established by the FOP. The investors earn returns in the form of rentals, as well as long-term value appreciation of the property, with distributions made after deducting management fees and other maintenance expenses. To formalise this growing segment, the Securities and Exchange Board of India (SEBI) notified Small and Medium Real Estate Investment Trusts (SM REITs) through amendments to the existing REIT regulations. The notifications require FOPs who wish to operate such investment schemes to be registered as an SM REIT and be licensed under SEBI. Under the SM REIT regulations, the FOPs will now have higher compliance requirements related to issue size, asset exposure, investment portfolio, number of subscribers, and minimum investment size. Also, such offerings now need to be listed on public exchanges and adhere to regular reporting and governance standards. Note to the Reader: This article has been produced on behalf of the brand by HT Brand Studio and does not have journalistic/editorial involvement of Hindustan Times. The content is for information and awareness purposes and does not constitute any financial advice.</t>
+          <t>The ultra-luxury real estate market was once mainly about lifestyle. Today, it is emerging as a critical wealth-preservation tool for the country's richest buyers. These properties, ranging from over  ₹50 crore residences to  ₹200 crore marquee apartments, are increasingly viewed as long-duration financial assets. They are akin to blue-chip equity: they are scarce, stable, and remarkably resilient during market turbulence. Experts say capital appreciation is not the main reason Ultra-High Net Worth Individuals (UHNIs) make these high-end property purchases. They seek strategic portfolio diversification, a prestigious address, intergenerational wealth creation (for the next generation), lifestyle elevation, and the security of a hard asset that resists erosion. Unlike other assets, this ultra-prime residential category works on an 8–10 year investment horizon. Patience, not liquidity, determines the returns. The longer the hold, the stronger the preservation and compounding effect. This trend is evident in recent major transactions. For example, a Delhi-NCR–based industrialist recently purchased four apartments at DLF’s ultra-luxury project, The Dahlias. The apartments totaled nearly 35,000 sq. ft. on Golf Course Road and cost about  ₹380 crore. Property brokers call this one of the country’s most expensive residential transactions. Other related large deals highlight the trend. A British businessman, Sukhpal Singh Ahluwalia, bought an 11,416 sq. ft. apartment in The Camellias for  ₹100 crore just a few months ago. Last year, the most expensive apartment deal in India was recorded there. A 16,290 sq. ft. penthouse sold for  ₹190 crore. The buyer, Info-X Software Technology Pvt. Ltd., paid  ₹13.30 crore in stamp duty alone. Real estate consultants note that ultra-luxury assets like The Camellias, Magnolias, and The Dahlias increasingly function as long-duration wealth-preservation instruments. Their extreme scarcity, tightly controlled supply, and deep pool of HNI (High Net Worth Individuals) and UHNI buyers give them blue-chip stock characteristics. This includes relatively steady appreciation, demand that holds up during down cycles, and insulation from broader market volatility. Samir Jasuja, founder and CEO, PropEquity agrees that some of the ultra-luxury properties behave exactly like blue-chip stocks, a trend clearly visible in several marquee projects in Gurugram and Mumbai such as the Camellias and 360 Degrees West. DLF’s Camellias, for instance, launched at around  ₹30,000 per sq ft and now commands nearly  ₹1.5 lakh per sq ft. Prices at The Dahlias have already risen from  ₹70,000 to over  ₹1 lakh per sq ft in just six months. In Worli, too, prices have doubled from  ₹1 lakh to  ₹2 lakh per sq ft in three years. The reason is simple: severe supply scarcity and a buyer base with no budget constraints. Interestingly, many of these purchases come from within the same micro-markets. Nearly 40% of Camellias buyers previously owned homes in Aralias or Magnolias. Over 20% of Dahlias buyers already own units in Aralias or Camellias. One of the biggest recent deals was by an existing Camellias owner. Buyers who purchased at  ₹40,000 per sq ft are now comfortable entering new launches at  ₹1 lakh per sq ft because they have experienced this appreciation firsthand and expect further upside, he explains. Also Read: Delhi-NCR industrialist buys four ultra-luxury apartments in DLF’s The Dahlias project in Gurugram for  ₹380 crore These HNI investors are not flippers, they are long-term holders of the asset. A typical pattern: someone who owns a home in Camellias may buy into Dahlias; once the new project is completed and furnished, they may shift there and lease out their Camellias unit. Rental yields are high, a 7,000 sq ft apartment in Camellias can fetch around  ₹10 lakh per month. “Much like blue-chip stocks, the strategy is to hold, not sell. The ‘dividend’ comes in the form of substantial rental income, while long-term capital appreciation functions like the compounding growth of premium equity,” he said. Scarcity is the biggest driver of demand for such landmark properties, according to Gaurav Gupta of ZenoRealty. Ultra–low-density projects along Golf Course Road, such as DLF’s projects, and other trophy apartments across major cities can deliver 8–12% annualised appreciation over long periods. This growth is fuelled by limited supply and strong brand value. Luxury real estate at this level serves a dual purpose: a status asset and a long-term capital preservation tool. Luxury real estate is not a perfect substitute for equity. The biggest difference is liquidity. A stock can be sold instantly; a  ₹50– ₹300 crore home may take months, sometimes years, to find the right buyer. This makes them reliable for long-term capital preservation, but not for short-term gains or rapid trading. Experts emphasize that the ultra-rich are not buying to ‘flip’ the assets; they are buying to preserve wealth. For HNIs, these assets function as a hedge against inflation, a diversification tool, and a means of intergenerational wealth transfer. Their prestige and address create a tangible economic moat, ensuring demand remains resilient even during market corrections. Also Read: Leena Gandhi Tewari buys Mumbai’s costliest flats for  ₹639 cr: Why are pharma tycoons investing in luxury real estate? Ritesh Mehta, Senior Director, and Head (North and West), JLL India, notes that for deals above  ₹200 crore, HNIs are not buying for short-term appreciation. They invest because few other asset classes can safely absorb such large amounts of capital. When someone already has a substantial equity portfolio, they look to diversify, and ultra-luxury real estate becomes the natural choice. In this segment, appreciation is not the primary motive. These purchases are largely driven by portfolio diversification, long-term wealth storage for the next generation, end use and lifestyle upgradation, and a safe, tangible asset that preserves capital. Ultra-luxury real estate works on an 8–10 year horizon. The longer the investment, the stronger the returns. If you try to exit quickly, you may even incur losses due to the highly illiquid nature of marquee properties, he said. Also Read: Mumbai leads as the millionaire capital with 1.42 lakh families; Among investments, 22% prefer stocks, 21% real estate "Many of today’s buyers come from sectors with all-time high valuations," he adds. "This includes tech founders, startup promoters diluting equity, and business owners with significant liquidity. For them, ultra-luxury homes are not speculative bets but stable, long-term wealth anchors." However, over longer periods, overall price appreciation in ultra-luxury real estate is broadly similar to other residential segments. “This is true unless the property is in a highly supply-constrained micro-market. Luxury homes vastly outperform when there is a clear demand–supply mismatch. Bespoke locations like Lutyens in Delhi, Malabar Hill/Nepean Sea Road in Mumbai, or luxury projects on Golf Course Road in Gurugram continue to see far stronger appreciation. This is due to their limited supply and high desirability among HNIs and UHNIs,” explains Ashwin Chadha, CEO, India Sotheby's International Realty. Also Read: Will JLN Stadium redevelopment impact property prices in Delhi’s ultra-premium property markets? Financial planner Suresh Sadgopan, founder of Ladder7 Financial Advisories, believes high-end luxury homes are generally purchased for self-occupation. As an investment, UHNIs should instead explore commercial properties, where rental yields are higher, or better still, REITs (Real Estate Investment Trusts). REITs offer good overall yields (including capital appreciation reflected in NAV) of between 6–8% per annum, he said.</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>No title</t>
+          <t>YouTuber Ishan Sharma breaks silence after being accused of lying about buying his first house in Bengaluru</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>No synopsis</t>
+          <t>Social media users claimed YouTuber Ishan Sharma already owned a house while re-sharing an old video he posted over two years ago.</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>Nov 28, 2025 04:51 pm</t>
+          <t>Nov 15, 2025 08:17 am</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/noida-office-leasing-likely-to-touch-4-7-million-sq-ft-by-year-end-as-airport-nears-completion-gccs-set-to-lead-demand-101764327428664.html</t>
+          <t>https://www.hindustantimes.com/trending/youtuber-ishan-sharma-breaks-silence-after-being-accused-of-lying-about-buying-his-first-house-in-bengaluru-101763173798004.html</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>The opening of Noida International Airport is expected to further accelerate momentum in the city's office leasing market. Between January and September 2025, Noida recorded 3.3 million sq ft of gross leasing, with activity projected to reach 4.7 million sq ft by year-end, a report by Cushman &amp; Wakefield has said. Global Capability Centres (GCCs) continue to drive demand, accounting for nearly 1 million sq ft in the first nine months and likely to close at 1.28 million sq ft by December 2025, the report titled ‘Noida Runway for Growth’ said. As for the  commercial office real estate stock, it stands at 43.4 mn sq ft, including 26.6 mn sq ft of Grade A+ assets as of Q3 2025. Over the past five years, Noida has also witnessed a significant 40% increase in investment-grade office assets, attracting multinational corporations and strengthening its dynamic business ecosystem, the report said. Leasing activity reinforces this momentum. The city recorded 3.3 mn sq ft of gross leasing between January and September 2025, projected to reach 4.7 mn sq ft by year-end. Global Capability Centres (GCC) continue to be an important occupier segment, contributing almost 1 mn sq ft in the first nine months and expected to close at 1.28 mn sq ft by December 2025, the report said. In addition, the report highlights that the Uttar Pradesh government has introduced targeted policy support for IT, digital services and high-value operations, offering fiscal incentives, streamlined approvals and infrastructure support that collectively strengthen Noida’s attractiveness for new GCC establishments. Combined with Noida’s deep STEM talent base, this policy push is reinforcing the city’s position as an attractive destination for GCCs, the report said. Also Read: Will Noida International Airport reshape the National Capital Region's real estate market? Looking ahead, the forecasted office supply over the next three years shows a clear shift in development strategy. While 2026 will see over 2.5 mn sq ft of strata-led office completions, the trend reverses sharply by 2028, when institutional/developer-owned Grade A+ projects are expected to rise to nearly 2.9 mn sq ft, far outpacing strata formats which fall to around 0.28 mn sq ft. This transition points to a decisive move away from fragmented strata offices toward larger, investment-grade assets managed by professional developers and institutions, the report noted. Also Read: Office leasing in Bengaluru, Delhi-NCR and Mumbai to touch 50 million sq ft in 2025 driven by strong GCC demand “Noida’s growth today is both broad-based and structural. Our analysis shows a city evolving across every major front — strengthening its office corridor, upgrading its retail landscape, accelerating residential momentum, and emerging as North India’s most competitive industrial and data centre hub. The office market, in particular, continues to demonstrate strong depth, with 2025 leasing volumes reflecting healthy demand from corporates and GCCs alike. Noida’s expanding Grade A+ stock and its shift toward institutional, investment-grade developments underscore its growing maturity as a business destination,” said Supriya Chatterjee, Managing Director, North, Cushman &amp; Wakefied. "Infrastructure upgrades, especially the Noida International Airport and enhanced metro and expressway connectivity, combined with strong policy support and a deep STEM talent base, are creating a powerful foundation for long-term expansion. Taken together, these drivers position Noida for a new phase of scale and maturity across asset classes,” he added.</t>
+          <t>YouTuber Ishan Sharma faced intense backlash on X after he tweeted about buying his first house in Bengaluru. Many accused him of lying, referring to an old video he posted years ago about a house. Social media users claimed that he already had a house, and his recent tweet about owning one for the first time was engagement baiting. For the first time since the controversy, the content creator has opened up, sharing his side of the story. “Note: I was renting a flat for the last 2 yrs. And just now purchased a new flat, my first one,” Sharma wrote. While addressing the old video in question, he posted, “The video I posted 2 yrs ago was a tour of the rented house. It was my first time living on my own away from parents and I even talked about the problems with renting it at 20:00 in the video.” His post about buying a new house got ‘community noted’ after netizens expressed their doubts. He also urged X to remove it from his profile. “Requesting the X team to kindly remove the false community note. Its misinformation at best.” What did social media say?The YouTuber received several supportive remarks, but some were still apprehensive. An individual posted, “Hatred is normal when you're doing something right. How would they otherwise rationalise their own failures, shortcomings, courage to take their shots, and lack of conviction to get things done? Hate always comes from below. Rarely from the top.” Another added, “Then why didn't you mention that at that time. Now you come with corrections. Wow.” A third commented, “Who will give so much hype for a rented house?” Also Read: Bengaluru couple’s eco-friendly ‘breathing house’ with pond and hand pump wins internetA fourth wrote, “But your old tweet doesn’t have any mention of renting. It is phrased as if you purchased it.” The tweet that started the wave of backlash was shared by Sharma on November 14, where he wrote, “Just bought the first house of my life in bengaluru! I’ve rented all my life. Some will say buying a house is a bad idea. But not everything is an investment which needs to have a ROI. You can’t put a rupee amount to the peace of mind and safety a home provides.” He also shared two pictures of the house. The YouTuber received several supportive remarks, but some were still apprehensive. An individual posted, “Hatred is normal when you're doing something right. How would they otherwise rationalise their own failures, shortcomings, courage to take their shots, and lack of conviction to get things done? Hate always comes from below. Rarely from the top.” Another added, “Then why didn't you mention that at that time. Now you come with corrections. Wow.” A third commented, “Who will give so much hype for a rented house?” A fourth wrote, “But your old tweet doesn’t have any mention of renting. It is phrased as if you purchased it.” The tweet that started the wave of backlash was shared by Sharma on November 14, where he wrote, “Just bought the first house of my life in bengaluru! I’ve rented all my life. Some will say buying a house is a bad idea. But not everything is an investment which needs to have a ROI. You can’t put a rupee amount to the peace of mind and safety a home provides.” He also shared two pictures of the house.</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>No title</t>
+          <t>Citizens flag ‘sale of Mumbai’s future’, urge govt to halt land monetisation</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>No synopsis</t>
+          <t>Prominent Mumbaiites write to CM, opposing govt’s land monetisation; demand white paper on these plans</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Nov 28, 2025 03:17 pm</t>
+          <t>Nov 15, 2025 04:56 am</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/the-10-000-entry-point-how-fractional-ownership-is-reshaping-indian-real-estate-investments-101764316648156.html</t>
+          <t>https://www.hindustantimes.com/cities/mumbai-news/citizens-flag-sale-of-mumbai-s-future-urge-govt-to-halt-land-monetisation-101763146884506.html</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>In India’s property market, the numbers have always spoken loudly. Apartments in Mumbai routinely cost upwards of  ₹25,000 per square foot, while a commercial floor in Bengaluru’s technology corridor can command several crores. For decades, that scale effectively closed the door on smaller real estate investors but today the door is cracking open, quietly but decisively, through a new model of access: fractional ownership. A handful of digital platforms are enabling investors to co-own parts of high-value properties, earning rental income and potential capital appreciation without purchasing an entire building or navigating the complexities of tenants, registrations, and paperwork. The concept itself isn’t new, but the timing and technology are. A decade ago, fractional ownership was often pitched as a luxury resort timeshare; in 2025, it has emerged as an investment product, attracting younger, data-driven investors who are comfortable managing their portfolios online. Fractional ownership allows multiple investors to co-own an asset, such as a floor in an IT park or a luxury holiday villa, by splitting the purchase cost. Each investor holds equity through a special‐purpose vehicle (SPV) and earns their share of the rental income and eventual sale proceeds. Industry intelligence estimates that India’s fractional real estate segment will reach around $500–600 million (approximately  ₹ 4,000 crore) by 2025, with forecasts indicating more than $5 billion by 2030. Millennials and early Generation Z professionals, who have already embraced digital gold, ETFs and fractional stocks, are now exploring fractional property. For many, the entry ticket is typically  ₹10 lakh to  ₹25 lakh. On most platforms, the investor completes KYC online, signs e-documents, transfers funds via UPI, and tracks rental inflows and yields on a dashboard. A further push comes from NRIs, particularly those based in the Gulf, who are using fractional platforms to participate in Indian real-estate growth. What fractional ownership platforms have effectively done is merge prop-tech with wealth-tech. Blockchain-based record-keeping and AI-driven property valuation tools are improving transparency, while dashboards provide granular data on occupancy and rental cycles. The experience is less about brick-and-mortar, more about metrics and dashboards. In states such as Maharashtra and Telangana, digital land registry pilots using blockchain technology are already underway. Once linked with the SM-REIT (Small and Medium Real Estate Investment Trust) frameworks, these could make property transactions tamper-proof and verifiable in seconds. Most early adopters of fractional platforms are bypassing residential assets altogether. The sweet spot may lie in Grade-A commercial offices, logistics parks, co-living spaces and managed vacation properties, where yields are higher and occupancy more predictable. This shift is also geographic. While Mumbai, Delhi-NCR and Bengaluru dominate listings, newer hubs like Pune, Ahmedabad and Kochi are emerging, aided by infrastructure growth and smaller ticket sizes. Until recently, the biggest question surrounding fractional property was regulatory clarity. In March 2024, the Securities and Exchange Board of India (SEBI) notified the amendment to the REIT regulations introducing Small and Medium REITs (SM-REITs) aimed at regulating Fractional Ownership Platforms (FOPs). The framework mandates minimum asset size between  ₹50 crore and  ₹500 crore, at least 200 investors per scheme, and specifies appointed trustees and audit requirements. Fractional property still sits between traditional real estate and financial securities, offering neither the complete liquidity of stocks nor the emotional satisfaction of owning a home. Exits depend on resale markets or platform-facilitated buy-backs, both of which are still evolving. Returns vary with asset quality: stable commercial properties yield 8–10% annually, while niche assets, such as warehousing, can deliver higher returns. After management fees and taxes, net yields typically range between 6% and 7%, which is a steady rate. For most investors, however, the appeal lies less in chasing alpha and more in diversification. One missing piece remains: a genuine secondary market. Today, most investors may hold for three to five years until the underlying asset is sold. Tokenisation, digitally representing property shares as blockchain tokens, is likely to be the next frontier. But it will require regulatory clarity around digital securities. For now, industry watchers expect SEBI’s SM-REIT regime to pave the way for exchanges or alternative investment platforms dedicated to fractional real estate. Note to the Reader: This article has been produced on behalf of the brand by HT Brand Studio and does not have journalistic/editorial involvement of Hindustan Times. The content is for information and awareness purposes and does not constitute any financial advice.</t>
+          <t>MUMBAI: The decision to unlock and monetise vast tracts of government land – almost 18% of Mumbai’s habitable area – has been condemned by prominent citizens and citizens’ groups, who are calling it the “privatisation of the city’s future”. In a letter to chief minister Devendra Fadnavis and deputy chief ministers Eknath Shinde and Ajit Pawar on Wednesday, urban planners, senior (retd) IAS, IPS and naval officers, environmentalists and activists have warned against the “irreversible transfer of public assets into private hands”. Titled “Citizens’ concerns against privatisation of public land”, the letter refers to the unlocking of land owned by both the central and state governments for development and massive redevelopment projects. This virtual garage sale of government land by government agencies such as MHADA, SRA, MMRDA and MbPA, was highlighted by Hindustan Times in a report on September 11, 2025, titled “18% of city’s real estate opened up by govt for development”. “These lands were originally reserved to serve the people of Mumbai — for housing, open spaces, amenities, transport and public infrastructure. Instead, they are being steadily diverted to private interests in the name of ‘revenue generation’, with no coherent policy, no transparency and no accountability to the citizens who are the real stakeholders,” the letter states. “The outcome is visible: the loss of affordable housing, displacement of long-settled communities, shrinking open spaces, and irreversible transfer of public assets into private hands. The so-called ‘monetisation’ of public land is, in effect, the privatisation of the city’s future,” the letter adds. Among the signatories to the letter are former Mumbai police commissioner Julio Ribeiro; former chief of naval staff admiral Vishnu Bhagwat (Retd); former central information commissioner Shailesh Gandhi; environmentalists Debi Goenka and Stalin Dayanand; Anuradha Parmar of the Urban Design Research Institute (UDRI); and RTI activist Bhaskar Prabhu. Some of the organisations that have endorsed the letter are the Mumbai Vikas Samiti, Bombay Catholic Sabha, Amchi Mumbai Amchi BEST, Moneylife Foundation, NGO Alliance for Governance and Renewal (NAGAR) and Centre for Democratic Rights. Rejecting the idea of utilising public land as a financial resource to fill fiscal gaps or fund projects, they point out that land held by public bodies once alienated can never be recovered. They state that public land must be placed in a public trust and should be taken off the market. The government must prioritise housing, open spaces, education, healthcare and transportation over commercial gains. It must also offer full disclosure and subject itself to an independent review before decisions are taken on public land. During the course of their careers, these prominent citizens have crusaded to safeguard public assets, demanded transparency in governance, and never hesitated to use legal means to wrest back for citizens what is rightfully theirs. To restore integrity and accountability, they are now demanding that the state government issue a white paper detailing all public land transactions, leases and monetisation proposals in Mumbai. They are demanding that the government formulate a unified public land policy covering all state and central agencies operating in Mumbai, with clear disclosure norms and public consultation procedures. In the letter, they have also demanded that the state suspend all ongoing or proposed monetisation initiatives and legislate protection, ensuring that all public land remains reserved for genuine public purposes, based on measurable per-capita requirements for housing, open spaces and amenities. Mumbai's plan to unlock and monetise 18% of its habitable land has drawn sharp criticism from citizens and experts, who label it a “privatisation of the city’s future.” Prominent figures urge the government to prioritize public interest over profit, demanding transparency and a unified land policy. They assert that public land should serve housing and community needs, not commercial interests.</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>No title</t>
+          <t>‘Are we riding a bubble?’: Bengaluru’s₹1 crore 2BHKs trigger debate on the city’s soaring real estate prices</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>No synopsis</t>
+          <t>A Redditor’s concerns about Bengaluru’s one-crore 2BHKs and rising rents triggered varied reactions.</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Nov 28, 2025 02:12 pm</t>
+          <t>Nov 14, 2025 04:54 pm</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/roshan-family-on-a-property-buying-spree-hrithik-roshan-s-two-firms-buy-10-office-units-in-mumbai-for-rs-28-crore-101764317236235.html</t>
+          <t>https://www.hindustantimes.com/trending/are-we-riding-a-bubble-bengaluru-s-1-crore-2bhks-trigger-debate-on-the-city-s-soaring-real-estate-prices-101763118894892.html</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>Bollywood actor Hrithik Roshan, his father Rakesh Roshan’s HRX Digitech LLP, and his mother Pramila Roshan’s Filmkunj (Bombay) Pvt Ltd, have together purchased 10 office units in Mumbai's Andheri West area for  ₹28 crore, according to property registration documents accessed by Propstack. The 10 office units are located on the 3rd and 4th floors of Yura Business Park, a building in the Andheri West area of Mumbai, as per the documents. The seller of the 10 office units is Yura Business Park Pvt Ltd of the Pecan and Transcon. According to the documents, all 10 transactions were registered on November 27, 2025. The documents show that five units were purchased by HRX LLP, where Hrithik Roshan and Rakesh Roshan are designated partners, and five units were purchased by Filmkunj Bombay Pvt Ltd, where Hrithik Roshan and his mother, Pramila Roshan, are directors. The 10 offices total 6,968 sq ft of RERA carpet area, with each unit ranging from 769 sq ft to 852 sq ft, as per the documents. An email query has been sent to HRX Digitech LLP, Filmkunj Bombay Pvt Ltd, and the sellers. The story will be updated if a response is received. Also Read: Elon Musk’s Starlink real estate deal in Mumbai has a Hrithik Roshan connection In the last few days, the Roshan family has been in the news for purchasing multiple office units. On November 19, 2025, Hrithik Roshan's father, Rakesh Roshan, along with his wife, Pramila Rakesh Roshan (Pinkie Roshan), purchased five commercial office units in Mumbai's Andheri area for Rs. 19.68 crore, according to property registration documents reviewed by SquareYards. Also Read: Rakesh Roshan and wife, Pramila Roshan, purchase five office units in Mumbai's Andheri for  ₹19.68 crore All five office units were purchased in a building named Vaidya West World One Aeropolis from Vaidya Spaces Private Limited, as per the documents. Also Read: Hrithik Roshan's sister Sunaina Roshan has purchased two office units in Mumbai's Andheri East for  ₹6.42 crore On November 24, 2025, Hrithik Roshan's sister, Sunaina Rakesh Roshan, had purchased two commercial units in Mumbai's Andheri East area for  ₹6.42 crore, according to property registration documents reviewed by SquareYards.</t>
+          <t>A Bengaluru resident has triggered a debate on Reddit after expressing confusion and concern over the city’s rapidly escalating real estate prices. The user wrote, “I’ve been living in Bengaluru for around 6 years now, and I’m honestly a bit torn about the whole real estate situation here. Everywhere I look, prices seem insane, 2BHKs in areas like Whitefield, Sarjapur, or even Yelahanka are touching 1 crore plus, and that’s before registration and interiors. Rent has also shot up like crazy post COVID.” The resident added that while Bengaluru continues to be one of the fastest growing cities with strong IT job prospects, the pace of price appreciation feels unsettling. “I get that Bengaluru is still one of the fastest-growing cities with IT jobs, but is this level of appreciation sustainable? Or are we just riding a bubble that’ll correct itself soon?” the user wrote. Seeking genuine experiences rather than financial recommendations, the post asked, “Would love to hear from people who’ve actually bought recently, are you happy with your decision? Or do you think it’s smarter to just rent and invest elsewhere for now? Not looking for financial advice, just real experiences and perspectives from folks on the ground.” The post was shared under the title, “Is Bengaluru real estate actually worth it anymore?” Check out the post here:  A thread filled with contrasting viewpointsThe post drew multiple reactions from users who shared their candid views. One user remarked, “As much as I would like to believe this is true, in reality it is just demand and supply. There is nothing illegal in investing, flipping, etc etc. People believe that real estate is good investment so they put their money.” Another user commented, “Depends on your requirement. You plan to stay in Bengaluru and retire? If yes, then prices will keep increasing maybe not so rapidly. So buy if you can,” offering a more practical, long term perspective. A third user added a cautionary note by saying, “Market can stay irrational for a long long time,” capturing the uncertainty many feel. Someone else stated, “Absolutely no it’ll crash,” while another user expressed observed trends, saying, “I can already see people here are having difficulty in selling their flats.” (Disclaimer: This report is based on user-generated content from social media. HT.com has not independently verified the claims and does not endorse them.) The post drew multiple reactions from users who shared their candid views. One user remarked, “As much as I would like to believe this is true, in reality it is just demand and supply. There is nothing illegal in investing, flipping, etc etc. People believe that real estate is good investment so they put their money.” Another user commented, “Depends on your requirement. You plan to stay in Bengaluru and retire? If yes, then prices will keep increasing maybe not so rapidly. So buy if you can,” offering a more practical, long term perspective. A third user added a cautionary note by saying, “Market can stay irrational for a long long time,” capturing the uncertainty many feel. Someone else stated, “Absolutely no it’ll crash,” while another user expressed observed trends, saying, “I can already see people here are having difficulty in selling their flats.” (Disclaimer: This report is based on user-generated content from social media. HT.com has not independently verified the claims and does not endorse them.)</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>No published date</t>
+          <t>Nov 14, 2025 12:37 pm</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/delayed-possession-maharashtra-tribunal-rules-that-homebuyers-cannot-seek-refund-of-gst-stamp-duty-tds-from-developer-101764261546173.html</t>
+          <t>https://www.hindustantimes.com/real-estate/indias-retail-leasing-hits-3-2-million-sq-ft-in-q3-2025-up-65-yoy-delhi-ncr-and-hyderabad-lead-with-57-share-101763100911297.html</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>The Maharashtra Real Estate Appellate Tribunal (MREAT), while directing a developer to refund more than  ₹2 crore to a homebuyer for delayed possession, held that buyers cannot seek a refund of GST, stamp duty, registration fees, TDS, MVAT, or similar government levies from developers. The tribunal noted that these charges are not retained by developers but are remitted directly to government departments. Therefore, the homebuyer must apply to the respective authorities to obtain any refund of such statutory taxes. A homebuyer booked a roughly 1,000 sq ft apartment in Mumbai’s western suburbs for over  ₹2 crore in January 2017. As per the agreement, the developer was required to hand over possession by December 2019, with a grace period extending up to December 2020. The project, however, was delayed and obtained only a partial occupation certificate (OC) in July 2022. Alleging that the developer had made unilateral changes, the homebuyer chose to withdraw from the project. He sought a refund of all amounts paid toward the unit, including service tax, GST, TDS, stamp duty, and other applicable charges, along with interest as per the law. The case of the homebuyer was referred to the Maharashtra Real Estate Regulatory Authority (MahaRERA), which directed the developer to refund the consideration amount, along with interest. However, the homebuyer had requested that the developer refund the payment, including taxes such as GST, TDS, and stamp duty, among others. Following the MahaRERA order, the homebuyer approached the tribunal, also known as MREAT. Also Read: MahaRERA update: New guidelines issued to ensure homebuyers are compensated within 60 days by the developers In its judgment, the tribunal noted that the homebuyer had argued that GST, MVAT, TDS, stamp duty, and registration charges should be refunded with interest, since the developer had failed to hand over possession within the agreed timeline specified in the agreement for sale. The developer, on the other hand, contended that these statutory dues had been paid by the homebuyer and transmitted to the government, meaning the developer had not retained or benefited from them and therefore had no liability to refund such amounts. After hearing both parties, MREAT held that the taxes and duties in question were paid to government authorities and did not form part of the consideration for the flat. Since the promoter had not benefited from these payments, they could not be ordered to refund them. The tribunal further noted that Section 18(1) of the RERA Act obligates the promoter to refund only the amount actually received toward the apartment, plot, or building when an allottee withdraws, not including statutory levies paid to the government. The MREAT ruled, "We are therefore of the view that taxes paid to the Government could not be termed as the amount received by the developer in respect of the subject flat." Also Read: Can homebuyers refuse possession of an apartment if the developer fails to provide a car parking space? According to the MREAT ruling, taxes such as GST and MVAT are borne by the consumer or allottee and merely collected by the promoter (developer) as a service provider. The promoter functions as a collection agent and remits these amounts to the government; therefore, it cannot be asked to refund them. Regarding tax deducted at source (TDS), the tribunal noted that the homebuyer deposits this amount directly with the government. Although the developer receives credit for the advance tax, it does not retain the amount. Since the TDS is paid to the Income Tax Department, the developer cannot be held liable to refund it. The appropriate remedy for the homebuyer is to seek a refund from the tax authorities, the order said. Further, the tribunal clarified that stamp duty and registration charges are paid by the homebuyer in their own name. As such, only the homebuyer is entitled to seek a refund of these charges from the relevant authority after executing the deed of cancellation, the MREAT said in its order. Also Read: Maharashtra Real Estate Appellate Tribunal: Developer cannot deny homebuyer refund even without a sale agreement According to legal experts, this ruling provides much-needed clarity on the issue of tax refunds in real estate transactions. "This ruling brings significant clarity to the issue of refund of GST, MVAT, TDS, stamp duty and registration charges. It is pertinent to note that the Bombay High Court, in a Second Appeal filed by Krishna Developers Pvt. Ltd. vs Kunal Kumbhat, has admitted the appeal on substantial questions of law, including whether a flat purchaser is entitled to claim refund of statutory payments such as stamp duty, registration charges, taxes etc, and whether a developer can be directed to pay interest under Section 18 of the RERA on such statutory amounts," said Trupti Daphtary, a Mumbai-based solicitor. "This issue remains pending before the Bombay High Court, and the Court’s final determination is expected to conclusively settle the legal position on this subject,' Daphtary said.</t>
+          <t>India’s retail sector recorded 3.2 million sq ft of leasing in Q3 2025 (July–September) across the top seven cities, marking a 65% year-on-year growth, according to the report. Delhi-NCR accounted for 35% of the total gross leasing volume, driven by strong space uptake in two newly built malls. With the latest quarterly numbers, retail leasing for the first nine months of 2025 has touched 8.9 million sq ft. The analysis by JLL covered Delhi-NCR, Hyderabad, Mumbai, Bengaluru, Kolkata, Chennai and Pune. With 4.7 million sq ft of new retail supply scheduled for completion in the final quarter of the year, overall retail leasing activity is expected to surpass earlier estimates of around 10 million sq ft by the end of 2025, the report said. Both shopping malls and high streets were at the forefront of new leasing momentum, and this quarter witnessed 53% and 41% share of leasing in these formats, respectively. Across the top seven cities, Delhi NCR and Hyderabad led the gross leasing momentum in Q3 2025. Delhi NCR (35%) and Hyderabad (12%) emerged as clear market leaders in the city tally as demand for retail leasing in these markets increased significantly compared to the previous quarters. While shopping malls comprised the lion’s share in gross leasing in Delhi NCR, high streets garnered immense interest for expansion by retailers in Hyderabad. Apart from Delhi NCR and Hyderabad, Mumbai recorded 0.6 million sq. ft. of retail space take-up, followed by Bengaluru at 0.4 million sq. ft. Cities such as Kolkata and Chennai witnessed steady demand momentum in comparison to previous quarters. Pune witnessed a slight dip in retail spaces leased as compared to Q2 2025. “During the July-September quarter, fashion and apparel (35%), food and beverage (16%), and daily needs and grocery (11%) sustained robust leasing momentum for retail space absorption. Leading brands within these sectors continued to drive demand across the broader retail landscape in major cities, with domestic market leaders spearheading this growth. The third quarter of 2025 saw heightened demand from daily needs and grocery retailers, who typically require substantial space allocations and frequently serve as anchor tenants in premium retail developments,” said Samantak Das, Chief Economist and Head of Research &amp; REIS, India, JLL. Direct-to-consumer (D2C) brands have been making significant investments in their click-and-mortar strategies, progressively expanding their physical store presence across various retail formats, particularly in fashion and apparel, jewellery and beauty, and cosmetics and wellness categories. Looking ahead, D2C brands are positioned to capture an increasingly larger portion of the overall gross leasing activity, he said. The strong presence of domestic retailers in retail space demand continues unabated, with indigenous brands leasing 2.6 million sq. ft in Q3 2025, representing a 76% Year-on-Year increase compared to Q3 2024. Foreign brands accounted for a 19% share of leasing activity this quarter. During the nine-month period from January to September 2025, luxury retailers leased 0.2 million sq. ft of retail space, marking a 19% increase over the corresponding period in the previous year, said Rahul Arora, Head - Office Leasing &amp; Retail Services, Senior Managing Director (Karnataka, Kerala), India, JLL. Also Read: Will JLN Stadium redevelopment impact property prices in Delhi’s ultra-premium property markets? While few new luxury retailers have entered India in 2025 thus far, the growth trajectory in leased area demonstrates strong market fundamentals and the availability of investment-grade retail infrastructure that these brands actively seek for their flagship stores, he said. Also Read: Tier 2 and 3 cities set for over 25 million sq ft of new retail expansion by 2029: JLL</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>Nearly 30% of Konkan Mhada lottery winners surrender flats amid cost and location concerns</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Nearly 30% of winners in Mhada's Konkan Board 2025 housing lottery surrendered their flats, citing affordability and location issues.</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>Nov 28, 2025 04:38 am</t>
+          <t>Nov 14, 2025 11:09 am</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/cities/mumbai-news/nearly-30-of-konkan-mhada-lottery-winners-surrender-flats-amid-cost-and-location-concerns-101764268521577.html</t>
+          <t>https://www.hindustantimes.com/real-estate/luxury-housing-demand-drives-south-delhi-independent-floor-prices-by-17-redevelopment-potential-at-6-lakh-crore-101763097775888.html</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>MUMBAI: Nearly one in three homebuyers who won flats in the Maharashtra Housing and Area Development Authority’s (Mhada) Konkan Board 2025 housing lottery have chosen to surrender their allotments, internal data accessed by Hindustan Times shows. The Konkan Board had offered 5,285 flats and 77 plots across Thane, Palghar, Badlapur and Sindhudurg in its October lottery. Of these, 762 units belonged to the inclusive housing and scattered tenements categories, where winners are not required to indicate acceptance or refusal. The remaining 4,523 allottees had to take a call on whether to proceed. According to the internal document, 2,176 winners accepted their flats, while 1,374– nearly 30% – surrendered their allotment. Another 973 winners had not communicated their decision until Tuesday. Officials said the high refusal rate is notable, given the continued popularity of Mhada lotteries. This year’s Konkan Board draw attracted approximately 1,16,000 applications. A senior official said applicants opt out for a range of reasons. “Some find the price unaffordable, some don’t like the location or the specific flat offered, and some win more than one home in different categories,” the official said. Under Mhada rules, a family can retain only one flat, even if it wins multiple tenements, forcing winners to choose and surrender the rest. Mhada has shifted its post-lottery documentation process online over the past five years. On the portal, selected applicants can either accept or decline their allotment before proceeding to the next steps such as issuance of the intimation letter, document verification, payment schedules and allotment letters. For the undecided 973 winners, the Konkan Board extended the deadline from October 28 to November 28, which lapses today. Nearly one in three homebuyers from the Maharashtra Housing and Area Development Authority’s Konkan Board 2025 housing lottery have surrendered their flats, with 1,374 out of 4,523 allottees opting out. Reasons include unaffordable prices, undesirable locations, and winning multiple homes. Despite the high refusal rate, the lottery attracted around 116,000 applications, highlighting ongoing demand.</t>
+          <t>A surge in redevelopment activity and growing demand for luxury housing has pushed up average price of independent floors in South Delhi between 12-17% across Category A and B colonies in the third quarter of 2025, according to a report. The redevelopment potential across South Delhi colonies is worth over  ₹6 lakh crores. The average price of floors in Category-A colonies has risen 17% YoY. Some of the Category A colonies are Chanakyapuri, Golf Links, Jor Bagh, Shanti Niketan, Vasant Vihar, Anand Niketan, Panchsheel, as per the report by Golden Growth Fund (GGF), a Category-II real estate focussed Alternative Investment Fund (AIF). The average price of a 2500 sq. ft. floor in Category A colony has risen from  ₹10-19 crore in July-September 2024 to  ₹11-23 crore in July-September 2025. For floors sized 6000 sq. ft., the average price has risen from  ₹19-45 crore in Q3 2024 to  ₹22-53 crore in Q3 2025. The report further stated that in Category B colonies, the average price of floors has risen between 12% and 15% YoY. Some of the Category B colonies are Gulmohar Park, Anand Lok, Defence Colony, Neeti Bagh, Chirag Enclave, Greater Kailash. For a 2500 sq. ft. floor, the average price has risen from  ₹7-10 crore in Q3 2024 to  ₹8-11 crore in Q3 2025. Similarly, for a 3200 sq. ft. floor, the price has risen from  ₹11-16 crore in Q3 2024 to  ₹13-18 crore in Q3 2025. “The average price growth of floors in South Delhi continues to beat NCR despite this market offering high-value products. This is primarily due to local inhabitants either looking to monetise their land or redeveloping it to lift the capital value and rental income. Besides, this market, like global metropolises, sees higher demand than supply, a trend that will be maintained going forward,” said Ankur Jalan, CEO, Golden Growth Fund. Delhi circle rate revision: Should a separate ‘A+’ category be introduced for premium and farmhouse areas? “As FSI utilisation improves with redevelopment, more usable areas, amenities and lifestyle features are incorporated in the design in order to cater to the new-age occupants. As a result, the average rentals also rise by 20-30%,” said Jalan. The Municipal Corporation of Delhi (MCD) has divided all colonies of Delhi into eight categories – A, B, C, D, E, F, G and H. Circle rates, property tax rates, and stamp duty charges for property registration are based on these categories. Categories A and B are located in South Delhi. Golden Growth Fund is a category II Real Estate focussed Alternative Investment Fund (AIF), a financial vehicle specifically designed for real estate investments in South and Lutyens' Delhi. Also Read: Lutyens' Delhi luxury property deal: Bungalow in posh Golf Links sold for  ₹100 crore</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>Nov 27, 2025 06:39 pm</t>
+          <t>Nov 13, 2025 08:22 pm</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/mt-k-kapital-raises-second-fund-of-rs-4-000-crore-plans-expansion-in-pune-bengaluru-and-delhi-ncr-101764247100632.html</t>
+          <t>https://www.hindustantimes.com/real-estate/mumbai-real-estate-marathon-nextgen-realty-launches-housing-project-worth-rs-370-crore-in-bhandup-101763044853811.html</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>Mt. K Kapital, a real estate investment management firm backed by Mumbai-based real estate developer Rustomjee Group, on November 27 said that it has raised a second fund of  ₹4,000 crore. The fund is backed by strong General Partners (GPs) and Limited Partners (LPs), reflecting confidence in Mt. K Kapital’s team as well as performance in its first fund, the company said. After investing its first fund in the Mumbai Metropolitan Region (MMR), the company plans to expand with its second fund, targeting markets across the country, including Pune, Bengaluru, and the Delhi NCR region. According to the company, its strategy to grow the credit space in India’s real estate market is backed by the strong growth fundamentals of the Indian Economy and its mirror effects on the growth of the Real Estate Sector. Also Read: Mt. K Kapital raises over  ₹500 crore for its maiden fund, invests in five projects of Rustomjee Group in Mumbai The company statement said, "With this new fund, Mt. K Kapital will build partnerships with developers across key markets, including Mumbai, NCR, Pune, and Bangalore, with an aim to invest at the acquisition stage and further support its development partners through the journey of the project development." "As a partnership-driven platform, Mt. K Kapital’s focus remains on working closely with developers to enhance project viability, strengthen bottom-line performance, and drive meaningful product differentiation within their respective micro-markets. The deployment target for the new fund is early 2026, supported by a strong pipeline of projects currently under evaluation," the statement said. Also Read: Housing sales in India's top 15 tier-2 cities fell by 4% YoY, sales value increased by 4% during the same period: report “The Mt. K platform was built with an absolute alignment of interests among all stakeholders in the development value chain, and the performance of our first fund is a testament to our thesis. With our second fund, we look forward to expanding this proposition across the country as we enter the markets of Pune, Bangalore, and NCR," said Binitha Dalal, Founder &amp; Managing Partner, Mt. K Kapital. “The Mt. K platform, backed by Rustomjee, has made considerable progress since its inception, and it has reaffirmed my thesis of making Real Estate Investments a win-win for all stakeholders. With the second fund, we are confident that the real estate industry stands to benefit even more meaningfully from Mt. K’s approach and development mindset," Boman Irani, CMD, Rustomjee Group. "The first fund, which is a  ₹790 crore MMR-focused fund, has been a landmark strategy in terms of underwriting, project monitoring, and investor support. We are certain that the platform will continue to grow consistently and emerge as a major institutional player for the real estate sector from an investment perspective. It has already proven to be a highly effective model within the Rustomjee ecosystem.” Also Read: Mumbai redevelopment news: Oberoi Realty announces project in South Mumbai's Nepean Sea Road According to the company, since its launch in 2022, Mt. K Kapital’s first fund, a  ₹790 crore MMR-focused fund with investments in Rustomjee projects, has grown steadily with the support of marquee investors, including leading institutions such as SBI, ICICI Bank, SBI Life and Famy Care, along with several prominent family offices. The fund’s performance is rooted in a rigorous investment framework, hands-on monitoring, and long-term developer partnerships, the company said.</t>
+          <t>Mumbai-based Marathon Nextgen Realty Ltd has announced the launch of three new residential towers in Mumbai’s Bhandup, with a total project value of  ₹370 crore, the company said in a statement on November 13. The launch includes a new residential project within the 6.5-acre Neo Park layout, spread across 5,100 sq. m of land, offering a total saleable carpet area of around 1.2 lakh sq. ft. with an estimated Gross Development Value (GDV) of  ₹200 crore. Alongside this, MNRL is introducing the second tower of Neovalley Narmada and the third tower of Neo Park Ashoka, together adding around 1 lakh sq. ft. of saleable carpet area with an additional GDV of  ₹170 crore. In total, approximately 2.2 lakh sq. ft. of residential space, with a combined GDV of  ₹370 crore, is being launched under the Neohomes category in Bhandup, the company said in a statement. Marathon has already delivered over 700 Neohomes in Bhandup, with Neosquare receiving its OC and the next phase nearing completion. Bhandup has rapidly emerged as a preferred residential hub in the eastern suburbs, supported by robust connectivity and infrastructure upgrades such as the Goregaon–Mulund Link Road and the upcoming Shangrila Metro Station. Also Read:  ₹50,000 salary in Mumbai: Reddit users say shared homes and suburbs are the only way to afford rent Kaivalya Shah, director, Marathon Nextgen Realty Limited, said, “We are excited to launch another project in Bhandup, a location that has been integral to Marathon’s growth journey. Over the years, the area has transformed into one of Mumbai’s most promising residential destinations, driven by connectivity upgrades and lifestyle infrastructure.” Also Read: Planning to sell a flat in an old building? Here's why it can be tough The Marathon group is engaged in real estate development across MMR. It has completed over 100+ projects and has a presence across Mumbai Metropolitan Region (MMR) with total of 8.4 million square feet completed projects and 6.2 million square feet of existing portfolio.</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:F42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
@@ -1504,487 +1502,487 @@
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Content</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>SBI, HDFC Bank, ICICI Bank stay on RBI’s Systemically Important list with extra capital buffer</t>
+          <t>SBI chairman pitches for national financial grid</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>RBI has reaffirmed SBI, HDFC Bank and ICICI Bank as D-SIBs, requiring them to hold higher CET1 buffers due to their systemic importance in India’s banking system.</t>
+          <t>“Millions of small businesses still struggle. We need to build digital twins for every MSME, which are secure real-time financial identities that integrate GST, IT returns, bank history, and utility payments,” he said.</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2025-12-02T20:23:09+05:30</t>
+          <t>2025-11-19T00:06:56+05:30</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-sbi-hdfc-bank-icici-bank-stay-on-rbis-systemically-important-list-with-extra-capital-buffer-4063288/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-sbi-chairman-pitches-for-national-financial-grid-4048956/</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>TheReserve Bankon Tuesday said thatState Bank of India, HDFC Bank andICICI Bankcontinue to be in the ‘domestic systemically important banks’ category. The three lenders will be required to hold additional capital buffers as a percentage of the risk-weighted assets over and above the Capital Conservation Buffer, the RBI said. SBI has an additional Common Equity Tier 1 (CET1) requirement of 0.80 per cent of RWAs, while the same forHDFC Bankis 0.40 per cent and 0.20 per cent for ICICI Bank. The Reserve Bank had first issued the ‘Framework for dealing with Domestic Systemically Important Banks (D-SIBs)’ on July 22, 2014, which was subsequently updated on December 28, 2023. The D-SIB framework requires the Reserve Bank to disclose the names ofbanksdesignated as D-SIBs starting from 2015 and place these banks in appropriate buckets depending upon their Systemic Importance Scores (SIS). SBI and ICICI Bank were classified as D-SIBs in 2015 and 2016, while HDFC Bank was classified as D-SIB in 2017 along with State Bank of India and ICICI Bank, as per an official statement.</t>
+          <t>State Bank of IndiaChairman CS Setty on Tuesday suggested creation of a national financial grid, a unified infrastructure layer connecting credit bureaus, fraud registries, eKYC, UPI, and account aggregator frameworks. “The ULI framework is a step in the right direction. But we need to evolve it into a grid that offers open access across the ecosystem,” Setty said at theCIIFinancing Summit. He also proposed the Indian Digital Payment Intelligence Corporation (IDPIC), a shared infrastructure entity modelled on the NPCI, to enable real-time intelligence sharing among banks. “This is one of the most ambitious projects, perhaps as transformative as UPI itself,” Setty said. He emphasised that embedding AI for anomaly detection could create a collective shield against fraud, enhancing customer protection and systemic trust. Setty highlighted the need to democratise access to MSME credit. “Millions of small businesses still struggle. We need to build digital twins for every MSME, which are secure real-time financial identities that integrate GST, IT returns, bank history, and utility payments,” he said. SBI’s own business rule engine now enablesMSMEloan approvals in 10 to 15 minutes, but Setty stressed that the broader infrastructure is needed to be scaled up across institutions. “To achieve sustainable long-term growth, the focus must be on infrastructure, inclusivity, innovation, and intelligence.</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Banks resume lending rate hike after 3 months</t>
+          <t>RFP for IDBI Bank to be filed shortly: Nagaraju</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Experts observe that with the rate reductions for savings accounts, already factored in, the benefit from term deposit re-pricing is progressing more gradually.</t>
+          <t>Nagaraju announced that the Unified Payments Interface (UPI) is now operational in seven countries, with plans to expand further this year.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2025-12-02T19:59:28+05:30</t>
+          <t>2025-11-19T00:00:35+05:30</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-rates-on-fresh-loans-rise-in-oct-4063246/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-rfp-for-idbi-bank-to-be-filed-shortly-nagaraju-4048941/</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>After a gap of three months, banks have resumed raising interest rates on fresh loans. The rates  increased  by 14 basis points in October to 8.64% from 8.50% in September. Between July and September, banks had cut interest rates on new loans by 31 bps after hiking rates in July by 19 bps from 8.62% in June. The hike in lending rates comes against the backdrop of theReserve Bank of India (RBI)cutting the repo rate by 50 basis points in June to 5.5%. System credit in October grew 11.1%  y-o-y compared with 10.2% in September. With interest rates on new deposits falling by 4 bps in October to 5.57%,  banks’ margins will be supported. While private sector banks upped rates on fresh loans by 12 bps in October, public sector banks saw a 9 bps rise and the average lending rates of foreign banks jumped by 18 bps. Sanjay Agarwal, senior director atCareEdge Ratingsobserved that the simultaneous rise in rates on fresh loans and the decline in deposit rates are expected to provide banks with a much-needed cushion for net interest margins (NIMs). “The bulk of the repo-linked re-pricing isbehind them. This is a strategic shift and a deliberate effort by banks to improve profitability, with lending rates being raised across the system,” Agarwal said. Nitin Aggarwal, research analyst at Motilal Oswal Financial Services wrote recently that the October uptick signals an active re-pricing of new loans at higher levels, aided by the completion of repo-linked resets and a gradual easing in the marginal cost of fund-based lending rates. He pointed out that with the one-year MCLR for private sector banks dipping 40–115 bps y-o-y, and public sector banks transmitting rates less aggressively by about 20–40 bps y-o-y, banks are now looking to stabilise yields by leveraging fresh loan repricing. Industry watchers pointed out that in order to drive up yields, and protect their margins, banks are moving away from highly competitive corporate loans. Instead, they are focusing on relatively high-yield areas, including retail loans, unsecured personal loans, unsecured working capital for SMEs and adding exposure to non-banking financial companies (NBFCs). Experts observe that with the rate reductions for savings accounts, already factored in, the benefit from term deposit re-pricing is progressing more gradually. “The impact is expected to become more visible in the second half of FY26, as re-pricing gathers pace and lowers overall funding costs,” a senior analyst said. The weighted-average lending rates (WALR) on outstanding loans, however, continued their downward trend. Over the last 10 months, the WALR declined by 63 bps to 9.24% in October 2025, from 9.87% in January 2025.  Seen on a month-on-month basis, the WALR on outstanding loans fell two bps. For private-sector banks, outstanding loan rates were flat at 10.17%, while public-sector banks saw a three bps decline to 8.60%. On the deposit side, the outstanding weighted average term deposit rate (WATDR) also continued its downward trend. Overall, deposit rates fell four bps month-on-month in October to 6.78%, down 33 bps since March 2025.</t>
+          <t>The government’s long-awaited strategic disinvestment ofIDBI Bankis inching closer to execution, with Department of Financial Services Secretary M Nagaraju on Tuesday indicating that the request for proposal (RFP) will be published shortly. Speaking on the sidelines of theCIIFinancing Summit, Nagaraju refrained from commenting on PSB mergers, but when asked about the status of the IDBI Bank stake sale and the RFP, he said, “You may soon hear about it in the papers.”The government and LIC plan to divest a combined 60.72% of stake in IDBI Bank, thereby transferring the management control to the new owner. After the transaction, the government is expected to retain a 15% stake in IDBI Bank, and LIC will hold around 19%. The government has earlier indicated that the stake sale is expected to be completed by the end of FY26. Nagaraju announced that the Unified Payments Interface (UPI) is now operational in seven countries, with plans to expand further this year. “We are in discussions with nearly 70 countries to take UPI global. Our priority is to make it available first in the Middle East and East Asia, and then expand to Europe,” Nagaraju said. He confirmed that UPI is already live in Singapore, the UAE, Mauritius, France, Sri Lanka, Bhutan, and Nepal. This expansion, he noted, is not just about technology, but also about building trust and interoperability across borders. “India now accounts for nearly 50% of global digital transactions. India’s fintech leadership is now growing, I think global.” However, Nagaraju highlighted that domestic inclusion remains a challenge. “We must not forget our rural populations,” he said. Despite government initiatives like PM Jeevan Jyoti Bima Yojana, PM Suraksha Bima Yojana, and Atal Pension Yojana, India still lags behind global standards in terms of insurance premiums and coverage. A gap exists in mandatory pension savings for private-sector employees earning above Rs15,000 per month, which needs to be addressed. “Some of these private sector employees earning more actually lack pension savings, which is very concerning. We need to secure their future, not through dependence on children, but through financial preparedness for old age,” he said.</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Govt not considering hike in FDI limit to 49% for public sector banks: MoS Finance</t>
+          <t>Ascertis Credit raises $520 mn in first  close of fourth fund</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>The government has ruled out raising the FDI limit in public sector banks to 49%, maintaining the cap at 20%. The Finance Ministry also detailed RBI approval norms and PSB shareholding patterns.</t>
+          <t>The latest close follows the final close of the Ascertis Credit Select Short Term Income Fund – I (SSTIF Series – Fund I) earlier this year, which raised over 25% more than its initial target.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2025-12-02T18:12:55+05:30</t>
+          <t>2025-11-18T20:33:26+05:30</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-govt-not-considering-hike-in-fdi-limit-to-49-for-public-sector-banks-mos-finance-4063105/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-ascertis-credit-raisesnbsp520-mn-in-firstnbsp-close-of-fourth-fund-4048747/</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>The government is not considering any proposal to raise theforeign direct investment (FDI)limit inpublic sector banksto 49 per cent, from the current 20 per cent, Minister of State for Finance Pankaj Chaudhary said on Tuesday. The FDI limit in PSBs and private sector banks is 20 per cent and 74 per cent, respectively. In case of private sector banks, up to 49 per cent of FDI is through the automatic route and beyond 49 per cent and up to 74 per cent, government route is applicable. In response to a written question in theRajya Sabhaon whether the government has proposed raising the FDI limit in PSBs to 49 per cent, Chaudhary replied in the negative. Further, as perReserve Bank of India’s (RBI)Master Directions on ‘Acquisition and holding of shares or voting rights in Banking Companies’, share acquisition of a bank resulting in any person owning or controlling 5 per cent or more of the paid-up capital of the bank, requires prior RBI approval. Replying to another question, Chaudhary said, the holding of number of shares of Union Government in 12 public sector banks (PSBs) have not declined since 2020. However, he said, even though the number of shares held by the Union Government has not declined, the respective percentage of shareholding of the Union Government has declined in some of these banks due to raising of capital through issuance of fresh shares by banks. Fresh capital is raised by the banks to meet their capital requirement for business growth and maintaining regulatory requirement, he said, adding, such capital raising reduces fiscal burden on the Government and strengthen the balance sheet of banks. Banks are also required to ensure compliance of minimum public shareholding requirement of 25 per cent under Rule 19A of the Securities Contracts (Regulation) Rules, 1957 and Regulation 38 of SEBI(Listing Obligations and Disclosure Requirements) Regulations, 2015, he said. As per the New PSE policy for Atmanirbhar Bharat issued by the DIPAM, he said, “recommendations shall be made by NITI Aayog with regard to Central PSEs under strategic sectors, which includes the Banking, Insurance and Financial Services Sector, and recommendations shall be considered and Central PSEs to be, inter alia, retained under Government control or considered for privatisation or merger or subsidiarisation with another PSE shall be approved by an Alternative Mechanism that has been approved by the Government.” It is pertinent to mention that the ease of access to banking services in rural and semi urban areas has been strengthened by ensuring that each of the inhabited village in the country is covered within banking outlet (Bank branch/ BC/IPPB) within a radius of 5-kilometre, he said.</t>
+          <t>Ascertis Credit, formerly known as BPEA Credit, on Tuesday announced the first close of its fourth fund (Fund IV), raising $520 million (around Rs 4,600 crore). This marks one of the largest-ever first closes for a private credit fund in India.The fund, which targets a total corpus of $1 billion, has drawn a diverse mix of existing and new institutional investors, family offices, and high-net-worth individuals across global and Indian markets, the fund manager said.“India is one of the largest and most exciting markets in Asia, and the focus on private credit as a strong asset class has grown substantially in recent times. This resounding response to our Fund IV is a defining moment for us — not only in terms of scale but also in the confidence from a diversified group of global and domestic investors. This validates our position as a pre-eminent and scale player in the space, the trust placed in our disciplined investment approach, deep sector expertise, and proven ability to deliver resilient returns across market cycles. With Fund IV, we continue to scale our investment program, supporting the capital needs of high-growth corporates while creating consistent value for our investors,” said Kanchan Jain, Head at Ascertis Credit.Fund IV will continue the firm’s long-standing strategy of offering customised, performing credit solutions to high-growth businesses across India and Singapore–Southeast Asia, it added. The latest close follows the final close of the Ascertis Credit Select Short Term Income Fund – I (SSTIF Series – Fund I) earlier this year, which raised over 25% more than its initial target. Ascertis Credit has deployed over $1.5 billion across its previous funds, building a strong track record in India’s performing credit space. With teams based in Mumbai, Delhi, and Singapore, the firm combines deep local origination with institutional execution capabilities.</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>RBI guv unveils 5-year financial inclusion strategy</t>
+          <t>RBI’s MuleHunter detects 20,000 mule accounts every month</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>The strategy will be implemented through 47 action points distributed across regulators — RBI, Sebi, Irdai and PFRDA — and institutions like Nabard, NSDC, and NCFE.</t>
+          <t>MuleHunter’s AI models are analysing transaction patterns of over 20 banks. “We expect that in two months, that number will go up significantly," RBIH CEO Sahil Kini</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2025-12-01T22:39:19+05:30</t>
+          <t>2025-11-18T20:03:18+05:30</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-rbi-guv-unveils-5-year-financial-inclusion-strategy-4062213/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-rbis-mulehunter-detects-20000-mule-accounts-every-month-4048721/</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>Reserve Bank of IndiaGovernor Sanjay Malhotra on Monday formally released the national strategy for financial inclusion (NSFI) 2025-30 at the 32nd meeting of the sub-committee of the Financial Stability and Development Council (FSDC-SC). TheNSFI2025-30 aims to deepen the financial inclusion ecosystem, and the new strategy shifts the focus from access to effective usage of financial services, ensuring resilience, security, and well-being. Aligned with theUnited Nations’2030 Agenda for Sustainable Development, it embraces the principle of universality — leave no one behind — and envisions a synergistic ecosystem linking financial services with livelihood initiatives, skill development and digital infrastructure. The strategy of NSFI 2025-30 is anchored in five objectives, termed Panch-Jyoti: Expanding equitable and affordable services, promoting women-led inclusion, linking finance with livelihoods, leveraging financial education, and strengthening customer protection. These will be implemented through 47 action points distributed across regulators — RBI, Sebi, Irdai and PFRDA — and institutions like Nabard, NSDC, and NCFE.</t>
+          <t>MuleHunter.ai, anAI-enabled tool designed by the Reserve Bank Innovation Hub (RBIH), to detect and flag mule accounts in real-time, is detecting about 20,000 mule accounts every month, RBIH CEO Sahil Kini said on Tuesday. Speaking at the Bengaluru Tech Summit, he said that as the volume of digital transactions grows, so does the number of first-time users, thus increasing the chances of fraud unless there are protective systems put in place. So a mule account is an essential intermediary in the movement of fraudulent funds, Kini, who was earlier the co-founder of fintech infrastructure firm Setu, explained. These are funds from financial frauds, from illegal gambling sites, or funds that are used for the financing of terrorism, and they are usually moved through a network of bank accounts. It moves like a spidering pattern through the banking system, and mule accounts are intermediary accounts that enable that. MuleHunter’s AI models are analysing transaction patterns of over 20 banks. “We expect that in two months, that number will go up significantly. Over the last few months, we have detected over 85,000 mule accounts, and their accuracy is between 85-90%,” he said. RBIH is also developing the United Lending Interface (ULI), which is the RBI’s digital public infrastructure for the lending ecosystem, giving banks and NBFCs access to key financial and non-financial data of borrowers to make credit decisions more efficient. It helps lenders improve credit underwriting and disbursal, while allowing consumers to choose from a wider range of loan offers.</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Swaminathan stresses strong collaboration among entities</t>
+          <t>Banks see no pressure on profitability</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Swaminathan also emphasised the customer service. Though technology has helped banks to reach out to customers better, basic expectations of customers remain very human, he said.</t>
+          <t>While banks may need to make a standard 5% provision on deferred loans, the impact on profitability is expected to be negligible.</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2025-12-01T22:22:54+05:30</t>
+          <t>2025-11-17T20:57:42+05:30</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-swaminathan-stresses-strong-collaboration-among-entities-4062197/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-banks-see-no-pressure-on-profitability-4047688/</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Reserve Bank of India (RBI)Deputy Governor Swaminathan J has underlined the need for collaboration among entities for success of any institution. “The success for any one institution cannot come in isolation. It depends on the strength of the entire ecosystem, and on the quality of collaboration among banks, non-banks, market participants,fintechs, regulators and customers,” said Swaminathan at ‘Success Through Synergy’, an annual banking event organised by Standard Chartered Bank, on Friday. According to Swaminathan, traditional risks such as credit, market and liquidity risk have become more complex. “Lending is more granular, markets are deeper, and interconnectedness has increased.” Swaminathan also emphasised the customer service. Though technology has helped banks to reach out to customers better, basic expectations of customers remain very human, he said. In a rapidly-growing technology era, the deputy governor said, the products should also cater to those who may be less comfortable with digital interfaces. Concerning the rising competition from fintechs, he said these entities have entered almost every segment of financial services and have brought fresh ideas. He urged banks to look at how to structure partnerships where strengths of each are combined in a safe and sustainable way. At a situation when digital scams are increasing, the deputy governor said the lender should prioritise on sharing of fraud typologies, coordinated efforts to take down mule accounts, and working with law enforcement agencies, along with detection and alerting customers. This action would foster the perception among customers that banks support them during the crisis, he said.</t>
+          <t>The Reserve Bank of India’s (RBI) decision to extend the moratorium period for export credit, from 270 days to 450 days, is unlikely to hit banks’ bottomlines. “These measures are at a much smaller scale, only targeting exporters who have some outstanding loans as of August 31,” said a senior banker from a state-run bank. He highlighted that this is not comparable to theCOVID-era moratorium, which covered a broader spectrum of loans and included additional credit guarantees. “Export credit is only a very, very small part of the overall bank loans portfolio, hardly Rs 2 lakh crore vis-à-vis Rs 170 lakh crore of overall outstanding,” he added. While banks may need to make a standard 5% provision on deferred loans, the impact on profitability is expected to be negligible. The scheme offers a four-month moratorium on export credit repayments due between August 31 and December 2025, with accrued interest payable by March 31, 2026. Most believe that these measures will  provide a liquidity cushion for exporters grappling with deferred orders and payment delays amid global trade disruptions. “It is simply a deferment of the payment, giving exporters sufficient time to look for an alternate buyer or location,” added another banker. Analysts say the move, along with the Centre’s export credit guarantee scheme, strengthens working-capital support at a time when Tier-2 and Tier-3 exporters are facing the brunt of weakening demand. Industries most affected byUS tariffs, including textiles, clothing, leather, chemicals, plastics and machinery, stand to gain the most. At the same time, segments that are already structurally weak, such as parts of the gems and jewellery space, may not benefit meaningfully, as many players are too financially strained to qualify for relief. Said another PSU banker, “While the Credit Guarantee Fund Trust for Micro and Small Enterprises or CGTMSE-backed working capital scheme is still under finalisation, the RBI’s move is unlikely to affect the rupee or foreign markets significantly.” Meanwhile, the rating agencies expect the measures to soften near-term cash-flow pressures for exporters without causing significant profitability implications for banks. The 5% provisioning requirement may marginally increase credit costs, but the impact is likely to be manageable. Anil Gupta, Senior Vice President &amp; Co Group Head – Financial Sector Ratings, ICRA, noted that monitoring will be key in the coming quarters, given the potential link to asset-quality outcomes. CareEdge Ratings highlights that the relief effectively prevents overdue export receivables from being classified as immediate, particularly for MSME exporters, which are more vulnerable to liquidity shocks than larger corporates. Banks echo this sentiment. Officials at Axis Bank said the measures will help provide near-term liquidity, but emphasised that medium- to long-term outcomes will depend on demand visibility and exporters’ business fundamentals. The bank does not expect any changes in its provisioning strategy or NPA outlook at this stage. Tamilnad Mercantile Bank (TMB) also expects the relief to act as a stabiliser rather than a reason to relax provisioning. “We will continue to maintain prudent coverage and do not expect any material change in our NPA outlook in the immediate term,” said Salee S Nair, MD and CEO. “The RBI’s relief gives exporters breathing room by easing cash-flow pressures and delaying repayment stress, which should help prevent slippages and support banks’ asset quality in the near term,” said Shekhar Bhandari, President-SME, Kotak Mahindra Bank. “But the benefit is temporary — once the moratorium ends, repayment behaviour and global demand will ultimately determine whether these accounts remain healthy,” he added. Anshul Chandak, head treasury, RBL Bank, said, “The RBI’s relief is a front-loaded, pre-emptive safeguard, aimed at shielding exporters and banks from potential stress amid tariff uncertainties. While we haven’t seen any stress in our portfolio yet, this move ensures continuity in export financing and confidence across impacted sectors like textiles, gems, and steel.” Vivek Iyer, Partner and Financial Services Risk Advisory Leader at Grant Thornton Bharat, added that the forbearance framework should support higher export-linked credit, better management of stress in the cost portfolio, and improved profitability over the long term. He also noted that volatility in the dollar is unlikely to impact the rupee meaningfully as the RBI is expected to ensure adequate liquidity to maintain competitiveness.</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>CASA recovery in Q2 offers relief to banks</t>
+          <t>Widening deposit-credit gap needs proactive liquidity management: SBI report</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Experts believe that things will start improving hereon, but days of keeping 'lazy money' with banks may be over.</t>
+          <t>An SBI research report highlights the widening gap between bank credit growth (11.3% as of Oct 31) and lagging deposit growth (9.7%), urging the need for proactive liquidity management.</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2025-12-01T20:13:24+05:30</t>
+          <t>2025-11-16T23:30:37+05:30</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-casa-recovery-in-q2-offers-relief-to-banksnbsp-4062069/</t>
+          <t>https://www.financialexpress.com/business/banking-finance/widening-deposit-credit-gap-needs-proactive-liquidity-management-sbi-report/4046579/</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>After hitting a low in the first quarter of FY26, CASA (current account, savings account) ratio of banks have started to make a comeback from the second quarter. According to data from 29 PSU and private sector banks, CASA has improved 23 basis points to 36.38%. Banks, especially state-run banks, are confident that the worst is behind them in terms ofCASA. Both SBI Chairman CS Setty and Ashok Chandra, MD &amp; CEO, PNB in analysts’ calls expressed confidence that this number will gradually improve and the momentum will sustain in the second half of FY26. Karthik Srinivasan, head, financial sector ratings atICRA, said, “Incremental growth in CASA deposits has increased in the last two quarters as the gap between savings rates and term deposit rates has narrowed. CASA remix of banks will stabilise at current levels with an upward bias.” Some of the main reasons for this relief has been due to curtailment of high-cost bulk deposits and waiving minimum balance charges, along with prudent liability management that have helped banks stabilise this. However, despite this sequential rebound, the year-on-year CASA ratio remains compressed, down 115 bps from 37.53% a year back in the second quarter of FY25 and 250 bps from 38.89% in the second quarter of FY24. The CASA compression seen across the system in the last 8–10 quarters has been broad-based, mainly driven by the rate cycle. During the up-rate phase, banks offered over 8% on term deposits while savings rates stayed around 2.5–3%. Households and corporates naturally shifted balances into fixed deposits, while surplus liquidity also moved into equity markets and mutual funds. “The high-cost deposits mobilised in FY23 and FY24 during the tight liquidity period are still rolling off, keeping the funding mix tilted toward term deposits,” said a senior private sector banker. Echoing the same, Suresh Shukla, chief business officer atSBI Securities, said, “Retail and affluent customers are no longer leaving lazy money in savings accounts, they are actively chasing higher-yielding alternatives.” Falling CASA is also due to the acceleration of real financialisation of savings, believes Priyashis Das, CEO of Northern ARC Securities. “Investors who once relied almost entirely on FDs and bank deposits are now moving toward a mix of equity, mutual funds, and bonds.” He explained that the credit-to-deposit ratio, hovering around 80%, is a telling sign that deposits are not growing as they once did, and that savers are becoming more deliberate about how they invest. Behaviourally, too, customers are keeping only transactional balances in savings accounts because digital options and sweep facilities make it easy to optimise yields. “They (consumers) are exploring alternatives like bonds that offer better visibility and higher yields without stepping outside the fixed-income comfort zone,” Das added. Public sector banks have generally maintained higher CASA ratios than private peers, though both categories saw compression. Bank of Maharashtra led the system with a CASA ratio of 50.35%. IDFC First Bank surged to 50%, up from 48% last quarter, thanks to aggressive retail acquisition and higher savings rates. “IDFC’s upward revision of savings rates acted as a catalyst, reinforcing its competitive positioning and enabling it to attract and retain customers more effectively,” said an analyst. Among others, the Central Bank of India held strong at 46.83%, whileIDBI Bankand J&amp;K Bank remained above 45%. Kotak Mahindra Bank posted 42.3%, though down from earlier highs of 49%, while Axis Bank and ICICI Bank hovered around 40%. In contrast, HDFC Bank slipped to 34%, far below its pre-COVID peak of 42.5%, YES Bank remained weak at 33.7%, and Bandhan Bank fell sharply to 28%, down from 38.5% just six quarters ago. Smaller players like DCB Bank at 23.5% and Tamil Nadu Mercantile Bank at 27.3% continued to struggle. Experts believe the worst of CASA compression is behind us. With term deposit rates correcting over the last two quarters, incremental CASA growth has picked up. Recovery, however, will be slow because competition for granular liabilities remains intense. “The structural reality is that the CASA peaks are very difficult to reclaim,” says Shukla, but he feels banks are focusing on innovation—PSBs with MSME-focused products, private banks with digital-led acquisition being some of the liability strategies. As a senior private sector banker said, “The challenge is clear, innovate, recalibrate, and build a sustainable liability franchise in a world where savers are smarter than ever.”</t>
+          <t>The green shoots of growth in credit against lagging deposit growth calls for more proactive liquidity management, according to a report fromState Bank of India’sresearch department. The report highlighted the rising gap between credit growth and deposit growth of the banking system.Credit growthwas 11.3% for the fortnight ended October 31, while deposit growth was at 9.7%. The credit growth picked up during the festive season, though it was lagging in the first quarter. The report also noted higher yield on government bond despite 100-bps rate cut. Considering the g-sec supply worth Rs 1 lakh crore each month till February 2026 and larger state bond issuances, yields will move in range, the report said. With the cancellation of auction of seven-year government bonds earlier this month, the RBI clearly indicates that it is not comfortable with higher yields. The report further stated that the RBI has changed its intervention strategy by relying more on the non-deliverable forward (NDF) markets rather than the spot market to manage volatility as it would not impact the liquidity. It said that the RBI’s recent secondary market open market operation (OMO) may be a tactical move to offset the durable liquidity drain caused by its foreign exchange interventions. The SBI report emphasised on the role of communication in effectiveness ofmonetary policy.“The central bank could continue to navigate through the chequered road much successfully if its communication continues to create an unwavering culture of openness, consistency and confidence in sync with its jurisprudence and formidable actions that have ensured Indian markets grow sans volatility.”</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>November sees marginal fall in UPI transactions</t>
+          <t>ECB a game changer in acquisition financing</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Immediate Payment Service (IMPS) volumes declined to 369 million from 404 million in October. On a yearly basis, the volume decreased by 10%. The transaction value stood at Rs 6.15 lakh crore, compared to Rs 6.42 lakh crore in October.</t>
+          <t>With ECBs now also permitted for refinancing and real estate-linked acquisitions, Indian banks are well-positioned to structure hybrid deals that blend domestic and offshore capital.</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2025-12-01T18:41:31+05:30</t>
+          <t>2025-11-16T19:04:05+05:30</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-november-sees-marginal-fall-in-upi-transactions-4061984/</t>
+          <t>https://www.financialexpress.com/business/banking-finance/ecb-a-game-changer-in-acquisition-financing/4046377/</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>TheUnified Payments Interface (UPI)system recorded transaction volume of 20.47 billion in November, a marginal decline from 20.70 billion in October, according to data from theNational Payment Corporation of India (NPCI). Transactions were valued at Rs 26.32 lakh crore in November, compared with Rs 27.28 lakh crore the previous month. The transaction volume posted a 32% year-on-year (Y-o-Y) growth in the month under review. October posted record-high numbers, driven by the festive season. The average daily transaction count increased to 682 million in November from 668 million in October, while the transaction amount dropped to Rs 87,721 crore from Rs 87,993 crore in October. “Even after October’s record highs, activity in November remained steady, which shows the level of trust and reliability people now associate with UPI,” Anup Agarwal, co-founder, Kiwi, said in a note. “Credit on UPI is emerging as an important part of this journey, giving users the flexibility to manage expenses, maintain cash flow and build a stronger credit footprint while continuing to pay through a familiar interface,” he added. FASTag transaction volume rose to 369 million valued at Rs 7,046 crore in November, from 361 million transactions worth Rs 6,686 crore in October. Immediate Payment Service (IMPS) volumes declined to 369 million from 404 million in October. On a yearly basis, the volume decreased by 10%. The transaction value stood at Rs 6.15 lakh crore, compared to Rs 6.42 lakh crore in October. Similarly, transaction volume of the Aadhaar Enabled Payment System (AePS) dipped to 108 million from 112 million in the previous month. In value terms, transactions fell to Rs 28,428 crore compared to Rs 30,509 crore in October.</t>
+          <t>TheReserve Bank of India’s (RBI)proposed guidelines to revamp the external commercial borrowings (ECB) framework is likely to become a game changer in acquisition financing, believe bankers and analysts. However, banks added that further relaxation, in terms of an increase inacquisitionfinancing limit from the proposed 10% of their Tier-1 capital to anywhere between 20%-40%, will help in funding bigger deals. “We are urging the RBI to reconsider the 10% cap, proposing a more flexible threshold of up to 40% of the bank’s net worth to accommodate larger transactions,” said a senior banker from a state-run bank. November 30 is the last date to submit suggestions on the proposed guidelines. The proposed liberalisation of ECB guidelines enables the instrument to be used for potential Mergers and Acquisitions (M&amp;As), allowing funding for both listed / unlisted share purchases, not just business transfers, with fewer restrictions. “Raising this limit is not just a matter of competitiveness, it’s a strategic imperative taking into consideration the risk factors associated with this line of credit,” said Pratish Kumar, Partner at JSA. He added that Indian banks, especially those with overseas subsidiaries and IFSC branches, are now empowered under the draft ECB norms to extend rupee or foreign currency-denominated ECBs. “This means they can directly participate in acquisition financing deals without being constrained by jurisdictional compliance hurdles. A higher cap would allow these offshore arms to deploy capital more meaningfully, supporting Indian borrowers in cross-border M&amp;A and private credit transactions,” he added. Agreeing with Kumar, a senior partner from the domestic law firm, said, “The limit of 10% will be applicable for both onshore loans and ECB loans for Indian banks. This makes it more important that the 10% limit can be reconsidered in light of large M&amp;A deals.” However, he highlighted a grey area, stating that it is not clear that the restrictions applicable to Indian banks under the acquisition finance guidelines (like only a listed company can participate, the 10% net worth cap and debt to equity ratio) will also apply to foreign branches of Indian banks. As a matter of practice, foreign branches of Indianbanksgenerally follow all applicable guidelines. In such a case, this will not be a level playing field between Indian banks and foreign banks, with the latter having an edge in funding where the Indian banks may not be able to do.”  He believes that if there is clarity that the restrictions of acquisition guidelines (including the 10% limit) applicable to Indian banks will not apply to ECB loans, then this could make ECB a more attractive option for large deals. If the limit does not apply to Indian banks, ECBs could become the preferred route for high-value acquisitions, especially where exposure limits constrain domestic banks. This regulatory arbitrage could shift deal structuring offshore, even as the RBI aims to deepen domestic financial participation. In this context, the RBI’s proposed cap of 10% of Tier 1 capital for acquisition financing by Indian banks may be too conservative, according to experts. India Inc’s M&amp;A activity in H12025 reached $50.5 billion, according to EY. As per the current prescribed limit, Indian banks will have less than $30 billion (Rs 2.5 lakh crore) available for acquisition financing; therefore, there is demand from banks to increase the limit by 10%. However, Karthik Srinivasan, Group Head Financial Sector Ratings at ICRA, feels, “The current available limit is a good starting point, and we do not see the regulator changing the prescribed limits.” Meanwhile, with ECBs now also permitted for refinancing and real estate-linked acquisitions, Indian banks are well-positioned to structure hybrid deals that blend domestic and offshore capital. Increasing the acquisition finance limit would enable them to support strategic consolidation, distressed asset takeovers, and sponsor-backed buyouts more effectively, areas where private credit and global lenders are already gaining ground. “The ECB reforms are not just a liberalisation; they are a strategic opening. Indian banks are trying to seize this moment by advocating for a higher acquisition finance cap, leveraging their global footprint to remain relevant in India’s evolving credit ecosystem,” said Kumar. As Srinivasan puts it, “While it opens up another channel for domestic banks, ultimately, the competitive edge will lie with those who can offer finer rates.”</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Bank CASA remains at record lows</t>
+          <t>‘Gold loan segment has enough space for everyone to grow’, says George Alexander Muthoot</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>The CASA compression seen across the system in the last 8–10 quarters has been broad-based, mainly driven by the rate cycle.</t>
+          <t>MD George Alexander Muthoot tells Narayanan V about the reasons behind the strong demand for gold loans, the lender's ₹35,000-crore fundraising plans, and how competition is shaping the gold loan market. Excerpts:</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2025-12-01T17:01:01+05:30</t>
+          <t>2025-11-15T14:37:07+05:30</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-bank-casa-remains-at-record-lows-4061814/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-gold-loan-segment-has-enough-space-for-everyone-to-grow-says-george-alexander-muthoot-4045369/</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>The combined CASA position across bothPSUand private sectorbanksin Q2 FY26 remained compressed compared to historic peaks. The 29 PSU and private sector banks combined recorded an averageCASAof 36.38% in Q2 FY26, down 115 basis points (bps) from 37.53% a year back in the second quarter of FY25 and 250 bps from 38.89% in the second quarter of FY24. However, compared to the last quarter (first quarter FY26), there has been a 23 bps improvement from 36.15%. The CASA compression seen across the system in the last 8–10 quarters has been broad-based, mainly driven by the rate cycle. During the up-rate phase, banks offered over 8% on term deposits while savings rates stayed around 2.5–3%. Households and corporates naturally shifted balances into fixed deposits, while surplus liquidity also moved into equity markets and mutual funds. “The high-cost deposits mobilised in FY23 and FY24 during the tight liquidity period are still rolling off, keeping the funding mix tilted toward term deposits,” said a senior private sector banker. Echoing the same, Suresh Shukla, Chief Business Officer at SBI Securities, said, “Retail and affluent customers are no longer leaving lazy money in savings accounts, they are actively chasing higher-yielding alternatives.” Falling CASA is also due to the acceleration of real financialisation of savings, believes Priyashis Das, CEO of Northern ARC Securities. “Investors who once relied almost entirely on FDs and bank deposits are now moving toward a mix of equity, mutual funds, and bonds.” He explained that the credit-to-deposit ratio hovering around 80% is a telling sign that deposits are not growing the way they once did, and savers are becoming more deliberate about how they invest. Behaviourally, too, customers are keeping only transactional balances in savings accounts because digital options and sweep facilities make it easy to optimise yields. “They (consumers) are exploring alternatives like bonds that offer better visibility and higher yields without stepping outside the fixed-income comfort zone,” Das added. Public sector banks have generally maintained higher CASA ratios than private peers, though both categories saw compression. Bank of Maharashtra led the system with a CASA ratio of 50.35%. IDFC First Bank surged to 50%, up from 48% last quarter, thanks to aggressive retail acquisition and higher savings rates. “IDFC’s upward revision of savings rates acted as a catalyst, reinforcing its competitive positioning and enabling it to attract and retain customers more effectively,” said an analyst. Among others, the Central Bank of India held strong at 46.83%, while IDBI Bank and J&amp;K Bank remained above 45%. Kotak Mahindra Bank posted 42.3%, though down from earlier highs of 49%, while Axis Bank and ICICI Bank hovered around 40%. In contrast, HDFC Bank slipped to 34%, far below its pre-COVID peak of 42.5%, YES Bank remained weak at 33.7%, and Bandhan Bank fell sharply to 28%, down from 38.5% just six quarters ago. Smaller players like DCB Bank at 23.5% and Tamil Nadu Mercantile Bank at 27.3% continued to struggle. However, experts believe the worst of CASA compression is behind us. With term deposit rates correcting over the last two quarters, incremental CASA growth has picked up. Karthik Srinivasan, Head of Financial Sector Ratings at ICRA, said, “Incremental growth in CASA deposits has increased in the last two quarters as the gap between savings rates and term deposit rates has narrowed. CASA remix of banks will stabilise at current levels with an upward bias.” Recovery, however, will be slow because competition for granular liabilities remains intense. “The structural reality is that the CASA peaks are very difficult to reclaim,” says Shukla, but he feels banks are focusing on innovation—PSBs with MSME-focused products, private banks with digital-led acquisition being some of the liability strategies. As a senior private sector banker said, “The challenge is clear, innovate, recalibrate, and build a sustainable liability franchise in a world where savers are smarter than ever.”</t>
+          <t>Muthoot Financedoubled its annual gold loan growth guidance to 30–35% after a strong second quarter that saw gold loan AUM jump 45% year-on-year to a record ₹1.25 lakh crore.MDGeorge Alexander MuthoottellsNarayanan Vabout the reasons behind the strong demand for gold loans, the lender’s ₹35,000-crore fundraising plans, and how competition is shaping the gold loan market.Excerpts: Our gold loan AUM grew by 38% last year. In the first half of FY26 alone, our gold loan portfolio increased by 21%, or ₹23,657 crore. So the earlier growth estimate of 15% looked awkward. We had also said we would revise our guidance after Q2. Accordingly, we have upgraded our FY26 gold loan growth guidance from 15% to 30–35%. We see good demand for gold loans in both rural and urban markets going forward. Favourable regulatory changes by the RBI for the gold loan sector, higher gold prices, and tighter norms for unsecured credit are expected to support demand. Microfinance entities are still not disbursing loans, and banks are becoming conservative in unsecured personal loans. So overall money availability is an issue across rural and urban markets, and people are now looking at secured avenues to get loans. Banks and NBFCs are focussing big time on gold loans. How do you see the competition intensity? Competition from banks andNBFCshas been there for several years, so there’s nothing new. We try to give the best to the customer, and that’s why we have been able to grow our portfolio side by side. In 2011–12, there was a rush from all NBFCs and non-NBFCs wanting to enter the gold loan segment, but after a year or two most of them lost interest. Even otherwise, the market is very huge. Public and private sector banks together hold about ₹30 lakh crore of gold loans, while all NBFCs together hold only ₹3 lakh crore. People who were earlier reluctant—or maybe shy—to take a gold loan are not like that now. It is not just poor or very poor people accessing loans. Even the well-to-do are taking gold loans now. So, the market is expanding in a big way. There is no need for Muthoot to take a customer from a bank, or for a bank to take a Muthoot customer. Our board of directors has approved incremental fundraising of up to ₹35,000 crore through issuance of non-convertible debentures (NCDs) via private placement in multiple tranches from time to time. We are talking about strong growth in disbursements and loan growth, so working capital is our raw material. We need funding to support the kind of disbursements that we have planned. This is just an enabling permission. As and when we require, we will take it, so we don’t have to go to the board every time. It will probably be exhausted in six months or one year. What is the roadmap for your subsidiary Belstar Microfinance? Belstar has reduced its net loss to ₹32 crore from ₹128 crore in the previous quarter. The MFI loan AUM dropped to ₹7,771 crore from ₹9,625 crore a year earlier due to stress in the segment. But the microfinance sector is showing renewed resilience following the implementation of regulatory guardrails and improved underwriting, which augurs well for future performance. The RBI recently allowed microfinance companies to have a 40% non-microfinance loan portfolio. So, we have added 23 gold loan branches in H1 FY26 to diversify the loan product portfolio. We plan to open 150 branches this year for gold loans exclusively under Belstar. You are infusing another ₹500 crore into Muthoot Money. Muthoot Money was actually started as a vehicle finance company before Covid. We faced a lot of problems financing used cars and commercial vehicles, so we gradually stopped that business. At that time, we had a ₹600-crore portfolio. Since we had already invested capital, we thought about how to recover that back. About two years ago, we started small-ticket gold loans, and that business has now grown rapidly. Muthoot Money already has a ₹6,000-crore portfolio. The business is doing very well, and by the end of this year I think it will reach a ₹9,000-crore business.</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Agri credit to rise by 13% to Rs 32.5 lakh crore in FY26</t>
+          <t>RBI resumes bond buy after 6 months, yield softens</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Agricultural credit in India is projected to exceed a record ₹32.5 lakh crore in FY26, primarily extended by commercial and regional rural banks.</t>
+          <t>The Reserve Bank of India (RBI) net bought Rs 12,470 crore worth of Government Securities (G-Secs) in the week ended November 7</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2025-11-30T18:34:05+05:30</t>
+          <t>2025-11-15T15:00:54+05:30</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance/agri-credit-to-rise-by-13-to-rs-32-5-lakh-crore-in-fy26/4060918/</t>
+          <t>https://www.financialexpress.com/business/banking-finance/rbi-resumes-bond-buy-after-6-months-yield-softens/4044907/</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>Credit to the agriculture sector from commercialbanksand regional rural banks is set to exceed a record Rs 32.5 lakh crore in FY26, driven by greater formalisation of rural lending and rising credit demand, according to Nabard. Banks disbursed Rs 14.51 lakh crore in farm loans in the first half of FY26. Financial institutions are expected to meet the agriculturecredittarget of Rs 32.5 lakh crore for 2025–26, the agency said. In FY25, commercial banks, cooperatives and regional rural banks together extended Rs 28.69 lakh crore, with about 60% going to short-term crop loans and the rest to investment credit for agriculture and allied sectors. Despite a decade of double-digit growth, credit distribution remains uneven. Southern states accounted for 48% of the more than Rs 28 lakh crore in agricultural loans disbursed in FY25, even though Andhra Pradesh, Telangana, Karnataka, Kerala and Tamil Nadu together hold only about 17% of the country’s gross cropped area. According to an analysis by Nabard, the regional disparity in credit flow can be attributed to factors including weak rural financial institutional infrastructure and lower credit absorption due to low level financial literacy across states. Nabard, which refinances banks based on their on-ground lending, is sharpening its focus on productivity improvements and agri–value-chain financing. To narrow regional gaps, it plans to leverage existing frameworks such as the SHG–Bank Linkage Programme, Joint Liability Groups, micro-enterprise and livelihood development programmes, skill initiatives and farmer-producer organisations. In FY25, about 55% of total agricultural credit went to short-term crop loans, including Rs 6.5–Rs 7 lakg crore disbursed through Kisan Credit Cards (KCC). Commercial banks typically account for more than 75% of total agriculturallending, with cooperatives and regional rural banks covering the remainder. Under the agriculture ministry’s Modified Interest Subvention Scheme (MISS), KCC holders can access loans of up to Rs 3 lakh at 7% interest for working-capital needs, with an additional 3% subvention for prompt repayment, bringing the effective rate to 4%. At present, 77.1 million KCCs are active, including 1.24 lakh for fisheries and 44.4 lakh for animal husbandry. For allied activities other than crop husbandry, the short-term loan limit is capped at Rs 2 lakh. Disbursements under the scheme totalled Rs 17,811 crore in FY25. To address regional credit gaps, Nabard prepared 782 district-level Potential Linked Credit Plans in FY25. It continues to anchor annual district-wise PLPs to guide institutional credit toward priority sectors, including crop loans and term finance for agriculture and allied activities.</t>
+          <t>TheReserve Bank of India (RBI)has resumed purchase of government bonds after a gap of six months, as it infuses liquidity into thebankingsystem via the secondary market, according tocentral bankdata released on Friday. The RBI net bought bonds worth Rs 12,470 crore for the week ended November 7, and was on the bidding side for three of the four sessions for which data were published. The intervention has brought some relief among market participants. Speculation was rife last week that the RBI might have bought bonds, as there was a noticeable rise in purchases from the ‘others’ category. According to data from Clearing Corporation of India, the ‘others’ category, which includes the RBI, net bought Rs 20,547 crore in the previous week. In this week, ‘others’ category purchased bonds worth Rs 13,022 crore. The yield on the 10-year paper ended 6.49% on Friday. Yields have softened following the RBI intervention. Prior to that, concerns over demand were pushing up bond yields, which saw the RBI cancelling auction of a seven-year paper on October 31. “RBI’s recent intervention in the secondary market clearly suggests that the central bank is not comfortable with the current elevated yield levels relative to prevailing monetary conditions. The rejection of one of the securities in the October 31 auction further reinforces the regulator’s discomfort with the yield trajectory. These actions also point to an intent to bolster durable liquidity,” said VRC Reddy, head of treasury, Karur Vysya Bank. “The purchases are on expected lines, as the earlier elevated figures in the ‘others’ category were driven by a single underlying factor,” Reddy said. Market participants expect the RBI to continue such intervention in the third quarter as well, with the demand-supply dynamics still remaining weak. They further expect open market operations (OMOs) worth Rs 1.5-2 lakh crore in the fourth quarter, as the last tranche of cash reserve ratio cut be will come into effect in December. “There appears to be adequate room for the RBI to commence OMO purchases from December. If not then, January seems highly probable. The upcoming MPC meeting will provide greater clarity on the timing and scale of such operations,” said Reddy.</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>RBI rolls out simpler rules, makes compliance easier</t>
+          <t>RBI resumes bond purchases after six months, infuses Rs 12,470 crore liquidity into markets</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>9,445 circulars give way to 244 master directions</t>
+          <t>RBI has restarted bond purchases, buying Rs 124.7 billion worth of securities to boost liquidity. Market participants expect the central bank to continue buying and possibly launch OMO auctions from December.</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2025-11-29T00:50:38+05:30</t>
+          <t>2025-11-14T18:29:45+05:30</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance/rbi-rolls-out-simpler-rules-makes-compliance-easier/4059744/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-rbi-resumes-bond-purchases-after-six-months-infuses-rs-124-7-billion-liquidity-into-markets-4044473/</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>TheReserve Bank of India (RBI)on Friday issued 244 consolidated master directions as part of its initiative to enhance clarity, accessibility and compliance efficiency for the country’s diverse financial institutions. Over the past five-to-six months, the RBI undertook a comprehensive exercise to reorganise decades of regulatory instructions. A list of 9,445 circulars and guidelines–some dating back to the 1940s–have now been repealed, withdrawn and merged into a unified set of directions. The consolidation ensures that regulated entities no longer need to navigate overlapping or outdated instructions, significantly reducing the compliance burden. The new framework covers 11 categories of regulated entities, including commercial banks, small finance banks, payments banks, local area banks, regional rural banks, urban cooperativebanks, rural cooperative banks, all-India financial institutions, non-banking financial companies (NBFCs), asset reconstruction companies and credit information companies. “Consolidation is part of a broader effort to adopt a more consultative and transparent approach to regulation-making. The issuance of the master directions is a milestone in this journey, reinforcing the regulator’s commitment to fostering ease of doing business. Our primary objective was to enhance the ease of compliance for all stakeholders,” RBI Deputy Governor Shirish Chandra Murmu said. The need for consolidation of regulatory instructions was always there and requests kept coming from time to time, Murmu said. “By consolidating decades of instructions into clear master directions, we are ensuring that compliance is no longer a burden but a transparent, streamlined process that strengthens trust and accountability across the financial system,” he added. For instance, RBI has repealed pre-Independence circulars dated April 22, 1944, on advances given on government securities while reviewing and tracing provisions that remained relevant. “It was a very tedious but significant one-time exercise, carried out by cross-functional teams and over 37 officers initially, and later vetted rigorously across departments,” said Murmu. On August 3, the central bank had set up a 30-member regulatory review cell to streamline existing rules and remove outdated regulations. Among the key features of the new master directions is the consolidation of governance-related responsibilities into a single section, making it easier for boards to understand their obligations. Advisory elements have been integrated directly into the main text, with clear language distinguishing recommendations from mandatory requirements. FAQs have been rationalised, with regulatory clarifications and illustrative examples incorporated into the main body of the directions, rather than scattered across annexures, creating a continuous flow of information ensuring that institutions can access all relevant information in one place. Reflecting the evolving technological landscape, RBI also issued a new master direction on digital banking channel authorisation, which has been added to the consolidated framework. This inclusion underscores the regulator’s commitment to keeping pace with innovation while safeguarding financial stability. RBI had received over 770 comments from stakeholders on the draft master directions dated October 10, 2025.</t>
+          <t>TheReserve Bank of Indiaresumed the purchase of governmentbondsafter a six-month gap, as it infused liquidity into the banking system via the secondary market, says a Reuters report. The RBI net bought bonds worth Rs 12,470 crore ($1.41 billion) in the week ending November 7, and was on the bidding side for three of the four sessions for which data was published, Reuters reports, quoting RBI data. The settlement of such screen-based purchases occurs a day after the trade. Market participants had speculated on the RBI’s presence after data showed an investment category that includes the central bank buying a net 205 billion rupees of bonds last week. Concerns over demand were also pushing up bond yields, prompting the RBI to cancel the auction of a seven-year paper on October 31. The 10-year benchmark yield fell 2 basis points to 6.51%. “The purchases are on expected lines, as the earlier elevated figures in the ‘others’ category were driven by a single underlying factor,” said VRC Reddy, treasury head at Karur Vysya Bank. “Such buying is likely to continue, followed by possible Open Market Operation (OMO) auctions from December or January.” The RBI typically sells or buys bonds to adjust banking liquidity and rates to align them with its monetary policy. However, these operations also impact yields. In January, the central bank had bought bonds worth over Rs 388 billion through screen-based operations before embarking on an aggressive cycle of open market purchases. They had net bought bonds worth Rs 4.84 trillion from the end of January to mid-May via OMO auctions. Some traders also speculate that the purchases would be for replacement demand, as the RBI had a hefty stock of 5.15% 2025 bond that matured on November 7. “That is why the numbers have started dropping from the second half of this week as the replacement demand would have been completed,” a senior treasury official said. TheRupeeclosed at 88.7425 per US dollar, down about 0.1% on both the day and week.</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>Funding squeeze pushes 5 million out of formal finance: MFIN</t>
+          <t>Kotak Mahindra Bank considers share split, board to meet on November 21</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>A continued funding squeeze and cautious lending led to 50 lakh micro-borrowers exiting formal finance, despite improved short-term portfolio quality metrics.</t>
+          <t>Kotak Mahindra Bank will evaluate a stock split on November 21. Its shares have a face value of Rs 5, last split in 2010. Record date will be announced later.</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2025-11-28T22:23:13+05:30</t>
+          <t>2025-11-14T17:38:20+05:30</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance/funding-squeeze-pushes-5-million-out-of-formal-finance-mfin/4059630/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-kotak-mahindra-bank-to-consider-share-split-board-to-meet-on-november-21-4044365/</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>More than five million micro borrowers have been pushed out of formal finance as a continued funding squeeze in themicrofinancesector has led to a sixth straight quarterly contraction in the portfolio, according to the 55th edition of Micrometer. The sector’s overall portfolio shrank 16.8% year-on-year to ₹3.40 lakh crore as of September 2025, down from ₹4.08 lakh crore a year earlier, the latest report from the Microfinance Institutions Network (MFIN), theindustry’sself-regulatory body, showed. “Continued funding squeeze has resulted in the sixth consecutive quarterly fall in microfinance portfolio to ₹3.39 lakh crore. This has resulted in nearly 50 lakh clients going out of formal finance,” Alok Misra, CEO and director, MFIN, said. Microfinance loan disbursals declined 12% year-on-year to ₹59,974 crore in Q2 as lenders adopted a cautious stance and implemented MFIN guardrails, which limit the number of lenders per borrower and cap exposure to prevent overleveraging. As a result, loan accounts dropped to 117 million from 146 million a year earlier. Sequentially, however, disbursals were higher than ₹56,677 crore in Q1. The average loan size rose to a multi-quarter high of ₹60,853, indicating lenders’ preference for higher-quality borrowers over volumes. NBFC-MFIs continued to dominate the industry’s ₹3.39 lakh-crore gross loan portfolio with a 39.2% share, followed by banks (31.4%), small finance banks (17%), andNBFCs(12%). All these lender categories witnessed portfolios shrinking in the range of 9-19% However, portfolio quality trends improved in most buckets. PAR 31–60 days eased to 0.9% from 1.1% in June 2025, while PAR 61–90 days improved to 1% from 1.4%. However, stress deepened in the long tail, with PAR 180+ rising to 16.2%, compared to 13.6% in Q1 and 8.5% a year earlier. NBFC-MFIs, which rely heavily on bank funding, saw their outstanding borrowings fall 14% year-on-year to ₹95,724 crore as of September. Banks accounted for 62.5% of total borrowings, followed by external commercial borrowings (12.8%), non-bank entities (11.3%), AIFIs (7.2%), and others (6.2%). Misra said the funding crunch is “ironical” given that PAR 31–90 days has improved to 1.09% and 98% of clients are within the MFIN guardrails showcasing disciplined underwriting in the sector. “One thing the sector needs now is to ensure that financial inclusion gains built over decades do not wither away…”</t>
+          <t>Kotak Mahindra Bankis considering a split of its equity shares. In an exchange filing, thebankstated that the board of directors is meeting on November 21 to consider the proposal. The bank’s equity shares currently have a face value of Rs 5 each. The company had earlier carried out a stock split and issued bonus shares to its shareholders. The bank said the record date for the share split is yet to be determined. Earlier in 2010, Kotak Mahindra Bank carried out a share split, reducing the face value of equity shares from Rs 10 to Rs 5. In 2015, the bank also issued bonus shares in a 1:1 ratio. A share split is a corporate procedure where the company issue new shares to increase the number of shares held by the shareholders. The action does not affect the total value of the shares held by the shareholders. The share split increases the trading liquidity of the stocks, making more shares available and affordable to trade.</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>Crisil, AMFI designing market-making framework for sub-AAA bonds</t>
+          <t>Nagaraju urges MFIs to keep interest rates reasonable</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Crisil and AMFI, at the behest of the DEA, are drafting a proposal to establish a market-making framework for AA to BBB-rated corporate bonds.</t>
+          <t>Emphasising the critical role of MFIs, Nagaraju highlighted their importance in advancing financial inclusion and women’s empowerment through doorstep credit delivery. He urged the sector to innovate in reaching underserved populations.</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2025-11-28T18:41:58+05:30</t>
+          <t>2025-11-13T20:39:39+05:30</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance/crisil-amfi-designing-market-making-framework-for-sub-aaa-bonds/4059408/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-nagaraju-urges-mfis-to-keep-interest-rates-reasonablenbsp-4042329/</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Rating agencyCrisiland the Association ofMutual Fundsin India (AMFI) are working on a detailed proposal to establish a market-making framework for corporate bonds rated in the AA to BBB categories. The move comes as the Department of Economic Affairs (DEA) under the Ministry ofFinancehas initiated consultations on designing such a mechanism. The DEA is said to be exploring two broad models: one involving a government-backed organisation acting as a market maker to provide continuous buy and sell quotes, and another allowing private entities with sufficient capital and net worth to take on the role, potentially supported by government backstop facilities to mitigate risk. Aimed at deepening India’s debt markets, the initiative is expected to cover spread management, inventory handling, and regulatory safeguards. The goal is to create a transparent ecosystem where both institutional and retail investors can transact in sub-AAA bonds with greater ease and confidence. Emails sent to both Crisil and AMFI went unanswered. A banker familiar with the discussions said, “The DEA’s initiative is a crucial step toward broadening India’s debt markets and aligning them with the needs of a rapidly evolvingeconomy. For investors, it will offer the comfort of tradability, while for issuers, it opens new avenues of funding. Easy access to debt financing will not only strengthen MSMEs but also support sectors such as NBFCs, housing finance companies, and startups, which are vital for India’s economic resilience.” Currently, 66-67% of paper traded in the bond market is AAA-rated, while 33-34% is AA-rated, leaving hardly any trading for high-yielding papers. This skew has contributed to low trading volumes and limited liquidity in the secondary market. “Liquidity in sub-AAA bonds remains thin, leaving investors with limited exit options and discouraging participation despite the demand for higher yields,” said a CEO of a domestic SEBI registered OBPP (online bond platform provider), who believes many MSMEs and mid-tier companies do not enjoy AAA ratings, which limits their ability to raise funds through the bond market. By creating a liquid and transparent market for AA and BBB bonds, the government hopes to channel capital more efficiently to these enterprises.” He added that the framework would also provide investors with greater confidence in trading lower-rated securities. A more active sub-AAA market gives investors smoother entry and exits and benefits from better rate transmission. Industry experts believe that if implemented, the market-making mechanism could transform India’s corporate bond landscape, bringing standardisation, transparency, and liquidity to a segment long considered opaque and illiquid.</t>
+          <t>Financial Services Secretary M Nagarajuon Thursday called on microfinance institutions (MFIs) to maintain interest rates at reasonable levelsto promote financial inclusion. Speaking at an event organised by Sa-Dhan, theRBI-appointed self-regulatory organisation for MFIs, Nagaraju said: “I have come across some very uncomfortable interest rates charged by some MFIs. It is actually because of inefficiencies in an MFI.” He attributed high or unreasonable interest rates to failures in achieving cost efficiency and productivity, and called on MFIs to prioritise operational improvements that would enable lower borrowing costs for customers. Nagaraju warned that borrowers in acute need often take loans at high interest rates but may struggle to repay them, potentially increasing stressed assets in the system. Emphasising the critical role of MFIs, Nagaraju highlighted their importance in advancing financial inclusion and women’s empowerment through doorstep credit delivery. He urged the sector to innovate in reaching underserved populations.“We still have 30–35 crore youth who need to be brought into financial inclusion. Despite a large number of government schemes, we still have a huge segment of population which is outside financial inclusion. That’s one area MFIs have to focus on,” he said. At the same event,NABARDChairman Shaji KV said that the stress in the MFI sector is easing, though continued vigilance is necessary. Shaji also highlighted NABARD’s efforts to digitise the Self-Help Group (SHG) ecosystem and develop a Grameen Credit Score. “We are running pilots with smaller MFIs serving the extremely poor,” he added. The Union Budget 2025–26 announced the creation of the Grameen Credit Score—an assessment framework to be developed by public-sector banks for evaluating the creditworthiness of SHG members and rural borrowers. Current credit scoring models used by Credit Information Companies (CICs) are generic and do not account for rural-specific factors. A tailored Grameen Credit Score will enable better risk assessment, improve access to formal credit for SHGs, farmers, and marginalised rural communities, and support their economic growth. The government is finalising the framework in consultation with stakeholders.</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>RBI slaps Rs 91 lakh penalty on HDFC Bank for regulatory lapses</t>
+          <t>‘Ambition is to be among top 15 AMCs in India,’ Carl Roothman CEO Sanlam Investment Group</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>RBI has fined HDFC Bank Rs 91 lakh for KYC violations, outsourcing lapses and BR Act breaches after supervisory findings confirmed multiple compliance deficiencies.</t>
+          <t>"Our focus is on emerging markets. South Africa, the rest of Africa and India are the three growth areas for us. The 20-year partnership that we have had with Shriram has actually been very successful," he told FE.</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2025-11-28T18:38:31+05:30</t>
+          <t>2025-11-13T17:20:50+05:30</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-rbi-slaps-rs-91-lakh-penalty-on-hdfc-bank-for-regulatory-lapses-4059407/</t>
+          <t>https://www.financialexpress.com/business/industry-ambition-is-to-be-among-top-15-amcs-in-india-carl-roothman-ceo-sanlam-investment-group-4042049/</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>The Reserve Bank of Indiahas imposed a penalty of Rs 91 lakh onHDFC Bankfor violating certain provisions of the Banking Regulation Act. The central bank stated that the penalty is imposed on private sector lenders for deficiencies in statutory and regulatory compliance, including those related to Know Your Customer (KYC) requirements. The issue pertains to contravention of certain provisions of the Banking Regulation (BR) Act and non-compliance with certain directions on ‘Interest Rate on Advances’, ‘Guidelines on Managing Risks and Code of Conduct in Outsourcing of Financial Services by banks’ and KYC. RBI said a Statutory Inspection for Supervisory Evaluation of the bank was conducted with reference to its financial position as on March 31, 2024. Based on supervisory findings of non-compliance with the provisions of the BR Act, RBI directions and related correspondence in that regard, RBI issued a notice to the bank. After considering the bank’s reply to the notice and additional submissions made by it, RBI said the charges against the bank were sustained, warranting the imposition of a monetary penalty. RBI said HDFC Bank had adopted multiple benchmarks within the sameloancategory, and it had outsourced the function of determining compliance with KYC norms of certain customers to its outsourcing agents. Also, a wholly-owned subsidiary of the bank undertook business which is not a permissible business that can be undertaken by a banking company under Section 6 of the BR Act, the RBI said. The central bank, however, said the penalty is based on deficiencies in statutory and regulatory compliance and is not intended to pronounce upon the validity of any transaction or agreement entered into by the bank with its customers.</t>
+          <t>Sanlam Investment Group Chief Executive Carl Roothman sees an opportunity to increase the group’s shareholding in Shriram’s asset and wealth management businesses. India is one of the three key markets for the company, he tells Ananya Grover and Mahesh Nayak in an interview. Excerpts: What are your plans with Shriram? Our focus is on emerging markets.South Africa, the rest of Africa and India are the three growth areas for us. The 20-year partnership that we have had with Shriram has actually been very successful. Today, there is an opportunity with Shriram to increase our shareholding in the asset management and wealth management business. Shriram had ambitions to deepen the penetration of financial services in the asset management and wealth management sides. Our strength is that we understand wealth management and emerging markets very well. We can use the brand and distribution of Shriram and bring our expertise – how we look at portfolio construction, our research capabilities and the investment strengths to make them successful. Our ambition is to be among the top 15-20 asset management companies in India. What is the road map to achieve this ambition? We are number one or two in active management, indexation, wealth management and alternative asset management in South African countries where we operate. Sanlam is number one in insurance. We definitely would want to become one of the major players in India as getting flows becomes easier then. In every country, top 15-20 players account for roughly 60-70% of the market. The initial plan is to get to roughly $3 billion as a first kind of target. We we need to make sure that products make sense. We should also have the right investment team that performs on the ground, so that you can go to distributors and tell them a very good story. I think it will take another six months to stabilise the investment process. Then, hopefully, through that distribution, we’ll start growing. We expect to reach $3 billion within four-five years and then grow from there. We are bringing in experienced executives with proven track records. We have just hired a portfolio manager from BlackRock. What are the global trends you are witnessing in the industry? Globally, three-four distinct trends are being witnessed. The first one is customisation – you don’t just build products anymore, but also solutions for clients, and that’s what we’ve done quite successfully. The second one is that there has been a shift from active to passive andETFsbecause there’s more liquidity. Clients seek transparency. We are also quite strong in that. The third one is to offer alternatives to bring a bit of different correlations to the portfolio. So, we’d also be quite interested to offer our alternative capability, maybe bring a bit of private credit opportunities to the market and blend that with different portfolios. In terms of products, anything you want to replicate in India from your global experience? Roughly about 50% of our $80 billion sits outside of South Africa. Africa is very similar to India in terms of regulations and background. I don’t think we would bring global products to India. What we would rather bring are expertise to build solutions, packaging and pricing of products and the performance. I think that will be a game changer. For clients who want to take money offshore, we do have very good products that are globally well-established with a good track record. How are offshore clients looking at India? We have a global emerging markets fund, with a big allocation to India. A lot of our clients are interested in the Indian economy and we also have an Indian opportunities fund. The world is going to become more regionalised, and India is going to stand out in that environment because it is the fastest-growing economy in the world. There’s going to be a big requirement for clients to invest in India. We would definitely try and build more products globally to facilitate that.</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>Axis AMC eyes Rs 30,000-crore Alternates book, bets on private credit</t>
+          <t>NaBFID raises around Rs 4,000 crore via bonds</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>The growth will be anchored by key products like Alternative Investment Funds (AIFs), with a major focus on private credit</t>
+          <t>On Wednesday, NaBFID’s 15 year bond was trading at 7.18%. So far in the financial year, NaBFID raised Rs 7,809 crore through bonds maturing in 5 year and 10 year.</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2025-11-27T17:59:38+05:30</t>
+          <t>2025-11-12T23:54:03+05:30</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance/axis-amc-eyes-rs-30000-crore-alternates-book-bets-on-private-credit/4058214/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-nabfid-raises-around-rs-4000-crore-via-bondsnbsp-4041277/</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>AxisAsset Management Companyexpects its “Alternates” portfolio to grow fourfold over the next five years, driven by India’s rapidly expanding affluent base and its demand for sophisticated investment products such as alternative investment funds (AIFs), private equity and credit, and commercial real estate. “My view is that this (Alternates) platform should see ₹25,000–30,000 crore of assets over the next five years,” B Gopkumar, MD &amp; CEO,Axis Mutual Fund, said on Thursday. Axis AMC is the country’s eighth-largest mutual fund house with total AUM of about ₹3.7 lakh crore, of which equities account for around ₹2.1 lakh crore and fixed income about ₹1.2 lakh crore. The company entered the alternate investment space in 2019 and currently manages about ₹7,000 crore across AIFs, portfolio management services (PMS), private credit and private equity funds. According to Gopkumar, private credit will account for a significant share of the growth. “Our focus now is more on private credit. The industry has done very well over the last few years.” Axis AMC deployed around ₹900 crore across nine private credit deals last year and plans to raise ₹2,000 crore. The platform focuses on manufacturing, electric vehicles andrenewable energysectors and areas where banks face end-use restrictions. Under private credit, the AMC typically looks at 14–14.5% yield. On Thursday, Axis Commercial Real Estate Fund (Axis CRE Fund), a Category II AIF, announced a collaboration with global real estate major Tishman Speyer to develop a 4 lakh sq ft Grade-A office project in Chennai’s FinTech City, conceptualised by Tamil Nadu Industrial Development Corporation. Axis CRE Fund secured one of the first two plots through an auction for about ₹280 crore. This is the first investment from its Category II AIF. The fund is also developing a 9-lakh-sq ft commercial property, a ₹1,700-crore project, in partnership with Tishman Speyer in Pune’s Balewadi area,. Gopkumar said the commercial real estate cycle over the past three years has been strong across categories A and B and even beyond. He added that private credit and commercial real estate have emerged as key investment avenues for high net worth individuals (HNIs), ultra-HNIs and family offices in India and overseas. “We cover almost 380 family offices. India has more than 1,000 family offices. There will be at least 600 family offices with over ₹1,000-crore net worth,” he said, adding that these have become a large portion of the investing community in commercial real estate projects. Axis CRE Fund follows a 5+2 structure, requiring exit within seven years of fundraising. It may explore exit opportunities through large pension funds or REITs. According to Gopkumar, a well-run commercial property could generate 22–23% internal rate of return. Under private equity, Axis AMC has so far invested ₹1,500 crore in growth-stage startups, including marquee brands such as Lenskart, Ola, National Stock Exchange, Bikaji Foods and Gopal’s Snacks. It is set to close its fourth PE fund of ₹1,000 crore in December. bank</t>
+          <t>National Bank for Financing Infrastructure and Development (NaBFID) on Wednesday raised around Rs 4,000 crore through two bonds, maturing in five years and 15 years. NaBFID planned to raise up to Rs 2,500 crore including a green shoe option of Rs 2,000 crore through a 15-year bond. Of which, it raised around Rs 2,460 crore at a cut-off yield of 7.15%. It raised over Rs 1,600 crore through a 5-year bond and cut-off came at 6.86%. It planned to raise up to Rs 3,000 crore including green shoe option Rs 2,000 crore. Dealers said that cut-off came in better-than-expected for 15 year paper, while cut-off yield was in line with expectation for five year paper. “In the secondary market, 15-year bonds are not that liquid. The level was good for the 15-year bond when secondary market liquidity taken into account,” said a dealer at state-owned bank. On Wednesday, NaBFID’s 15 year bond was trading at 7.18%. So far in the financial year, NaBFID raised Rs 7,809 crore through bonds maturing in 5 year and 10 year.</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="D16" t="inlineStr"/>
@@ -2064,775 +2062,775 @@
       <c r="B19" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="D19" t="inlineStr"/>
       <c r="E19" t="inlineStr">
         <is>
           <t>No content available</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>Centre opens DFI leadership also to private-sector talent</t>
+          <t>Large corporates shop for EBLR loans</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>The government has expanded its financial-sector reforms by opening board-level positions, including CMD and Wholetime Directors.</t>
+          <t>The RBI has also been aggressive in delivering rate cut. Since February, it has delivered a 100-bps rate cut and the transmission of these cuts have been seen in fresh loans.</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>2025-11-26T20:40:28+05:30</t>
+          <t>2025-11-11T17:45:19+05:30</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance/centre-opens-dfi-leadership-also-to-private-sector-talent/4057066/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-large-corporates-shop-for-eblr-loans-4039481/</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>The government has expanded its overhaul of financial-sector appointments by opening top posts in development financial institutions (DFIs) — includingSIDBI,NABARD, EXIM Bank, IFCI and NHB — to private-sector talent. Until now, board-level roles such as CMDs and wholetime directors in DFIs were largely filled through internal candidates, officers from other public-sector entities, or government officials. “Recruitment guidelines for developmental financial institutions have now been revised. The board-level positions like CMDs and wholetime directors are now open to private sector candidates,” an official said. This means that upcoming appointments across these DFIs will, for the first time, be accessible to qualified professionals from outside the public sector. The move aligns with the government’s October directive to establish codified, transparent governance standards across public financial institutions, broadening eligibility for key management roles beyond traditional internal pipelines. The reforms follow similar changes announced in October forpublic sector banks, where the Centre opened senior positions — including an MD post inSBIand MD &amp; CEO roles in nationalised banks — to private-sector applicants. The revised framework introduced stringent experience norms, eliminated Annual Performance Appraisal Report (APAR)-based scoring for top posts, and mandated behavioural and competency assessments through external HR agencies. Age and residual service requirements were standardised, while APAR marks were retained only for internal ED selections. Parallel reforms in public-sector insurance companies (PSICs) also opened senior leadership roles to private-sector professionals. One LIC Managing Director post and CMD positions in non-life insurers were designated as open roles, supported by uniform, transparent selection norms. Private-sector applicants must meet rigorous experience criteria, while APAR marks were removed from senior-level evaluations and Financial Services Institutions Bureau interactions were assigned full weightage. Behavioural assessments via external HR agencies were formally integrated into the process. Allowing private-sector leaders into state-owned financial institutions can bring fresh ideas, corporate-style management practices and stronger governance. This cross-pollination is expected to enhance efficiency, improve competitiveness and align public-sector financial institutions with global and private-sector standards, officials reckon.</t>
+          <t>High-rated corporates – AA and above – are increasingly seeking loans linked to external benchmark-linked lending rates (EBLR), said bankers. The shift, which is happening in the past few months, is being largely driven by the desire to benefit from policy rate cuts and rising bond market yields.“Corporates are demanding to shift to EBLR loans since there is an expectation that the Reserve Bank of India (RBI) might cut rates in December. This will lead to faster repricing as well,” Binod Kumar, MD &amp; CEO,Indian Banksaid. A senior official at state-owned banks added that strong corporates tend to negotiate harder with banks for EBLR loans since banks also want to retain them. The trend became stronger from the second quarter. Tribhuwan Adhikari, MD &amp; CEO, LIC Housing Finance said that this year, the focus is on raising most of the required funds from banks, mainly through loans linked to other external benchmarks, as a falling interest  rate scenario makes them more attractive. He added that borrowings through non-convertible debentures (NCDs) at the moment are turning out costlier than bank loans, with bank borrowings available at approximately 6.85–7% for five years, while bonds are priced at 7.10 to 7.15%. The RBI mandates EBLR for all floating-rate retail loans and loans to micro, small, and medium enterprises (MSMEs). For corporate loans, interest rates are typically linked to the marginal cost of funds-based lending rate (MCLR). EBLR was introduced in 2019 to ensure better transparency and faster transmission of the monetary policy. The external benchmark rate is either linked to the repo rate or the Treasury-bills. For the banking industry, the overall share of EBLR loans 62.9% in June from 57.9% a year ago. Similarly, the share of loans linked to MCLR fell to 33.8% in June from 38.2% a year ago, the latest data from RBI showed. The lenders’ focus on retail and micro, small and medium enterprises (MSME) segments is driving the share of EBLR loans. The RBI has also been aggressive in delivering rate cut. Since February, it has delivered a 100-bps rate cut and the transmission of these cuts have been seen in fresh loans. Followed by the beginning of rate cut cycle, corporates frontloaded borrowings in the first quarter (April-June), raising a record high of over Rs 3.44 lakh crore, according to data from Primedatabase. However, the issuances fell to Rs 2 lakh crore in the second quarter (July-September), as yield hardened after RBI changed the stance to ‘neutral’ from ‘accommodative’. Further, a lot more factors weighed negatively on the market, keeping yields elevated since then. The yield on 10-year AAA paper rose more than 20 basis points since the June policy.</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>Reserve Bank imposes a penalty of Rs 8,43,000 on Union Bank</t>
+          <t>Corporate bond issuances hit by lower bank participation</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>RBI fined Union Bank Rs 8.43 lakh for remittance and ATM-related lapses, as the bank appointed a new Executive Director and posted a Q2 profit decline.</t>
+          <t>After a strong start in Q2 2025 (Rs 3.44 lakh crore), India's corporate bond market has slowed significantly due to rising yields and tight liquidity</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2025-11-26T19:54:40+05:30</t>
+          <t>2025-11-12T17:06:29+05:30</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-reserve-bank-imposes-a-penalty-of-rs-843000-on-union-bank-4057007/</t>
+          <t>https://www.financialexpress.com/business/banking-finance/corporate-bond-issuances-hit-by-lower-bank-participation/4037208/</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>TheReserve Bank of Indiahas imposed a penalty of Rs 8,43,000 onUnion Bank of India. In an exchange filing, the bank disclosed that the penalty is levied for the deficiencies observed in soiled notes remittances made to the RBI and for ATM Cash Out. In the exchange filing, the bank stated that there will be no significant impact on its financial, operational, or other activities due to the imposed penalty. On Tuesday, Amresh Prasad was appointed as the new Executive Director of Union Bank by the central government for a three-year term. Before joining Union Bank, Amresh Prashad was the Chief General Manager ofPunjab National Bank. He comes with a rich banking experience of over 32 years from branch banking, Zonal Offices to Head Office level, which includes Corporate Credit, Credit Review and Monitoring, Transaction Monitoring, the public sector bank said in a filing. In the second quarter of FY26, Union Bank  reported a 10 per cent YoY decline innet profitto Rs 4,249. Last fiscal year, the public sector bank reported a net profit of Rs 4,719.7 crore. “The 10% year-on-year dip in net profit was primarily due to an approximately Rs 500 crore reduction in recoveries from written-off assets,” said Avinash Prabhu, CFO of the bank. Further, Union Bank’s net interest income (NII) declined 2.6 per cent YoY to Rs 8,812 crore in Q2 FY26, compared to Rs 9,047 in the corresponding quarter of the previous fiscal year. The bank’s net interest margin slipped 23 basis points to 2.67 per cent in Q2 FY26.</t>
+          <t>After a strong start earlier in the year, thecorporate bondmarket has slowed as rising yields and weak sentiment dampened activity. According to market participants, the total issuances in 2025 may be lower than last year. “I had expected bond issuances to rise by about 10% this year, but without stronger participation from banks, volumes could instead decline by a similar margin.” said Venkatakrishnan Srinivasan, founder and managing partner, Rockfort Fincap LLP. He added that overall bond supply this year may hover around Rs 11 lakh crore or even fall below last year’s level. For meeting funding needs, many banks may prefer alternatives such as qualified institutional placements (QIPs) over bond issues. With pricing conditions still tight, fresh issuances could come at higher costs in the 7.20–7.25% range, which might further deter them. In the calendar year 2024, companies raised Rs 10.93 lakh crore through corporate bond issuances. So far in the year, the issuances stood at Rs 9.09 lakh crore. The corporate bond issuances were record high at Rs 3.44 lakh crore during April-June period, whereas it fell to Rs 2 lakh crore during July-September period. Post-June policy, corporates had taken a step back as yield went higher after RBI changed its stance to ‘neutral’ from ‘accommodative’.“We think that overall, the number last year, which was Rs 11.1 lakh crore or thereabouts, we are going to end at a lower number,” said Shailendra Jhingan, head – treasury, ICICI Bank. He explained that the main reason is that in the loan market, the rates are significantly cheaper. There is a move where corporates are moving away from bonds and accessing the loan market. With the repo rate at 5.5%, the external benchmark lending rate (EBLR) loans look far more attractive compared to corporate loans at the current level. “So, I think that trend is pretty much evident. The supply will be tepid going ahead also,” he added. After a quiet phase for bank issuances, State Bank of India (SBI) on October 17 raised Rs 7,500 crore through 10-year Tier 2 bonds, marking the first major bond issuance by a bank in the current financial year. In 2024, top 10 issuers raised Rs 94,164 crore compared to Rs 74,326 crore so far in the year. “Over the past few months, bond market sentiment has weakened due to a slew of factors. Since last one month banking system liquidity has tightened due to increase in currency in circulation (CIC) and RBI FX operations, pressuring yields at the shorter end of the yield curve,” said Puneet Pal, head-fixed income, PGIM India Mutual Fund. He added some issuers are likely waiting for a possible rate cut in the December MPC policy. Meanwhile, a few corporates appear to be shifting towards bank loans for funding, dampening the overall issuances. Experts believe that corporates will likely rely on bank credit going ahead as the external benchmark lending rate (EBLR) loans look far more attractive. In the corporate bond market, yields are still higher due to higher state development loans (SDL) yields. Currently, 10-year AAA paper is trading at 7.25% compared to an average of 7% in June.</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>Smaller MFs seek lower barriers for SIF entry</t>
+          <t>NBFCs go back to the drawing board</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>The net assets under management of this segment as of October 2025 was Rs 2,010.44 crores and the total number of folios stood at 10,212, with net inflows of Rs 2,004.56 in Oct 2025.</t>
+          <t>Some believe the guidelines should be similar to banks</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2025-11-25T20:12:46+05:30</t>
+          <t>2025-11-10T11:31:48+05:30</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-smaller-mfs-seek-lower-barriers-for-sif-entry-4055818/</t>
+          <t>https://www.financialexpress.com/business/banking-finance/nbfcs-go-back-to-the-drawing-board/4037169/</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>Smaller mutual fund houses have asked the capital markets regulator Securities &amp; Exchange Board of India (Sebi) to consider changing the Specialized Investment Fund (SIF) entry route framework in order to help them enter this market. This was among the various discussions that took place with CEOs of mutual fund houses in their first meeting with theSebichairman Tuhin Kanta Pandey on Monday. The current framework has two routes for an AMC to establish a SIF. The first is a sound track record which requires that amutual fundhas been in operation for a minimum period of 3 years and has an average asset under management (‘AUM’) of not less than Rs 10,000 crores, in immediately preceding 3 years. The alternate route is that it has appointed a Chief Investment Officer (‘CIO’) for the  SIF with an experience of fund management of at least 10 years and has managed an average AUM of not less than Rs 5,000 crores, along with an additional fund manager  for the SIF with experience of fund management of at least 3 years and has managed an average AUM of not less than Rs 500 crores. Industry players believe that these requirements favour large mutual fund houses as they already have eligible fund managers and it is very difficult to poach from them. Some of the large fund houses are also finding it difficult to find fund managers that fit in the regulatory eligibility and have the right talent for this product. In addition, they also highlighted that the framework is biased as they also have the same mutual fund license as large players that allows them to pool money from investors and manage it under regulated schemes. “A late entry will be a big disadvantage in terms of market share,” an executive said and added that since this is for sophisticated investors and the regulator has already set a minimum investment threshold of Rs 10 lakh, it should be left to investors to decide which mutual fund to invest in. The net assets under management of this segment as of October 2025 was Rs 2,010.44 crores and the total number of folios stood at 10,212, with net inflows of Rs 2,004.56 in Oct 2025. Another item discussed in the meeting was the proposed changes to the total expense ratio and brokerage charged by AMCs in consultation paper released by Sebi October. The regulator has asked the industry bodyAMFIfor data which shows how much mutual funds actually spend on transactions.</t>
+          <t>TheReserve Bank of India’sdraft guidelines for risk weights ininfrastructurelending has put non-banking financial companies (NBFCs) in a fix. Most believe that the proposed framework is more complicated than the current rules and could be difficult to implement. The draft introduces a split risk weight structure of 50% and 75% for high-quality infrastructure projects, replacing the existing flat 50% applicable to commissioned projects with over a year of commercial operations. Lenders say the new criteria—based on repayment levels and other conditions—add layers of complexity which are not present in the current framework. The guidelines will be effective from April 1. Power Finance Corporation (PFC)said it is reviewing the draft’s impact across its loan book, which spans generation, transmission, and distribution. “Unlike the current simplified framework, this draft introduces a more detailed approach to classify projects as high-quality infrastructure assets,” Parminder Chopra, chairman and managing director of the company said in the analyst call. “We would be requesting the RBI to consider a similar framework as is available for banks, which is linking the provision requirement with the ratings. Another alternative is to use data with rating agencies to come out with precise loss given default and probability of default and create data backed dynamic sector wise provisioning for infrastructure instead of one size fits all solution,” said Virender Pankaj, CEO, Aseem Infrastructure. The Finance Industry Development Council (FIDC) is also gathering member feedback before making a formal representation. “We are discussing it internally and will take it up collectively,” a senior official said. Analysts say the RBI’s move is timely and aligns with broader policy goals of improving credit flow to infrastructure. “The shift from the earlier PPP/post-COD (commercial operation date)requirement to a more nuanced classification based on financial soundness, cash flow visibility and counterparty risk is a positive step,” said A M Karthik, Senior Vice President &amp; Co-Group Head, Financial Sector Ratings at ICRA. “It should especially benefit renewable energy projects, which typically have shorter gestation periods.” However, Karthik noted that while lowering risk weights improves capital buffers, most infrastructure finance companies (IFCs) already maintain adequate capitalisation. “Growth in this segment has remained moderate at 10–12%, so the real impact on lending appetite remains to be seen,” he said. He added that upper-layer NBFCs have limited exposure to infrastructure, with some having exited the segment in recent years. “NBFC-IFCs already have a strong presence, and this move could improve their appetite further. But for non-IFCs, it’s too early to expect a strategic shift.” Most projects with COD+1 status —excluding captive power and recently restructured assets—are expected to meet the RBI’s definition of ‘high quality’. The industry now awaits further clarity on implementation and final guidelines before recalibrating portfolio strategies.</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>NPCI arm to roll out value-added services on BHIM aap</t>
+          <t>RBI to enhance digital infra to cut down on frauds: DG</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>The traction is beginning to show. BHIM’s volumes nearly tripled between January and October this year – from 38.9 million to 135.90 million.</t>
+          <t>RBI Deputy Governor T Rabi Sankar announced that the central bank is aggressively expanding the Digital Public Infrastructure (DPI) to combat a recent rise in financial transaction fraud since July, and to foster innovation.</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>2025-11-25T18:49:22+05:30</t>
+          <t>2025-11-07T23:25:53+05:30</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-npci-arm-to-roll-out-value-added-services-on-bhim-aap-4055689/</t>
+          <t>https://www.financialexpress.com/business/banking-finance/rbi-to-enhance-digital-infra-to-cut-down-on-frauds-dg/4036073/</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>NPCIBHIM Services(NBSL), a wholly owned subsidiary of the National Payments Corporation of India (NPCI), will soon roll out value-added financial services on the Bharat Interface for Money (BHIM) app platform, beginning with credit cards. “We should be launching some value-added products starting with credit card distribution in two-three months,” Lalitha Nataraj, managing director and CEO of NBSL, told FE. On Tuesday, the company officially launched a full delegation feature for UPI Circle. The feature allows a primary user to authorise a secondary user to initiate and complete UPI payments directly from the former’s account with a monthly limit of up to ₹15,000 and an expiry period of up to five years. “This enables smoother day-to-day digital payments among families, dependents, or staff while maintaining a clear oversight of all transactions,” she said. Nataraj said the company will begin distributing credit cards with partner banks, especially RuPay credit cards, which are relevant to the app. “We will need various licences for other financial products. We will do that in due course,” Nataraj said. BHIM’s first app version was launched byPrime Minister Narendra Modiin December 2016, a month after the demonetisation. However, its market share among UPI apps remains below 1%, far behind majors like PhonePe, Paytm, and Google Pay. In June 2024, BHIM was spun off as a separate NPCI subsidiary and has since been focusing on building the brand, incentivising users with cash backs, and improving product features. In March, the company rolled out ‘BHIM 3.0’, expanding the app to over 15 Indian languages and enabling functionality in low-internet areas to improve reach. It has also widened partnerships to bring diverse user groups into the UPI ecosystem. Last week, NBSL partnered with Chennai One, Tamil Nadu’s multi-modal transport app, to let commuters buy bus, metro, or suburban rail tickets for ₹1 on their first payment with the BHIM app. “We are working on some of these corridors which we feel will help us propagate digitisation to a very different kind of a base,” she said. The traction is beginning to show. BHIM’s volumes nearly tripled between January and October this year – from 38.9 million to 135.90 million. Transaction value also more than doubled to ₹20,026 crore from ₹9,604.24 crore. “I feel the UPI circle feature will open a segment which will probably net new customers to UPI,” she said.</t>
+          <t>TheReserve Bank of IndiaDeputy Governor T Rabi Sankar on Friday said the central bank is looking to expand digital publicinfrastructure(DPI) to curb fraud in financial transactions. He noted that while fraud per transaction had been declining earlier in the year, it has started rising again since July, possibly due to cyclical factors. Speaking at theState Bank of IndiaBanking and Economics Conclave, Sankar said work is underway to extend DPI to credit through the unified lending interface (ULI). The RBI also plans to take the benefits of DPI to the cross-border space. “One of the reasons why there is so much effort to develop public infrastructures is to reduce the incidents of fraud. We have to do everything to ensure that transactions do not fail. Having said that, it’s important to realise that there will be some degree of fraud in any system.” He added that with over 90% success rate in digital infrastructure currently, the RBI hopes to contain the rise in frauds. “We are hoping that with the digital infrastructure that we are creating, and the success that we are seeing, more than 90% at this stage, we will be able to contain that.” Sankar said banks did not initially foresee the potential of the Unified Payments Interface (UPI), unlike fintech firms. “It was a disadvantage that banks have to bear the cost of regulation, both financially and in terms of the obligation to follow prudential processes. This is probably one reason why banks did not fully appreciate the potential benefits of UPI as keenly as the fintech players did.” He urged banks to treat fintechs as partners in innovation and to build mutually beneficial and symbiotic strategic partnerships with the ecosystem. Sankar also said the RBI plans to move cautiously on the central bank digital currency (CBDC), keeping it in the pilot stage for now. CBDC is a digital form of the rupee issued by the central bank. “We have no doubt that CBDC will virtually change the way many of these payment transactions happen. We are in no hurry to go for a proper launch, but continue with the pilot stage. We have no way of understanding how it is going to affect your financial system and the ability of banks to mobilise deposits and provide credit…. We cannot take the risk of affecting the stability of the system. Therefore, we have to go slow.” Explaining how CBDC could lower the cost of cross-border remittances, he said it would reduce the settlement capital that banks must provide and streamline the process, thereby lowering related charges. “Above 50% of the cost is on the exchange cost. We are experimenting with some banks. Through that experiment, we can show if it is possible to even reduce that cost.”</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>Household savings up sharply</t>
+          <t>RBI mulls easing rules for lenders</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Loans against gold jewellery continued to rise in FY25, indicating a shift among borrowers to the non-banking financial companies (NBFCs).</t>
+          <t>RBI Governor Sanjay Malhotra indicated that the central bank is considering relaxing prudential norms for lenders, acknowledging the dramatic improvement in the Indian banking system's health over the last decade.</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>2025-11-24T23:55:11+05:30</t>
+          <t>2025-11-08T08:33:32+05:30</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-household-savings-up-sharply-4054858/</t>
+          <t>https://www.financialexpress.com/business/banking-finance/rbi-mulls-easing-rules-for-lenders/4036070/</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>After plunging to a half-century low in FY23 on account of the pandemic-induced income crunch, net financial assets of Indian households recovered smartly in the subsequent two years, data from theReserve Bank of Indiashowed on Monday. With stronger economic growth and improved incomes, households seemed to have pared their record high indebtedness rather swiftly, while also channelling more monies into the equity market, hoping for high returns. The net financial assets of households went up to Rs 9.9 lakh crore or 6% of GDP in FY25, compared with Rs 15.94 lakh crore or 5.3% ofGDPin the previous year, the data revealed. In FY23, net financial assets had fallen to a five-decade low of 4.9% or Rs 13.3 lakh crore. These were 11.4% of GDP in FY21. Financial liabilities of the country’s households dropped sharply to Rs 15.7 lakh crore in FY25 or 4.7% of GDP, compared with Rs 18.8 lakh crore or 6.2% of GDP in the previous year. Significantly, equities as a share of household financial assets rose to an all-time high of 15.1% in FY25 compared with 8.7% in FY24 and 7.3% in FY23, indicating the growing trend among households to put savings into asset-building investments. Correspondingly, the share of bank deposits in financial assets fell to 35.2% to Rs 12.54 lakh crore in FY25 from 39.7% or Rs 13.8 lakh crore in FY24. The trend is also in sync with the slowing of the pace of credit demand to 12% in FY25 from 16% in FY24, owing in part to regulatory curbs on the retail segment and unsecured exposures. Loans against gold jewellery continued to rise in FY25, indicating a shift among borrowers to the non-banking financial companies (NBFCs). However, the gold loan segment has come under scrutiny over the past year, and the growth of these loans may also be moderating.</t>
+          <t>TheReserve Bank of India (RBI)is considering relaxing rules for lenders, the regulator said on Friday, observing that it has built up strong capital buffers from improved profitability and asset quality. “We will ensure that our financial system evolves responsibly,” RBI Governor Sanjay Malhotra said atSBIBanking&amp; Economics Conclave 2025. “No regulator can afford to situate the system at a point in time,” Malhotra said. Highlighting the strength of the country’s banking system and the growth over the last decade, the governor highlighted that “regulation cannot ignore this performance, these changed realities”. In the 10 years since March 2015, credit and deposits have nearly trebled and capital adequacy ratios (CAR) have risen from 13.5% to 17.5%. Also, gross and net non-performing assets have reduced to 2.3% and 0.5%, respectively. Malhotra said the central bank will support growth and innovation and ensure that the financial system evolves responsibly. At the same time, the RBI governor made it clear that it is not the regulator’s job to make decisions for bank boards and that each bank must decide what’s best for its customers and business. “Moreover, no regulator can or should, as far as possible, substitute for boardroom judgment,” he said. The central bank’s approach would be to support long-term sectoral strength without compromising prudential safeguards. “The role of a regulator is like that of a gardener…The gardener keeps on monitoring the growth of the plant and prunes unwanted growth to shape a collective, orderly, beautiful garden,” he added. RBI has rolled out a raft of measures aimed at making it easier for lenders to do business. Most recently, it has recalibrated capital market exposure norms, lifted lending limits set in 1999 and introducing a structured loan-to-value framework. It has opened up acquisition finance to the banking sector with guardrails like a 70% funding cap and debt-to-equity thresholds. It is also working to relax norms for overseas commercial borrowing by removing the all-in-cost ceilings and linking borrowing limits to net worth while maintaining restrictions on speculative activity. “This will encourage competitive pricing and prudent hedging behaviour,” Malhotra said.</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>‘Trade is an end for discount brokers, for us, a means to an end’: CJ George MD Geojit Financial Services</t>
+          <t>Laddering can maximise returns from special tenure deposits</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>'Young investors can also opt for equity portfolios, especially model portfolios that are available in various platforms these days fitting their risk appetite. They can make changes to their portfolios and monitor them regularly,' he told FE.</t>
+          <t>Laddering involves opening multiple FDs across varying maturities and banks (e.g., matching short-term financial goals)</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2025-11-24T23:44:59+05:30</t>
+          <t>2025-11-07T20:58:07+05:30</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-trade-is-an-end-for-discount-brokers-for-us-a-means-to-an-end-cj-george-md-geojit-financial-services-4054854/</t>
+          <t>https://www.financialexpress.com/business/banking-finance/laddering-can-maximise-returns-from-special-tenure-deposits/4035984/</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>CJ George is the founder and Managing Director of listed-brokerageGeojit Financial Services. French financial major BNP Paribas acquired a large stake in the firm in 2006. He talks to Nesil Staney on the quick and sharp rise of discount brokerages, regulatory environment, trends, and the industry’s reliance on products distribution as a hedge to capital markets cycles. Excerpts: 1. Now that Groww is a 1-lakh crore listed entity and Zerodha is the most valued unicorn, how do you view the stellar rise of discount brokers? The discount brokers, particularly the top three to four will continue to do well as they focus on trading which is a technology business rather than investing. There will always be a segment of population in any economy, who wants to take high-risk bets. Discount broking offers an excellent, cost-effective platform for that. While trade is an end for discount brokers, for us, trade is only a means to an end, the end being the creation of wealth for our clients. So, both segments serve different needs and hence will have a different growth path. 2. How is your products distribution business augmenting the brokerage? In FY 2020-21, we heavily relied on equity and equity-related business, which accounted for 75% of our total income. In Q2 FY 2025-26, this business contributes only 47% of our total income. The shift has been towards financial products and Portfolio Management Services (PMS), which now contribute a substantial 41% of our total income. Over the past five years, we have strategically transitioned from transaction-based assets to recurring revenue-based assets, enhancing our business stability and growth. Our third-party distribution business has been a significant contributor to augmenting our brokerage operations. It acts as a cushion whenever capital markets cycle hits us. 3. What is your advice to young investors? How much should they ideally allocate to MFs and ETFs? We encourage young investors to adopt a long-term investment mindset to build sustainable wealth. Over the years we have conducted thousands of investor awareness classes among young investors towards building a young and vibrant investing community around us. India’s stock market performance is expected to re-rate in the short to medium term as soon as a tariff agreement with the US is announced. It is advisable for young investors to start investing inSystematic Investment Planson a regular basis irrespective of market cycles. Even small monthly investments can compound significantly over time to create wealth. Those with high risk tolerance can opt for an aggressive portfolio and those who do not want to take much risk in the equity markets can go for lower allocation to equity. However, for any young Indian investor, a high exposure to equities will help them in the long run to create substantial wealth. Young investors can also opt for equity portfolios, especially model portfolios that are available in various platforms these days fitting their risk appetite. They can make changes to their portfolios and monitor them regularly. Geojit also has robust curated baskets of stocks – Smartfolios, which have been very well received by many young investors. 4. What are your strategic goals? How are they aligned with equity markets performance in the next few years? Right from inception, Geojit’s purpose of existence has been to create wealth for our clients, and our strategic goals are aligned to this. We plan to continue assisting our clients through relationship-led investing and be their wealth creation partner rather than just offering trading platforms. This is one of the reasons why Geojit stayed away from actively converting our clients to derivatives traders, a majority of who have seen their wealth destroyed. Our focus will be on a real wealth model rather than a transaction-based model. With a focus on making capital market accessible to potential young investors from Tier 2 and 3 cities especially in South India, Geojit is expanding our presence by opening easily accessible small branches. 5. What operational changes are required to comply with Sebi’s new regulations on technology? Have traditional brokerages fully modernized to advancements like algorithmic trading and mobile-first platforms? Cost of compliance has gone up significantly post the regulatory changes. We agree with the regulators that these changes are of extreme importance for the running of a technology platform. A brokerage that has not invested in advanced cyber security systems capable of monitoring algorithmic trading patterns and securing mobile/platform access would be in direct violation of these regulations and unable to fulfil its reporting obligations. Along with this significant cost of investment in technology the general cost of compliance has also gone up leading to a potential consolidation in the broking industry. This can ultimately result in higher cost for investors. 6. Is your wealth management business targeting HNIs and regions beyond captive brokerage clients? Our private wealth business is relatively new, and we are building a long-term business model, which is an organic extension of our mass affluent retail wealth business. Over time, our retail wealth clients have created significant wealth, and this has changed their risk appetite, which in turn has created a demand for new, sometimes more complex products and services. We are building this business organically and we are seeing reasonable growth in AUM and the number of clients. 7. What has led to recent surge in MTF activity across the brokerage industry? The leverage lost in derivatives is now flowing into MTF, driving some growth across the broking industry in this particular segment. MTF comes with its own benefits. For investors, MTF provides holding power with transparent funding, not just a derivative bet, while brokers earn recurring income and remain aligned with regulatory norms.Industry wide,MTF books have surged to nearly ₹1 trillion, absorbing much of the leverage demand. At Geojit, we offer stockWallet, a product for traders, wherein, they can access recommendations with clear targets and stop losses. It gives them flexibility and reduced risk. 8. How will distributors absorb the hit from Sebi’s change in MF fee structure? Traditional retail wealth players have higher costs compared to the deep discount online broking players as well as the platform providers for direct distribution of mutual funds. These players take the cost of developing the market by converting savers into investors by handholding them, advising them, opening branches near potential investors etc. While this being the case, Sebi proactive changes in the commission structure of Mutual Funds are a big concern for a large number of small distributors. These entities are necessary and have to be encouraged as the last mile delivery partners for investors. If the commission structure is reduced on a regular basis because of regulatory changes, the distribution business is likely to be eventually concentrated in the hands of a few national distributors with significant AUM for whom the marginal cost will be less. For the benefit of investors and Indian economy, it is important to have many competing distributors in the interiors of the country, with full-fledged support system, and a genuine share of the revenue flow. So, regulatory interventions in their commercial operations may be considered as high risk for the future of MF industry in terms of market depth. Even in the case of depository participants, Sebi had mandated that free service has to be extended to investors with less than Rs.10 lakh holding which is something very strange in a free market like economy. Most of the clients of a new DP will be small clients so they will not seek to develop the market or develop this business unless they are able to self-sustain. So, this again leads to the concentration of retail custody and broking business into the hands of a few, eventually that will increase the cost of servicing those clients who hold more than Rs 10 lakh. It is important to consider that equity investors are those with the intelligence and knowledge to go through the commercial tariffs of various entities and choose the transaction cost that suits them. In a free market this kind of interventions with commercial tariffs are likely to create a distortion in the market dynamics. 9. Can Sebi use investor education funds more efficiently ? Sebi and stock exchanges have been doing an exemplary work in terms of extending investor education. From my experience, what I have seen is that all those education exercises, other than advertisements, are consumed mostly by the same set of investors who have already invested in the markets. The message is largely fashioned to educate the investor that Sebi is watching, Sebi is regulating, Sebi is in control, so Sebi will protect. There is scope for a change in the messaging. While it is true that Sebi mandate is to protect the investors, the investors should understand that it is their primary responsibility to protect their investments and Sebi responsibility is secondary. With the current messaging tone, whenever there is a financial scam of any kind, there will be a tendency for millions to write to Sebi, asking the regulator to solve all their problems. This is because they believe that Sebi will protect them, regardless of their wrong choices or lack of understanding of the capital markets. Sebi may consider promoting ‘buyer beware’ messages, if not, when any scam happens in the country there will be a tendency to blame Sebi and the market participants generally.</t>
+          <t>As banks are offering higherratesfor specific tenure deposit schemes, individuals should consider laddering for higher returns. For example, State Bank of India’s special deposit scheme (Amrit Vrishti) is offering 6.6% for 444 days. In contrast, it is offering 6.25% for one-year, 6.30% for 3-year and 6.05% for 5-year fixed deposits (FD). Interest rates atsmall finance banks (SFB)are higher than private and public sector banks. The highest rate is offered by Suryoday Small Finance Bank at 8.05% for a 5-year tenure. The tenures of the highest FD slab rates vary across banks due to the variations in their asset liability requirements. While investors can benefit from these schemes by locking in higher rates for a specified period, they cannot go for premature withdrawals. However, laddering deposits will ensure liquidity at regular intervals. Opening special FDs with multiple banks will help ladder their deposits across multiple maturities. Deposits with predefined tenures will helpthem align their short- to medium-term financial goals and get a higher maturity amount in the long run. Depositors can benefit from changing interest rates. If rates rise, they can reinvest the matured deposits at higher rates. If rates fall, only a portion of their money is affected, as the longer-term deposits were locked in at higher rates earlier.</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>Data show room exists for rate cut: RBI guv</t>
+          <t>Banks bet on agri, retail &amp; MSME as growth drivers</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Asked about the level of the rupee that RBI is comfortable with, Malhotra said, “Historically, the rupee has depreciated by 3-3.5% on an annual basis.  Our effort is that the rupee’s movement remains smooth.”</t>
+          <t>This continued bullishness is supported by improving demand conditions, steady rural recovery, and government measures aimed at boosting consumption and small business activity.</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>2025-11-24T21:39:34+05:30</t>
+          <t>2025-11-07T10:31:21+05:30</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/policy/economy-data-show-room-exists-for-rate-cut-rbi-guv-4054727/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-banks-bet-on-agri-retail-amp-msme-as-growth-drivers-4035104/</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>By Hitesh Vyas Reserve Bank of India (RBI) Governor Sanjay Malhotra said on Monday that the current economic indicators suggest there is a scope for repo rate cut, but a decision on it will be made by the Monetary Policy Committee (MPC). His statement comes days ahead of the MPC’s upcoming meeting scheduled from December 3 to 5. “At the October meeting of the Monetary Policy Committee, it was indicated that there is a scope for a further rate cut in the (monetary) policy. None of the macro indicators, including inflation, released after that (post October MPC meeting), suggest that the scope (for rate cut) has reduced. So, there is definitely a scope (for a rate cut), but MPC will decide on it in the upcoming meeting,” Malhotra said in an interview with Zee Business. Headline inflation, as measured by the Consumer Price Index (CPI), fell to a record low of 0.25% in October, compared to 1.44% in September. During the current easing cycle, the MPC has reduced the repo rate by 100 basis points (bps) between February and June 2025. After keeping the repo rate steady at 5.5% in the August and October policy, economists expect the MPC to reduce the repo rate by 25 bps in December. In response to a question on whether there will be aggressive rate cuts going ahead, the governor said, “The primary mandate of RBI is price stability, and the secondary objective is growth. We are neither aggressive, nor defensive. We are like an all-rounder, but an all-rounder who first focuses on bowling or defence, and hits fours and sixes, if required. We do batting and bowling, but bowling, which is equivalent to price stability, is our priority.” Asked about the level of the rupee that RBI is comfortable with, Malhotra said, “Historically, the rupee has depreciated by 3-3.5% on an annual basis.  Our effort is that the rupee’s movement remains smooth.” On possible stress in the MSME segment, he said that asset quality in the sector remains satisfactory and hoped that this trend would continue.</t>
+          <t>Despite optimism about corporate credit picking up in the second half of the financial year, banks remain firmly focused on retail, agriculture, andMSME(RAM) portfolios. This continued bullishness is supported by improving demand conditions, steady rural recovery, and government measures aimed at boosting consumption and small business activity. “While we were saying 11-12% (credit growth) we have exceeded the 12% based on many enablers which RBI has given and also the fiscal measures in terms of the GST 2.0, we believe that there will be sustained consumption demand which gives an opportunity for us, particularly in the RAM segment,” saidCS Setty, Chairman, State Bank of India. According to data from theReserve Bank of India, bank credit to agriculture and allied activities rose to Rs 23.61 lakh crore in September — a five-month high — marking a 9% year-on-year increase. Credit to micro, small, and medium enterprises (MSMEs) grew 7.3% year-on-year to `40.80 lakh crore, the fastest pace in six months. Overall, bank credit grew 11.5% year-on-year to Rs 192.1 lakh crore as of the fortnight ending October 17, though it dipped 0.3% from the previous fortnight. The pickup signals renewed momentum in productive sectors, especially rural and small-business clusters. A CareEdge Ratings report noted that “the growth was primarily driven by seasonal festive demand, the significant impact of GST rate reductions, demand from the retail and MSME sectors, and some corporate demand resulting from rising bond yields. Additionally, robust vehicle financing during the festive period is expected to support overall credit growth further.” Some lenders are now revising their guidance for the RAM segment’s share in total advances. Bank of Baroda aims to lift RAM’s share to 65% from 61.7%, while Union Bank of India targets 59% from the current 57% as of September 30.Punjab National Bank (PNB)expects a further 1–2% rise in the segment. “Our sanctioned corporate loan book stands at Rs 1.78 lakh crore (up from Rs 1.36 lakh crore), with 20–45% allocated to project financing. This indicates a pickup of corporate demand, with PNB surpassing its FY24–25 sanctions within six months. While project financing disbursements take 1–2 years, we are confident of achieving our 11–12% credit growth guidance for the financial year and anticipate a very strong corporate loan book in the next 1–2 years,” said Ashok Chandra, MD &amp; CEO, PNB. The retail segment continues to be a major growth driver, fuelled by housing, personal, and vehicle loans. While banks are exercising caution in unsecured lending after the RBI’s recent supervisory focus, retail credit remains a reliable growth engine. “Our RAM (retail, agriculture and MSME) book is growing at 17%. I’m sure in the second half also, we would grow around 16%. So, our RAM credit will continue to grow better than the corporate book,” said K Satyanarayana Raju, MD &amp; CEO, Canara Bank. For the agriculture sector, the upcoming rabi sowing season and continued government focus on rural infrastructure and farm credit are expected to sustain lending momentum. The MSME segment, which had faced challenges from high borrowing costs and uneven demand, is now showing renewed traction. “We see huge opportunities to grow our retail asset businesses, not only to diversify the portfolio, but also to support our liability franchise. The MSME space is a large opportunity for a bank of our size, and we will grow it as we go forward,” said Rajiv Anand, MD &amp; CEO, IndusInd Bank. As India enters the busy second half of FY25, banks are betting on a combination of festive spending, improved liquidity, and supportive policy measures to sustain the credit cycle — with RAM portfolios at the heart of their growth strategy.</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>India Inc’s unhedged dollar loans plunge</t>
+          <t>Auto, financials leads India’s growth revival in H2 FY25: UTI Mutual Fund’</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Earlier companies used to shy away from hedging because of the cost. However, the recent volatility has made them wary, said experts.</t>
+          <t>Auto and financial sectors drive India’s growth rebound in H2 FY25; explore what’s fueling market optimism.</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>2025-11-24T20:39:19+05:30</t>
+          <t>2025-11-07T09:57:46+05:30</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/industry-india-incs-unhedged-ecb-position-falls-sharply-4054583/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-auto-financials-leads-indias-growth-revival-in-h2-fy25-uti-mutual-fund-4035025/</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>The sharp fall in the rupee is expected to hit companies who have high unhedged exposure to foreign currency debt. However, the good news is that India Inc seems to have anticipated this and has been consistently reducing its unhedged position. According to data from theReserve Bank of India (RBI),the share of unhedged external commercial borrowing (ECBs) was 26.1% in March 2025, down sharply from 32.9% in September 2024. It hovered around 45% two years back. Companies have raised $33.6 billion through ECBs up to August in the calendar year 2025. The figures were $ 56.4 billion in 2024 and $ 42.4 in 2023, as per the RBI data. Kunal Sodhani, head of treasury at Shinhan Bank explained that the increase in volatility of rupee since theTrumpregime forced many more corporates to start hedging, thereby reducing the share of unhedged exposure. In fact, some dealers said that the unhedged portion is likely to have fallen further, given the expectation of US government’s tariffs and continued pressure on the rupee since the beginning of this financial year. In FY26, the rupee has depreciated by 4.42% — the highest in three years. Some economists believe that unless the India-US trade deal is signed soon, the rupee will continue to be under pressure. On Friday, the domestic currency breached 89 level for the first time, closing at a record low 89.41. It recovered marginally on Monday. Earlier companies used to shy away from hedging because of the cost. However, the recent volatility has made them wary, said experts. For firms which have unhedged positions, the repayment cost is expected to go up by 4-5%. Soumyajit Niyogi, director at India Ratings &amp; Research, said, “Entities already hurt by US tariffs now face a double blow—higher borrowing costs are squeezing them further, hitting both their profitability and balance sheets. If it is a mid-sized entity, it is definitely a concern as they have lower margin of safety and their risk will amplify quite significantly.” Sodhani said these corporates will now require more rupees to service the same dollar or euro debt. This leads to higher finance costs, margin pressure and increased earnings volatility, since the forex loss must be recognised in the profit and loss statement.</t>
+          <t>Indian companies’ earnings are poised to get a boost in the second half of the financial year, with early signs of recovery visible in theautomobileandfinancial sectors, according to Amit Premchandani, a fund manager atUTI Mutual Fund. “We expect earnings growth to improve further in Q3 and Q4…FY26 earnings expectations have stabilized at high single digits,” Premchandani, who manages about 39 billion rupees ($444 million) of assets in the UTI Dividend Yield Fund and 100.6 billion rupees of assets in the UTI Value Fund, said in an interview on Monday. Premchandani expects India’s recent goods and services tax cuts to help consumption of non-essential goods, with automobiles, particularly passenger vehicles, emerging as major beneficiaries. AutomakersMahindra &amp; Mahindra,Hyundai Motor IndiaandTVS Motorhave reported a rise in September quarter profits, while their October sales have seen an upswing following the tax cuts. About 40% of Indian companies have reported earnings upgrades, Jefferies said in a mid-results review this week. India’s top 50 blue-chip firms posted a fifth straight quarter of single-digit percentage profit growth in the previous quarter, with aggregate earnings rising 8%, according to brokerages. The country’s benchmark indexes gained 4.5% in October and are trading 3% below their September 2024 record peaks. “The euphoria has cooled, but the time correction has addressed valuation excesses,” Premchandani said, noting thatNifty 50valuations have eased to about 20x forward price-to-equity from 22 to 23x a year earlier. The fund manager is also positive about the banking and financial services sector, the outlook for which has brightened due to improving asset quality and normalising loan-to-deposit ratio. India’s largest lender,State Bank of India, has beat analysts’ earnings estimates and raised its full-year loan growth target, while top private lenderHDFC Bankalso posted upbeat results. ($1 = 87.8950 Indian rupees)</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>RBI, ECB in pact to roll out UPI-TIPS cross-border payments</t>
+          <t>Finance minister hints at more bank mergers</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>This major step aims to facilitate cheaper, instant, and transparent cross-border remittances between India and the Euro Area.</t>
+          <t>Finance Minister Nirmala Sitharaman indicated the government is working with the RBI on a potential next round of Public Sector Bank (PSB) consolidation and privatisation to create "big, world-class banks" necessary for India's growing economy.</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2025-11-21T23:58:26+05:30</t>
+          <t>2025-11-07T07:11:25+05:30</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance/rbi-ecb-in-pact-to-roll-out-upi-tips-cross-border-payments/4052309/</t>
+          <t>https://www.financialexpress.com/business/banking-finance/finance-minister-hints-at-more-bank-mergers/4034611/</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>Reserve Bank of Indiaand NPCIInternationalPayments Limited (NIPL) along with the European Central Bank, have agreed to start the realisation phase for the UPI-TIPS link, the central bank said in a press release on Friday. TARGET Instant Payment Settlement (TIPS) is the instant payment system operated by the Eurosystem. The proposedUPI–TIPS interlinkage aims to facilitate cross-border remittances between India and the Euro Area and is expected to benefit users of both jurisdictions, the release said. Reserve Bank of India and NIPL will continue to collaborate closely with the European Central Bank to operationalise the UPI–TIPS link, including technical integration, risk management and settlement arrangements.</t>
+          <t>Finance minister Nirmala Sitharaman on Thursday hinted at another round of consolidation ofpublic sector banks, and possible privatisation of  some of them, as part of the government’s efforts to create more “big banks”. Addressing the 12th SBI Banking &amp; Economics Conclave in Mumbai, she reiterated that India, as a fast-growing economy with diversified banking needs for its large population and thriving businesses, “needed a lot of big, world class banks.” She said the government would confabulate with theReserve Bank of Indiaand the banks, “to see how they want to take (the plan) forward.” “You need an ecosystem in which more banks can operate to grow, and that environment is well- established, but I need it to be a bit more dynamic,” she said, adding that “some work is happening on it.” Earlier this week, speaking at the Delhi School of Economics, Sitharaman said that privatisation of banks won’t hurt financial inclusion. Sitharaman dispelled the fears that a full-scale regulatory clamp-down may be in the offing on futures and options (F&amp;O) trading, by saying that, rather, “the government is here to remove the roadblocks and work on them.” She emphasised that it is for the investors to show responsibility and understand the risks associated with derivatives trading. The government is “not here to shut the door on F&amp;O trading,” she clarified. The minister’ remarks bear out a recent statement by the Securities and Exchange Board of India (SEBI) chairman Tuhin Kanta Pandey that weekly F&amp;O expiries, which are used by savvy market participants, can’t be dispensed with. The regulator has over the past year taken a host of steps to curb speculative F&amp;O activities and safeguard retail investors from making huge losses in this market. This has resulted in a decline in the growth of small-ticket trading, and weekly options volumes. Analysts have been calling for a fine balance between promoting innovative market instruments and investor protection. Pandey, however, stressed that irrational exuberance by small market participants would need to be controlled. Sitharaman noted that the “world is facing slower globalisation, fragile supply chains, and rising climate transition costs.” “Global headwinds (are) becoming prominent and global institutions are fading,” she said, but added that “these external shocks are not only testing the resilience of India’s economy but also underlining the need for stronger domestic capabilities and diversified trade partnerships.” “…capital movements are becoming speculative, and volatility and uncertainty are becoming everyday language. There are the different kind of headwinds that we are facing whether it is in terms of currency exchange rate or globally-driven inflation,” the minister said. She emphasised that to sustain high growth, India must invest in people. “Our workforce needs continuous upskilling and reskilling to meet the demands of emerging technologies and global competitiveness, ensuring higher labour productivity and better-quality jobs,” she said. According to her, the path to economic self-reliance must be shaped by our own realities, needs, and aspirations. “A one-size-fits-all approach, suitable for smaller or more homogenous economies, cannot work for a country of India’s scale and complexity. We must aim for broad-based progress which is to achieve wins across sectors and communities. That is why our focus spans from farmers, MSMEs, leather, textiles, and tourism to emerging areas like technology and advanced manufacturing,” she said. PSB consolidation process has taken a backseat, after a flurry of activity seen in 2020, when 27 of them were merged into 12. In her speech at DSE, she said even 50 years after bank nationalisation, financial inclusion fell short of the desired level. In the name of financial inclusion, keeping banks under government control, and not allowing them to professionalise themselves, meant that the government had to infuse capital every now and then,” Sitharaman said.</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>Kotak Bank cuts SME loan processing  time, aims to double portfolio in 3 years</t>
+          <t>Discussions on with RBI to build big, world-class banks: FM Nirmala Sitharaman</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank has cut its SME loan processing time by 60% (from 7.5 to 2.5 weeks) using AI/ML-based digital underwriting tools, positioning the lender to double its SME loan book every three years.</t>
+          <t>Finance Minister Nirmala Sitharaman said India needs large and world-class banks. she also said that the government is focused on infrastructure creation and deepening credit flow to fuel economic growth.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2025-11-21T22:56:10+05:30</t>
+          <t>2025-11-06T17:05:04+05:30</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance/kotak-bank-cuts-sme-loan-processingnbsp-time-aims-to-double-portfolio-in-3-years/4052270/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-discussions-on-with-rbi-to-build-big-world-class-banks-fm-nirmala-sitharaman-4034427/</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bankhas reduced the time taken to process freshSMEloans by 60% through artificial intelligence (AI) and machine learning (ML)-based digital underwriting tools, a senior bank official said. The faster turnaround has prompted the country’s fourth-largest private lender to target doubling its SME loan book every three years. “I thought we will double (the SME portfolio) every three-and-a-half years. At the current pace, we’ll be doing it in three years,” Shekhar Bhandari, President – SMEBanking, Kotak Mahindra Bank, told FE. The bank’s aggregate SME advances — covering Business Banking Assets, Agriculture Finance and Corporate SME — grew 16% year-on-year to Rs 1.09 lakh crore as of September 2025. According to Bhandari, the bank’s AI-powered unified corporate and SME portal, fyn, has enabled faster underwriting and end-to-end transaction processing across trade finance (LCs and bank guarantees), cash and liquidity management, loan disbursements and forex/remittances. The use of technology has reduced the lead time for fresh SME loan requests from 7.5 weeks to 2.5 weeks — from document submission to crediting the loan amount. “The decision to sanction a loan or not happens within 18 days. Our endeavour is to bring it down to 14 days,” he said. Loans up to Rs 1 crore are disbursed within a day if the borrower meets the eligibility criteria. Loans between Rs 1–7.5 crore follow the 18-day process, while exposures above `10 crore involve in-person discussions before final approval. Bhandari said Kotak’s SME portfolio is evenly distributed across micro, small and medium enterprises, with each category accounting for at least 25% and none exceeding 40%. He was in Chennai to announce Kotak Mahindra Bank’s partnership with IIT Madras to conduct a specialised AI workshop for select SME clients. The first cohort includes 35 entrepreneurs from sectors such as auto components, pharmaceuticals, trading, steel, plastics and gems &amp; jewellery. The programme aims to build leadership-level understanding of AI and ML applications in manufacturing, energy efficiency and industrial operations, alongside guidance on government incentives and industry–academia collaboration. The bank plans to conduct similar workshops in Mumbai and Delhi in the coming months. While several lenders and NBFCs have tightened their stance toward small enterprises amid rising delinquencies and export uncertainties linked to US tariff actions, Kotak is not seeing stress in its SME book. “Every bank classifies sectors as watch, preferred and cautious — we follow the same. However, exporters are actually in the preferred category for us,” Bhandari said, adding that tariffs have had a limited impact on its customer base. On growth areas, he highlighted MSMEs focused on auto manufacturing as a key target, as car sales are projected to expand 10x–20x over time. He also cited defence manufacturing, pharmaceuticals/APIs and hospitality as areas of interest. “In textiles, the cost of production has risen, but revenues haven’t kept pace. That is one area to be cautious about,” he added.</t>
+          <t>Finance Minister Nirmala Sitharamansaid that India needs large and world-class banks and that discussions are underway with the Reserve Bank of India (RBI). While addressing the 12thSBIBanking and Economics Conclave 2025, Sitharaman said, “The government is looking at this, and work has already commenced. We are discussing with the RBI and with banks.” As part of the privatisation exercise, the government in January 2019 sold its controlling 51% stake in IDBI Bank to the Life Insurance Corporation of India (LIC). Subsequently, the government andLICannounced plans for the strategic sale of their remaining stake inIDBI Bank. In October 2022, both shareholders invited Expressions of Interest (EoIs) from investors for privatising IDBI Bank by selling a total of 60.72% stake — comprising 30.48% held by the government and 30.24% by LIC. In January 2023, the Department of Investment and Public Asset Management (DIPAM) received multiple EoIs for IDBI Bank. Paving the way for the sale ofIDBI Bank, SEBI in August 2025 approved the reclassification of LIC as a public shareholder from a promoter of the bank upon completion of the strategic divestment. Besides, the government has undertaken a major consolidation exercise in the public sector banking space. In August 2019, it announced four major mergers of public sector banks, bringing down their total number to 12 from 27 in 2017. Effective April 1, 2020, United Bank of India and Oriental Bank of Commerce were merged with Punjab National Bank; Syndicate Bank withCanara Bank; Allahabad Bank with Indian Bank; and Andhra Bank and Corporation Bank with Union Bank of India. In 2019, Dena Bank and Vijaya Bank were merged with Bank of Baroda. Earlier, the government had merged five associate banks of the State Bank of India and Bharatiya Mahila Bank with SBI. Sitharaman emphasised that infrastructure creation remains the government’s main focus, noting that capital expenditure has increased fivefold over the last decade. With the inputs from PTI</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank board approves stock split; face value cut from Rs 5 to Rs 1 per share</t>
+          <t>SBI Funds Management IPO likely in 2026; SBI to divest 6.3I% stake</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank’s Board of Directors has approved a split of the equity shares.</t>
+          <t>SBI to divest 6.3% in SBI Funds Management via IPO; AMUNDI India to sell 3.7%. The 2026 listing will be SBI’s third major subsidiary to go public.</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>2025-11-21T16:20:47+05:30</t>
+          <t>2025-11-06T14:17:13+05:30</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-kotak-mahindra-bank-board-approves-stock-split-face-value-cut-from-rs-5-to-rs-1-per-share-4051777/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-sbi-funds-management-ipo-likely-in-2026-sbi-to-divest-6-3i-stake-4034195/</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank’s Board of Directors has approved a split of the equity shares. In an exchange filing, the bank said approved a split of one equity share of face value of Rs 5 into five equity shares of face value of Rs 1 each. After the share split arrangement, the bank has divided 280,00,00,000 shares of face value of Rs 5 into 1400,00,00,000 shares of face value of Rs 1. The action does not affect the total value of the shares held by the shareholders. Thebankstated that the proposed stock split requires further approval from the Reserve Bank of India and regulatory authorities before implementation. The bank added that the scheme will be implemented within two months from receipt of all regulatory/statutory approvals, as well as the members’ approval. A share split is a corporate procedure where the company issue new shares to increase the number of shares held by the shareholders. The share split increases the trading liquidity of the stocks, making more shares available and affordable to trade. Earlier in 2010, Kotak Mahindra Bank carried out a share split, reducing the face value of equity shares from Rs 10 to Rs 5. In 2015, the bank also issued bonus shares in a 1:1 ratio.</t>
+          <t>TheState Bank of Indiais selling a 6.3 per cent stake in SBI Funds Management through theIPOof the subsidiary company. In an exchange filing, the State Bank said that the Executive Committee of the Central Board has approved the divestment of 3.206 crore shares of SBI Funds Management. The banker added that the SBI Funds Management IPO is subject to approval from regulatory authorities. “Apart from maximizing value realization for the existing stakeholders, the IPO will create opportunities for the general shareholders, broaden market participation and lead to increased awareness of products to a wider set of potential investors.” SBI Chairman, Challa Sreenivasulu Setty, said in a statement. SBI Funds Management, a joint venture between SBI and French fund management firm Amundi, oversees mutual funds and investment portfolios for retail and institutional investors. The State Bank of India, the largest bank in the country, currently holds a 61.90 per cent stake in SBIFML. SBI said that in FY25, it earned a total of Rs 4,230.92 crore in income from its stake in SBIFML. French asset management major AMUNDI Asset Management hold a 36.36 per cent stake in SBI Funds Management. SBI said that AMUNDI India is also selling 3.7 per cent of its stake in SBIFML, representing 1,88,30,000 equity shares State Bank and Amundi India, both promoters of SBIFML, have jointly initiated the IPO, which is expected to be completed in 2026. SBIFML is the largest asset management company in the country, with a market share of 15.55 per cent, managing a Quarterly Average Assets Under Management of Rs 11.99 trillion across various schemes of SBI Mutual Funds. It has an AUM of Rs 16.32 trillion as of the end of the September quarter. Chairman Setty said that SBI Funds Management will be the third subsidiary of the bank to be listed, followingSBI Cardsand SBI Life Insurance. “Considering SBIFML’s sustained strong performance and market leadership over the years, it is considered an opportune time to launch the IPO process”, Setty added.</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>IBBI issues norms to streamline the valuation process for insolvent entities</t>
+          <t>‘We are intentionally focused on underserved regions, ’ says Jairam Sridharan,  MD &amp; CEO, Piramal Finance</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Experts said the absence of a set format has led to disputes and litigation, causing delays in the resolution process and undermined the confidence in the whole valuation exercise.</t>
+          <t>Piramal Finance has completed a dramatic transformation from a 90% wholesale NBFC to an 83% retail-focused entity, growing its book 4x to ₹90,000 crore.</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>2025-11-20T22:36:04+05:30</t>
+          <t>2025-11-07T09:46:25+05:30</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-ibbi-issues-norms-to-streamline-the-valuation-process-for-insolvent-entities-4051101/</t>
+          <t>https://www.financialexpress.com/business/banking-finance/we-are-ntentionally-focused-on-underserved-regions-says-jairam-sridharan-nbspmd-amp-ceo-piramal-finance/4033425/</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>With a view to prescribe a standardised format to prepare a valuation report for an insolvent company, the Insolvency and Bankruptcy Board of India (IBBI) has proposed fresh guidelines for conducting valuation under the Insolvency and Bankruptcy Code (IBC), 2016. In a discussion paper, the board said that these guidelines are intended to promote consistency, transparency, and standardisation in valuations carried out under the IBC. “The objective is to ensure that valuation reports are comprehensive, supported by adequate documentation, and prepared through a structured and well-reasoned assessment of the assets of the corporate debtor,” the paper said. At present, registered valuers (RVs) do not follow a standardised format while preparing a valuation reports. These reports often lack details on methodologies, assumptions and data sources employed by the valuers which results in inconsistencies, and lack of comparability. Experts said the absence of a set format has led to disputes and litigation, causing delays in the resolution process and undermined the confidence in the whole valuation exercise. Broadly, the new guidelines cover four aspects, including the documentation to be maintained by the registered valuer, the minimum content of the valuation report, key parameters to be considered while valuing receivables, and the asset-specific formats for the valuation report. “The objective of these guidelines is to prescribe the minimum contents of the valuation report for conducting valuation under theIBC, and specify the responsibility of a valuer in preparing the relevant documentation for arriving at a value,” the paper said. As part of the documentation exercise, the valuer will have to keep a comprehensive written record of the valuation such as relevant communications with the client, working papers, and supporting materials that substantiate the conclusions reached. Moreover, documentation will include alternative methodologies considered by the valuer, additional data and inputs evaluated, risks and potential biases identified and addressed, the exercise of professional judgement, and the valuation quality control procedures applied. Devendra Mehta, partner at PwC, said even though the intent to standardise the valuation process is well-meaning, apart from certain mandatory information, the remainder should be left to the judgement of the valuer. “An overly prescriptive and compulsory approach may not fully capture value in some cases,” he said. The valuation report is one of the key documents for the committee of creditors (CoC) to evaluate the bids for a distressed company. The value provided by the valuer is a major factor that facilitate the CoC in taking decisions on the future course of an entity. In cases where the valuation report doesn’t reflect the fair worth of a company, it’s likely that CoC might order its liquidation or try to revive it even when there’s no scope to resuscitate.</t>
+          <t>Piramal Finance is gearing up for its next phase of expansion with a foray into the gold loan segment by March 2026. Its MD &amp; CEO Jairam Sridharan tells Mahesh Nayak about the company’s transformation into a tech-led, retail-focusedNBFC&amp; ambitions to deepenfinancialinclusion across Bharat. Excerpts: How has Piramal Finance evolved over the past few years? It’s been a remarkable journey. Five years ago, we were a 90% wholesale NBFC. Today, we are 83% retail. Our retail-led book has grown 4 times in four years, from Rs 20,000 crore post-DHFLacquisition in 2021 to Rs 90,000 crore now. The era of monoline NBFCs is over. No single product is large enough to sustain a Rs 1 lakh crore book. All large NBFCs today are diversified. We started with that vision and built a multi-product platform from day one. First, we built a diversified NBFC from scratch, offering a range of products including housing loans, loan against property (LAP), used car finance, personal loans, digital lending, and more. Second, we have invested heavily in distribution and technology. That has helped us scale rapidly and efficiently. We are now among the top 15 NBFCs in the country. What defines the next phase of Piramal Finance’s retail strategy? The next phase is centred on deepening trust, expanding reach and offering products tailored to Bharat. With 70% of our customers coming from tier-2 and tier-3 cities, we are intentionally focused on underserved, high-growth regions. We currently operate in 428 cities with 517 branches, and plan to add 75 more in the next 3–4 months. This physical footprint, combined with digital onboarding and AI-driven underwriting, gives us a strong edge in semi-urban India.How is Piramal Finance leveraging AI to drive inclusion and scale in Bharat? Artificial Intelligence (AI) is deeply embedded across our operations, with over 45 models running live to unlock credit access for millions—especially those underserved by traditional metrics, such as CIBIL scores or salary slips. This tech-led approach has helped us reduce our operating cost-to-AUM from 6.5% to 3.9% in just two years, with a target of 3.25–3.75% by FY27. Lower costs mean we can lend more widely and affordably. Over 70% of our customers are from tier-2 and tier-3 cities, many of whom are first-time borrowers. We combine human judgment with data intelligence to deliver fast, fair, and responsible credit, making financial inclusion in Bharat a lived reality. What’s the current size of your investment book? Our total balance sheet is around Rs 95,000 crore, of which about Rs 5,000 crore is in investments. These include stakes in Shriram Group’s insurance (Life and general) arms, a JV in Pramerica Life with Prudential, and a sub-10% stake in fintech lender FIBE. Over time, we plan to divest. Our core focus is lending. We want to allocate more capital to our core business and reduce exposure to non-lending activities. Are you considering to add a new product? Gold loans we are preparing to launch this financial year, something we don’t currently offer. It’s a strategic addition that aligns with our Bharat-focused retail strategy. While we will build it gradually, our long-term goal is to create a sizable gold loan franchise. Beyond that, our core retail basket—encompassing housing loans, LAP, MSME credit, and personal finance — is robust, but we are evaluating new opportunities that deepen inclusion and serve emerging needs across tier-2 and 3 India. What’s your growth guidance for FY26? We have guided for 25% growth this year and were already at 22% y-o-y by September, with a stronger-than-expected first half fuelling optimism. For FY27, we will reassess in January but expect to remain comfortably above 20%. Growth has been led by LAP (up over 50% to Rs 20,000 crore), housing (Rs 30,000 crore) and salaried personal loans. Unsecured lending, now accounting for 17% of the book, is growing more slowly but is expected to accelerate toward our 25% long-term target. With 80% of growth expected from retail segments, including home loans, MSME credit, personal finance, and gold loans, our focus remains on tier-2 and 3 markets, where 70% of our customers reside. We expect to cross Rs 1lakh crore in AUM by FY26 and reach Rs 1.5 lakh crore by FY28, powered by a tech-first, retail-led strategy for Bharat. How do you view inorganic growth opportunities? Absolutely, inorganic growth is very much on our radar. We are actively scouting for NBFC-like businesses in Bharat markets, focusing on microfinance, gold lending, affordable housing and MSME credit. These segments align with our strategic priorities and we are open to acquisition opportunities in this space. That said, we are guided by two key principles: values and valuation. Any potential acquisition must align with our cultural ethos and come at a fair price. We are not interested in overpaying for quality; the fit has to be strategic and financially sound. What’s the current status of Piramal Finance’s legacy book? Our legacy book has been significantly downsized—from a peak of Rs 50,000 crore to about Rs 5,500 crore today, representing just 6–7% of our total book. It primarily consisted of large-ticket construction finance and structured transactions. We have already absorbed the P&amp;L impact required to wind it down and expect the remaining portion to be fully phased out over the next five to six quarters. How is the wholesale business evolving within Piramal Finance’s portfolio? The wholesale book is expanding rapidly at nearly 40%, split between medium-sized real estate construction finance (two-thirds, with ticket sizes of Rs 150–200 crore) and mid-market corporate lending to BBB+ rated firms (one-third, with revenue sizes of Rs 150–1,000 crore). With an average ticket size of `70 crore and a three-year tenor, the focus remains on low-risk, non-structured transactions. Though still modest, we expect the wholesale book to reach Rs 15,000 crore by year-end, plus Rs 2,000–3,000 crore in legacy assets, maintaining our targeted 80:20 retail-to-wholesale mix. How do you assess your capital position given your growing book, and what are your current funding costs? Are you raising money, and how is that progressing? Our capital position is strong, with capital liquidity at 20.5% versus the 15% regulatory requirement. Liquidity is equally robust, with an average LCR above 250% against RBI’s 100% mandate. We are raising funds at an interest rate of 8.75–8.80% from bonds and approximately 9.20% from loans. Over the next six months, we expect a 30–40 basis point drop in loan rates as banks cut MCLRs. As a floating-rate borrower, this should expand our margins, even as banks face compression. Can you share more about Piramal Finance’s alternatives business and future plans? Our alternatives business spans both performing credit and distressed asset spaces, managed in partnership with Bain and CDPQ, respectively. The funds have delivered a strong performance, with over $1.5 billion deployed to date. We are currently seeking to raise capital for two new funds—one in a familiar space and another in a new vertical. As demand evolves, we will refine our strategy, but the outlook remains positive and growth oriented. What are the key risks or concerns you’re watching as you scale? Risk remains central to lending. While unsecured segments faced tighter conditions last year, growth has stabilised over the past six to nine months, prompting cautious optimism. We monitor macroeconomic shifts—such as interest rates, liquidity, and regulation—while our diversified model mitigates concentration risk. The biggest structural risk head isn’t credit or liquidity, but whether GDP can accelerate toward 8%. Youth employment is critical and addressing it is key to inclusive growth and expanding credit across Bharat.</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>‘Good trade deal’ with US to support rupee stability: Malhotra</t>
+          <t>CSB Bank cautious on SME loans: Pralay Mondal, MD and CEO</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>The governor said that it is ultimately up to the government to decide whether and how cryptocurrencies should be regulated, with an existing working group expected to take a final call.</t>
+          <t>CSB Bank reported a 16% YoY net profit increase to ₹160 crore in Q2, but its MD &amp; CEO, Pralay Mondal, announced a cautious approach to SME lending, particularly in sectors like textiles, due to uncertainty surrounding the India-US trade deal.</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>2025-11-20T22:06:56+05:30</t>
+          <t>2025-11-05T22:31:25+05:30</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-good-trade-deal-with-us-to-support-rupee-stability-malhotra-4051074/</t>
+          <t>https://www.financialexpress.com/business/banking-finance/csb-bank-cautious-on-sme-loans-pralay-mondal-md-and-ceo/4033421/</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>Attributing the rupee’s recent depreciation to stronger demand for the US dollar,Reserve Bank of IndiaGovernor Sanjay Malhotra on Thursday said the central bank does not target any specific level for the rupee, but expressed confidence that a “good trade deal” with the US would support currency stability. Delivering the VKRV Rao Memorial Lecture at the Delhi School of Economics, Malhotra said theRBIcontinues to take a cautious stance on cryptocurrencies and stablecoins. He added that India’s rapid economic expansion would soon propel more domestic lenders into the world’s top 100 banks. Currently, only State Bank of India and HDFC Bank appear among the world’s top 100 banks, ranked 43rd and 73rd, respectively. Stressing that India has “very good” foreign exchange reserve buffers, he said there is no cause for concern on the external sector. As of November 7, 2025, forex reserves stood at around $687.7 billion, sufficient to cover about 11 months of the country’s merchandise imports. He expressed confidence that a “good trade deal” with the US would ease current account pressures. India’s merchandise trade deficit widened to a record high of $41.68 billion in October, driven by an increase in gold imports and a decline in US-bound exports. The rupee closed 23 paise lower at 88.71 against the dollar on Thursday, weighed down by broad dollar strength and diminishing expectations of a US Fed rate cut. “We do not target any level (for rupee). Why is the rupee depreciating? It is because of the demand (for the US dollar),” he said. The US government imposed a 25% additional reciprocal tariff on Indian imports effective August 7, raising the overall levy to 50%, with a 25% penal tariff linked to oil imports taking effect from August 27. The move has impacted several labour-intensive sectors. The governor said the central bank is taking a highly cautious approach toward cryptocurrencies and stablecoins, citing their significant risks. “But at the same time, when it comes to digital innovations like UPI (Unified Payments Interface) or digital lending, our stance has been very accommodative and very enabling,” he said. He noted that the growing global use of US dollar-backed stablecoins could pose new monetary policy challenges next year. Malhotra reiterated that the RBI prefers promoting its central bank digital currency over private stablecoins or crypto assets. The governor added that it is ultimately up to the government to decide whether and how cryptocurrencies should be regulated, with an existing working group expected to take a final call. Malhotra also said India will soon have more domestic lenders featured in the top 100 global banks list, given the pace of economic expansion and growth in the banking system. Interacting with students, he said the RBI cannot specify how many large banks India should have in the global rankings. “There are many banks in the public sector space and in the private sector… at the pace at which they are growing, I think it is only a matter of time before we have a number of banks, quite a of them, among the top hundred banks of the world,” he said.</t>
+          <t>Given the uncertainty around the India-US trade deal,CSB Bankwill be cautious in lending to small and medium enterprises, Pralay Mondal MD and CEO said in the post earnings interaction. On Wednesday, the bank reported a net profit of `160 crore, up 16% on year in the July-September period. “We are a little cautious on SME at this point of time till we have clarity on the bilateral deal. So, especially in certain segments like textiles, it will depend on how the environment is picking up and taking shape in the next 1-2 months,” he said. For the current financial year, the bank aims for a loan growth of 25-30% and a deposit growth of 20-25%. As on September 30, the bank reported a year-on-year growth of 29% in advances and 25% in deposits. During the quarter, the disbursements were up 50% on year to `13,001 crore. However, disbursements slowed down in retail and wholesale segments. “The loan against security (gold) was earlier placed under retail. However, after theRBI’srevised guidelines, we have started winding it down and we want to bring it down to as low as possible by April,” he said. He added that the bank has been cautious on the credit card segment, and the unsecured book. He expects to see growth in the wholesale book in coming quarters. The bank aims to focus on its agriculture book and grow it in the second half of the financial year. “A lot of our agriculture business happens to gold owners. So, from a PSL (priority sector lending) compliance perspective, we are net sellers in the market. So, that’s why we don’t have to do agriculture to do a PSL. So, we are building that capacity. Right now, it (agriculture book) is around 3% or more than that.” The net interest income was up 16% on year to `424 crore and the other income too inched up by 75% on year to `349.20 crore. The net interest margin of the bank inched up to 3.81% from 3.54% a quarter ago. The asset quality improved with the gross non-performing asset ratio at 1.81% as on September 30 as against 1.84% a quarter ago and the net NPA ratio at 0.52% against 0.66% a quarter ago. The bank aims for a credit cost of around 50 basis points for the next 2-3 years. Currently, the credit cost of the bank has been stable for the past 2 quarters at 53 basis points.“So, I think somewhere around 40-50 basis points we should be in our credit cost. If we are lucky, if some recovery happens, we may fall down further also. But it will not go up from here.” On Fairfax India Holdings Corporation bringing down its stake further in the bank, Mondal said that as per the policy, it will have to bring it down. “While they did not want to do so, and we wrote to RBI, but the regulator did not agree because it was part of the terms of approval. The RBI has set a glide path there and is open to conversation. For now, we know that over the five years, the stake will have to come down. Of course, FairFax is speaking to RBI as well, but I am not privy to the discussion.”</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>Nagaraju chairs meet on foreign bank expansion</t>
+          <t>PSU Bank profits dip 1.5% despite credit surge</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>The decline in branch numbers shows that growth remains selective — foreign banks are likely focusing on profitable segments (wealth, corporate banking) rather than scaling retail branch networks indiscriminately.</t>
+          <t>Public Sector Banks (PSBs) collectively saw a 1.5% drop in net profit in Q2 (excluding SBI's one-time gain), despite a robust 11.7% year-on-year credit growth led by the RAM segment (Retail, Agri, MSME).</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>2025-11-20T21:34:09+05:30</t>
+          <t>2025-11-05T19:26:51+05:30</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-nagaraju-chairs-meet-on-foreign-bank-expansion-4051058/</t>
+          <t>https://www.financialexpress.com/business/banking-finance/psu-bank-profits-dip-1-5-despite-credit-surge/4033214/</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>The Inter-Departmental Committee (IDC), headed by Financial Services Secretary MNagaraju, deliberated and recommended on a set of proposals submitted by the Reserve Bank of India (RBI) regarding the establishment of branches, representative offices and subsidiaries of foreign banks in India, the finance ministry said on Thursday. These proposals, which are part of a broader strategy to facilitate the entry and operations of international banking institutions in the country, were thoroughly examined to assess their alignment with regulatory requirements, India’s financial sector priorities and national security considerations. Alongside this, the committee also reviewed proposals from Indianbanksseeking to widen their overseas footprint by setting up branches, representative offices or subsidiaries in foreign jurisdictions. The IDC also evaluated applications from foreign banks seeking approval to relocate their existing branches within India, indicating their business realignments, evolving customer demands or strategic shifts in operations. “After due consideration, the committee recommended the proposals placed before it,” the finance ministry said. The IDC functions under the Department of Financial Services (DFS), which serves as the nodal authority for evaluating such proposals from both foreign and domestic banks. Before arriving at its recommendations, the committee consults with member ministries including the Ministry of Home Affairs (MHA), the Ministry of External Affairs (MEA), and the Department of Commerce (DoC) to ensure a comprehensive and consensus-based approach. In March 2025, India had 44 foreign banks and 34 representative offices, with foreign bank branches continuing their decline from 874 branches and 36 representative offices in March 2021. The decline in branch numbers shows that growth remains selective — foreign banks are likely focusing on profitable segments (wealth, corporate banking) rather than scaling retail branch networks indiscriminately.</t>
+          <t>Despite a robust 11.7% year-on-year surge incredit growthled by retail, agriculture, andMSMElending, public sector banks saw their collective net profit dip 1.5% in the September quarter when adjusted for a one-time gain by State Bank of India, due to weaker treasury income and muted recoveries. Out of the 12 public sector banks, Bank of Baroda and Union Bank of India reported a year on year fall in net profit during the quarter ended September due to fall in other income and lower recovery from written off accounts. After seeing high double-digit growth for four quarters, other income stood at 8.4% on year in July-September, this was mainly attributable to weaker treasury income. SBI was an exception, simply because it completed the divestment of 13.18% stake inYES Bankto Sumitomo Mitsui Banking Corporation (SMBC) of Japan for Rs 8,888.97 crore. Post the divestment, SBI holds 10.8% stake in YES Bank. Net interest income of banks was up 2.5% on year which is high on a sequential basis, but was muted when compared to a 6.1% growth reported a year ago. The net interest margins continued to moderate in the reporting quarter, and bankers said that margins would see an uptick from hereon if there are no further repo rates by the Reserve Bank of India. “Transmission of the liability side is yet to take place, particularly with respect to the retail term deposits and the bulk deposits. So, we feel that the full transmission should happen by the Q3 quarter of this financial year. And once that happens, the NIM should start stabilising, improvement should start for the system,” Rajneesh Karnatak, MD and CEO of Bank of India said in the post earnings media call. The average loan growth and deposit growth of the PSU banks stood at 11.7% and 9.4% on year, data showed.  The loan growth was mainly led by the RAM (retail, agriculture and MSME) segment. Apart from Union Bank of India, all other banks reported a double-digit growth in advances. In term of deposits, the public sector banks saw a slight moderation with the average CASA ratio at 38.58% as on September 30 from 38.74% a quarter ago and 39.49% a year ago. In the coming quarters banks aim to increase this ratio further in order to strengthen their margins, bankers said in the post earning interactions. “Going forward, we expect the demand for credit to continue in the second half. Looking at the trend, the deposit and credit growth of scheduled commercial banks may remain in the range of 11-12% during FY26,” CS Setty, Chairman State Bank of India said in the post earnings call. “However, risk persists from the global commodity markets and potential spillovers from the trade disruptions,” he added. The asset quality of all 12 state owned banks improved on a sequential basis in the quarter ended September. Bank of Maharashtra has the lowest gross NPA ratio at 1.72%, followed by the State Bank of India at 1.73% as on September 30. Provisions of the state-owned bank fell by nearly 11% on year and by 7.7% on a sequential basis, the data showed. State Bank of India, Punjab National Bank, Canara Bank and UCO Bank were the outliers and saw a rise in provisions on a year-on-year basis. Public sector banks seem comfortable to implement the expected credit loss guidelines. According to a report by CareEdge Ratings, the incremental provisioning could reduce overall banking sector capital adequacy by approximately 40-70 basis points. “The impact on public sector banks is expected to be higher at ~60-90 basis points whereas private sector banks might see a lower impact of ~20-50 basis points,” the report said.</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>Our effort is now on raising awareness: Q&amp;A with Vikas Bansal, CEO Amazon Pay India</t>
+          <t>Higher dividend by RBI likely to offset revenue loss due to GST rationalisation in FY26: CareEdge</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>"A lot of our effort is now on raising awareness. People often don’t realise they’re already using Amazon Pay across thousands of merchants where Amazon Pay wallet, UPI, or Pay Later are accepted," he told FE.</t>
+          <t>RBI's higher dividend is expected to offset GST rationalisation shortfall for FY26; Learn more about the fiscal outlook.</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>2025-11-20T20:27:56+05:30</t>
+          <t>2025-11-05T17:23:17+05:30</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-our-effort-is-now-on-raising-awareness-qampa-with-vikas-bansal-ceo-amazon-pay-india-4050999/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-careedge-rbi-dividend-likely-to-offset-gst-rationalisation-shortfall-for-fy26-4032870/</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
-          <t>As Amazon Pay doubles down on becoming more than just a checkout option inside its shopping app, its India arm is ready with a full-stack payments ecosystem, one that spans UPI, credit cards, pay-later, wallet, travel bookings, and bill payments. In an interview with Ayanti Bera, Vikas Bansal, CEO of Amazon Pay India, explains how the company is breaking out of the “in-app feature” perception, a growing user base beyond metros, and innovations such as biometricUPIand voice-enabled payments. Excerpts: A. Amazon Pay, today, is all that you need. Payments span various aspects of life, including shopping, bills, transit, daily expenses, travel, and EMIs. For that, customers need different payment methods such as UPI, credit cards, pay-later, and wallets, and here we unify them seamlessly. This proposition saw strong traction during the festive season, when Tier 2 and Tier 3 cities contributed 85% of Amazon Pay’s new customer acquisition. That gap is now closing. Customers can access Amazon Pay in three ways. The first two are through the main Amazon app, where there are icons on the top and on the persistent navigation bar at the bottom that take users to the complete Amazon Pay interface. Users can also access Amazon Pay through a shortcut icon on their home screen that opens the full Amazon Pay interface, without launching the main Amazon app. The shortcut icon, which gives the user experience of a standalone app, is currently only available for Android users. Amazon Pay UPI is used by more than 110 million customers, with 75% of usage coming from Tier 2 and Tier 3 towns. During the recent flagship sale, Amazon Pay UPI powered one in every two orders, while about half of the Prime members used the service. Overall, Amazon Pay services were used by one in four customers. We also serve over 10 million Pay Later customers, and our co-branded Amazon PayICICI BankCredit Card has more than 5 million users, making it one of the most popular cards in India. India has only 5% credit card penetration, compared to 65–70% in the US and China. BNPL fills this gap for customers who have no credit history, not subprime borrowers. With Axio’s deeper integration and capital access, we can scale responsibly to more customers while keeping acquisition costs near zero. Amazon Pay Later offers credit lines up to Rs 60,000 with instant digital onboarding. We are pioneering biometric UPI on Amazon Pay, which removes the need for PIN entry, and customers authenticate using fingerprint or face ID with the same security standards. It is already live and improves speed dramatically. We have also launched UPI Circle, which allows a primary user to add trusted family members, even those without bank accounts, and set spend limits and monitor usage securely. Beyond this, voice-led and IoT payments are an area of focus, including paying via Alexa and experimental models like paying with smart glasses through a voice command. A lot of our effort is now on raising awareness. People often don’t realise they’re already using Amazon Pay across thousands of merchants where Amazon Pay wallet, UPI, or Pay Later are accepted. As digital payment penetration in India is still under 50%, the runway is massive.</t>
+          <t>The net revenue shortfall arising from the recentGoods and Services Tax (GST) rationalisation, estimated at around 0.1% of GDP for the current fiscal, is expected to be offset by the higher dividend transfer from theReserve Bank of India (RBI),noted a report by CareEdge Ratings. The report said that with tax collections having already moderated in the year so far, the lower nominalGDP growthprojected for FY26 could pose additional challenges in meeting the full-year tax targets. It added that the impact of income tax reductions and GST rationalisation on tax receipts during the remainder of the fiscal year warrants close monitoring. It stated “The net revenue shortfall from GST rationalisation is expected to be offset by the higher dividend transfer received from the RBI”. According to the report, the overall subdued tax performance may still exert pressure on government expenditure in the second half of the year, particularly if the Centre remains committed to the fiscal consolidation path. The government aims to continue on its fiscal consolidation trajectory, targeting a gradual reduction in the fiscal deficit in the coming years. During the GST rationalisation announcement, the GST Council had assessed the rationalisation exercise as fiscally sustainable. It projected a fiscal impact of Rs 48000 crore, or 0.15% of GDP, based on FY24 consumption patterns. The Council had also indicated that this impact could be balanced with increased consumption translating into higher GST collections in the coming months. A report by theState Bank of India (SBI)stated that the revenue loss of the central government due to the recent GST rate reduction will be around Rs3,700 crore in FY26, as higher growth and a boost in consumption have reduced the impact on revenues. The SBI report highlighted that, based on the FY24 baseline, the government had initially estimated a gross loss of Rs 93,000 crore due to GST rate cuts. After adjusting for extra revenue collection, the net loss stood at Rs 48,000 crore. TheCentre’s fiscal positionin the first half of the current fiscal year has been marked by slowing tax collections, though healthy non-tax collections, particularly the higher dividend from the RBI have lent support to the overall receipts. The reduction in income tax, announced in the last Budget is also expected to have weighed on income tax collections so far this year. While the impact of GST rationalisation on government finances remains to be seen, the overall fiscal balance may be maintained, aided by non-tax revenues and potential gains from improved consumption trends in the economy.</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>‘Any earnings disappointment could trigger short-term corrections’: Anand Shah, CIO ICICI Prudential AMC</t>
+          <t>Banks to Remain Closed in Multiple Cities on November 5 for Guru Nanak Jayanti and Kartik Purnima, Check State-Wise List</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>"We believe the outperformance of ICICI Prudential PMS Largecap Strategy is primarily driven by a disciplined investment approach that focuses on selecting a concentrated portfolio of large-cap companies with resilient earnings growth potential and reasonable valuations," he told FE.</t>
+          <t>Banks to remain close in many Indian cities Nov 5 for festivals; check the RBI list and plan your visit accordingly.</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>2025-11-20T18:52:18+05:30</t>
+          <t>2025-11-05T07:00:00+05:30</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-any-earnings-disappointment-could-trigger-short-term-corrections-anand-shah-cio-icicinbspprudential-amc-4050897/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-banks-to-remain-closed-in-multiple-cities-on-november-5-for-guru-nanak-jayanti-and-kartik-purnima-check-state-wise-list-4031568/</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
-          <t>ICICI PrudentialAMC, which is awaiting regulatory clearance for a ₹10,000-crore offering (IPO), is betting big on the capex and consumption stories that are moving in tandem. Anand Shah, CIO – PMS and AIF Investments at the AMC manages Rs 63,807 crore as on March 31, 2025, tells Nesil Staney that Indian markets are still trading at a 9% premium to global indices. Excerpts: Emerging Leaders is about identifying companies on the cusp of structural transformation. We look for scalable business models, clean governance, prudent capital allocation, and evidence of pricing power. The goal is to find businesses that may be a midcap today but have the ability to become tomorrow’s large caps. Early indicators include improving return ratios, consistent market share gains, and a track record of reinvesting cash flows constructively. We avoid momentum stories or valuation-driven bets as the emphasis is on durability of growth. The ability to grow without eroding return on capital is what separates the genuine future blue chips from trend favourites. The domestic economy is in a sweet spot where both capex and consumption are moving in tandem. Capex-linked sectors such as capital goods, infrastructure, and construction materials continue to see strong order books and improving operating leverage. Private and public capex together are set to breach Rs 30 trillion in FY26, which is a clear indicator of sustained investment momentum. At the same time, consumption is poised for a structural boost, especially consumer services. The combination of GST rationalisation, soft inflation, and the upcoming 8th Central Pay Commission, which could inject nearly Rs 3.7 trillion (~1 % of GDP) into household income. This is expected to lift demand across discretionary categories. Financials, especially large private and PSU banks, remain well-placed with clean balance sheets and steady credit growth. Telecom and energy are also seeing steady margin improvement. These segments are likely to offer the better visibility on earnings durability going into 2026. Today, the real edge comes from how well one understands and interprets the data to make better investment decisions. We focus on earnings sustainability, management intent, and valuation discipline, the three pillars of our BMV (Business-Management- Valuation) framework. In addition, even in a well-researched market, there are mispriced opportunities in companies where short-term noise overshadows long-term value. India’s industrial and manufacturing revival is creating unique opportunities. Rising sovereign debt, protectionist trade policies, and geopolitical flashpoints are potential sources of volatility. Any escalation could pressure commodities and disrupt supply chains, affecting input costs and inflation trajectories. Domestically, the biggest risk is valuation complacency. India’s PE still trades at a 9 % premium to global indices and a 61 % premium to emerging markets, both below long-term averages but still elevated. That means any earnings disappointment could trigger short-term corrections. While India remains among the few economies offering growth with macro stability, for investors this is a phase where discipline, diversification, and realistic return expectations matter more than ever. We see value emerging in cyclicals such as industrials, metals, power, and select financials, areas that faced temporary headwinds earlier in the year but are now showing improving fundamentals. The pickup in liquidity, easing policy stance, and a revival in private capex are catalysts that could drive re-rating in these pockets. Similarly, within consumption, we see opportunity in select consumer services businesses like telecom, travel, organized retail etc, where long term growth might be better than investor expectations. SMART strategy is where both humans and machines are collaborating. Here we are using our quantitative factor research as well active BMV research capabilities in tandem. The SMART Strategy is designed as an all-weather portfolio, agile enough to participate across market cycles without being confined to one style or market-cap segment. It combines a mix of quantitative factor framework for elimination and BMV framework for shortlisting companies. It carries no permanent bias toward growth or value and balances opportunity with risk mitigation through disciplined diversification. We believe the outperformance of ICICI Prudential PMS Largecap Strategy is primarily driven by a disciplined investment approach that focuses on selecting a concentrated portfolio of large-cap companies with resilient earnings growth potential and reasonable valuations. The strategy emphasizes companies that are industry leaders with proven business models and effective management, that possess a competitive edge to sustain their market shares, backed by healthy balance sheets and cash flows. This approach helps generate consistent alpha over the long term by capitalizing on high-conviction opportunities within large-cap stocks, coupled with active sector allocation to capture market cycles and growth trends. Over past few years, our exposure to select names in the manufacturing and manufacturing allied space, along with names in consumption services has helped drive alpha.</t>
+          <t>If you plan on visiting your local bank branch today, then you might have to forgo of your plans as banks across several states of India will be closed on November 5, 2025 on the occasion of Guru Nanak Jayanti, Kartika Purnima, and Rahas Purnima. Banking operations, including in-person transactions, cheque clearances, and other counter services would be unavailable in the states where theseholidaysare observed. However, banks in some states would remain open. While branches in some regions will remain closed, others will continue to operate as usual. Customers are advised to check the officialReserve Bank of India (RBI) holiday list to confirm whether their local branch is open or not. On November 5, banks in Aizawl, Belapur, Bhopal, Bhubaneswar, Chandigarh, Dehradun, Hyderabad, Itanagar, Jaipur, Jammu, Kanpur, Kohima, Kolkata, Lucknow, Mumbai, Nagpur, New Delhi, Raipur, Ranchi, Shimla, and Srinagar will remain closed to mark Guru Nanak Jayanti, Kartika Purnima, and Rahas Purnima. Banks will remain closed in the Bihar’s capital city of Patna on November 6, 2025 due to the Legislative Assembly General Election, 2025 . In Shillong, Meghalaya banks will also remain shut on the same day for the local religious festival of Nongkrem Dance. Additionally, in Shillong, banks will also remain closed on November 7 on the occasion of the Wangala Festival. On November 8, banks inBengaluruwill be closed on account of Kanakadasa Jayanthi. The day also coincides with the second Saturday of the month, which means banks across India will remain closed as part of the regular weekend schedule. This will be followed by the usual weekly closures. Banks will remain shut across the country on Sundays — November 9, 16, 23, and 30 as well as on the fourth Saturday, November 22. Earlier this month, banks in Bengaluru and Dehradun were closed on November 1 to mark Kannada Rajyotsava and other regional festivals, followed by the regular Sunday closure on November 2. While physical branches will remain closed on these dates, customers can continue to access online banking, mobile banking, and ATMs without disruption. Those planning in-person visits are advised to schedule their banking activities accordingly.</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>Non-banks’ mortgage AUM to grow 18–19%: Crisil</t>
+          <t>SBI posts 10% rise in Q2 profit</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Affordability is expected to get a further lift from income-tax cuts, the GST rate reduction on building materials and under-construction homes, and continued policy support through the interest subsidy scheme, the report said.</t>
+          <t>SBI plans to open 450-500 new domestic branches this year. Setty believes corporates will resume capital expenditure should the the visible uptick in consumption sustain.</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>2025-11-19T22:58:03+05:30</t>
+          <t>2025-11-04T22:37:17+05:30</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-non-banks-mortgage-aum-to-grow-1819-crisil-4050049/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-sbi-posts-10-rise-in-q2-profitnbsp-4032101/</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
-          <t>Mortgage finance assets under management (AUM) of non-bank lenders are expected to grow 18–19% this financial year and the next, broadly matching last year’s 18.5% expansion, even as competition from banks and a likely moderation in real estate sales pose challenges, according to a report byCrisil Ratings. Mortgage finance includes home loans, loans against property, lease rental discounting and developer finance. “Public sector banks have upped the ante and surpassed prime-focused housing finance companies (HFCs) last fiscal and in the first half of this fiscal,” Subha Sri Narayanan, director,CrisilRatings, said. “The share of sub-9% interest rate home loans in banks’ portfolios surged to over 60% as on March 31, from about 45% last year, triggering increased balance transfers from large HFCs.” The second challenge stems from expectations of slower residential real estate sales in value terms in the top seven cities, which could affect disbursements for new home purchases. However, non-banks are partly insulated as nearly half of their home loan disbursements are for self-construction or resale properties, where demand remains firm. The share is even higher for affordable housing financiers, the report said. Despite the competitive pressures, long-term structural drivers for home loans – low mortgage penetration, rising urbanisation and improving affordability – remain intact. Affordability is expected to get a further lift from income-tax cuts, theGSTrate reduction on building materials and under-construction homes, and continued policy support through the interest subsidy scheme, the report said.</t>
+          <t>State Bank of India (SBI) on Tuesday reported a 10% rise in its net profit at Rs 20,160 crore for the September quarter on the back of a one-time income of Rs 4,593 crore from the sale of shares of Yes Bank. Excluding the one-time gain, the country’s largest lender reported an ordinary set of numbers, posting an operating profit of Rs 27,311 crore, a 7% year-on-year decline. On a sequential basis, SBI’s net profit rose by 5.2%. Analysts had estimated a net profit of Rs 17,387 crore. The bank’s net interest income (NII) increased by 3.3% y-o-y and 4.7% q-o-q to Rs 42,984 crore. The lender’s net interest margin (NIM) came in at 2.97%, a contraction of 17 bps y-o-y, but up 7 bps q-o-q. NIM for the domestic business was 3.09%, down 18 bps y-o-y and up 7 bps q-o-q. Domestic advances rose by a strong 12.32%, withSME, agriculture, and retail segments registering double-digit growth. Asset quality remained stellar, with gross NPA at a two-decade low of 1.73%, net NPA at 0.42% and PCR at 75.79%. The SBI tock hit an all-time high of Rs 959 on Tuesday before closing the session at Rs 957.05, representing a 0.72% increase. SBI Chairman CS Setty said the bank’s net interest margin would be around 3%, much like it was last year. “The U-shaped trajectory we anticipated has already begun to play out, and we expect the momentum to sustain through the coming quarters,” he said. The chairman observed that the topline growth had been flat as the bank was navigating the repricing cycle of fixed deposits, a 12 to 16-month process which is still unfolding and will likely take another two quarters to normalise.The bank remains upbeat about its credit growth trajectory. “Our credit growth continues to be broad-based, with strong momentum across retail, SME, and agriculture segments,” Setty observed. The credit growth guidance for FY26 has been raised from 11% to 12-14% due to income tax and GST rate cuts that have resulted in sustained consumption demand. SBI plans to open 450-500 new domestic branches this year. Setty believes corporates will resume capital expenditure should the the visible uptick in consumption sustain. Ashwini Kumar Tiwari, managing director, SBI, said: “After several quarters of muted performance, SBI is pleased to share that its corporate credit growth has rebounded to 7.10%, signaling a clear return to momentum. We are now targeting double-digit growth in the second half of the year, backed by a robust pipeline exceeding Rs 7 lakh crore, half of which is already sanctioned, with the remainder under active discussion.” Against a backdrop of cautious global optimism and strong domestic demand, SBI crossed a historic milestone with total business exceeding Rs 100 lakh crore. The bank aims to continuously maintain approximately 20% of India’s GDP as its asset portfolio, with an ambition to reach 25%. Deposits grew by 9.27% y-o-y during the quarter, reaching Rs 55.92 lakh crore, while current account deposits surged by 17.9%, reflecting a strong liability franchise. The bank added that the earlier slowdown in advances had resulted largely from prepayments by cash-rich corporates and government entities, as well as equity infusions. The bank’s pipeline is anchored in term loans for capital investment, with strong traction across NBFCs, power, renewables, hydrocarbons, iron and steel, and real estate. Capital adequacy improved to 14.62%, bolstered by a Rs 25,000-crore QIP. Digital banking continued to thrive, with over 93.5 million YONO users and 64% of new savings accounts opened via the platform. “Our ambition is to have at least 200 million mobile banking customers,” said Setty, adding that in the current quarter, they plan to launch the YONO 2.0 version. With RoA above 1% and RoE at 20.21%, the bank reaffirmed its commitment to sustainable growth and superior returns.</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>Banks seek more leeway in acquisition financing</t>
+          <t>Secondary market liquidity trails market growth: RBI official</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>There is a demand for clarification on whether the corporate's required equity contribution must be pure equity or if debt raised at the promoter level and then injected as equity into the acquiring company would be acceptable.</t>
+          <t>On the forex retail platform, which was linked with Bharat Connect bill payment system, receiving a lukewarm response, Bhandia said, “We will plan to expand this scope to other kinds of participants and products”.</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>2025-11-20T02:43:07+05:30</t>
+          <t>2025-11-04T20:20:17+05:30</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-banks-seek-more-leeway-in-acquisition-financing-4049927/</t>
+          <t>https://www.financialexpress.com/business/banking-finance-secondary-market-liquidity-trails-market-growth-rbi-official-4031977/</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
-          <t>Banks have flagged off several restrictions in the Reserve Bank of India’s (RBI) acquisition financing guidelines, as they believe that these will limit their participation in themerger and acquisition (M&amp;A)space.  These include capital caps, equity restructuring as well as inability to fund smaller deals, among others. According to banking sources, a detailed representation has already been sent to the banking regulator. One of main feedback that bankers have given is on the majority and controlling stake acquisitions. “This rules out funding for minority acquisitions or staggered deals done in tranches as sometimes companies acquire 15%-20% initially and scale up later,” said Anu Aggarwal, president &amp; head, corporate banking,Kotak Mahindra Bank, adding that the current framework should allow that flexibility Another concern is the cap on the exposure. That is, banks are permitted to allocate only 10% of their Tier 1 capital toward acquisition financing. “This effectively turns out to be a very small number of around Rs 3 lakh crore, as the banking system’s Tier-1 capital stands at Rs 30 lakh crore ,” said bankers. Most believe that this is inadequate, especially since the M&amp;A activity in India has already touched $50 billion in the first half of 2025. A senior official from a private-sector bank added that the RBI should consider raising the cap to 25–40% of Tier 1 capital, allowing banks to lend up to 25% of that capital to a single corporate group. The eligibility criteria, which restricts financing to only listed entities, is also a limiting factor. Another corporate banker from a private-sector bank pointed out that this excludes a significant portion of M&amp;A activity, especially in the private equity space. “Many acquisitions today are driven by PE firms using unlisted vehicles. By limiting financing to listed entities, we are essentially saying this is only for the large corporates (Ambani, Adani and Tata’s),” he said, citing that even a large house owned JSW Paints’ recent $1.5 billion acquisition of Akzo Nobel’s sub in India can’t be financed under the proposed guidelines. Similarly, on profitability requirements, Pratish Kumar, Partner, JSA, said, “Mandating a three-year profitability track record for the target company risks undermining commercial judgment. Banks are well-equipped to assess risk and should be trusted to evaluate the strategic merit of each deal.” He added the proposed 70:30 debt-equity ratio for unlisted acquisitions is overly restrictive. “A shift to 80:20 would offer banks greater flexibility without compromising prudential norms,” he added. The equity contribution requirement, currently pegged at 30% pure equity, is also under scrutiny. There is a demand for clarification on whether the corporate’s required equity contribution must be pure equity or if debt raised at the promoter level and then injected as equity into the acquiring company would be acceptable. “The RBI generally prefers not to over-regulate such nuances initially, allowing market practices to evolve, said a state-run banker. Bankers believe many corporates prefer structured instruments like CCDs or preference capital, especially when partnering with PE firms. “As long as banks can ring-fence their exposure and ensure these instruments behave like equity from a senior debt perspective, they should be allowed,” said a private sector banker. “We believe banks are better equipped than shadow lenders or mutual funds to assess credit, monitor governance, and manage risk,” concludes Aggarwal.</t>
+          <t>Secondary market liquidity, despite growing over the years, has not been able to keep pace with the expansion of the market, Dimple Bhandia, chief general manager (financial markets regulation department) at theReserve Bank of India, said on Tuesday. Bhandia said the annual turnover has increased from Rs 100 lakh crore a decade back to Rs 165 lakh crore last fiscal, and that banks are the dominate players in the secondary market trading. “Liquidity also remains concentrated in a few securities, thinning out for longer maturities. Liquidity in state government securities also remains limited,” she said at the Morningstar Investment Conference. She spoke about the growth in the money markets, government securities, foreign exchange market and the risk markets for interest, credit and foreign exchange derivatives. “There are specific features of these markets which pose challenges for efficient price discovery, liquidity management and benchmark management. These are areas which require further policy attention. More importantly, all stakeholders need to align their minds and expand their efforts to together make the markets more robust and vibrant.” On the forex retail platform, which was linked with Bharat Connect bill payment system, receiving a lukewarm response, Bhandia said, “We will plan to expand this scope to other kinds of participants and products”.</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>Meet Jeetu Patel: Indian-origin Cisco executive who works 18 hours a day but follows 2 simple rules for work–life balance</t>
+          <t>De De Pyaar De 2 box office day 5: Ajay Devgn’s rom-com stays unstoppable, storms past Rs 60 crore worldwide</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>No synopsis available</t>
+          <t>De De Pyaar De 2 box office collection: The Ajyar Devgn-R Madhavan duo comeback has been received well by the De De Pyaar De fans.</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>No date available</t>
+          <t>2025-11-19T07:57:38+05:30</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/life/technology-meet-jeetu-patel-indian-origin-cisco-executive-who-works-18-hours-a-day-but-follows-2-simple-rules-for-worklife-balance-4063700/</t>
+          <t>https://www.financialexpress.com/life/entertainment-de-de-pyaar-de-2-box-office-day-5-ajay-devgns-rom-com-grosses-over-rs-60-crore-worldwide-4049044/</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>De De Pyaar De 2 box office collection day 5:Ajay Devgnis back again, and not as a cop this time. Returning to the romantic-comedy genre, Devgn continues the De De Pyaar De series with the sequel, which was released on Friday, November 14. Set to complete a week on the big screen, De De Pyaar De 2 has received wide acclaim from its fans and new audiences worldwide. De De Pyaar De 2has had a smooth-sailing weekend and is ready for another, as the week progresses. Stuck in the middle of societal expectations and family pressures, a ‘young’ couple struggles to seal the deal. Rakul Preet Singh, playing the significantly younger partner for Ajay Devgn, they set out to convince their families to bless their union in their signature romantically comic way.R Madhavan, the ‘father of the bride’, is sceptical of the characters’ age gap and becomes the primary challenge to their marriage. Interestingly, Anil Kapoor, was supposed to play the role, but was later replaced by Madhavan. After a decent opening day of Rs 8.75 crore, De De Pyaar De 2 saw a sudden 40% jump for its first Saturday. Entering the debut weekend on a high note, the Ajay Devgn-R Madhavan starrer made over Rs 12 crore. With Sunday came a 12% spike, taking the total De De Pyaar De 2 weekend collection to more than Rs 25 crore alone. As the weekday slump kicked in, the collections of De De Pyaar De 2 saw a 69% decline. After collecting Rs 4.25 crore on Monday, the film made Rs 5 crore on its fifth day, Tuesday. According to these Sacnilk numbers, the domestic collection for De De Pyaar De 2 inched towards the Rs 50 crore mark, with Rs 44 crore in the kitty. Globally, the internationalbox office collection for De De Pyaar De 2totalled more than Rs 60 crore across the five days since its theatrical release. Occupancy rates remained relatively healthy, as night shows filled nearly 30% of the seats. But overall, it remained just above 16.5% across the 5000 shows running across India. The Anshul Sharma directorial also stars R Madhavan, Ishita Dutta, Meezaan Jaffrey, Javed Jaffrey, and Gautami Kapoor in key roles.</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>Making socialism great again?</t>
+          <t>US housing crash predictor Michael Burry ‘still active in markets’ after recent hedge fund exit</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>US is moving towards an economy where the govt is a player on the field rather than a referee</t>
+          <t>Michael Burry, who predicted the 2008 US housing market crash and ultimately profited from it, is not going anywhere. Here's what we know.</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>2025-12-03T08:08:42+05:30</t>
+          <t>2025-11-19T07:40:11+05:30</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/opinion/making-socialism-great-again/4063699/</t>
+          <t>https://www.financialexpress.com/business/investing-abroad-us-housing-crash-predictor-michael-burry-still-active-in-markets-after-recent-hedge-fund-exit-4049043/</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
-          <t>By Atanu Biswas In one of the most counterintuitive notions of today’s world,CaliforniaGovernor Gavin Newsom recently declared that “Trump is committing socialism” by having the federal government buy stock in private companies like Intel,US Steel, etc. Senator Bernie Sanders, a self-described democratic socialist, certainly praised Donald Trump’s investment decisions. However, there is a significant conservative backlash against such steps of Trump, his version of US capitalism. For instance, Georgia-based conservative radio hostErick Ericksonreferred to the equity stake idea as “terrible” and described it as “actual socialism happening by a Republican administration”. Numerous news stories and op-eds have also issued sombre warnings about the emergence of orange-hued Trumpian communism. Well, isTrump, who referred toKamala Harrisas “Comrade Kamala” during her campaign to combat grocery price gouging, truly Making Socialism Great Again? Certainly, Trump is attempting to gain a majority on theFederal Reserve’sboard of governors and contesting the institution’s independence. Hours after official data showed a dramatic slowdown in employment growth during his tenure, he also dismissed the head of the Bureau of Labor Statistics. Honestly speaking, from the “$TRUMP” crypto to the repulsive concept for a “Gaza Riviera” development, there is little doubt that Trump is a capitalist. His intimidation of American universities was undoubtedly motivated by his desire for administrators to adopt a more conservative stance in return for federal funding. What about Trump’s seemingly socialist acts, though, given that the Trump administration has acquired stock in Intel, MP Materials, Lithium Americas, US Steel, etc.? It’s important to keep in mind that Trump approvedNippon Steel’scontentious $14.9-billion takeover of US Steel while obtaining a “golden share” in the company. In another event, Trump declared in late September that the public would be able to purchase discounted drugs on the federal website “TrumpRx”. One may wonder if this is similar to Zohran Mamdani’s plan for city-owned grocery outlets. But as Trump continues to apparently blur the distinction between capitalism and socialism, socialism might be something completely else. In socialism, the state produces items to meet production quotas rather than private companies to satisfy consumers and make a profit. Socialism comprises, among other things, the redistribution of wealth and the selection of economic winners and losers by policymakers. In contrast, in corporatism or state capitalism, the government makes decisions, but private enterprises nominally hold the means of production. Therefore, is Trump really exercising “socialism” in an effort to “make America great again”? Or is it similar to “state capitalism”, which is a “hybrid between socialism and capitalism”, as was recently described by the senior economics commentator of the Wall Street Journal, where the state guides the decisions of nominally private enterprises? Trump is “imitating the Chinese Communist Party by extending political control ever deeper into the economy”, according to the Wall Street Journal. And this path “risk[s] leading us down the road to serfdom that Friedrich Hayek warned against in 1944”, as was perceived by economist Daniel J Smith. The White House National Economic Council’s director, Kevin Hassett, however, stated that the Intel deal was “certainly not socialism”, although some right-wingers disagree. Senator Rand Paul of Kentucky, for example, questioned, “If socialism is government owning the means of production, wouldn’t the government owning part of Intel be a step toward socialism?” So, the confusion continues. Trump certainly did more than just impose a tariff when he demanded AMD andNvidiapay a 15% export tax on chips sold to China. He, thus, established a system where the government controls which companies can sell to which clients and at what price. However, his administration claimed that its drug policy is in line with free-market principles—Washington will not set pricing, but it will demand that Medicaid prices be comparable to those in other advanced economies. Even the hitherto sacrosanctH-1B visaprogramme for foreign experts, which even conservative restrictionists feel is beneficial to the US, has not been spared by Trump. In fact, even in his first term, Trump promoted a full-scale economic nationalist programme, which was often viewed as Marxism-Trumpism or socialism by experts. Early in 2000, when the pandemic threatened the world economy with a recession, the Trump administration planned the Covid-19 stimulus plan to provide $1,000 in cash per person. Additionally, a number of US bailout programmes known as “Trump administration farmer bailouts” were implemented during Trump’s first term in office as part of his “America First” economic strategy to assist US farmers who were suffering as a result of the US-China trade war as well as trade disputes with the European Union and some other countries. Now, Trump 2.0 compared the US economy to a supermarket where he has the final say over prices, as many of his policies favour central authority over market incentives. “We are a department store, and we set the price,” Trump said to Time magazine. “I meet with the companies, and then I set a fair price… and they can pay it, or they don’t have to pay it,” said Trump. It’s likely that Trump is more interested in politics than ideology. He must be thinking that instead of giving money to big companies for free, the state should be getting the most out of the deal. However, as a result of these stock purchases, America is gradually moving towards an economy where the government is a player on the field rather than a referee. So, the question that would keep haunting experts is whether Trump is merely an asymptomatic carrier of socialism. Or perhaps Trumpism-Socialism, a brand-new kind of “ism”, is created in the process. Professor of Statistics, Indian Statistical Institute, Kolkata</t>
+          <t>Michael Burryrecently announced he was “on to much better things Nov 25th, after his hedge fund Scion Asset Management’s registration with the US Securities and Exchange Commission (SEC)terminated earlierthis month. Despite his prior declaration on no longer managing money for external clients, the man who predicted the 2008 crash still claims to be very much active in markets. Shedding light on his current status, the American investor said in an email to Bloomberg News, “I am still running my money and active in markets.” He added, “This last go-around was always essentially a friends and family fund. I didn’t market it or treat it like most do, and I wasn’t trying to grow assets by acquiring investors I didn’t already know. I didn’t want the problems I had the first go around with Scion Capital.” The firm Burry is referring to here is one he shut down in 2008. Thereafter, he set out on the Scion Asset Management path in 2013. The high-profile investor’s Scion Asset Management exit resembles his 2008 move, in which he pulled the plug on his Scion Capital. The decision was prompted amid severe scrutiny and pressure, as clients demanded their money be returned before the housing market crashed. With a relaunch through Scion Asset Management in 2013, he decided to control the number of external clients. He has long gained the status of a cult figure on the Internet. Michael particularly became the poster child of the 2010 nonfiction book “The Big Short,” which portrays the chaos surrounding his unforgettable bet against US housing. The 2008 financial crisis eventually became the subject matter of the same-titled Hollywood flick, with Christian Bale coming in to play Burry. According to regulatory filings, Burry’s hedge fund was deregistered merely days ago. As per its most recent Form ADV filing, it managed about $155 million for 4 account in late March, the Business Insider reported. The Big Short-famed investor often dips out of the picture, only to make a resounding splash with his renewed market and economy-related predictions and warnings in the United States. In addition to making headlines for his big final decision tied to Scion Asset Management, he also shook the financial scene when the firm’s Q3 portfolio reveal. The update indicated that his fund owned bearish positions on two leadingAI stocks, Nvidia and Palantir, as of September 30. In a sharp retort, Burry hit back at Palantir CEO Alex Karp as a crossfire ensued between the two. The man who profited from the 2008 housing market crash took aim at reports suggesting he’d bet $912 million against the AI giant.</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>Shifting goal posts for $5-trillion economy</t>
+          <t>S Jaishankar meets Vladimir Putin in Moscow as India-Russia prepare for key annual summit</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Due to slower-than-expected nominal growth in dollar terms and steady weakness of the rupee, this objective may be achieved four years later than expected in FY25</t>
+          <t>The visuals released by the Kremlin showed Putin welcoming Jaishankar, who was joined by Indian Ambassador Vinay Kumar and Joint Secretary Mayank Singh.</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>2025-12-03T07:59:40+05:30</t>
+          <t>2025-11-19T07:40:00+05:30</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/opinion/shifting-goal-posts-for-5-trillion-economy/4063684/</t>
+          <t>https://www.financialexpress.com/world-news/s-jaishankar-meets-vladimir-putin-in-moscow-as-india-russia-prepare-for-key-annual-summit/4049046/</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
-          <t>By N Chandra Mohan Despite weaker-than-expected nominal growth ingross domestic product (GDP)and depreciation of therupee, there is no let-up in aspirational objectives of pegging the size of theIndian economyin US dollar-denominated terms. As the fifth-largest economy in the world, the narrative is that India is set to soon become the third-largest economy with a projected GDP of $7.3 trillion by 2030 and $30 trillion in 2047. However, becoming the fourth-largest economy by overtakingJapanhas not happened as yet. India’s nominal GDP in April-September 2025 is $1.98 trillion as against Japan’s $2.13 trillion. This is due to the sharp decline of the rupee against the US currency unit that reduces the size of India’s dollar-denominated GDP. While the latest GDP numbers indicate that the Indian economy is perhaps on track to hit $4 trillion this fiscal, they also strongly suggest that larger aspirational hopes may take a tad longer to be fulfilled. Look no further than the still-to-be-fulfilled ambition to become a $5-trillion economy, a hope that still burns bright among the ruling dispensation’s policymakers. This goal was first articulated by Prime Minister Narendra Modi in his Independence Day address after he secured a second term in 2019. In a first of sorts, the maiden Budget of Union Finance MinisterNirmala Sitharamanand the Economic Survey for 2018-19 shared this explicit vision statement to become a $5-trillion economy by FY25 from $2.83 trillion in FY20. This doubling objective got off to a bad start due to the exigencies of battling Covid-19 that resulted in a contraction of GDP by 5.7% in FY21. At the end of the five-year period in FY25, the GDP only hit $3.91 trillion rather than $5 trillion. The goal posts shifted thereafter. Policymakers felt that this target was reachable by FY27 or FY28. The International Monetary Fund (IMF) earlier indicated that this was not likely till FY29 but these projections were corrected to suggest that it could be hit earlier. In February this year, India’s GDP was forecast by the Fund at $5.15 trillion for FY28. However, its latest projections now peg it at $4.96 trillion and $5.46 trillion in FY29. This ambition might thus be realised four years later than when the doubling was to have taken place. The optimism of India’s policymakers around the $5-trillion economy is largely based on the fact of being the world’s fastest-growing large economy. But the doubling objective entailed nominal GDP growth in dollar terms of 14% per annum. A doubling of GDP had in fact taken place earlier in the four years from FY04 when growth hit 19% per annum to enable India to become a trillion-dollar economy in 2007-08. That sort of scorching pace has not been registered thereafter. As against the required rate of 14%, the pace of economic expansion averaged 6.9% in dollar terms over the five-year period. The rupee, for its part, depreciated from `74.2 to a dollar to `84.6 to a dollar over this period that reduced the size of dollar-denominated GDP. Looking ahead, weaker-than-expected nominal GDP growth and a deprecating rupee in the future are bound to impact other aspirational objectives as well. If hitting $5 trillion is taking much longer than expected, this will also happen for the target of $7.3 trillion by 2030 and $30 trillion by 2047. The tepid on-year growth of 5.2% in dollar-denominated nominal GDP in the first half of this fiscal and 5.5% for FY26 as a whole clearly suggests that the objective of reaching $30 trillion by 2047 is simply not feasible. This entails the Indian economy’s size to be seven times larger than the $4.12 trillion currently and nominal GDP growth in dollar terms of 9.9% per annum over the 21-year period. This is mission impossible in a fragmenting world economy. For such reasons, it makes better sense to move away from the dollar peg for India’s aspirations and focus on unleashing real rather than statistically-driven growth to truly become a global power. There is no doubt that the bullish real growth of 8% in the first half of this fiscal has a lot to do with an unusually weak GDP deflator. The gap between the nominal and real GDP growth has been narrowing due to this factor and can vanish with zero inflation! For unleashing real growth, there is a need to implement reforms of land, labour, and capital markets, besides providing fiscal support for $300 billion of investments every year in roads, railway infrastructure, seaports, airports, transport, gas, and inland waterways. The Survey of 2018-19 talked of initiating a virtuous private investment cycle, like in East Asia, to drive sustained growth. This is only a work in progress as the animal spirits of entrepreneurs are low and must be revived. Investors, both domestic and foreign, want improvements in the ease of doing business on the ground and less regulatory and policy uncertainty. These have far more bearing for realising India’s economic ambitions than shifting the goal posts to be a $5-trillion or $30-trillion entity, for that matter. The writer is an economics and business commentator based in New Delhi</t>
+          <t>External Affairs MinisterS Jaishankarmet Russian PresidentVladimir PutininMoscowon Tuesday during a meeting of heads of SCO delegations. The meeting took place ahead of the upcoming AnnualIndia-Russia Summit, which is set to take place in early December during Putin’s much-anticipated visit to India. Sharing an update on X (formerly Twitter), Jaishankar wrote, “Honoured to call on President Putin of Russia in Moscow today. Conveyed greetings of Prime MinisterNarendra Modi. Apprised him of preparations underway for the upcoming Annual India-Russia Summit. Also discussed regional and global developments. Deeply value his perspectives and guidance on further advancement of our ties.” The visuals released by the Kremlin showed Putin welcoming Jaishankar, who was joined by Indian Ambassador Vinay Kumar and Joint Secretary Mayank Singh. Several senior Russian officials were also present at the meeting, including Deputy Head of the Presidential Administration Maxim Oreshkin, Presidential Aide Yury Ushakov, Minister of Economic Development Maxim Reshetnikov and Deputy Foreign Minister Andrey Rudenko. On the sidelines of the event, Jaishankar had short conversations with Mongolia’s Prime Minister Gombojavyn Zandanshatar and Qatar’s Prime Minister and Foreign Minister Sheikh Mohammed bin Abdulrahman Al Thani. He also expressed his gratitude to Russian Prime Minister Mikhail Mishustin for hosting the summit. The 24th SCO Council of Heads of Government meeting took place in Moscow on 17–18 November, with all 10 member countries, including India, taking part. Meanwhile, in New Delhi, Putin’s top aide and Chairman of the Maritime Board of Russia, Nikolai Patrushev, met Prime Minister Narendra Modi on Tuesday to talk about different areas of cooperation between the two countries. On Monday, during his meeting with Russian Foreign MinisterSergey Lavrov, Jaishankar said that India and Russia have shared a stable and reliable relationship for many years. He added that the growth of their partnership benefits not just both countries but also the larger world. Jaishankar mentioned that both nations are discussing several agreements, projects and initiatives across different sectors. “I welcome this opportunity to meet again and our regular interactions – you mentioned six this year so far – have been greatly helpful in advancing our bilateral cooperation and also sharing perspectives on important regional, global and multilateral issues,” he said. Adding to it, Jaishankar said, “This particular occasion, for me, is all the more important as we prepare for President Putin’s visit to India for the 23rd Annual Summit.” He also said that India and Russia will exchange views on major global issues “with the openness that has always characterised our ties”.</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>US mulls expanding travel ban to 30 ‘third-world’ countries — All we know</t>
+          <t>Trump gives warm welcome to Saudi Crown Prince, seals major defence deal – Key Takeaways</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Homeland Security Secretary Kristi Noem has recommended that the Trump administration expand its travel ban from 19 countries to 30–32 nations, following the recent shooting in Washington, DC.</t>
+          <t>At one point, Trump took the prince’s hand and used the moment to criticise former US president Joe Biden for greeting MBS with only a fist bump during his 2021 trip to Riyadh, when COVID-19 precautions were still in place.</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>2025-12-03T07:39:45+05:30</t>
+          <t>2025-11-19T07:13:46+05:30</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/world-news/us-news/us-mulls-expanding-travel-ban-to-30-third-world-countries-all-we-know/4063637/</t>
+          <t>https://www.financialexpress.com/world-news/trump-gives-warm-welcome-to-saudi-crown-prince-seals-major-defence-deal-key-takeaways/4049048/</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>Homeland Security SecretaryKristi Noemis recommending that theTrump administrationincrease the travel ban list from 19 countries to 30 or 32 nations, according to a CNN report. Nationals from these countries currently face restrictions on travel to the United States. A CNN source said the list could continue to grow depending on ongoing assessments, but it is unclear which countries would be added or when the expansion will be officially announced. “We will be announcing the list soon,” a spokesperson for DHS was quoted as saying by NBC News. Noem said Monday that after meetingPresident Trump, she recommended a “full travel ban” on “every damn country that’s been flooding our nation with killers, leeches, and entitlement junkies.” On X (Formerly Twitter), Noem wrote, “Our forefathers built this nation on blood, sweat, and the unyielding love of freedom, not for foreign invaders to slaughter our heroes, suck dry our hard-earned tax dollars, or snatch the benefits owed to AMERICANS. We don’t want them, not one.” Trump later reposted Noem’s statement on his own social media without adding any remarks. On Tuesday, the Trump administration paused all immigration applications from the 19 countries on the ban list, The New York Times reported. This includes Afghanistan, Burma (Myanmar), Chad, Republic of the Congo, Equatorial Guinea, Eritrea, Haiti, Iran, Libya,Somalia,Sudan, Yemen, Burundi, Cuba, Laos, Sierra Leone, Togo, Turkmenistan, and Venezuela. The abrupt pause, effective immediately, will affect several immigration procedures. This means people waiting for their application approvals from these countries will be told that their interviews are cancelled. This applies to: In June, Trump had already banned nationals from 12 countries, includingAfghanistan, Iran, Libya, Somalia, Sudan, and Yemen, from entering the US In October, the administration lowered the refugee admissions cap to 7,500, the lowest in history. The recommendation comes shortly after a shooting in Washington, DC., that killed one National Guard member and left another severely injured. The suspect, Rahmanullah Lakanwal, is an Afghan national who had previously worked with the US  in Afghanistan. He moved to Washington state under the Biden administration and was later granted asylum. On Thanksgiving Day, Trump said he wanted to “permanently pause migration from all third-world countries” and also mentioned “reverse migration.” Analysts suggest this means that some naturalised American citizens could lose citizenship, and immigrants considered “non-compatible with Western civilisation” might face deportation.</t>
+          <t>Saudi Crown Prince Mohammed bin Salman, also known as MBS, arrived at theWhite Houseto an elaborate welcome fromUS President Donald Trump, marking a moment that underlined the growing closeness between the two countries. The White House rolled the red carpet and gave a full ceremonial reception to the Prince complete with marching bands, flag-bearers on horseback and a military flyover. Inside the Oval Office, the two leaders took questions from reporters and spoke about business deals, new technologies and hopes for stability in the region. But as they focused on future cooperation, pressing issues such as the humanitarian crisis in Gaza drew little attention during their public remarks. Trump and Prince Mohammed appeared in high spirits throughout the visit, trading warm remarks from the moment the crown prince stepped into the White House. At one point, Trump took the prince’s hand and used the moment to criticiseformer US president Joe Bidenfor greeting MBS with only a fist bump during his 2021 trip to Riyadh, when COVID-19 precautions were still in place. Trump said he had no hesitation in offering a full handshake. “I grabbed that hand. I don’t give a hell where that hand’s been,” Trump said. He went on to praise the crown prince, calling him “fantastic” and “brilliant”. Trump said that he had long considered him a close friend and that he is proud of the work the prince has done, noting MBS’ progress on “human rights and everything else”. The mood shifted when a reporter from ABC News asked Prince Mohammed a difficult question. Trump scolded her, saying she had shown disrespect to his guest. Later, when she asked Trump why he would not release government records connected toJeffrey Epstein, he lashed out again, saying the network should lose its licence. He accused her of starting the exchange with an inappropriate question and suggested she had been encouraged by others at ABC, calling her unprofessional and unfair. Trump and the Saudi Crown Prince signed several agreements on Tuesday covering a wide range of issues, including defence and civil nuclear cooperation. According to the White House, the deals are meant to strengthen the long-term partnership between the two countries, create well-paid jobs in the US, support key supply chains and add to stability in the region, all while prioritising American workers and security. Trump has agreed to supply Saudi Arabia with advanced F-35 stealth fighter jets. The White House did not say how many aircraft would be included or which version, but said the jets would be part of a large defence package. Reports have suggested that Saudi Arabia had been hoping to acquire around two dozen F-35s. The details of overall value of the deal or other equipment involved has not been shared yet. The two leaders also completed a civil nuclear cooperation agreement that lays the groundwork for a long-term partnership on nuclear energy. The White House said the deal confirms that the US and its companies will be Saudi Arabia’s preferred partners in this field and that all cooperation will follow strong nonproliferation rules. Trump has been saying that he wants Saudi Arabia to join theAbraham Accords, the framework that opened formal ties between Israel and several Arab nations. Both Trump and Prince Mohammed, while speaking to the reporters, suggested that some movement was happening on this front, though they offered no clear details or timeline. The crown prince repeated that Saudi Arabia wants any agreement to include firm steps toward creating a Palestinian state. He told reporters that Riyadh sees value in building good relations across the Middle East and hopes to be part of the Abraham Accords, but also wants a guaranteed path toward a two-state solution. “We want also to be sure that we secure a clear path [to a] two-state solution. And today we have a healthy discussion with Mr President that we’ve got to work on that, to be sure that we can prepare the right situation as soon as possible to have that,” the crown prince said. Saudi leaders have long said Riyadh stands by the Arab Peace Initiative, which links any recognition of Israel to the creation of a Palestinian state. Trump, for his part, said he had “good talks” with MBS on the matter and noted that they discussed different possible outcomes, adding that the conversation would continue in the coming weeks. Trump thanked Saudi Arabia for the large investments it plans to make in theUnited States, saying the amount would reach hundreds of billions of dollars. He joked that, because of their close relationship, the total might even rise to a trillion. “I want to thank you because you’ve agreed to invest $600bn into the United States. And because he’s my friend, he might make it $1 trillion, but I’m going to have to work on him,” Trump said. He further added that the funds would help create jobs and support American companies and financial firms. Agreeing with Trump, Prince Mohammed said Saudi investments in the US could indeed grow to around a trillion dollars. He noted that the agreements being signed, covering areas such as technology, artificial intelligence, rare materials and magnets, would open up many new opportunities. The crown prince agreed with Trump’s view that the US is currently the most attractive market in the world and said Saudi Arabia hopes to play a key role in the country’s fast-growing tech sectors.</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>RBI MPC preview: Rate cut or hold? Economists split as GDP soars to 8.2% and inflation dips</t>
+          <t>How will markets open today? GIFT Nifty in green, Nikkei, gold and 5 other cues at this hour</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>As the RBI MPC meeting kicks off, the street is divided due to Q2 FY26 GDP at a robust 8.2% but October inflation at a record low of 0.25%,</t>
+          <t>Track global cues, stock picks, and sector trends in today’s market update. Read more!</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>2025-12-03T07:30:00+05:30</t>
+          <t>2025-11-19T07:06:09+05:30</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/policy/economy-rbi-mpc-preview-rate-cut-or-hold-economists-split-as-gdp-soars-to-8-2-and-inflation-dips-4063525/</t>
+          <t>https://www.financialexpress.com/market/how-will-markets-open-today-gift-nifty-in-green-nikkei-gold-and-5-other-cues-at-this-hour-4049040/</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
-          <t>TheReserve Bank of India’sbi-monthly Monetary Policy Committee meeting kicks off today. The 6-member committee’s decision oninterest rateswill be announced by the RBI Governor, Sanjay Malhotra, on December 5 at 10:00 AM. While the central bank decided to keep the repo rate unchanged at 5.5 per cent in the last two MPC meetings, economists remain divided on whether the RBI will maintain its neutral stance or cut rates this time. The primary reason for the split among economists is the strongGDP growthof 8.2% in Q2 FY26, alongside a multi-year record-lowCPI inflationrate of 0.25% in Oct ’25. “Both these developments are mutually opposing forces from an interest rate perspective. Central banks usually do not tend to cut interest rates during periods of strong economic activity, represented by GDP growth. At the same time, the central banks usually respond to a low inflationary environment by cutting interest rates”. Mehul Pandya, MD and Group CEO of CareEdge Ratings, explains. Furthermore, here are the views of leading economists on why and what the Monetary Policy Committee will decide on interest rates on December 5. Nuvama says that while Q2 real GDP growth was strong, the NGDP continues to remain sluggish, stuck below 9 per cent. Furthermore, the firm notes that the GST cut may boost consumption, but the expected slowdown in government spending in 2HFY26 could be an offsetting factor. Nuvama states that, in light of the above factors and tariff impact, the low CPI inflation provides regulators with ample room for a rate cut in December. Similarly, Crisil also expect a rate cut amid the US tariffs. “I would believe that given the volatile and uncertain global environment, a rate cut could be something like an insurance rate cut”, says  Dharmakirti Joshi, Chief Economist at Crisil. Aditi Gupta, economist at Bank of Baroda, says that strong growth and range-bound inflation are expected to provide the MPC space to keep rates steady as it navigates a challenging and uncertain external environment. “The economy is expected to have maintained momentum in Q3 FY26 as well, supported by a recovery in urban consumption and resilient rural demand. Private investment is also witnessing signs of a recovery with a pickup in credit demand.” Gupta added. Gupta adds that besides the rate decision, what would also be critical to watch out for is the RBI’s guidance/actions on the liquidity front, as easier liquidity conditions would be critical for transmission.</t>
+          <t>GIFT Niftystarted Wednesday with a mild gain, opening at 25,295, up 0.05%. Investors are watching global moves in crude oil, gold, and currency markets for direction. Indian markets slipped on Tuesday, ending their six-day winning run. TheNifty 50closed 103 points down at 25,910, while theSensexfinished 278 points lower at 84,673. Key global and domestic cues to know on November 19, 2025 Asia-Pacific markets were mixed on Wednesday. Japan opened weaker, with the Nikkei 225 slipping 0.36% and the Topix down 0.26%. In contrast, Australia’s S&amp;P/ASX 200 inched up 0.11%. The Dow Jones Industrial Average dropped 498.50 points, or 1.07%, ending at 46,091.74. The S&amp;P 500 fell 0.83% to 6,617.32. The Nasdaq Composite also moved lower, slipping 1.21% to close at 22,432.85 in the last trading session. TheUS Dollar Index (DXY), which measures the dollar’s value against a basket of six foreign currencies, was 0.03% up at 99.57 on Wednesday morning. The index evaluates the strength or weakness of the US dollar in comparison to major currencies. The basket contains currencies such as the British Pound, Euro, Swedish Krona, Japanese Yen, Swiss Franc, etc. The rupee depreciated 0.03%, closed at 88.61 to the dollar on November 18. Crude oil pricesslipped in early Wednesday trade, with West Texas Intermediate down 0.57% at $60.40 a barrel, while Brent crude dipped 0.51% to $64.56. Foreign investors (FIIs/FPIs)purchased Rs 729 crore worth of Indian equities on Tuesday, November 18, according to provisional exchange data.Domestic institutional investors (DIIs)also recorded net purchases, buying shares worth Rs 6,157 crore during the session. In the latest on the yellow metal, thegold rate in Dubai, 24-carat gold was priced at United Arab Emirates dirham (AED) 489.75 per gram, while 22-carat traded at AED 453.50 per gram and 18-carat at AED 372.50 per gram. As per Goodreturns, in India, the24-carat gold rate todayis Rs 1,23,650/10 gm, while 22-carat gold costs Rs 1,13,340/10 gm. For those preferring 18-carat gold, the price is Rs 92,730 for the same weight. Telecom stocksled the gains with a 1.11% rise, followed bypaints and pigmentsup 0.72%, whiletextilesinched higher by 0.71%. Wadia Grouptopped the charts with a sharp 7.47% jump, followed byGMR Group, which gained 5.9%.Raunaq Groupalso saw a mild rise of 2.61%. On the downside, Lakshmi Group Coimbatore slipped 2.9%, whileEssar GroupandJaipuria Groupdeclined 3.13% and 3.32%, respectively.</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>Banking &amp; Finance</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:F21"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
@@ -2879,2564 +2877,2333 @@
       <c r="B2" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="D2" t="inlineStr"/>
       <c r="E2" t="inlineStr">
         <is>
           <t>No content available</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>As Saif Ali Khan invests Rs 30.75 cr in Mumbai property, a look at his luxury real estate empire</t>
+          <t>Jefferies sees 23% upside for this recent listing — What’s driving the bullish call?</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Saif Ali Khan expands his real estate portfolio with a new investment of Rs 30.75 crore in two premium commercial spaces in Mumbai. From a Bandra duplex to the iconic Pataudi Palace, a glimpse at the actor’s luxurious property empire.</t>
+          <t>Jefferies has kicked off coverage on WeWork India with a bullish call, citing premium positioning, GCC-led demand and room for a 23% upside.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>November 21, 2025 19:03 IST</t>
+          <t>November 18, 2025 12:13 IST</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/life/lifestyle-as-saif-ali-khan-invests-rs-30-75-in-mumbai-property-a-look-at-his-luxury-real-estate-empire-4051502/</t>
+          <t>https://www.financialexpress.com/market/jefferies-initiates-wework-india-with-buy-rating-premium-flex-workspace-leader-seen-delivering-23-upside-strong-gcc-demand-4048143/</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t xml:space="preserve">The Financial Express  Bollywood actor Saif Ali Khan who boasts of an impressive real estate portfolio, has just added two premium commercial units in Mumbai worth Rs 30.75 crore to it, reported Hindustan Times. Located in Kanakia Wallstreet, one of the city’s most popular commercial hubs, the units measure 5,681 sq ft and have six designated car parkings, according to the property registration documents accessed by Volney, as per the publication. Saif bought the property from Apiore Pharmaceutical, a US-based pharmaceutical company and the transaction was registered on November 18, 2025, with a stamp duty of Rs 1.84 crore and a registration fee of Rs 60,000. Notably, this is the same building where Hrithik Roshan and his father, Rakesh Roshan, purchased three office units worth Rs 31 cr earlier this year under their company, HRX Digitech LLP, reported HT. Saif Ali Khan’s current apartment where he lives is a luxurious duplex located in the Satguru Sharan building in Bandra West, Mumbai. Spanning across 10,000-square-foot, the stunning house has five bedrooms, a gym, a music room, six terrace balconies, and a library. Home’s private terrace pool completes its resort-like feel. According to Magicbricks, Saif also owns a multi-storey property in Fortune Heights, Bandra. It was their residence before they shifted to their current one. The four-storeyed structure had 3BHK units measuring 3,000 sq ft. After they moved to their present duplex, they rented out the apartment for Rs 3.5 lakh in 2021. Inside, the home blends comfort with old-world charm. The plush couches, antique accents, dark moody hues, to walls lined with art, reflect the couple’s fine taste. Also situated in the living room is a cosy library with floor-to-ceiling bookshelves, a built-in dark grey bar, and a vintage leather writing desk paired with Saif’s guitar, as per a 2020 Vogue magazine article. The property that’s perhaps the closest to Saif Ali Khan’s heart is the majestic Pataudi Palace, also called Ibrahim Kothi, a palace of the former ruling family Pataudi family in Pataudi town of Gurugram district in Haryana. According to Architecture Digest India, the 10-acre colonial-style estate was designed by architect Robert Tor Russell, who blended European neoclassicism, Art Deco influences and Indian motifs. It was built after Nawab Iftikhar Ali Khan’s marriage to the Begum of Bhopal. With 150 rooms, sprawling lawns, and elegant period features, Pataudi House remains one of India’s most iconic heritage homes. Saif Ali Khan bought it back in 2014, and restored it. Movie buffs would know that the Bollywood movies like Veer-Zaara and Mangal Pandey were shot in Pataudi Palace. Apart from his lavish properties in India, the Bollywood actor also owns a private chalet in Gstaad, valued at around Rs 33 crore. Saif, Kareena and the couple’s children often visit it during winter months to get a perfect view of snow-capped Alps. President Trump’s health has been a topic of debate after reports of fatigue and age-related health concerns. However, the White House released logs showing the President worked up to 12 hours a day last month, with a packed schedule including trade and immigration reforms, international calls, and overseeing renovations.  </t>
+          <t>Another recent listing is in focus. Jefferies has initiated coverage on WeWork India with a Buy rating and a target price of Rs 790. The brokerage said the company’s premium position in the flexible workspace market, strong enterprise client mix and sustained demand from GCCs support a clear multi-year growth cycle. At the current price of Rs 639.80, the target implies nearly 23% upside. According to Jefferies, WeWork India is now the largest flex-workspace operator in the country by revenue, generating nearly 40% more than its closest peer in FY25. The brokerage added that the company’s combination of Grade A locations, mature centres and higher revenue per desk has helped it build one of the strongest margin profiles in the sector. Below is a detailed look at Jefferies’ investment view on WeWork India. Jefferies said WeWork India stands out because of its presence in top micro-markets, access to Grade A buildings and concentration in major demand hubs such as Bengaluru, Mumbai and NCR. As of September 2025, the company had 68 operational centres and 114,077 desks with 7.67 million sq. ft. of leasable area. The brokerage added that WeWork India commands around Rs 20,000 per desk per month, nearly twice that of listed peers, driven by a higher share of enterprise clients. In the June quarter of FY26, 76% of net membership fees came from enterprise customers, while Fortune 500 clients made up 25%. Jefferies said this mix strengthens renewal trends and helps maintain stable occupancy across mature centres. Renewal rate in the quarter stood at 74%, while mature-centre occupancy was more than 80%. According to Jefferies, the flexible workspace sector is expanding at nearly twice the pace of the overall office market. Total flexible stock in Tier-1 cities is forecast to grow to 140 to 144 million sq. ft. by 2027, up from 62 to 64 million sq. ft. in 2023. Demand from GCCs is a key growth driver. Jefferies cited CBRE data showing that GCC leasing rose from 19 million sq. ft. in 2022 to 29 million sq. ft. in 2024, with their share of total office leasing at 36%. Bengaluru remains the largest market, accounting for more than 30% of India’s flex capacity. The brokerage said WeWork India benefits directly from these patterns because its centres are concentrated in clusters where GCCs and large domestic companies are expanding. WeWork India has steadily expanded its footprint from 6 million sq. ft. in FY24 to 7.7 million sq. ft. in FY25, with additional fit-outs underway. Jefferies said the company should be able to add 15,000 to 20,000 new seats annually for the next three years. Occupancy beyond the breakeven threshold flows directly to profitability because most costs are recovered early in a centre’s life. Jefferies highlighted that the company’s revenue-to-rent multiple of 2.7 times in FY25 is above the industry average of 1.9 to 2.5 times. Membership agreements with annual fee escalations of 6% and lock-ins of up to 36 months further improve cash flow visibility. Jefferies expects WeWork India to deliver more than 20% revenue CAGR and nearly 28% EBITDA CAGR between FY25 and FY28. The brokerage projects revenue rising from Rs 1,965.8 crore in FY25 to Rs 3,597.4 crore in FY28. IGAAP EBITDA is estimated to grow from Rs 377.6 crore to nearly Rs 800 crore over the same period. EBITDA margin is expected to improve from 19.2% to above 22% as more centres cross maturity and benefit from operational leverage. Jefferies noted that ARPM has risen at an 8% CAGR since FY23 and should continue to increase due to contract escalations and premium-centre mix. Jefferies on WeWork India: Funding adequate for expansionSeat additions require around Rs 135,000 per desk in capex, translating to approximately Rs 250 to 300 crore annually for the planned expansion. Jefferies said this is fully supported by operating cash flow, which has been above Rs 300 crore for three straight years. After the IPO, net debt stands at Rs 120 crore, which the brokerage said is healthy for a company of this scale. US stocks, including the Dow Jones Industrial Average, S&amp;P 500, and Nasdaq Composite, saw a significant drop on Tuesday due to concerns about high valuations in AI companies and uncertainty about the economy. Nvidia’s upcoming earnings report is highly anticipated as it could impact the market’s direction. A strong report could lift the market, while a miss could deepen the recent slump.</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Motilal Oswal sees 58% upside in this real estate stock as housing cycle strengthens</t>
+          <t>Premium housing supply surges while mid-income launches slow down: Knight Frank</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Motilal Oswal sees a strong rally ahead for Lodha as India’s branded housing cycle gathers pace and balance sheet strength improves.</t>
+          <t>India’s housing market is finally cooling after two years of heat. With mid-income launches slowing and prices stabilising, buyers now hold more negotiating power than developers.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>November 19, 2025 13:03 IST</t>
+          <t>November 17, 2025 17:02 IST</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/motilal-oswal-sees-58-upside-in-this-real-estate-stock-as-housing-cycle-strengthens-4049376/</t>
+          <t>https://www.financialexpress.com/money/premium-housing-supply-surges-while-mid-income-launches-slow-down-knight-frank-4047361/</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Motilal Oswal has turned more optimistic about the prospects of Lodha (formerly known as Macrotech Developers) after a stronger-than-expected demand outlook and improving balance sheet visibility. The brokerage set a target price of Rs 1,888, implying about 58% upside from the last traded price of Rs 1,197. It said the company is positioned to benefit from a multi-year upcycle in branded housing, led by higher affordability in key cities and a faster shift toward large developers. Motilal Oswal said Lodha’s ability to sustain strong bookings, launch a deeper project pipeline, and accelerate debt reduction gives the stock a clearer medium-term growth path. It added that project additions across Mumbai Metropolitan Region and Pune have strengthened the development portfolio to more than Rs 3.7 lakh crore of potential gross development value. The brokerage said the industry backdrop remains favourable as income growth outpaces property prices in several top-tier markets. According to its estimates, affordability in the Mumbai region has improved by 10 to 15% over the past four years, while annual supply has tightened. Lodha has seen the benefit through steady bookings and a wider funnel of planned launches. Quarterly pre-sales are expected to rise to Rs 18,000 crore in FY26 from Rs 14,520 crore in FY25. Collections are expected to climb to Rs 18,130 crore in FY26 from Rs 14,810 crore. Motilal Oswal said this steady growth in pre-sales and collections forms the backbone of Lodha’s cash flow cycle and supports higher launch activity. The brokerage added that the broader trend of consumers preferring established developers remains intact, which strengthens Lodha’s position in suburban micro-markets and branded mid-income projects. Lodha’s launch pipeline stands at Rs 98,000 crore in FY25 and Rs 1.2 lakh crore in FY26. This includes expansions in Thane, Eastern suburbs, and South-Central Mumbai. The brokerage highlighted that the company’s addition of multiple redevelopment projects has created a diversified mix across price points. It also noted that the shift toward asset-light partnerships allows Lodha to lock in large volumes with limited balance sheet strain. The report said launch momentum is essential because current execution strength allows the company to quickly convert planned projects into bookings. For FY25, the company has indicated more than 17 million square feet of launches, with further scope to scale up in FY26. The brokerage said Lodha’s net debt is expected to fall to Rs 3,600 crore in FY25 from Rs 7,040 crore in FY23, supported by higher operating cash flow and disciplined capital allocation. The company has guided for further reduction toward Rs 2,500 crore in FY26. According to Motilal Oswal, this lower leverage improves Lodha’s financial flexibility ahead of large redevelopment projects and shields the balance sheet during periods of uneven sales. It said consistent debt reduction has also strengthened the company’s cost of capital, which helps sustain margins. The report added that Lodha’s cost focus and mix improvement in premium projects support operating profitability, even as the company deploys more capital in new launches. The brokerage said Lodha’s product mix remains tilted toward established micro-markets, where price discipline is stronger. Across the Mumbai Metropolitan Region, mid-income and premium projects have seen better absorption than value housing. Lodha’s presence in these pockets allows it to maintain steady price growth without relying on heavy discounting. According to the report, price appreciation in many of its markets has been measured, ranging from 4 to 6% annually, which the brokerage considers sustainable. It said this pricing stability gives Lodha the room to maintain margin visibility as construction costs remain in check. Motilal Oswal said the sector is still in a consolidation phase, with many smaller developers facing funding constraints and regulatory hurdles. This has pushed branded players to the forefront, especially in larger cities. It noted that in Mumbai’s redevelopment segment, the share of top developers has increased significantly over the past few years. The report expects this consolidation to continue as more homebuyers prioritise delivery certainty and after-sales service. Lodha stands to benefit from this trend as its brand recall and execution record remain strong. The brokerage outlined several triggers that could lift Lodha’s valuation in the next 12 to 18 months. Faster pre-sales conversion from new launches, sustained affordability in key locations, and potential additions in redevelopment corridors could lift both earnings and visibility. Operating cash flow strength, coupled with the ongoing reduction in debt, can also improve the company’s return profile. Motilal Oswal believes the combination of higher scale and lower leverage places Lodha on a stronger footing for the next phase of the housing cycle. Homeland Security Secretary Kristi Noem is recommending that the Trump administration increase the travel ban list from 19 countries to 30 or 32 nations, according to a CNN report. Nationals from these countries currently face restrictions on travel to the United States.</t>
+          <t>India’s housing market showed its first signs of cooling in two years as the Knight Frank NAREDCO Sentiment Index for Q3 2025 reported that current sentiment had risen to 59 from 56 while future sentiment had held at 61 from 61. The survey noted that builders had concentrated new launches in premium projects and had slowed mid income supply, confirming that the market had shifted into a steadier phase. This change had given ordinary homebuyers more negotiating power after an extended period of sharp price increases. The report also stated that 92% of stakeholders had expected prices to stay stable or rise. This figure had been lower than the 96% recorded a year earlier. The moderation showed that the price surge of 2023 and 2024 had started to ease as buyers resisted higher valuations in non premium categories.  Commercial markets had remained resilient. About 95% of respondents had expected office rents to stay stable or rise and 78% had expected new office supply to remain steady or slightly increase. Strong leasing in Bengaluru, Hyderabad and Pune had helped maintain confidence for urban homebuyers who base purchase decisions on employment visibility and income stability. Regional readings had aligned with this trend. The South had recorded a sentiment score of 62 while the North had improved to 56. These zones tend to influence mid market homebuying because construction progress and job movement are directly felt in these areas. The report noted that 86% of respondents had expected funding and liquidity conditions to stay stable or improve. Predictable borrowing costs had allowed end users to plan mortgages without sudden rate shocks. Developers had also signalled caution. Their future sentiment reading had moved to 59 from 63 while non developer stakeholders had stayed at 61. As a result, developers will focus on projects with strong presales and will avoid speculative expansion. Bhupindra Singh, COO, RISE Infraventures said, “We are seeing the market entering a healthier, more balanced cycle after an intense two-year bull run that pushed prices sharply upward. For the first time in several quarters, end-users are regaining negotiation power as launches moderate and developers streamline portfolios toward focused, premium offerings. Besides, there is a shift from emotionally driven buying to rational, need-based decisions; families taking time to evaluate location, connectivity, and the real cost of ownership. With monetary conditions stable and inflation softening, serious homebuyers finally have a sensible opportunity to enter the market without the pressure of steep quarterly jumps.” Stable rates, easing inflation, moderated mid income launches and softer price expectations together create a practical buying environment. This is not a distressed cycle. It is a measured phase where buyers can evaluate options and negotiate with more confidence. Prices will not climb at the earlier pace and developers will need to work harder to close mid range sales. Premium housing will continue to expand because higher income demand and NRI interest will remain strong. However, this trend will not automatically spill into mid income pricing because the two segments operate under different drivers. “After two years of aggressive price appreciation, we’re finally seeing Delhi-NCR’s luxury market mature into a more measured, value-conscious phase. The frenzy has settled, and buyers are far more discerning, comparing neighbourhoods, amenities, and long-term liveability instead of rushing into decisions. In Gurugram, developers, too, are recalibrating launches to ensure quality, timely delivery, and curated luxury rather than volume for the sake of it. It’s being fueled by genuine high-net-worth end-users who value prime quality, connectivity, and long-term capital growth. With interest rates stable and inflation cooling, this is perhaps the most favourable window in recent quarters for end-users to upgrade thoughtfully. It’s a moment where patience, planning, and real value are rewarded,” said Kapil Bhagat, General Manager, Better Choice Realtors Q3 2025 is the first phase in two years where end users hold real leverage. Developers will continue prioritising premium launches, but mid income supply will stay selective. Buyers will have the time to shortlist projects, negotiate terms and choose builders with stronger delivery records. The report shows a shift from urgency to balance, and that shift gives mid income households a more stable path to purchase. The Supreme Court has accepted a PIL requesting a court-supervised investigation into a Rs 20,000 crore banking and corporate fraud involving Reliance Communications and Anil Ambani. The plea claims that the current probe by CBI and ED is inadequate and does not include the involvement of bank officials, auditors, and regulators.</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Jefferies sees 23% upside for this recent listing — What’s driving the bullish call?</t>
+          <t>Can India’s real estate sector grow to $7-10 trillion by 2047 Colliers–CII lists key growth drivers</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Jefferies has kicked off coverage on WeWork India with a bullish call, citing premium positioning, GCC-led demand and room for a 23% upside.</t>
+          <t>India’s real estate is on track for a structural leap from $0.4 trillion today to as much as $10 trillion by 2047, says Colliers–CII, powered by reforms, urbanisation, and a wave of institutional capital.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>November 18, 2025 12:13 IST</t>
+          <t>November 11, 2025 18:36 IST</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/jefferies-initiates-wework-india-with-buy-rating-premium-flex-workspace-leader-seen-delivering-23-upside-strong-gcc-demand-4048143/</t>
+          <t>https://www.financialexpress.com/business/industry/can-indias-real-estate-sector-grow-to-7-10-trillion-by-2047-collierscii-lists-key-growth-drivers/4039551/</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>Another recent listing is in focus. Jefferies has initiated coverage on WeWork India with a Buy rating and a target price of Rs 790. The brokerage said the company’s premium position in the flexible workspace market, strong enterprise client mix and sustained demand from GCCs support a clear multi-year growth cycle. At the current price of Rs 639.80, the target implies nearly 23% upside. According to Jefferies, WeWork India is now the largest flex-workspace operator in the country by revenue, generating nearly 40% more than its closest peer in FY25. The brokerage added that the company’s combination of Grade A locations, mature centres and higher revenue per desk has helped it build one of the strongest margin profiles in the sector. Below is a detailed look at Jefferies’ investment view on WeWork India. Jefferies said WeWork India stands out because of its presence in top micro-markets, access to Grade A buildings and concentration in major demand hubs such as Bengaluru, Mumbai and NCR. As of September 2025, the company had 68 operational centres and 114,077 desks with 7.67 million sq. ft. of leasable area. The brokerage added that WeWork India commands around Rs 20,000 per desk per month, nearly twice that of listed peers, driven by a higher share of enterprise clients. In the June quarter of FY26, 76% of net membership fees came from enterprise customers, while Fortune 500 clients made up 25%. Jefferies said this mix strengthens renewal trends and helps maintain stable occupancy across mature centres. Renewal rate in the quarter stood at 74%, while mature-centre occupancy was more than 80%. According to Jefferies, the flexible workspace sector is expanding at nearly twice the pace of the overall office market. Total flexible stock in Tier-1 cities is forecast to grow to 140 to 144 million sq. ft. by 2027, up from 62 to 64 million sq. ft. in 2023. Demand from GCCs is a key growth driver. Jefferies cited CBRE data showing that GCC leasing rose from 19 million sq. ft. in 2022 to 29 million sq. ft. in 2024, with their share of total office leasing at 36%. Bengaluru remains the largest market, accounting for more than 30% of India’s flex capacity. The brokerage said WeWork India benefits directly from these patterns because its centres are concentrated in clusters where GCCs and large domestic companies are expanding. WeWork India has steadily expanded its footprint from 6 million sq. ft. in FY24 to 7.7 million sq. ft. in FY25, with additional fit-outs underway. Jefferies said the company should be able to add 15,000 to 20,000 new seats annually for the next three years. Occupancy beyond the breakeven threshold flows directly to profitability because most costs are recovered early in a centre’s life. Jefferies highlighted that the company’s revenue-to-rent multiple of 2.7 times in FY25 is above the industry average of 1.9 to 2.5 times. Membership agreements with annual fee escalations of 6% and lock-ins of up to 36 months further improve cash flow visibility. Jefferies expects WeWork India to deliver more than 20% revenue CAGR and nearly 28% EBITDA CAGR between FY25 and FY28. The brokerage projects revenue rising from Rs 1,965.8 crore in FY25 to Rs 3,597.4 crore in FY28. IGAAP EBITDA is estimated to grow from Rs 377.6 crore to nearly Rs 800 crore over the same period. EBITDA margin is expected to improve from 19.2% to above 22% as more centres cross maturity and benefit from operational leverage. Jefferies noted that ARPM has risen at an 8% CAGR since FY23 and should continue to increase due to contract escalations and premium-centre mix. Jefferies on WeWork India: Funding adequate for expansionSeat additions require around Rs 135,000 per desk in capex, translating to approximately Rs 250 to 300 crore annually for the planned expansion. Jefferies said this is fully supported by operating cash flow, which has been above Rs 300 crore for three straight years. After the IPO, net debt stands at Rs 120 crore, which the brokerage said is healthy for a company of this scale. The government is considering allowing farmers and those in cottage industries to form limited liability partnerships (LLPs) to take advantage of light-touch regulations. A proposed amendment to the LLP Act would allow primary producers to bypass the traditional process of creating producer companies and reduce compliance burden.</t>
+          <t>India’s real estate market could grow  to $7–10 trillion (Rs 580–830 lakh crore) by 2047.from about $0.4 trillion today,  according to a Colliers–CII report released on November 6. The study projects that sustained policy reforms, heavy infrastructure investment and deeper institutional capital will turn the sector into one of India’s largest economic engines through the “Amrit Kaal” period. The report expects real estate’s contribution to GDP to rise  to nearly 20% by 2047 from 7% now, calling the shift “structural, not cyclical.” Colliers and CII outline a base-case projection of $7 trillion (Rs 580 lakh crore) by 2047 and an upper band of $10 trillion (Rs 830 lakh crore) if policy continuity and infrastructure delivery stay on track. Reforms such as RERA, REIT regulations, and PM Gati Shakti have formalised the sector and improved its bankability. “Decades of fragmented growth couldn’t achieve what these structural reforms have,” the report notes, adding that investor confidence is back as transparency improves. Infrastructure is the foundation. India will require over $2.4 trillion (Rs 2,00,000 lakh crore) in urban infrastructure by 2050 to meet housing, logistics and mobility demand. The National Infrastructure Pipeline and Gati Shakti are already opening growth corridors beyond metros. Urbanisation will drive the next wave. The urban population, now about 500 million, is expected to touch 900 million by 2050, spurring massive housing and transport-led demand, the report added. Technology will define the new frontier. Data-centre capacity is likely to jump from less than 1 GW to around 10 GW by 2047 as AI and cloud adoption accelerate building an entirely new asset class, as per the report. Grade A office stock is set to cross 1 billion sq ft by 2030 and double again by 2047. Annual absorption should stabilise near 70–75 million sq ft, led by global capability centres (GCCs) and technology occupiers, as per the report. GCC leasing could hit 60–65 million sq ft annually by 2026–27, forming nearly half of all new demand. “India remains the global nerve centre for cost-efficient, tech-enabled operations,” the report noted. Sustainability is now standard, with most new projects green-certified to meet ESG mandates. Housing remains the backbone. Annual sales could double to about 1 million units by 2047, with affordable and mid-income housing leading. Prices are expected to rise 5–10% annually, aided by stronger balance sheets and income growth, as per the report. Developers have deleveraged post-Covid, and consolidation has tilted market share toward large players. Tier II and III cities Indore, Surat, Coimbatore and Lucknow among them are emerging as demand hubs backed by infrastructure and job creation. Industrial and warehousing stock could exceed 2 billion sq ft by 2047, nearly triple current capacity. Manufacturing growth, 3PL expansion and e-commerce demand are driving large-format leases of over 2 lakh sq ft, now forming half of new deals, as per the report. Colliers called logistics as “India’s new infrastructure backbone,” powered by EV, electronics and renewable manufacturing clusters across western and southern corridors. Organised retail stock is expected to double by 2047, with a third of new supply coming from Tier II and III cities. Malls are shifting toward experience-led formats integrating dining, entertainment and digital features, making them REIT-ready, the report added. Alternative assets data centres, co-living, student housing and senior living will expand fastest. Co-living beds may triple to 3 million; senior-living units could cross 1 million. Data centres, the standout, are on track to reach 10 GW IT load by 2047, as per Colliers. The report also highlighted the role of institutional investment.  Since 2008, investors have deployed about $88 billion (Rs 7,30,000 crore), over half from foreign funds. REITs’ share of market capitalisation could rise from 10% now to 40–50% by 2047. Grade A office REIT penetration may expand from 16% to nearly 70%, with retail and logistics REITs following, the report added. Alternative investment funds (AIFs) have become key financiers. As of June 2025, total AIF commitments stood at Rs 5.72 lakh crore, with Rs 70,900 crore invested in real estate. The government’s Rs 15,000 crore top-up to the SWAMIH fund has already helped revive more than 1.2 lakh stalled homes. The report identified 30 high-potential cities and singles out 17 with multi-segment growth potential including Surat, Visakhapatnam, Indore, Ayodhya and Shirdi. New airports, freight corridors and industrial nodes are making these cities viable alternatives to metros. Flex-space operators, expected to drive 20–25% of leasing, are enabling decentralisation, supported by new expressways and regional infrastructure. Colliers called this “a rebalancing of geography, not just growth at the margins.” Execution delays, land constraints and rising costs remain key challenges. Financing for smaller developers is still patchy. Colliers stresses the need for policy continuity, clarity on fractional ownership and small REITs, and robust data protection for digital assets. Macroeconomic stability and predictable regulation will determine whether India hits the $10 trillion mark or settles closer to $7 trillion. Paras Defence and Space Technologies has been awarded a Rs 35.68 crore contract from the defence ministry to provide portable counter-drone systems. The company’s subsidiary, Paras Anti-Drone Technologies, has also received a Rs 3.95 crore order for radio frequency jammers. These contracts demonstrate the company’s growing expertise and dedication to enhancing India’s defence readiness.</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Premium housing supply surges while mid-income launches slow down: Knight Frank</t>
+          <t>Home prices in India’s top cities: Which metro is the cheapest to buy property in 2025?</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>India’s housing market is finally cooling after two years of heat. With mid-income launches slowing and prices stabilising, buyers now hold more negotiating power than developers.</t>
+          <t>While other metros raced ahead, Ahmedabad’s housing market rose quietly affordable, stable, and powered by genuine buyers. With GIFT City expansion and steady end-user demand, it’s becoming India’s calm yet confident real estate story of 2025.</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>November 17, 2025 17:02 IST</t>
+          <t>November 6, 2025 12:40 IST</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/money/premium-housing-supply-surges-while-mid-income-launches-slow-down-knight-frank-4047361/</t>
+          <t>https://www.financialexpress.com/money/ahmedabad-housing-market-2025-affordable-hotspot-4034018/</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>India’s housing market showed its first signs of cooling in two years as the Knight Frank NAREDCO Sentiment Index for Q3 2025 reported that current sentiment had risen to 59 from 56 while future sentiment had held at 61 from 61. The survey noted that builders had concentrated new launches in premium projects and had slowed mid income supply, confirming that the market had shifted into a steadier phase. This change had given ordinary homebuyers more negotiating power after an extended period of sharp price increases. The report also stated that 92% of stakeholders had expected prices to stay stable or rise. This figure had been lower than the 96% recorded a year earlier. The moderation showed that the price surge of 2023 and 2024 had started to ease as buyers resisted higher valuations in non premium categories.  Commercial markets had remained resilient. About 95% of respondents had expected office rents to stay stable or rise and 78% had expected new office supply to remain steady or slightly increase. Strong leasing in Bengaluru, Hyderabad and Pune had helped maintain confidence for urban homebuyers who base purchase decisions on employment visibility and income stability. Regional readings had aligned with this trend. The South had recorded a sentiment score of 62 while the North had improved to 56. These zones tend to influence mid market homebuying because construction progress and job movement are directly felt in these areas. The report noted that 86% of respondents had expected funding and liquidity conditions to stay stable or improve. Predictable borrowing costs had allowed end users to plan mortgages without sudden rate shocks. Developers had also signalled caution. Their future sentiment reading had moved to 59 from 63 while non developer stakeholders had stayed at 61. As a result, developers will focus on projects with strong presales and will avoid speculative expansion. Bhupindra Singh, COO, RISE Infraventures said, “We are seeing the market entering a healthier, more balanced cycle after an intense two-year bull run that pushed prices sharply upward. For the first time in several quarters, end-users are regaining negotiation power as launches moderate and developers streamline portfolios toward focused, premium offerings. Besides, there is a shift from emotionally driven buying to rational, need-based decisions; families taking time to evaluate location, connectivity, and the real cost of ownership. With monetary conditions stable and inflation softening, serious homebuyers finally have a sensible opportunity to enter the market without the pressure of steep quarterly jumps.” Stable rates, easing inflation, moderated mid income launches and softer price expectations together create a practical buying environment. This is not a distressed cycle. It is a measured phase where buyers can evaluate options and negotiate with more confidence. Prices will not climb at the earlier pace and developers will need to work harder to close mid range sales. Premium housing will continue to expand because higher income demand and NRI interest will remain strong. However, this trend will not automatically spill into mid income pricing because the two segments operate under different drivers. “After two years of aggressive price appreciation, we’re finally seeing Delhi-NCR’s luxury market mature into a more measured, value-conscious phase. The frenzy has settled, and buyers are far more discerning, comparing neighbourhoods, amenities, and long-term liveability instead of rushing into decisions. In Gurugram, developers, too, are recalibrating launches to ensure quality, timely delivery, and curated luxury rather than volume for the sake of it. It’s being fueled by genuine high-net-worth end-users who value prime quality, connectivity, and long-term capital growth. With interest rates stable and inflation cooling, this is perhaps the most favourable window in recent quarters for end-users to upgrade thoughtfully. It’s a moment where patience, planning, and real value are rewarded,” said Kapil Bhagat, General Manager, Better Choice Realtors Q3 2025 is the first phase in two years where end users hold real leverage. Developers will continue prioritising premium launches, but mid income supply will stay selective. Buyers will have the time to shortlist projects, negotiate terms and choose builders with stronger delivery records. The report shows a shift from urgency to balance, and that shift gives mid income households a more stable path to purchase. The Supreme Court has accepted a PIL requesting a court-supervised investigation into a Rs 20,000 crore banking and corporate fraud involving Reliance Communications and Anil Ambani. The plea claims that the current probe by CBI and ED is inadequate and does not include the involvement of bank officials, auditors, and regulators.</t>
+          <t>Amid the heat of India’s housing boom, one market has stayed calm, affordable, and quietly promising. According to PropTiger.com’s Real Insight Residential: July–September 2025 report, Ahmedabad continued to be India’s cheapest big-city housing market, with prices averaging Rs 4,820 per sq. ft. in Q3 2025, up 7.9% year-on-year and 1.9% quarter-on-quarter. The report noted that property prices across India’s eight major cities rose between 7% and 19% in the quarter, led by Delhi-NCR, Bengaluru and Hyderabad. But while these metros saw double-digit jumps and rapidly rising ticket sizes, Ahmedabad’s story is different modest appreciation, controlled launches, and resilient demand from genuine homebuyers. The PropTiger.com by Aurum PropTech report attributes the nationwide price gains to “strong end-user demand in the premium segment, elevated input costs, and a limited supply of quality, ready-to-move-in inventory.” Ahmedabad fits that frame but at a measured scale. The city’s prices have risen steadily without the volatility seen in bigger metros. At Rs 4,820 per sq. ft., homes here cost nearly 45% less than Pune, almost half of Bengaluru, and a fraction of MMR’s Rs 13,250 per sq. ft. average. Yet the year-on-year growth of 7.9% suggests healthy absorption, not a market freeze. Developers described Ahmedabad as a buyer-led market driven largely by local demand rather than speculative or investor-driven churn. That’s also visible in its limited price swings. Unlike Hyderabad, which jumped 13% YoY, or Delhi-NCR’s 19% surge, Ahmedabad’s steady growth implies sustainable demand, as per the report. “The price appreciation in NCR is not speculative; it is a reflection of real demand, backed by end-users, strong income visibility and a clear shift towards quality developers and organised supply,” Deepak Kapoor, Director, Gulshan Group, said The report added that “new supply across the top eight cities saw a 0.1% annual decline, with 91,807 units launched. However, new launches registered a 9.1% growth over the previous quarter, signalling cautious optimism among developers.” While MMR accounted for 26.9% of new launches, followed by Pune at 18.7% and Hyderabad at 13.6%, the presence of Ahmedabad in this western cluster is notable. It sits within the same development corridor that continues to attract both institutional and individual investor attention but without the price escalation that has made Mumbai and Pune increasingly unaffordable for mid-segment buyers. Developers are gradually tapping into this advantage. The report noted that new launches are now “strategically aligned with current buyer demand, which is heavily skewed towards the premium and luxury segments.” In Ahmedabad, this shift is visible in smaller proportions limited premium launches, controlled supply, and a measured pipeline of high-quality projects targeting end-users upgrading within the city. Ashok Singh Jaunapuriya, MD and CEO, SS Group, said, “Delhi-NCR’s 19% surge is particularly striking. People are actively seeking out premium living spaces. The drivers are clear: strong end-user demand for better homes, rising construction costs, and significant upgrades to urban infrastructure.” Ahmedabad’s housing affordability remained its biggest draw. A mid-sized apartment here costs almost Rs 48 lakh for 1,000 sq. ft., compared to Rs 89 lakh in Bengaluru or Rs 1.32 crore in MMR, based on average per sq. ft. prices in the PropTiger report. Even after accounting for price inflation, the cost difference between Ahmedabad and other metros has widened. For middle-income families, it continues to be one of the few big cities where homeownership is achievable without high leverage. Developers see this affordability as a foundation for steady growth. The report’s national data showed a 14% rise in the total value of homes sold, even as volumes dipped 1% to 95,547 units. Ahmedabad, though not broken out individually in value terms, benefits from the same premiumization trend homes are getting larger and better-built, even if absolute prices stay low. Long-term investors are beginning to see opportunity in this stability. The absence of speculative spikes has kept the market orderly, while infrastructure projects around the GIFT City, SP Ring Road, and expansion of Ahmedabad Metro continue to enhance livability. The PropTiger report mentioned that the “western and southern markets” are dominating new launches and sales share. Ahmedabad, though smaller than MMR or Pune in scale, is positioned strategically in that same growth corridor. That geographic advantage, coupled with its affordability, makes it a natural beneficiary of both regional and investor spillover. Malayalam horror thriller Dies Irae, released on October 31, has been a hit with its jump scares, visuals, and lead actor Pranav Mohanlal’s performance. Written and directed by Rahul Sadasivan, it has earned Rs 25 crore and is the third biggest opener of 2025. Pranav, son of superstar Mohanlal, is known for his selective roles and has won praise for his performance.</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Can India’s real estate sector grow to $7-10 trillion by 2047 Colliers–CII lists key growth drivers</t>
+          <t>India’s housing market shifts: JLL India lists out why developers are betting on premium homes; Mumbai, Bengaluru lead</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>India’s real estate is on track for a structural leap from $0.4 trillion today to as much as $10 trillion by 2047, says Colliers–CII, powered by reforms, urbanisation, and a wave of institutional capital.</t>
+          <t>JLL India’s 2025 report reveals a decisive market shift, premium homes dominate new launches as developers chase margins amid rising costs and steady luxury demand.</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>November 11, 2025 18:36 IST</t>
+          <t>October 30, 2025 17:50 IST</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/industry/can-indias-real-estate-sector-grow-to-7-10-trillion-by-2047-collierscii-lists-key-growth-drivers/4039551/</t>
+          <t>https://www.financialexpress.com/business/industry/indias-housing-market-shifts-jll-india-lists-out-why-developers-are-betting-on-premium-homes-mumbai-bengaluru-lead/4026751/</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>India’s real estate market could grow  to $7–10 trillion (Rs 580–830 lakh crore) by 2047.from about $0.4 trillion today,  according to a Colliers–CII report released on November 6. The study projects that sustained policy reforms, heavy infrastructure investment and deeper institutional capital will turn the sector into one of India’s largest economic engines through the “Amrit Kaal” period. The report expects real estate’s contribution to GDP to rise  to nearly 20% by 2047 from 7% now, calling the shift “structural, not cyclical.” Colliers and CII outline a base-case projection of $7 trillion (Rs 580 lakh crore) by 2047 and an upper band of $10 trillion (Rs 830 lakh crore) if policy continuity and infrastructure delivery stay on track. Reforms such as RERA, REIT regulations, and PM Gati Shakti have formalised the sector and improved its bankability. “Decades of fragmented growth couldn’t achieve what these structural reforms have,” the report notes, adding that investor confidence is back as transparency improves. Infrastructure is the foundation. India will require over $2.4 trillion (Rs 2,00,000 lakh crore) in urban infrastructure by 2050 to meet housing, logistics and mobility demand. The National Infrastructure Pipeline and Gati Shakti are already opening growth corridors beyond metros. Urbanisation will drive the next wave. The urban population, now about 500 million, is expected to touch 900 million by 2050, spurring massive housing and transport-led demand, the report added. Technology will define the new frontier. Data-centre capacity is likely to jump from less than 1 GW to around 10 GW by 2047 as AI and cloud adoption accelerate building an entirely new asset class, as per the report. Grade A office stock is set to cross 1 billion sq ft by 2030 and double again by 2047. Annual absorption should stabilise near 70–75 million sq ft, led by global capability centres (GCCs) and technology occupiers, as per the report. GCC leasing could hit 60–65 million sq ft annually by 2026–27, forming nearly half of all new demand. “India remains the global nerve centre for cost-efficient, tech-enabled operations,” the report noted. Sustainability is now standard, with most new projects green-certified to meet ESG mandates. Housing remains the backbone. Annual sales could double to about 1 million units by 2047, with affordable and mid-income housing leading. Prices are expected to rise 5–10% annually, aided by stronger balance sheets and income growth, as per the report. Developers have deleveraged post-Covid, and consolidation has tilted market share toward large players. Tier II and III cities Indore, Surat, Coimbatore and Lucknow among them are emerging as demand hubs backed by infrastructure and job creation. Industrial and warehousing stock could exceed 2 billion sq ft by 2047, nearly triple current capacity. Manufacturing growth, 3PL expansion and e-commerce demand are driving large-format leases of over 2 lakh sq ft, now forming half of new deals, as per the report. Colliers called logistics as “India’s new infrastructure backbone,” powered by EV, electronics and renewable manufacturing clusters across western and southern corridors. Organised retail stock is expected to double by 2047, with a third of new supply coming from Tier II and III cities. Malls are shifting toward experience-led formats integrating dining, entertainment and digital features, making them REIT-ready, the report added. Alternative assets data centres, co-living, student housing and senior living will expand fastest. Co-living beds may triple to 3 million; senior-living units could cross 1 million. Data centres, the standout, are on track to reach 10 GW IT load by 2047, as per Colliers. The report also highlighted the role of institutional investment.  Since 2008, investors have deployed about $88 billion (Rs 7,30,000 crore), over half from foreign funds. REITs’ share of market capitalisation could rise from 10% now to 40–50% by 2047. Grade A office REIT penetration may expand from 16% to nearly 70%, with retail and logistics REITs following, the report added. Alternative investment funds (AIFs) have become key financiers. As of June 2025, total AIF commitments stood at Rs 5.72 lakh crore, with Rs 70,900 crore invested in real estate. The government’s Rs 15,000 crore top-up to the SWAMIH fund has already helped revive more than 1.2 lakh stalled homes. The report identified 30 high-potential cities and singles out 17 with multi-segment growth potential including Surat, Visakhapatnam, Indore, Ayodhya and Shirdi. New airports, freight corridors and industrial nodes are making these cities viable alternatives to metros. Flex-space operators, expected to drive 20–25% of leasing, are enabling decentralisation, supported by new expressways and regional infrastructure. Colliers called this “a rebalancing of geography, not just growth at the margins.” Execution delays, land constraints and rising costs remain key challenges. Financing for smaller developers is still patchy. Colliers stresses the need for policy continuity, clarity on fractional ownership and small REITs, and robust data protection for digital assets. Macroeconomic stability and predictable regulation will determine whether India hits the $10 trillion mark or settles closer to $7 trillion. Paras Defence and Space Technologies has been awarded a Rs 35.68 crore contract from the defence ministry to provide portable counter-drone systems. The company’s subsidiary, Paras Anti-Drone Technologies, has also received a Rs 3.95 crore order for radio frequency jammers. These contracts demonstrate the company’s growing expertise and dedication to enhancing India’s defence readiness.</t>
+          <t>Rising construction costs and developers’ shift toward premium housing slowed new housing project launches across India’s major cities in 2025, according to JLL India’s latest residential market report. The report said developer focus on higher-margin premium projects, elevated construction costs, and steady buyer demand pushed up housing prices across all key markets. Between January – September 2025, India’s top seven cities saw 2,25,001 new homes launched, down 1% from the same period in 2024. Developers continued to focus on homes priced above Rs 1 crore, while overall new supply stayed measured amid higher costs and uncertain economic conditions. “While premium housing saw strong demand, developers were cautious with new mid-range and affordable launches… Q3 2025 brought 70,915 new homes to market, totalling 2,25,001 units for the first nine months, down just 1% annually,” said Siva Krishnan, Senior Managing Director (Chennai &amp; Coimbatore), Head – Residential Services, India, JLL. The report added that slower launches helped balance unsold inventory and improve absorption, showing a maturing housing market. Four cities Chennai, Kolkata, Pune and Bengaluru recorded strong growth in new housing supply during January–September 2025. According to JLL data, Launches fell in other large markets Hyderabad (-32%), Delhi NCR (-17%), and Mumbai (-20%).Overall, growth in the southern and eastern cities offset declines elsewhere, keeping the total new supply almost flat compared to last year. Total home sales across India’s top seven cities fell 12% year-on-year to 2,02,756 units in the first nine months of 2025.JLL said the decline came from a mix of factors high property prices, monsoon slowdown, a pre-festive dip in activity, and general economic uncertainty. Despite this, premium homes continued to perform well. Homes priced at Rs 1 crore and above recorded 4% year-on-year growth in sales during the same period. Apartments priced above Rs 1 crore made up about 62% of total sales during January–September 2025, up from 52% in the same period last year. The Rs 1.5 crore–3 crore price band saw the strongest demand, with a 10% increase in sales. Meanwhile, homes priced below Rs 1 crore saw sales drop 30%, lowering their share from 48% to 38%, as per the report. “January–September 2025 showed a shift toward a ‘value-driven’ market with premium housing demand driving overall sales despite a 12% Y-o-Y drop in total units sold,” said Samantak Das, Chief Economist and Head of Research and REIS, India, JLL. Among the top seven cities, Bengaluru, Mumbai and Pune together accounted for more than 60% of total home sales between January and September 2025, as per the report. In the July–September quarter alone, home sales across all cities stood at 67,980 units, down 9% year-on-year. Only Pune (14%) and Chennai (13%) saw growth over the same quarter last year, as per JLL India. Home prices continued to rise across India’s seven big cities in Q3 2025, increasing between 6% and 16% year-on-year, the report added. JLL said this price increase was mainly due to developers’ focus on premium projects, higher building costs, and sustained buyer interest in these segments. According to JLL India, the housing market is moving toward a more balanced stage after two years of strong growth. The report said that while high property prices are creating affordability concerns and slowing overall sales, prices are likely to stay firm because of strong luxury demand, limited supply, and developers’ pricing control. “Home prices will keep rising due to strong luxury demand, low inventory, and developers’ pricing power, even as sales moderate,” the report stated. JLL added that average transaction values are expected to increase as more buyers choose premium homes. It also said that major listed developers are gaining market share due to their brand reputation and delivery record, while some are expanding into mid-income projects to reach a wider range of buyers. Dabur India reports 6.5% profit growth in Q2 FY26, with a net profit of Rs 444.79 crore. The company also saw a 5.3% revenue growth, reaching Rs 3,191 crore. An interim dividend of Rs 2.75 per equity share has been announced, with a total payout of Rs 487.76 crore. Q2 FY25 saw a net profit of Rs 417.52 crore and revenue of Rs</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Home prices in India’s top cities: Which metro is the cheapest to buy property in 2025?</t>
+          <t>Bengaluru, Pune power India’s office market revival as rentals yield rise 6%, vacancies shrink: Anarock</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>While other metros raced ahead, Ahmedabad’s housing market rose quietly affordable, stable, and powered by genuine buyers. With GIFT City expansion and steady end-user demand, it’s becoming India’s calm yet confident real estate story of 2025.</t>
+          <t>India’s office real estate is staging a comeback. Anarock’s 2025 data shows Bengaluru and Pune leading a 6% rental surge as GCCs drive fresh demand. Vacancy rates are tightening, signaling the strongest revival since the pandemic.</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>November 6, 2025 12:40 IST</t>
+          <t>October 29, 2025 10:14 IST</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/money/ahmedabad-housing-market-2025-affordable-hotspot-4034018/</t>
+          <t>https://www.financialexpress.com/money/real-estatebengaluru-pune-office-market-revival-anarock-2025-rent-rise-vacancy-fall-4024240/</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>Amid the heat of India’s housing boom, one market has stayed calm, affordable, and quietly promising. According to PropTiger.com’s Real Insight Residential: July–September 2025 report, Ahmedabad continued to be India’s cheapest big-city housing market, with prices averaging Rs 4,820 per sq. ft. in Q3 2025, up 7.9% year-on-year and 1.9% quarter-on-quarter. The report noted that property prices across India’s eight major cities rose between 7% and 19% in the quarter, led by Delhi-NCR, Bengaluru and Hyderabad. But while these metros saw double-digit jumps and rapidly rising ticket sizes, Ahmedabad’s story is different modest appreciation, controlled launches, and resilient demand from genuine homebuyers. The PropTiger.com by Aurum PropTech report attributes the nationwide price gains to “strong end-user demand in the premium segment, elevated input costs, and a limited supply of quality, ready-to-move-in inventory.” Ahmedabad fits that frame but at a measured scale. The city’s prices have risen steadily without the volatility seen in bigger metros. At Rs 4,820 per sq. ft., homes here cost nearly 45% less than Pune, almost half of Bengaluru, and a fraction of MMR’s Rs 13,250 per sq. ft. average. Yet the year-on-year growth of 7.9% suggests healthy absorption, not a market freeze. Developers described Ahmedabad as a buyer-led market driven largely by local demand rather than speculative or investor-driven churn. That’s also visible in its limited price swings. Unlike Hyderabad, which jumped 13% YoY, or Delhi-NCR’s 19% surge, Ahmedabad’s steady growth implies sustainable demand, as per the report. “The price appreciation in NCR is not speculative; it is a reflection of real demand, backed by end-users, strong income visibility and a clear shift towards quality developers and organised supply,” Deepak Kapoor, Director, Gulshan Group, said The report added that “new supply across the top eight cities saw a 0.1% annual decline, with 91,807 units launched. However, new launches registered a 9.1% growth over the previous quarter, signalling cautious optimism among developers.” While MMR accounted for 26.9% of new launches, followed by Pune at 18.7% and Hyderabad at 13.6%, the presence of Ahmedabad in this western cluster is notable. It sits within the same development corridor that continues to attract both institutional and individual investor attention but without the price escalation that has made Mumbai and Pune increasingly unaffordable for mid-segment buyers. Developers are gradually tapping into this advantage. The report noted that new launches are now “strategically aligned with current buyer demand, which is heavily skewed towards the premium and luxury segments.” In Ahmedabad, this shift is visible in smaller proportions limited premium launches, controlled supply, and a measured pipeline of high-quality projects targeting end-users upgrading within the city. Ashok Singh Jaunapuriya, MD and CEO, SS Group, said, “Delhi-NCR’s 19% surge is particularly striking. People are actively seeking out premium living spaces. The drivers are clear: strong end-user demand for better homes, rising construction costs, and significant upgrades to urban infrastructure.” Ahmedabad’s housing affordability remained its biggest draw. A mid-sized apartment here costs almost Rs 48 lakh for 1,000 sq. ft., compared to Rs 89 lakh in Bengaluru or Rs 1.32 crore in MMR, based on average per sq. ft. prices in the PropTiger report. Even after accounting for price inflation, the cost difference between Ahmedabad and other metros has widened. For middle-income families, it continues to be one of the few big cities where homeownership is achievable without high leverage. Developers see this affordability as a foundation for steady growth. The report’s national data showed a 14% rise in the total value of homes sold, even as volumes dipped 1% to 95,547 units. Ahmedabad, though not broken out individually in value terms, benefits from the same premiumization trend homes are getting larger and better-built, even if absolute prices stay low. Long-term investors are beginning to see opportunity in this stability. The absence of speculative spikes has kept the market orderly, while infrastructure projects around the GIFT City, SP Ring Road, and expansion of Ahmedabad Metro continue to enhance livability. The PropTiger report mentioned that the “western and southern markets” are dominating new launches and sales share. Ahmedabad, though smaller than MMR or Pune in scale, is positioned strategically in that same growth corridor. That geographic advantage, coupled with its affordability, makes it a natural beneficiary of both regional and investor spillover. Malayalam horror thriller Dies Irae, released on October 31, has been a hit with its jump scares, visuals, and lead actor Pranav Mohanlal’s performance. Written and directed by Rahul Sadasivan, it has earned Rs 25 crore and is the third biggest opener of 2025. Pranav, son of superstar Mohanlal, is known for his selective roles and has won praise for his performance.</t>
+          <t>India’s office property market quietly staged a solid comeback. After lagging in a few quarters, rentals in the top seven cities have risen 6% year-on-year, according to new data from Anarock Research. The average monthly rent now stood at Rs 90 per sq ft, up from Rs 85 per sq ft last year. Bengaluru led the surge with a 9% jump, while Pune turned out to be the surprise story office absorption there almost doubling in a year. The Anarock report indicated that demand for quality workspace returned. Meanwhile, the southern part of India continued to anchor India’s commercial cycle. India’s office market showed steady, with real improvement. Across the seven main cities, companies took up 42 million sq. ft. of space in the first nine months of 2025, around 34 per cent more than the 31.3 million sq. ft. leased a year earlier, and around 30 per cent higher than in 2019, before the pandemic. Vacancy also improved slightly, falling to 16.2 per cent from 16.7 per cent last year. This came even as developers added more space, 39.21 million sq. ft., up 15 per cent from 34.07 million sq. ft. a year ago. The fact that vacancy reduced despite higher supply shows that demand is steady across cities and sectors. It points to a market that is expanding in a balanced way, rather than one driven by short-term spikes. Bengaluru remains the country’s commercial bellwether.It saw the highest net leasing at 9.95 million sq. ft., up from 8.15 million sq. ft. a year ago. The city’s vacancy fell to 12.2% from 13%, and its new completions rose 20% to 10.41 million sq. ft. Pune has emerged the office space market in focus. Office space take-up in the city almost doubled, rising 97 per cent to 6.2 million sq. ft. from 3.14 million sq. ft. last year. It also saw the biggest jump in new office supply, up 168 per cent to 9.2 million sq. ft. Developers are responding to strong demand from IT firms, banks, and global capability centres that are expanding beyond Bengaluru. Chennai continues to be the most stable market, with the lowest vacancy rate at 8.9 per cent. Its office absorption rose 56 per cent to 4.5 million sq. ft. from 2.88 million sq. ft., driven by steady demand from technology and manufacturing companies. Delhi-NCR recorded 8.2 million sq ft of new office leases, a 24 per cent rise from last year. Mumbai followed with 6.6 million sq ft, up 31 per cent. Both cities continue to attract demand in prime business areas, though older buildings are finding it harder to draw tenants. Hyderabad saw 5.7 million sq. ft. of leasing, up 29 per cent, but still has one of the highest vacancy levels at 26.5 per cent, showing there is more supply than demand in some parts of the city. Kolkata was the only market to fall, with office leasing down 19 per cent to 0.85 million sq ft from 1.05 million sq ft a year ago. The rebound is being driven not just by local companies expanding but also by a strong push from global capability centres. “Multiple factors are driving office space demand in the country despite all headwinds. GCCs are a major driver of office space leasing in the top seven cities,” said Anuj Puri, Chairman, Anarock Group. Out of 58.28 million sq. ft. of total office leasing during the first nine months of 2025, about 23.34 million sq ft, a little over 40 per cent, was taken up by GCCs, the report said. Bengaluru led with 8.3 million sq ft, followed by Pune with 3.73 million sq ft and Chennai with 3.57 million sq ft. These centres, which handle engineering, finance, and technology operations for global companies, are creating a more stable tenant base and longer lease cycles, helping landlords achieve steadier rental income, according to the report. “Several companies are now looking for high-quality Grade A office spaces with better infrastructure and amenities, and green-certified sustainability features,” Puri said in the official statement. Newer projects with modern design, better connectivity, and ESG compliance are commanding rent premiums of around 10–15%, according to market estimates. Bengaluru and Pune together accounted for half of all new completions during the period, while NCR nearly doubled its supply to 6.7 million sq. ft. By contrast, both Hyderabad and MMR saw declines in new office supply down 39% and 41%, respectively as developers held back amid high vacancy or delayed projects. The composition of demand was also seen to be changing. IT and ITeS companies still occupied the largest share of space, 27% of total leasing, but coworking has gained ground up to 23% this year from 21% in 2024. BFSI accounted for 18%. The rise of coworking indicated how occupiers are balancing hybrid work and cost efficiency. Many start-ups and mid-size firms are now choosing flexible spaces over traditional leases. For landlords, this trend means steadier occupancy, even if at slightly lower yields and fewer long vacant periods. The nationwide average vacancy of 16.2% hides wide differences between cities. Chennai, at 8.9%, recorded the tightest market, followed by Pune at 11.85% and Bengaluru at 12.2%. These cities operated close to full capacity in premium office spaces. In contrast, NCR’s vacancy stood at 22% and Hyderabad’s at 26.5%, showing that both still have excess supply in some areas. Mumbai’s overall vacancy is around 14.9%, with newer buildings in BKC and Navi Mumbai performing better than older offices in Andheri and Powai. For tenants, this meant more negotiating power in Delhi and Hyderabad, but tightening options in Bengaluru and Chennai could be a likely reason why the rents there rose faster. Indian PM Narendra Modi skipped the ASEAN summit in Malaysia to avoid meeting US President Donald Trump, amidst strained relations between the two countries. Trump has been trying to take credit for a ceasefire between India and Pakistan, causing tensions between the two nations. Experts suggest that Modi may have also stayed away to avoid an awkward exchange with Trump.</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>India’s housing market shifts: JLL India lists out why developers are betting on premium homes; Mumbai, Bengaluru lead</t>
+          <t>Jefferies has a Buy rating on this real estate stock with up to 34% upside potential: Here’s why</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>JLL India’s 2025 report reveals a decisive market shift, premium homes dominate new launches as developers chase margins amid rising costs and steady luxury demand.</t>
+          <t>Jefferies reaffirmed its Buy rating on Sunteck Realty, projecting up to 34% upside driven by steady pre-sales growth, premium project launches, and low leverage. The brokerage said Mumbai’s real estate upcycle and Sunteck’s disciplined execution could sustain double-digit earnings through FY26.</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>October 30, 2025 17:50 IST</t>
+          <t>October 23, 2025 14:49 IST</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/industry/indias-housing-market-shifts-jll-india-lists-out-why-developers-are-betting-on-premium-homes-mumbai-bengaluru-lead/4026751/</t>
+          <t>https://www.financialexpress.com/market/jefferies-buy-rating-sunteck-realty-34-percent-upside-real-estate-growth-4019145/</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>Rising construction costs and developers’ shift toward premium housing slowed new housing project launches across India’s major cities in 2025, according to JLL India’s latest residential market report. The report said developer focus on higher-margin premium projects, elevated construction costs, and steady buyer demand pushed up housing prices across all key markets. Between January – September 2025, India’s top seven cities saw 2,25,001 new homes launched, down 1% from the same period in 2024. Developers continued to focus on homes priced above Rs 1 crore, while overall new supply stayed measured amid higher costs and uncertain economic conditions. “While premium housing saw strong demand, developers were cautious with new mid-range and affordable launches… Q3 2025 brought 70,915 new homes to market, totalling 2,25,001 units for the first nine months, down just 1% annually,” said Siva Krishnan, Senior Managing Director (Chennai &amp; Coimbatore), Head – Residential Services, India, JLL. The report added that slower launches helped balance unsold inventory and improve absorption, showing a maturing housing market. Four cities Chennai, Kolkata, Pune and Bengaluru recorded strong growth in new housing supply during January–September 2025. According to JLL data, Launches fell in other large markets Hyderabad (-32%), Delhi NCR (-17%), and Mumbai (-20%).Overall, growth in the southern and eastern cities offset declines elsewhere, keeping the total new supply almost flat compared to last year. Total home sales across India’s top seven cities fell 12% year-on-year to 2,02,756 units in the first nine months of 2025.JLL said the decline came from a mix of factors high property prices, monsoon slowdown, a pre-festive dip in activity, and general economic uncertainty. Despite this, premium homes continued to perform well. Homes priced at Rs 1 crore and above recorded 4% year-on-year growth in sales during the same period. Apartments priced above Rs 1 crore made up about 62% of total sales during January–September 2025, up from 52% in the same period last year. The Rs 1.5 crore–3 crore price band saw the strongest demand, with a 10% increase in sales. Meanwhile, homes priced below Rs 1 crore saw sales drop 30%, lowering their share from 48% to 38%, as per the report. “January–September 2025 showed a shift toward a ‘value-driven’ market with premium housing demand driving overall sales despite a 12% Y-o-Y drop in total units sold,” said Samantak Das, Chief Economist and Head of Research and REIS, India, JLL. Among the top seven cities, Bengaluru, Mumbai and Pune together accounted for more than 60% of total home sales between January and September 2025, as per the report. In the July–September quarter alone, home sales across all cities stood at 67,980 units, down 9% year-on-year. Only Pune (14%) and Chennai (13%) saw growth over the same quarter last year, as per JLL India. Home prices continued to rise across India’s seven big cities in Q3 2025, increasing between 6% and 16% year-on-year, the report added. JLL said this price increase was mainly due to developers’ focus on premium projects, higher building costs, and sustained buyer interest in these segments. According to JLL India, the housing market is moving toward a more balanced stage after two years of strong growth. The report said that while high property prices are creating affordability concerns and slowing overall sales, prices are likely to stay firm because of strong luxury demand, limited supply, and developers’ pricing control. “Home prices will keep rising due to strong luxury demand, low inventory, and developers’ pricing power, even as sales moderate,” the report stated. JLL added that average transaction values are expected to increase as more buyers choose premium homes. It also said that major listed developers are gaining market share due to their brand reputation and delivery record, while some are expanding into mid-income projects to reach a wider range of buyers. A Brazilian student, Luisa Janssen Harger Da Silva, received $82 million from a jury after losing her arm and leg in a train accident in NYC. The lack of safety measures on the subway platform caused the accident, and the MTA is appealing the verdict. Train accidents in NYC are a rising issue, with 1,000 injuries and 30 fatalities reported in 2024.</t>
+          <t>Focus on the real estate sector now. Jefferies said Sunteck Realty’s consistent 30% year-on-year pre-sales growth, steady collections, and expanding premium portfolio signal sustained earnings momentum through FY26. In its latest report, Jefferies stated that Sunteck has maintained one of the best execution records among mid-sized, Mumbai-focused real estate firms. Jefferies placed Sunteck Realty among its preferred mid-cap picks in real estate, citing the company’s ability to sustain 25–30% pre-sales growth while maintaining one of the lowest leverage levels in the sector. It stated that new project launches across Mumbai’s suburbs and redevelopment opportunities will act as catalysts for improved earnings visibility. The brokerage has reaffirmed its Buy rating with a target price of Rs 575, implying a 34% upside from its latest close. Jefferies said Sunteck’s second-quarter performance underscored the company’s strong operational rhythm. Pre-sales in the September quarter grew nearly 30% year-on-year, marking the 12th consecutive quarter of double-digit growth.Collections also rose sharply to Rs 390 crore from Rs 303 crore a year earlier, reflecting stronger buyer payments and faster construction-linked inflows. The brokerage noted that Sunteck’s average selling price (ASP) improved by 7% year-on-year due to a higher share of premium projects, while launch velocity remained high, particularly in Bandra Kurla Complex (BKC), Naigaon, and ODC Goregaon. Jefferies said Sunteck’s next leg of growth will come from the luxury and upper mid-income segments, led by projects in BKC, Kalyan, and Mira Road, as well as its Dubai project, which is on track for launch in FY26.The brokerage added that Sunteck’s diversified portfolio across income categories from affordable to ultra-luxury provides earnings stability and flexibility amid shifting market demand. “The company’s strong presence across MMR, coupled with a disciplined approach to project selection, allows it to benefit from demand tailwinds in both premium and value housing,” Jefferies said in the report. Sunteck’s business development (BD) pipeline remains robust, with potential gross development value (GDV) of around Rs 2 lakh crore, including Rs 45,000 crore of active projects under execution.Jefferies said the company continues to follow an asset-light model, preferring joint development agreements (JDAs) and joint ventures (JVs) to limit upfront land costs and debt. During FY25 so far, the company has added nearly 5 million sq. ft. of new projects, primarily in MMR, with a focus on redevelopment opportunities.“This strategy provides scalability without leverage stress,” the brokerage said, noting that Sunteck’s leverage ratio remains among the lowest in its peer set. Jefferies said Sunteck’s balance sheet remains healthy, supported by minimal debt and strong cash flow generation.Net debt stood at Rs 330 crore as of September 2025, down from Rs 370 crore in the previous quarter, with a net debt-to-equity ratio of just 0.14x. “The company’s conservative financial structure offers room to fund upcoming launches while maintaining liquidity flexibility,” Jefferies wrote.It added that Sunteck’s cash flow visibility, aided by strong bookings, faster collections, and high-margin premium projects, underpins sustainable growth. Jefferies said reported revenue for FY25 is likely to rise to Rs 1,600 crore from Rs 1,225 crore in FY24, while net profit could climb to Rs 265 crore from Rs 212 crore, reflecting stronger operating leverage and rising ASPs. The brokerage expects EBITDA margins to improve to 27% from 25%, driven by a larger share of high-value projects.It also noted that cost efficiency at project sites and better procurement terms have helped offset input price inflation. Jefferies valued Sunteck Realty using a net asset value (NAV) approach, applying a 15% discount to its FY26 estimated NAV of Rs 680 per share.At the current price, the stock trades at a 36% discount to NAV, which Jefferies said is “attractive given the company’s improving pre-sales visibility and strong brand franchise in Mumbai.” Its base-case target of Rs 575 implies a 34% upside, while the bull-case valuation is pegged at Rs 640, indicating gains of about 50%.The bear-case estimate stands at Rs 320, representing a 25% downside, factoring in delayed approvals or slower launches. Jefferies said luxury and upper-mid housing demand remains robust in Mumbai, Pune, and NCR, supported by rising disposable income and constrained supply in premium micro-markets.The brokerage observed that high-end projects have seen 15–18% price appreciation in the past year, with absorption outpacing new supply in most Tier-I cities. It added that Mumbai’s premium residential segment is “structurally strong,” aided by limited inventory, high rental yields, and NRI interest.In this backdrop, developers with a focused presence in MMR, including Sunteck, Oberoi Realty, and Lodha, are expected to maintain their growth momentum. The government is considering a shorter compliance deadline for the Digital Personal Data Protection Act, and companies are ready to meet the challenge. While established institutions may need more time to adapt, multinational firms in sectors such as BFSI, telecom, and e-commerce are already GDPR-compliant.</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Bengaluru, Pune power India’s office market revival as rentals yield rise 6%, vacancies shrink: Anarock</t>
+          <t>A look at 3 smallcap real estate stocks to add to your watchlist</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>India’s office real estate is staging a comeback. Anarock’s 2025 data shows Bengaluru and Pune leading a 6% rental surge as GCCs drive fresh demand. Vacancy rates are tightening, signaling the strongest revival since the pandemic.</t>
+          <t>Here is a list of smallcap real estate stocks that can be added to your watchlist.</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>October 29, 2025 10:14 IST</t>
+          <t>October 20, 2025 10:30 IST</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/money/real-estatebengaluru-pune-office-market-revival-anarock-2025-rent-rise-vacancy-fall-4024240/</t>
+          <t>https://www.financialexpress.com/market/stock-insights/a-look-at-3-smallcap-real-estate-stocks-to-add-to-your-watchlistnbsp/4016198/</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>India’s office property market quietly staged a solid comeback. After lagging in a few quarters, rentals in the top seven cities have risen 6% year-on-year, according to new data from Anarock Research. The average monthly rent now stood at Rs 90 per sq ft, up from Rs 85 per sq ft last year. Bengaluru led the surge with a 9% jump, while Pune turned out to be the surprise story office absorption there almost doubling in a year. The Anarock report indicated that demand for quality workspace returned. Meanwhile, the southern part of India continued to anchor India’s commercial cycle. India’s office market showed steady, with real improvement. Across the seven main cities, companies took up 42 million sq. ft. of space in the first nine months of 2025, around 34 per cent more than the 31.3 million sq. ft. leased a year earlier, and around 30 per cent higher than in 2019, before the pandemic. Vacancy also improved slightly, falling to 16.2 per cent from 16.7 per cent last year. This came even as developers added more space, 39.21 million sq. ft., up 15 per cent from 34.07 million sq. ft. a year ago. The fact that vacancy reduced despite higher supply shows that demand is steady across cities and sectors. It points to a market that is expanding in a balanced way, rather than one driven by short-term spikes. Bengaluru remains the country’s commercial bellwether.It saw the highest net leasing at 9.95 million sq. ft., up from 8.15 million sq. ft. a year ago. The city’s vacancy fell to 12.2% from 13%, and its new completions rose 20% to 10.41 million sq. ft. Pune has emerged the office space market in focus. Office space take-up in the city almost doubled, rising 97 per cent to 6.2 million sq. ft. from 3.14 million sq. ft. last year. It also saw the biggest jump in new office supply, up 168 per cent to 9.2 million sq. ft. Developers are responding to strong demand from IT firms, banks, and global capability centres that are expanding beyond Bengaluru. Chennai continues to be the most stable market, with the lowest vacancy rate at 8.9 per cent. Its office absorption rose 56 per cent to 4.5 million sq. ft. from 2.88 million sq. ft., driven by steady demand from technology and manufacturing companies. Delhi-NCR recorded 8.2 million sq ft of new office leases, a 24 per cent rise from last year. Mumbai followed with 6.6 million sq ft, up 31 per cent. Both cities continue to attract demand in prime business areas, though older buildings are finding it harder to draw tenants. Hyderabad saw 5.7 million sq. ft. of leasing, up 29 per cent, but still has one of the highest vacancy levels at 26.5 per cent, showing there is more supply than demand in some parts of the city. Kolkata was the only market to fall, with office leasing down 19 per cent to 0.85 million sq ft from 1.05 million sq ft a year ago. The rebound is being driven not just by local companies expanding but also by a strong push from global capability centres. “Multiple factors are driving office space demand in the country despite all headwinds. GCCs are a major driver of office space leasing in the top seven cities,” said Anuj Puri, Chairman, Anarock Group. Out of 58.28 million sq. ft. of total office leasing during the first nine months of 2025, about 23.34 million sq ft, a little over 40 per cent, was taken up by GCCs, the report said. Bengaluru led with 8.3 million sq ft, followed by Pune with 3.73 million sq ft and Chennai with 3.57 million sq ft. These centres, which handle engineering, finance, and technology operations for global companies, are creating a more stable tenant base and longer lease cycles, helping landlords achieve steadier rental income, according to the report. “Several companies are now looking for high-quality Grade A office spaces with better infrastructure and amenities, and green-certified sustainability features,” Puri said in the official statement. Newer projects with modern design, better connectivity, and ESG compliance are commanding rent premiums of around 10–15%, according to market estimates. Bengaluru and Pune together accounted for half of all new completions during the period, while NCR nearly doubled its supply to 6.7 million sq. ft. By contrast, both Hyderabad and MMR saw declines in new office supply down 39% and 41%, respectively as developers held back amid high vacancy or delayed projects. The composition of demand was also seen to be changing. IT and ITeS companies still occupied the largest share of space, 27% of total leasing, but coworking has gained ground up to 23% this year from 21% in 2024. BFSI accounted for 18%. The rise of coworking indicated how occupiers are balancing hybrid work and cost efficiency. Many start-ups and mid-size firms are now choosing flexible spaces over traditional leases. For landlords, this trend means steadier occupancy, even if at slightly lower yields and fewer long vacant periods. The nationwide average vacancy of 16.2% hides wide differences between cities. Chennai, at 8.9%, recorded the tightest market, followed by Pune at 11.85% and Bengaluru at 12.2%. These cities operated close to full capacity in premium office spaces. In contrast, NCR’s vacancy stood at 22% and Hyderabad’s at 26.5%, showing that both still have excess supply in some areas. Mumbai’s overall vacancy is around 14.9%, with newer buildings in BKC and Navi Mumbai performing better than older offices in Andheri and Powai. For tenants, this meant more negotiating power in Delhi and Hyderabad, but tightening options in Bengaluru and Chennai could be a likely reason why the rents there rose faster. Indian PM Narendra Modi skipped the ASEAN summit in Malaysia to avoid meeting US President Donald Trump, amidst strained relations between the two countries. Trump has been trying to take credit for a ceasefire between India and Pakistan, causing tensions between the two nations. Experts suggest that Modi may have also stayed away to avoid an awkward exchange with Trump.</t>
+          <t>India’s real estate market in 2025 is witnessing steady growth due to multiple economic and policy factors. Government initiatives such as the Pradhan Mantri Awas Yojana (PMAY) and metro expansion across cities have spurred both residential and commercial demand. The RBI’s repo rate rates and tax reductions in the Union Budget have further bolstered demand for affordable housing and revived investor sentiment in the real estate space. Here are a three small-cap stocks that could benefit from a growing real estate market. They can be added to your watchlist. First on our list is smallcap real estate stock Suraj Estate Developers. Suraj Estate Developers is a Mumbai-based real estate company known for its dominance in the South-Central Mumbai redevelopment, specialising in premium and luxury residential projects. The company has over 37 years of experience, delivering 42+ completed projects and developing over 1 m sq. ft. of space concentrated in micro-markets such as Dadar, Prabhadevi, and Mahim. Source: Equitymaster The company in Q1 FY26, saw total revenues reaching Rs 1,325 million (m), a slight decrease compared to Rs 1,337 m in the same period last year. Net profits dropped to Rs 213 m from Rs 301 m year-on-year. Looking ahead, the company has entered a pivotal execution phase in 2025-26, backed by a strong launch pipeline across both residential and commercial segments. Over Rs 20 bn of gross development value is planned for launch in 2025-26, including a marquee commercial project in Mahim and several value-luxury residential projects in Mahim and Dadar, with projects like ParkView-1, Gudekar House, and Lobo Villa progressing steadily towards launch. The company is optimistic that a few projects previously deferred pending regulatory approvals, along with the Mahim commercial site, will be launched in 2025-26. Suraj Estate has also acquired development rights for a small parcel of land at Shivaji Park, where it plans to develop a premium luxury project. The combination of an asset-light model, past track record and deep micromarket knowledge will assist in delivering sustainable growth for the company. Next on our list of smallcap real estate stocks is Kolte-Patil Developers. Kolte-Patil Developers is a leading real estate development company. The company has a strong presence primarily in Pune, Mumbai, and Bengaluru. The company has been creating landmarks and has developed and constructed over 64 projects including residential complexes, commercial complexes and IT Parks covering a saleable area of 28 m square feet. Source: Equitymaster The company reported revenues of Rs 824 m in Q1 FY26, a drop compared to Rs 3,408 m in the same period last year. It reported a loss of Rs 170 m, compared to a net profit of Rs 40 m YoY. Moving forward, growth this year according to the Kolte-Patil management will be supported by the continued sales traction at the flagship Life Republic township. The company will complement the same by new launches and phase-wise expansions across existing projects. The management aims to consolidate its leadership in Pune while accelerating growth momentum in Mumbai Metropolitan Region (MMR) and Bengaluru. The strategic roadmap includes deepening its presence in the established micro-markets and selectively entering new locations within the three core geographies. Hubtown Limited, a prominent name in the Indian real estate sector, has a history spanning over four decades and is one of the top real estate developers in Mumbai. The company has developed real estate projects spanning various verticals such as residential, commercial, retail, and industrial projects. It also has presence in Gujarat (Ahmedabad, Vadodara, Mehsana and Surat) and Pune. Source: Equitymaster The company reported revenues of Rs 1,874 m in Q1 FY26, compared to Rs 1,203 m in the same period last year. It reported a solid growth in net profits to Rs 820 m, compared to a net profit of Rs 61 m YoY. An important aspect of the company’s financial strategy lies in its capability to secure funding from a wide spectrum of Indian and international investors. In 2024, Hubtown successfully garnered over Rs 9.4 bn through a preferential allotment of shares. Additionally, Rare Townships Pvt. Ltd., a subsidiary of the company, obtained approximately Rs 2 bn in funding from the SWAMIH Fund. Furthermore, Oaktree Capital, an established global credit provider, supported the group’s 25 Downtown project, where Hubtown holds a 25% equity stake. Hubtown currently has 7.1 m sq. ft of ongoing projects under various stages of execution and a substantial land bank of over 23.1 m sq. ft, much of which is “launch ready.” This should help sustain growth going forward. India’s real estate sector is experiencing robust growth, driven by rapid urbanisation, rising incomes, government initiatives, and growing investment interest. For companies in the sector timely execution, past track record, and prudent financial management would be the key going forward. Investors should evaluate the company’s fundamentals, corporate governance, and valuations of the stock as key factors when conducting due diligence before making investment decisions. Happy investing. Disclaimer: This article is for information purposes only. It is not a stock recommendation and should not be treated as such. Learn more about our recommendation services here… The website managers, its employee(s), and contributors/writers/authors of articles have or may have an outstanding buy or sell position or holding in the securities, options on securities or other related investments of issuers and/or companies discussed therein.  The content of the articles and the interpretation of data are solely the personal views of the contributors/ writers/authors.  Investors must make their own investment decisions based on their specific objectives, resources and only after consulting such independent advisors as may be necessary. An undocumented immigrant from Mexico was arrested on Tuesday for allegedly posting a TikTok video offering a $10,000 bounty for the murder of Immigration and Customs Enforcement (ICE) agents, according to NBC.</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Jefferies has a Buy rating on this real estate stock with up to 34% upside potential: Here’s why</t>
+          <t>Millennials, Gen Y drive housing demand; Rs 1–1.5 crore homes see highest buyer sentiment: Report</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Jefferies reaffirmed its Buy rating on Sunteck Realty, projecting up to 34% upside driven by steady pre-sales growth, premium project launches, and low leverage. The brokerage said Mumbai’s real estate upcycle and Sunteck’s disciplined execution could sustain double-digit earnings through FY26.</t>
+          <t>Millennials and Gen Y boost demand for Rs 1–1.5 crore homes as confidence rises in India's housing market</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>October 23, 2025 14:49 IST</t>
+          <t>October 14, 2025 16:15 IST</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/jefferies-buy-rating-sunteck-realty-34-percent-upside-real-estate-growth-4019145/</t>
+          <t>https://www.financialexpress.com/money/millennials-gen-y-drive-housing-demand-rs-11-5-crore-homes-see-highest-buyer-sentiment-report-4010339/</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>Focus on the real estate sector now. Jefferies said Sunteck Realty’s consistent 30% year-on-year pre-sales growth, steady collections, and expanding premium portfolio signal sustained earnings momentum through FY26. In its latest report, Jefferies stated that Sunteck has maintained one of the best execution records among mid-sized, Mumbai-focused real estate firms. Jefferies placed Sunteck Realty among its preferred mid-cap picks in real estate, citing the company’s ability to sustain 25–30% pre-sales growth while maintaining one of the lowest leverage levels in the sector. It stated that new project launches across Mumbai’s suburbs and redevelopment opportunities will act as catalysts for improved earnings visibility. The brokerage has reaffirmed its Buy rating with a target price of Rs 575, implying a 34% upside from its latest close. Jefferies said Sunteck’s second-quarter performance underscored the company’s strong operational rhythm. Pre-sales in the September quarter grew nearly 30% year-on-year, marking the 12th consecutive quarter of double-digit growth.Collections also rose sharply to Rs 390 crore from Rs 303 crore a year earlier, reflecting stronger buyer payments and faster construction-linked inflows. The brokerage noted that Sunteck’s average selling price (ASP) improved by 7% year-on-year due to a higher share of premium projects, while launch velocity remained high, particularly in Bandra Kurla Complex (BKC), Naigaon, and ODC Goregaon. Jefferies said Sunteck’s next leg of growth will come from the luxury and upper mid-income segments, led by projects in BKC, Kalyan, and Mira Road, as well as its Dubai project, which is on track for launch in FY26.The brokerage added that Sunteck’s diversified portfolio across income categories from affordable to ultra-luxury provides earnings stability and flexibility amid shifting market demand. “The company’s strong presence across MMR, coupled with a disciplined approach to project selection, allows it to benefit from demand tailwinds in both premium and value housing,” Jefferies said in the report. Sunteck’s business development (BD) pipeline remains robust, with potential gross development value (GDV) of around Rs 2 lakh crore, including Rs 45,000 crore of active projects under execution.Jefferies said the company continues to follow an asset-light model, preferring joint development agreements (JDAs) and joint ventures (JVs) to limit upfront land costs and debt. During FY25 so far, the company has added nearly 5 million sq. ft. of new projects, primarily in MMR, with a focus on redevelopment opportunities.“This strategy provides scalability without leverage stress,” the brokerage said, noting that Sunteck’s leverage ratio remains among the lowest in its peer set. Jefferies said Sunteck’s balance sheet remains healthy, supported by minimal debt and strong cash flow generation.Net debt stood at Rs 330 crore as of September 2025, down from Rs 370 crore in the previous quarter, with a net debt-to-equity ratio of just 0.14x. “The company’s conservative financial structure offers room to fund upcoming launches while maintaining liquidity flexibility,” Jefferies wrote.It added that Sunteck’s cash flow visibility, aided by strong bookings, faster collections, and high-margin premium projects, underpins sustainable growth. Jefferies said reported revenue for FY25 is likely to rise to Rs 1,600 crore from Rs 1,225 crore in FY24, while net profit could climb to Rs 265 crore from Rs 212 crore, reflecting stronger operating leverage and rising ASPs. The brokerage expects EBITDA margins to improve to 27% from 25%, driven by a larger share of high-value projects.It also noted that cost efficiency at project sites and better procurement terms have helped offset input price inflation. Jefferies valued Sunteck Realty using a net asset value (NAV) approach, applying a 15% discount to its FY26 estimated NAV of Rs 680 per share.At the current price, the stock trades at a 36% discount to NAV, which Jefferies said is “attractive given the company’s improving pre-sales visibility and strong brand franchise in Mumbai.” Its base-case target of Rs 575 implies a 34% upside, while the bull-case valuation is pegged at Rs 640, indicating gains of about 50%.The bear-case estimate stands at Rs 320, representing a 25% downside, factoring in delayed approvals or slower launches. Jefferies said luxury and upper-mid housing demand remains robust in Mumbai, Pune, and NCR, supported by rising disposable income and constrained supply in premium micro-markets.The brokerage observed that high-end projects have seen 15–18% price appreciation in the past year, with absorption outpacing new supply in most Tier-I cities. It added that Mumbai’s premium residential segment is “structurally strong,” aided by limited inventory, high rental yields, and NRI interest.In this backdrop, developers with a focused presence in MMR, including Sunteck, Oberoi Realty, and Lodha, are expected to maintain their growth momentum. Prada Group has acquired Versace in a $1.37 billion deal, bringing together two of Italy’s top fashion brands. This marks the end of Versace’s ownership under Capri Holdings and will help the company improve its financial position. The move is expected to reshape Milan’s luxury landscape and revive Versace’s performance with better access to capital and strategic planning under Prada’s management.</t>
+          <t>Homes priced between Rs 1 crore and Rs 1.5 crore have emerged as the “most active” segment, recording the highest Housing Sentiment Index (HSI) score of 149 in Q2FY26 according to Magicbricks’ latest report. The rebound in this mid-market bracket once seen as aspirational indicated how buyers are recalibrating despite high EMIs and firm prices. Confidence is returning, particularly among end-users and upgrade buyers who view real estate as a stable long-term asset. The HSI is a quarterly index that tracks homebuyer confidence, rose to 142 in the July–September quarter, up from 138 earlier. A score of 100 is generally considered neutral. While 39% of respondents still prefer homes in the Rs 20–75 lakh range and another 39% in Rs 75 lakh–Rs 1.5 crore, the upper mid-tier is pulling ahead on sentiment. Developers, too, are aligning launches to this range, with new projects in metro suburbs and emerging corridors priced around the Rs 1–1.5 crore mark. Chennai leads the city rankings, followed by Noida/Greater Noida and Kolkata. Infrastructure growth and better connectivity are drawing buyers to peripheral zones, where mid-sized, ready-to-move homes fit both budgets and aspirations. Additionally, builder floors have overtaken plots as the most preferred property type, offering faster possession and semi-customisable layouts. Compact 500–1,000 sq. ft. homes are also in demand, reflecting a shift toward functional but aspirational living. Millennials and Gen Y remain the core buyers, with strong sentiment also seen among professionals earning Rs 10–30 lakh annually. Many expect property prices to rise 6–10%, prompting quicker decisions. Sudhir Pai, CEO, Magicbricks, said, “The rebound in housing sentiment underlines the resilience of India’s real estate market. With prices &amp; interest rates stabilizing, buyers are looking at real estate as a safe and rewarding long-term asset.” The overall HSI rose to 142 in the July–September quarter, up from 138, signaling that India’s housing market is regaining confidence one mid-segment home at a time. Bank of Maharashtra recorded a 23.09% YoY growth in profit in Q2 FY26, reporting a net profit of Rs 1,633 crore. The bank also saw a 15.71% YoY increase in Net Interest Income, reaching Rs 3,248 crore. Its total income for the quarter was Rs 5,63,909 crore, showing a 14.20% growth.</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>A look at 3 smallcap real estate stocks to add to your watchlist</t>
+          <t>Indian real estate sees 9% dip in institutional investment in 2025 says Colliers: Why are foreign investors pulling back?</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Here is a list of smallcap real estate stocks that can be added to your watchlist.</t>
+          <t>Institutional investments in Indian real estate dipped 9% in 2025 as foreign investors turned cautious amid global uncertainty, even as domestic capital surged, says a new Colliers India report.</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>October 20, 2025 10:30 IST</t>
+          <t>October 7, 2025 12:54 IST</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/stock-insights/a-look-at-3-smallcap-real-estate-stocks-to-add-to-your-watchlistnbsp/4016198/</t>
+          <t>https://www.financialexpress.com/business/industry-indian-real-estate-sees-9-dip-in-institutional-investment-in-2025-says-colliers-why-are-foreign-investors-pulling-back-4001064/</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>India’s real estate market in 2025 is witnessing steady growth due to multiple economic and policy factors. Government initiatives such as the Pradhan Mantri Awas Yojana (PMAY) and metro expansion across cities have spurred both residential and commercial demand. The RBI’s repo rate rates and tax reductions in the Union Budget have further bolstered demand for affordable housing and revived investor sentiment in the real estate space. Here are a three small-cap stocks that could benefit from a growing real estate market. They can be added to your watchlist. First on our list is smallcap real estate stock Suraj Estate Developers. Suraj Estate Developers is a Mumbai-based real estate company known for its dominance in the South-Central Mumbai redevelopment, specialising in premium and luxury residential projects. The company has over 37 years of experience, delivering 42+ completed projects and developing over 1 m sq. ft. of space concentrated in micro-markets such as Dadar, Prabhadevi, and Mahim. Source: Equitymaster The company in Q1 FY26, saw total revenues reaching Rs 1,325 million (m), a slight decrease compared to Rs 1,337 m in the same period last year. Net profits dropped to Rs 213 m from Rs 301 m year-on-year. Looking ahead, the company has entered a pivotal execution phase in 2025-26, backed by a strong launch pipeline across both residential and commercial segments. Over Rs 20 bn of gross development value is planned for launch in 2025-26, including a marquee commercial project in Mahim and several value-luxury residential projects in Mahim and Dadar, with projects like ParkView-1, Gudekar House, and Lobo Villa progressing steadily towards launch. The company is optimistic that a few projects previously deferred pending regulatory approvals, along with the Mahim commercial site, will be launched in 2025-26. Suraj Estate has also acquired development rights for a small parcel of land at Shivaji Park, where it plans to develop a premium luxury project. The combination of an asset-light model, past track record and deep micromarket knowledge will assist in delivering sustainable growth for the company. Next on our list of smallcap real estate stocks is Kolte-Patil Developers. Kolte-Patil Developers is a leading real estate development company. The company has a strong presence primarily in Pune, Mumbai, and Bengaluru. The company has been creating landmarks and has developed and constructed over 64 projects including residential complexes, commercial complexes and IT Parks covering a saleable area of 28 m square feet. Source: Equitymaster The company reported revenues of Rs 824 m in Q1 FY26, a drop compared to Rs 3,408 m in the same period last year. It reported a loss of Rs 170 m, compared to a net profit of Rs 40 m YoY. Moving forward, growth this year according to the Kolte-Patil management will be supported by the continued sales traction at the flagship Life Republic township. The company will complement the same by new launches and phase-wise expansions across existing projects. The management aims to consolidate its leadership in Pune while accelerating growth momentum in Mumbai Metropolitan Region (MMR) and Bengaluru. The strategic roadmap includes deepening its presence in the established micro-markets and selectively entering new locations within the three core geographies. Hubtown Limited, a prominent name in the Indian real estate sector, has a history spanning over four decades and is one of the top real estate developers in Mumbai. The company has developed real estate projects spanning various verticals such as residential, commercial, retail, and industrial projects. It also has presence in Gujarat (Ahmedabad, Vadodara, Mehsana and Surat) and Pune. Source: Equitymaster The company reported revenues of Rs 1,874 m in Q1 FY26, compared to Rs 1,203 m in the same period last year. It reported a solid growth in net profits to Rs 820 m, compared to a net profit of Rs 61 m YoY. An important aspect of the company’s financial strategy lies in its capability to secure funding from a wide spectrum of Indian and international investors. In 2024, Hubtown successfully garnered over Rs 9.4 bn through a preferential allotment of shares. Additionally, Rare Townships Pvt. Ltd., a subsidiary of the company, obtained approximately Rs 2 bn in funding from the SWAMIH Fund. Furthermore, Oaktree Capital, an established global credit provider, supported the group’s 25 Downtown project, where Hubtown holds a 25% equity stake. Hubtown currently has 7.1 m sq. ft of ongoing projects under various stages of execution and a substantial land bank of over 23.1 m sq. ft, much of which is “launch ready.” This should help sustain growth going forward. India’s real estate sector is experiencing robust growth, driven by rapid urbanisation, rising incomes, government initiatives, and growing investment interest. For companies in the sector timely execution, past track record, and prudent financial management would be the key going forward. Investors should evaluate the company’s fundamentals, corporate governance, and valuations of the stock as key factors when conducting due diligence before making investment decisions. Happy investing. Disclaimer: This article is for information purposes only. It is not a stock recommendation and should not be treated as such. Learn more about our recommendation services here… The website managers, its employee(s), and contributors/writers/authors of articles have or may have an outstanding buy or sell position or holding in the securities, options on securities or other related investments of issuers and/or companies discussed therein.  The content of the articles and the interpretation of data are solely the personal views of the contributors/ writers/authors.  Investors must make their own investment decisions based on their specific objectives, resources and only after consulting such independent advisors as may be necessary. The Udhna-Brahmapur Amrit Bharat Express, launched in 2025, now runs three times a week, making travel between Gujarat and Odisha easier. It has been successful in improving economic and workplace mobility. Bookings are open with advanced safety and comfort features. The train can accommodate over 1,800 passengers with multiple stoppages and engines at both ends.</t>
+          <t>Institutional investments in India’s real estate sector grew 11 per cent YoY to $1.27 billion in the second quarter of FY26, says a Colliers report. However, the net institutional investment in the first six months of the calendar year 2025 saw a 9 per cent YoY decline. The report stated that the investment decline in 2025 reflects the cautious investor approach amid prevailing global tension, trade conflicts, and other external volatilities. While the 9 per cent YoY dip seems large, Colliers suggest that this could be due to a large base in 2024 during the same period. In the last five calendar years, the average institutional investment in the real estate sector has been $4 billion in January and September. The total institutional investment from January to September 2025 was $4.3 billion, the report added. Badal Yagnik, Chief Executive Officer, Colliers India, says that the current trend reflects continued investor confidence in India’s economic fundamentals and the resilience of the real estate sector. “With sustained demand across core asset classes and increasing depth of domestic capital, investment momentum is likely to hold steady, even as global headwinds may keep foreign investors cautious in the near-term,” Yagnik added The report shows that investment inflows in the real estate sector reflected a balanced mix of domestic and foreign capital. The foreign investments in the sector declined by 36 per cent YoY to $2.1 billion in 2025. While the foreign investors remain cautious on the Indian real estate market, the domestic institutional investment surged 52 per cent YoY to $2.2 billion, underlining the growing depth of domestic institutional investors in Indian real estate. Just 4 years ago, foreign investors dominated the Indian real estate market. The Colliers report shows that the foreign institutional investors’ share in the real estate sector was 84 per cent in 2021. The ongoing structural shift underscores the increasing significance of domestic investors. “Looking ahead, while domestic institutions are expected to remain a steady source of capital, global investors are likely to maintain a cautious stance in the near-term, amid evolving global economic narrative and stricter cross-border capital deployment,” Colliers says. As per the Colliers data, institutional investment in the office segment increased 27 per cent to  $779.9 million during July-September, from $616.3 million in the same period a year earlier. On the other hand, the investment in the residential segment dipped 17 per cent to $319.7 million in the third quarter of this calendar year, from $384.8 million in the corresponding period of the preceding year. Yubi Group, backed by Peak XV and TVS Capital, secures ₹411 crore in a new round of funding through a combination of long-term structured debt and equity. EvolutionX Debt Capital commits ₹336 crore, while founder Gaurav Kumar invests ₹75 crore in equity.</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>Millennials, Gen Y drive housing demand; Rs 1–1.5 crore homes see highest buyer sentiment: Report</t>
+          <t>Motilal Oswal sees 35% upside for this recently listed real estate play: 4 reasons powering the bullish call</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Millennials and Gen Y boost demand for Rs 1–1.5 crore homes as confidence rises in India's housing market</t>
+          <t>Motilal Oswal forecasts a 35% upside for Sri Lotus Developers citing strong growth and zero debt; explore this investment opportunity now.</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>October 14, 2025 16:15 IST</t>
+          <t>September 24, 2025 12:11 IST</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/money/millennials-gen-y-drive-housing-demand-rs-11-5-crore-homes-see-highest-buyer-sentiment-report-4010339/</t>
+          <t>https://www.financialexpress.com/market/motilal-oswal-sees-35-upside-for-this-recently-listed-real-estate-play-4-reasons-powering-the-bullish-call-3987667/</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Homes priced between Rs 1 crore and Rs 1.5 crore have emerged as the “most active” segment, recording the highest Housing Sentiment Index (HSI) score of 149 in Q2FY26 according to Magicbricks’ latest report. The rebound in this mid-market bracket once seen as aspirational indicated how buyers are recalibrating despite high EMIs and firm prices. Confidence is returning, particularly among end-users and upgrade buyers who view real estate as a stable long-term asset. The HSI is a quarterly index that tracks homebuyer confidence, rose to 142 in the July–September quarter, up from 138 earlier. A score of 100 is generally considered neutral. While 39% of respondents still prefer homes in the Rs 20–75 lakh range and another 39% in Rs 75 lakh–Rs 1.5 crore, the upper mid-tier is pulling ahead on sentiment. Developers, too, are aligning launches to this range, with new projects in metro suburbs and emerging corridors priced around the Rs 1–1.5 crore mark. Chennai leads the city rankings, followed by Noida/Greater Noida and Kolkata. Infrastructure growth and better connectivity are drawing buyers to peripheral zones, where mid-sized, ready-to-move homes fit both budgets and aspirations. Additionally, builder floors have overtaken plots as the most preferred property type, offering faster possession and semi-customisable layouts. Compact 500–1,000 sq. ft. homes are also in demand, reflecting a shift toward functional but aspirational living. Millennials and Gen Y remain the core buyers, with strong sentiment also seen among professionals earning Rs 10–30 lakh annually. Many expect property prices to rise 6–10%, prompting quicker decisions. Sudhir Pai, CEO, Magicbricks, said, “The rebound in housing sentiment underlines the resilience of India’s real estate market. With prices &amp; interest rates stabilizing, buyers are looking at real estate as a safe and rewarding long-term asset.” The overall HSI rose to 142 in the July–September quarter, up from 138, signaling that India’s housing market is regaining confidence one mid-segment home at a time. Bank of Maharashtra recorded a 23.09% YoY growth in profit in Q2 FY26, reporting a net profit of Rs 1,633 crore. The bank also saw a 15.71% YoY increase in Net Interest Income, reaching Rs 3,248 crore. Its total income for the quarter was Rs 5,63,909 crore, showing a 14.20% growth.</t>
+          <t>Motilal Oswal Financial Services initiated coverage on Sri Lotus Developers with a ‘Buy’ rating, with a target price of Rs 250. This implies an upside potential of up to 35% from current levels. The strong sales growth over the next three years, along with focused niche market led to the coverage. The share price of Sri Lotus Developers rallied over 8% to an intra-day high of Rs 200.69 on the National Stock Echange post the coverage initiation. Motilal Oswal expects Sri Lotus Developers to clock a presales CAGR of 129% over FY25-28, driven by its robust project pipeline. The company’s collections are also likely to show similar growth, expected to reach Rs 4,020 crore by FY28. This strong financial trajectory is expected to generate cumulative operating cash flows of Rs 6,900 crore by FY32, with the company projecting best-in-class margins. The real estate firm has established itself as a key player in the society redevelopment space. It has distinguished itself by focusing exclusively on premium micro-markets in Mumbai’s most exclusive neighbourhoods. This specialisation is a niche play in the luxury redevelopment space. The company’s portfolio includes projects in prestigious, high-profile locations such as Juhu, Bandra, Worli, and Nepean Sea Road, catering primarily to the city’s elite. This focus positions the company well to benefit from the rising demand for premium and luxury housing in the MMR (Mumbai Metropolitan Region) region. Sri Lotus Developers’ management adheres to the belief that a debt-free developer leads to a stress-free customer. The company’s zero debt and litigation-free status have become key differentiators, enhancing project acquisition alongside top-notch execution. Motilal Oswal said that this financial strength, coupled with strong profitability visibility, ensures the company is expected to remain net cash positive. Furthermore, the brokerage expects Return on Equity (RoE) and Return on Capital Employed (RoCE) to remain above 26% by FY28. The company leverages its deep understanding of the land-starved MMR market. The company plans to grow using an asset-light model primarily through Joint Developments (JD), Joint Ventures (JV), or society redevelopment. This strategy allows for rapid scaling with minimal capital deployment compared to outright land purchases. Currently, Sri Lotus Developers’ almost 89% of the projects are executing under the redevelopment model.  Motilal Oswal has issued a ‘Sell’ rating on MRF stock, with a target price of Rs 121,162, citing stretched valuations and concerns about the company’s competitive position. While the recent quarterly numbers were in line with expectations, the brokerage notes a weakening market positioning and pricing power.</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>Indian real estate sees 9% dip in institutional investment in 2025 says Colliers: Why are foreign investors pulling back?</t>
+          <t>Why is Nuvama betting big on real estate stocks like Prestige Estates &amp; Brigade? 3 crucial factors to watch</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Institutional investments in Indian real estate dipped 9% in 2025 as foreign investors turned cautious amid global uncertainty, even as domestic capital surged, says a new Colliers India report.</t>
+          <t>Nuvama sees strong growth in Prestige Estates &amp; Brigade amid mid-cycle trends; read the report for key factors driving their 'Buy' calls.</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>October 7, 2025 12:54 IST</t>
+          <t>September 15, 2025 15:09 IST</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/industry-indian-real-estate-sees-9-dip-in-institutional-investment-in-2025-says-colliers-why-are-foreign-investors-pulling-back-4001064/</t>
+          <t>https://www.financialexpress.com/market/why-is-nuvama-betting-big-on-real-estate-stocks-like-prestige-estates-amp-brigade-3-crucial-factors-to-watch-3978494/</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>Institutional investments in India’s real estate sector grew 11 per cent YoY to $1.27 billion in the second quarter of FY26, says a Colliers report. However, the net institutional investment in the first six months of the calendar year 2025 saw a 9 per cent YoY decline. The report stated that the investment decline in 2025 reflects the cautious investor approach amid prevailing global tension, trade conflicts, and other external volatilities. While the 9 per cent YoY dip seems large, Colliers suggest that this could be due to a large base in 2024 during the same period. In the last five calendar years, the average institutional investment in the real estate sector has been $4 billion in January and September. The total institutional investment from January to September 2025 was $4.3 billion, the report added. Badal Yagnik, Chief Executive Officer, Colliers India, says that the current trend reflects continued investor confidence in India’s economic fundamentals and the resilience of the real estate sector. “With sustained demand across core asset classes and increasing depth of domestic capital, investment momentum is likely to hold steady, even as global headwinds may keep foreign investors cautious in the near-term,” Yagnik added The report shows that investment inflows in the real estate sector reflected a balanced mix of domestic and foreign capital. The foreign investments in the sector declined by 36 per cent YoY to $2.1 billion in 2025. While the foreign investors remain cautious on the Indian real estate market, the domestic institutional investment surged 52 per cent YoY to $2.2 billion, underlining the growing depth of domestic institutional investors in Indian real estate. Just 4 years ago, foreign investors dominated the Indian real estate market. The Colliers report shows that the foreign institutional investors’ share in the real estate sector was 84 per cent in 2021. The ongoing structural shift underscores the increasing significance of domestic investors. “Looking ahead, while domestic institutions are expected to remain a steady source of capital, global investors are likely to maintain a cautious stance in the near-term, amid evolving global economic narrative and stricter cross-border capital deployment,” Colliers says. As per the Colliers data, institutional investment in the office segment increased 27 per cent to  $779.9 million during July-September, from $616.3 million in the same period a year earlier. On the other hand, the investment in the residential segment dipped 17 per cent to $319.7 million in the third quarter of this calendar year, from $384.8 million in the corresponding period of the preceding year. US President Donald Trump has said that he is cancelling every document that former President Joe Biden signed using an autopen. This includes pardons, commutations, executive orders and any other official papers. He made the announcement on Tuesday in a post on Truth Social.</t>
+          <t>The real estate sector has been rallying for the last four day. The Nifty Realty is up 2% in today’s trading session. In the list of real estate sector stocks, the brokerage firm Nuvama remains bullish on select realty counters. As per the brokerage report, Prestige Estates and Brigade Enterprises are their top picks in this sector and the brokerage has given a ‘Buy’ call to these stocks. According to the brokerage report, while the industry is entering the middle stage of the housing cycle, some developers continue to show resilience and growth opportunities. Within this broader context, Nuvama continues to prefer Prestige Estates and Brigade. The brokerage has reiterated a “BUY” on both names, citing strong positioning and long-term potential. “Prestige Estates and Brigade – each rated ‘BUY’ – remain our top picks,” it said. However, it also noted some short-term challenges in its report. For instance, Prestige faced a cash deficit due to high annuity capex in FY25, while Brigade was on the lower end of cash EBITDA margins. Despite this, Nuvama believes these counters are well placed to capture growth as the cycle plays out. Let’s take a look at what the brokerage say on this sector stocks – According to the brokerage, one of the key positives has been the improvement in profitability across realty developers. “Cash EBITDA margins improved to 42% (40% in FY24),” the report noted. This was driven by better operating efficiency and demand trends, although the momentum in sales has started to moderate. Nuvama pointed out that profitability rose year-on-year in FY25, with overall cash operating profits up nearly 16%. However, this came alongside a gradual cooling in buying activity, which is typical of a mid-cycle housing market. The moderation in sales velocity has had some impact on inventory and cash flow trends. As per the brokerage report, “typical of middle stage of a housing cycle, buying frenzy moderated and unsold inventory rose marginally, leading to working capital build-up.” While 12 developers enjoyed a ‘negative working capital cycle’ in FY24, that number dropped to nine in FY25. Consequently, operating cash flow (OCF) slipped for several players. Developers have also been more aggressive with land purchases and expansion. “Land capex rose to 34% (31% in FY24),” the brokerage said, adding that higher investments are keeping free cash flow in check. Interestingly, despite this spending, debt levels are not worsening. “Aided by equity raise, net debt reduced YoY for ten developers (eight in FY24),” the report noted. Indian equity indices opened Tuesday’s trading session on a negative note, with the NSE Nifty 50 and BSE Sensex opening lower. The Bank Nifty opened flat, while small and mid-cap stocks were in line with benchmarks. The Nifty Midcap also opened lower. According to experts, the Nifty index might see a positive development if it crosses the 26,100 level.</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>Motilal Oswal sees 35% upside for this recently listed real estate play: 4 reasons powering the bullish call</t>
+          <t>Landmark Group to invest Rs 400 crore in new luxury housing project in Gurugram</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Motilal Oswal forecasts a 35% upside for Sri Lotus Developers citing strong growth and zero debt; explore this investment opportunity now.</t>
+          <t>Located in Sector 103 along the Dwarka Expressway, the newly launched development makes up phase II of the entire project, spread across 11 acres of the land parcel. The company delivered phase I in 2013 and expects to launch phase III in FY2026.</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>September 24, 2025 12:11 IST</t>
+          <t>August 21, 2025 19:00 IST</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/motilal-oswal-sees-35-upside-for-this-recently-listed-real-estate-play-4-reasons-powering-the-bullish-call-3987667/</t>
+          <t>https://www.financialexpress.com/money/landmark-group-launches-rs-1200-cr-luxury-residential-project-on-dwarka-expressway-gurugram-3953678/</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>Motilal Oswal Financial Services initiated coverage on Sri Lotus Developers with a ‘Buy’ rating, with a target price of Rs 250. This implies an upside potential of up to 35% from current levels. The strong sales growth over the next three years, along with focused niche market led to the coverage. The share price of Sri Lotus Developers rallied over 8% to an intra-day high of Rs 200.69 on the National Stock Echange post the coverage initiation. Motilal Oswal expects Sri Lotus Developers to clock a presales CAGR of 129% over FY25-28, driven by its robust project pipeline. The company’s collections are also likely to show similar growth, expected to reach Rs 4,020 crore by FY28. This strong financial trajectory is expected to generate cumulative operating cash flows of Rs 6,900 crore by FY32, with the company projecting best-in-class margins. The real estate firm has established itself as a key player in the society redevelopment space. It has distinguished itself by focusing exclusively on premium micro-markets in Mumbai’s most exclusive neighbourhoods. This specialisation is a niche play in the luxury redevelopment space. The company’s portfolio includes projects in prestigious, high-profile locations such as Juhu, Bandra, Worli, and Nepean Sea Road, catering primarily to the city’s elite. This focus positions the company well to benefit from the rising demand for premium and luxury housing in the MMR (Mumbai Metropolitan Region) region. Sri Lotus Developers’ management adheres to the belief that a debt-free developer leads to a stress-free customer. The company’s zero debt and litigation-free status have become key differentiators, enhancing project acquisition alongside top-notch execution. Motilal Oswal said that this financial strength, coupled with strong profitability visibility, ensures the company is expected to remain net cash positive. Furthermore, the brokerage expects Return on Equity (RoE) and Return on Capital Employed (RoCE) to remain above 26% by FY28. The company leverages its deep understanding of the land-starved MMR market. The company plans to grow using an asset-light model primarily through Joint Developments (JD), Joint Ventures (JV), or society redevelopment. This strategy allows for rapid scaling with minimal capital deployment compared to outright land purchases. Currently, Sri Lotus Developers’ almost 89% of the projects are executing under the redevelopment model.  Homeland Security Secretary Kristi Noem is recommending that the Trump administration increase the travel ban list from 19 countries to 30 or 32 nations, according to a CNN report. Nationals from these countries currently face restrictions on travel to the United States.</t>
+          <t>Real estate developer Landmark Group has launched a luxury residential project ‘Landmark SKYVUE’ in Gurugram. Located in Sector 103 along the Dwarka Expressway, the newly launched development makes up phase II of the entire project, spread across 11 acres of the land parcel. The company delivered phase I in 2013 and expects to launch phase III in FY2026. “With the construction cost of Rs 400 crores, Landmark SKYVUE offers a lifestyle that invites buyers to experience luxury that is open, limitless, and beautifully elevated,” the Gurugram-based company said in a statement. Spanning 4 acres, the project will have a total of 240 units. This development will rise as a low-density, ultra-luxury residential community offering opulent 3BHK + Utility and 4.5BHK + Utility residences. With the revenue potential of Rs 1,200 crore, the project is likely to be delivered over the next 4 years, the statement said. The company has launched the project at Rs 17,500 per sq. ft. The price for an apartment ranged from Rs 4.99 crore to 6.78 crore. Sandeep Chhillar, Founder and Chairman, Landmark Group, said, “Every project we undertake reflects our belief that real estate is not just about brick-and-mortar, it’s about sustainable placemaking. With SKYVUE, we are offering an unmatched product, offering one of the largest layouts, basement car parking, and maximum FAA (family amenity allocation), ensuring equitable access to amenity spaces such as parks, fitness and wellness facilities, and lounge areas.” “Our aim is to craft a community that combines design but doesn’t compromise on comfort. We aim to put special emphasis on the modern-day needs of Indian families, including digitally forward amenity zones, skypad pickleball court, Japanese restaurant ‘Sora’, and a wellness-oriented club called ‘Skydome’ offering a meditation zone, plunge pool, and USFDA, CE, and ISO approved cryotherapy.” “Dwarka Expressway is consistently redefining Gurugram’s growth story, and through this development, we want to contribute an address that people will look up to across India,” he added. A bridge collapse in China’s Qinghai province has killed 12 workers and left 4 missing. The incident was caused by a snapped construction cable, resulting in a 108-meter steel beam collapsing. A large rescue operation is currently underway with over 800 personnel and 91 vehicles involved. This is one of many industrial accidents in China due to poor safety standards and regulations.</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>Why is Nuvama betting big on real estate stocks like Prestige Estates &amp; Brigade? 3 crucial factors to watch</t>
+          <t>RBI’s rate pause brings cheers for realty market: What it means for homebuyers</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Nuvama sees strong growth in Prestige Estates &amp; Brigade amid mid-cycle trends; read the report for key factors driving their 'Buy' calls.</t>
+          <t>Real estate sector experts believe this policy continuity offers affordability and predictability — key drivers for housing demand, especially in the affordable and mid-income segments — as the festive season approaches.</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>September 15, 2025 15:09 IST</t>
+          <t>August 6, 2025 13:55 IST</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/why-is-nuvama-betting-big-on-real-estate-stocks-like-prestige-estates-amp-brigade-3-crucial-factors-to-watch-3978494/</t>
+          <t>https://www.financialexpress.com/money/rbis-rate-pause-brings-festive-cheers-for-realty-market-what-it-means-for-homebuyers-3938189/</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>The real estate sector has been rallying for the last four day. The Nifty Realty is up 2% in today’s trading session. In the list of real estate sector stocks, the brokerage firm Nuvama remains bullish on select realty counters. As per the brokerage report, Prestige Estates and Brigade Enterprises are their top picks in this sector and the brokerage has given a ‘Buy’ call to these stocks. According to the brokerage report, while the industry is entering the middle stage of the housing cycle, some developers continue to show resilience and growth opportunities. Within this broader context, Nuvama continues to prefer Prestige Estates and Brigade. The brokerage has reiterated a “BUY” on both names, citing strong positioning and long-term potential. “Prestige Estates and Brigade – each rated ‘BUY’ – remain our top picks,” it said. However, it also noted some short-term challenges in its report. For instance, Prestige faced a cash deficit due to high annuity capex in FY25, while Brigade was on the lower end of cash EBITDA margins. Despite this, Nuvama believes these counters are well placed to capture growth as the cycle plays out. Let’s take a look at what the brokerage say on this sector stocks – According to the brokerage, one of the key positives has been the improvement in profitability across realty developers. “Cash EBITDA margins improved to 42% (40% in FY24),” the report noted. This was driven by better operating efficiency and demand trends, although the momentum in sales has started to moderate. Nuvama pointed out that profitability rose year-on-year in FY25, with overall cash operating profits up nearly 16%. However, this came alongside a gradual cooling in buying activity, which is typical of a mid-cycle housing market. The moderation in sales velocity has had some impact on inventory and cash flow trends. As per the brokerage report, “typical of middle stage of a housing cycle, buying frenzy moderated and unsold inventory rose marginally, leading to working capital build-up.” While 12 developers enjoyed a ‘negative working capital cycle’ in FY24, that number dropped to nine in FY25. Consequently, operating cash flow (OCF) slipped for several players. Developers have also been more aggressive with land purchases and expansion. “Land capex rose to 34% (31% in FY24),” the brokerage said, adding that higher investments are keeping free cash flow in check. Interestingly, despite this spending, debt levels are not worsening. “Aided by equity raise, net debt reduced YoY for ten developers (eight in FY24),” the report noted. Prada Group has acquired Versace in a $1.37 billion deal, bringing together two of Italy’s top fashion brands. This marks the end of Versace’s ownership under Capri Holdings and will help the company improve its financial position. The move is expected to reshape Milan’s luxury landscape and revive Versace’s performance with better access to capital and strategic planning under Prada’s management.</t>
+          <t>As widely expected, the Reserve Bank of India (RBI) on Wednesday held the repo rate steady at 5.5% during its latest monetary policy review, after three successive rate cuts earlier this year. With inflation showing signs of softening and GDP growth projected at 6.5%, the central bank’s pause has triggered mixed but largely positive reactions from India’s real estate sector. Real estate sector experts believe this policy continuity offers affordability and predictability — key drivers for housing demand, especially in the affordable and mid-income segments — as the festive season approaches. Stability in monetary policy augurs well for homebuyers and real estate developers, particularly in the affordable and mid-income segments, says Vimal Nadar, National Director and Head of Research, Colliers India. “The lowering of interest rates in the recent past is expected to be fully passed on to the end users in upcoming quarters, who are likely to benefit from reduced financing costs. With the festive season approaching, developers can further capitalize on this momentum with timely project completions, new launches and festive offers &amp; discounts.” Shishir Baijal, Chairman and Managing Director, Knight Frank India, says, “The RBI’s decision to hold rates steady underscores its calibrated approach amidst a complex economic backdrop… For the real estate sector, the continuation of stable policy rates and surplus liquidity conditions provide much-needed predictability and helps preserve affordability for homebuyers.” Many experts also noted that the transmission of earlier repo rate cuts is still in progress. While some banks have already slashed home loan rates, more are expected to follow suit. The onus now falls on lenders to ensure that these benefits reach the end users. “The onus now squarely falls on the banks to enhance the transmission of previous rate cuts, ensuring that the benefits of lower interest rates are fully passed on to homebuyers,” remarked Piyush Bothra, Co-Founder and CFO, Square Yards. The RBI’s neutral policy stance, backed by stable urban demand and strong consumption trends, has lent confidence to the housing sector. “We believe the momentum in home buying will remain cautiously positive—much like the RBI’s approach, balancing domestic resilience with global uncertainties,” stated Amit Goyal, MD, India Sotheby’s International Realty. Developers, meanwhile, are expected to remain optimistic about new launches, especially in emerging corridors where buyer demand is showing resilience. “While a rate cut could have further lowered home loan interest rates—encouraging more first-time buyers and end-users to enter the market—the current environment still supports growth,” said Prateek Tiwari, Managing Director, Prateek Group. According to Samir Jasuja, Founder &amp; CEO of PropEquity, although the RBI has cut repo rate by 100 bps in 2025 to 5.5%, housing sales have come down from their peak. “Housing sales in India’s top 9 cities fell by 17% YoY in H1 2025 to 2.08 lakh units and sales value fell by 10% to Rs 2.94 lakh crore. Launches have also declined by 18% YoY in H1 2025 to 1.99 lakh units.” Despite the dip in new launches and sales, experts say a steady policy rate helps maintain buyer confidence, a critical component of the sector’s long-term momentum. “The consistency will help anchor buyer confidence and indirectly benefit the real estate sector,” said Mayank Jain, CEO, KREEVA. The NCR market, in particular, continues to exhibit strength driven by lifestyle aspirations, infrastructure growth, and demand for larger homes. “The NCR real estate market is on a strong footing and the demand continues to be strong with the region’s growing lifestyle aspiration, massive infrastructure development and demand for bigger homes leading to a surge in luxury housing,” said Shiwang Suraj, Director &amp; Founder, InfraMantra. With the festive season on the horizon, experts suggest developers are in a position to further capitalize on this momentum. Timely project completions, new launches, and festive offers are expected to drive buyer interest and sustain sectoral momentum. “With the festive season approaching, developers can further capitalize on this momentum with timely project completions, new launches and festive offers &amp; discounts,” said Vimal Nadar, National Director and Head of Research, Colliers India. Overall, while a further rate cut might have added more fuel to the recovery, the RBI’s cautious and steady approach continues to offer a strong foundation for the real estate sector’s growth in the second half of 2025. A pigeon carrying a threat note to blow up Jammu railway station was captured in Jammu and Kashmir, marking the first time such an incident has occurred. Indian agencies are taking the matter seriously and have heightened security measures. This comes amid rising tension between India and Pakistan.</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>Landmark Group to invest Rs 400 crore in new luxury housing project in Gurugram</t>
+          <t>Homebuyers pause, prices surge: What’s fueling the housing market slowdown in 2025?</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Located in Sector 103 along the Dwarka Expressway, the newly launched development makes up phase II of the entire project, spread across 11 acres of the land parcel. The company delivered phase I in 2013 and expects to launch phase III in FY2026.</t>
+          <t>According to the latest report of ANAROCK, housing sales in the top 7 cities of India fell by 20% in 1 year to 96,300 units, while average property prices increased by 11%. These figures show that there is now a big gap between prices and sales, which is pointing to a big change in the country's real estate market.</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>August 21, 2025 19:00 IST</t>
+          <t>July 17, 2025 20:04 IST</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/money/landmark-group-launches-rs-1200-cr-luxury-residential-project-on-dwarka-expressway-gurugram-3953678/</t>
+          <t>https://www.financialexpress.com/money/homebuyers-pause-prices-surge-whats-fueling-the-housing-market-slowdown-in-2025-3918078/</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>Real estate developer Landmark Group has launched a luxury residential project ‘Landmark SKYVUE’ in Gurugram. Located in Sector 103 along the Dwarka Expressway, the newly launched development makes up phase II of the entire project, spread across 11 acres of the land parcel. The company delivered phase I in 2013 and expects to launch phase III in FY2026. “With the construction cost of Rs 400 crores, Landmark SKYVUE offers a lifestyle that invites buyers to experience luxury that is open, limitless, and beautifully elevated,” the Gurugram-based company said in a statement. Spanning 4 acres, the project will have a total of 240 units. This development will rise as a low-density, ultra-luxury residential community offering opulent 3BHK + Utility and 4.5BHK + Utility residences. With the revenue potential of Rs 1,200 crore, the project is likely to be delivered over the next 4 years, the statement said. The company has launched the project at Rs 17,500 per sq. ft. The price for an apartment ranged from Rs 4.99 crore to 6.78 crore. Sandeep Chhillar, Founder and Chairman, Landmark Group, said, “Every project we undertake reflects our belief that real estate is not just about brick-and-mortar, it’s about sustainable placemaking. With SKYVUE, we are offering an unmatched product, offering one of the largest layouts, basement car parking, and maximum FAA (family amenity allocation), ensuring equitable access to amenity spaces such as parks, fitness and wellness facilities, and lounge areas.” “Our aim is to craft a community that combines design but doesn’t compromise on comfort. We aim to put special emphasis on the modern-day needs of Indian families, including digitally forward amenity zones, skypad pickleball court, Japanese restaurant ‘Sora’, and a wellness-oriented club called ‘Skydome’ offering a meditation zone, plunge pool, and USFDA, CE, and ISO approved cryotherapy.” “Dwarka Expressway is consistently redefining Gurugram’s growth story, and through this development, we want to contribute an address that people will look up to across India,” he added. A bridge collapse in China’s Qinghai province has killed 12 workers and left 4 missing. The incident was caused by a snapped construction cable, resulting in a 108-meter steel beam collapsing. A large rescue operation is currently underway with over 800 personnel and 91 vehicles involved. This is one of many industrial accidents in China due to poor safety standards and regulations.</t>
+          <t>Residential property prices are increasing rapidly in the big cities of the country, but the number of home buyers is decreasing. Even though the RBI has cut interest rates by 100 basis points in the April-June 2025 quarter, it has not had much impact on housing sales. According to ANAROCK’s latest Q2 2025 PAN India Residential Market Viewpoints report, housing sales in the top 7 cities of India fell by 20% to 96,300 units y-o-y, while average property prices increased by 11%. These figures show that there is now a big gap between prices and sales, which is pointing to a big change in the country’s real estate market. While there was a slight increase of 3% in Q2 2025 compared to the previous quarter, there was a huge decline in the figures year-on-year. Cities like Mumbai and Pune saw a 25-27% drop in sales. Hyderabad and NCR also saw a 27% and 14% drop, respectively. On the other hand, Chennai surprised everyone with a 13% annual growth and a 40% increase from the previous quarter.  The most surprising trend is that while sales have fallen, prices have risen even faster. NCR recorded a 27% increase, followed by Bangalore with 12% rise. Hyderabad, Chennai and Pune also witnessed 6–11% increase in prices. The average property price across the country has increased from Rs 8,070 per sq.ft. to Rs 8,990 — an annual increase of 11%. Rising costs, high land rates and demand for premium homes are the main reasons for this. This situation has become extremely challenging for middle-class buyers — they are now either having to postpone their decisions, or opt for smaller homes. This divergence between sales and prices points to a larger shift in India’s real estate dynamics. While premium and luxury housing is booming, affordability is a big challenge for the middle class. Builders are now targeting high-end customers instead of the middle class. In Q2 2025, luxury housing (Rs 1.5–2.5 crore) accounted for 27% of all new launches, followed by high-end (Rs 80 lakh–1.5 crore) and mid-end (Rs 40–80 lakh) segments at 21% each. The ultra-luxury category (above Rs 2.5 crore) made up 19% of supply. In contrast, affordable housing (below Rs 40 lakh) saw stagnation, contributing just 12% to total new launches. This makes it clear that developers are no longer interested in low-margin affordable homes. Despite lower sales and fewer new launches (down 16% YoY), available inventory across the top 7 cities fell marginally by 3% YoY to 5.62 lakh units. In markets like Pune, available inventory fell 15% YoY, and MMR recorded a 9% decline. On the other hand, Bengaluru’s inventory grew by 30%, hinting at a temporary mismatch between demand and supply. Hindustan Unilever (HUL) has announced a leadership change, appointing Niranjan Gupta as the new CFO and member of its management committee, effective September 1. Gupta, who previously spent three years at Vedanta and later joined Hero MotoCorp, will return to HUL after a decade. Ritesh Tiwari, who has been the CFO since 2021, will move to London as the global head of M&amp;A and treasury at Unilever</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>RBI’s rate pause brings cheers for realty market: What it means for homebuyers</t>
+          <t>How much tax NRIs have to pay on selling property in India? Understand the new math</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Real estate sector experts believe this policy continuity offers affordability and predictability — key drivers for housing demand, especially in the affordable and mid-income segments — as the festive season approaches.</t>
+          <t>After the 2024-25 Budget, NRIs selling property in India face new tax rules. The government has introduced a flat 12.5% LTCG tax without indexation benefits for NRIs and TDS is now deducted on the entire sale value—not just the capital gain. While the rules are simpler, the actual tax burden for NRIs may rise. Here's what you need to know and how to reduce your tax outgo smartly.</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>August 6, 2025 13:55 IST</t>
+          <t>July 16, 2025 18:26 IST</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/money/rbis-rate-pause-brings-festive-cheers-for-realty-market-what-it-means-for-homebuyers-3938189/</t>
+          <t>https://www.financialexpress.com/money/how-much-tax-nris-have-to-pay-on-selling-property-in-india-understand-the-new-math-3916639/</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>As widely expected, the Reserve Bank of India (RBI) on Wednesday held the repo rate steady at 5.5% during its latest monetary policy review, after three successive rate cuts earlier this year. With inflation showing signs of softening and GDP growth projected at 6.5%, the central bank’s pause has triggered mixed but largely positive reactions from India’s real estate sector. Real estate sector experts believe this policy continuity offers affordability and predictability — key drivers for housing demand, especially in the affordable and mid-income segments — as the festive season approaches. Stability in monetary policy augurs well for homebuyers and real estate developers, particularly in the affordable and mid-income segments, says Vimal Nadar, National Director and Head of Research, Colliers India. “The lowering of interest rates in the recent past is expected to be fully passed on to the end users in upcoming quarters, who are likely to benefit from reduced financing costs. With the festive season approaching, developers can further capitalize on this momentum with timely project completions, new launches and festive offers &amp; discounts.” Shishir Baijal, Chairman and Managing Director, Knight Frank India, says, “The RBI’s decision to hold rates steady underscores its calibrated approach amidst a complex economic backdrop… For the real estate sector, the continuation of stable policy rates and surplus liquidity conditions provide much-needed predictability and helps preserve affordability for homebuyers.” Many experts also noted that the transmission of earlier repo rate cuts is still in progress. While some banks have already slashed home loan rates, more are expected to follow suit. The onus now falls on lenders to ensure that these benefits reach the end users. “The onus now squarely falls on the banks to enhance the transmission of previous rate cuts, ensuring that the benefits of lower interest rates are fully passed on to homebuyers,” remarked Piyush Bothra, Co-Founder and CFO, Square Yards. The RBI’s neutral policy stance, backed by stable urban demand and strong consumption trends, has lent confidence to the housing sector. “We believe the momentum in home buying will remain cautiously positive—much like the RBI’s approach, balancing domestic resilience with global uncertainties,” stated Amit Goyal, MD, India Sotheby’s International Realty. Developers, meanwhile, are expected to remain optimistic about new launches, especially in emerging corridors where buyer demand is showing resilience. “While a rate cut could have further lowered home loan interest rates—encouraging more first-time buyers and end-users to enter the market—the current environment still supports growth,” said Prateek Tiwari, Managing Director, Prateek Group. According to Samir Jasuja, Founder &amp; CEO of PropEquity, although the RBI has cut repo rate by 100 bps in 2025 to 5.5%, housing sales have come down from their peak. “Housing sales in India’s top 9 cities fell by 17% YoY in H1 2025 to 2.08 lakh units and sales value fell by 10% to Rs 2.94 lakh crore. Launches have also declined by 18% YoY in H1 2025 to 1.99 lakh units.” Despite the dip in new launches and sales, experts say a steady policy rate helps maintain buyer confidence, a critical component of the sector’s long-term momentum. “The consistency will help anchor buyer confidence and indirectly benefit the real estate sector,” said Mayank Jain, CEO, KREEVA. The NCR market, in particular, continues to exhibit strength driven by lifestyle aspirations, infrastructure growth, and demand for larger homes. “The NCR real estate market is on a strong footing and the demand continues to be strong with the region’s growing lifestyle aspiration, massive infrastructure development and demand for bigger homes leading to a surge in luxury housing,” said Shiwang Suraj, Director &amp; Founder, InfraMantra. With the festive season on the horizon, experts suggest developers are in a position to further capitalize on this momentum. Timely project completions, new launches, and festive offers are expected to drive buyer interest and sustain sectoral momentum. “With the festive season approaching, developers can further capitalize on this momentum with timely project completions, new launches and festive offers &amp; discounts,” said Vimal Nadar, National Director and Head of Research, Colliers India. Overall, while a further rate cut might have added more fuel to the recovery, the RBI’s cautious and steady approach continues to offer a strong foundation for the real estate sector’s growth in the second half of 2025. A pigeon carrying a threat note to blow up Jammu railway station was captured in Jammu and Kashmir, marking the first time such an incident has occurred. Indian agencies are taking the matter seriously and have heightened security measures. This comes amid rising tension between India and Pakistan.</t>
+          <t>Non-resident Indians (NRIs) in India have always seen property buying as a preferred option when it comes to investing their money. But when it comes to selling that property, tax rules at times can be slightly complicated. Especially when the government makes changes in the rules of capital gains, the calculation of tax liability can be a bit confusing. When an NRI transfers a capital asset, being a residential property situated in India, the transfer would be subject to capital gain tax. Such capital gains tax liability of the NRI depends on whether the gains are classified as Short-Term Capital Gains (STCG) or Long-Term Capital Gains (LTCG), which is determined based on the period of holding of the said property. Last year in July, in Budget for 2024-25, the government tweaked the capital gains tax rules. Now, the calculation of tax on selling property for NRIs has become clearer than ever, but there are some complications in it too — like no benefit of indexation, and higher deduction of TDS on the sale price. In Finance (No.2) Act, 2024, the Centre introduced certain amendments to the capital gain tax rates applicable to the transfer of such assets. Accordingly, when an NRI sells property in India, the tax implications are primarily governed by the nature of the capital gain i.e. whether it is short-term or long-term. If the property is sold within 24 months from the date of acquisition, the resulting gain is treated as short-term and taxed at the applicable slab rates for the NRI. However, if the holding period exceeds 24 months, the gain is classified as long-term capital gain (LTCG) and is subject to tax at a flat rate of 20% with indexation (reduced to 12.5% without indexation w.e.f. 23 July 2024), plus applicable surcharge and health and education cess. The applicable capital gains tax rates and the corresponding period of holding criteria are summarised as follows: Explaining the changes effected in capital gains tax rules in Budget 2024-25 in July last year, taxation expert CA (Dr.) Suresh Surana said the indexation benefit, which adjusted the purchase price of capital assets for inflation to reduce taxable gains, has been removed for all the taxpayers with effect from 23 July 2024. However, a key distinction remains that while Resident Indians continue to have the option to choose between a 12.50 % tax rate without indexation and a 20% rate with indexation for property (land and building) acquired prior to 23 July 2024, in contrast NRIs are not eligible for this indexation benefit, he added. “Further, Section 195 of the I-T Act provides for deduction of tax at source (TDS) by the buyer, who is obligated to deduct TDS. For LTCG, TDS is typically deducted at an effective rate of 20% (12.5% w.e.f. 23 July 2024), plus applicable surcharge and cess, unless a lower or nil deduction certificate is obtained in advance from the Assessing Officer,” he explained. In order to mitigate excess TDS and manage cash flows efficiently, NRIs may obtain a certificate for lower or nil deduction by filing Form 13 before completing the transaction, Surana added. “Additionally, exemptions under Section 54, Section 54EC etc. may be availed by reinvesting the capital gains in a new residential property or specified bonds within the prescribed timelines.” Let us know how much tax NRIs will have to pay based on revised LTCG rates and TDS and what the new rules mean for them. Suppose an NRI bought a flat in 2010 for Rs 1 crore and is selling it in 2025 for Rs 2 crore. Considering this, there is a long term capital gain of Rs 1 crore. But in India, NRIs do not get the indexation benefit (i.e. the benefit will not be added after deducting the effect of inflation). In such a situation, the entire Rs 1 crore becomes taxable. The tax calculation is done like this: LTCG tax (12.5%) = Rs 12.5 lakh Surcharge (15%) = Rs 1.87 lakh Cess (4%) = Rs 57,500 Total tax = Rs 14.95 lakh TDS i.e. tax deduction at source – the real reason for trouble An even bigger thing is that when an NRI sells his property, the buyer has to deduct 12.5% ​​TDS on the entire sale price, not just on the profit (capital gain). TDS on a deal of Rs 2 crore = Rs 25 lakh Total deduction including surcharge and cess = Rs 29.9 lakh That is, in reality the tax comes to Rs 15 lakh, but the government first deducts Rs 29.9 lakh. NRI has to file ITR to get this amount back. In case of late filing or mistakes, the refund gets stuck. What changed in Budget 2024-25? In the budget presented in July 2024, the government changed the LTCG tax rules in a simple but decisive way. The tax math for NRIs while selling property in India has now become easier, but the tax amount may increase. Not getting the benefit of indexation, and TDS being deducted on the full value are two big challenges. The government has tried to bring transparency and equality in Budget 2024-25, but its real blow can fall on those investors who had invested in property years ago. The Indian Supercross Racing League (ISRL) has implemented a new ‘Rider Retention’ system for Season 2, allowing teams to keep a select number of riders from their previous roster. This brings a strategic element to team-building and the auction process, making ISRL the first Indian motorsport league to do so. 155 riders from 23 countries are registered for the auction.</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>Homebuyers pause, prices surge: What’s fueling the housing market slowdown in 2025?</t>
+          <t>Housing prices to rise at moderate pace in FY2025-26: Should you buy now or wait?</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>According to the latest report of ANAROCK, housing sales in the top 7 cities of India fell by 20% in 1 year to 96,300 units, while average property prices increased by 11%. These figures show that there is now a big gap between prices and sales, which is pointing to a big change in the country's real estate market.</t>
+          <t>Residential real estate developers will see stable sales growth this fiscal and the next as demand steadies after three years of post-pandemic recovery. Demand, or volume, is seen rising 5-7% and average prices 4-6%, says a report.</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>July 17, 2025 20:04 IST</t>
+          <t>July 2, 2025 16:49 IST</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/money/homebuyers-pause-prices-surge-whats-fueling-the-housing-market-slowdown-in-2025-3918078/</t>
+          <t>https://www.financialexpress.com/money/housing-prices-to-rise-at-moderate-pace-in-fy2025-26-should-you-buy-now-or-wait-3900573/</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>Residential property prices are increasing rapidly in the big cities of the country, but the number of home buyers is decreasing. Even though the RBI has cut interest rates by 100 basis points in the April-June 2025 quarter, it has not had much impact on housing sales. According to ANAROCK’s latest Q2 2025 PAN India Residential Market Viewpoints report, housing sales in the top 7 cities of India fell by 20% to 96,300 units y-o-y, while average property prices increased by 11%. These figures show that there is now a big gap between prices and sales, which is pointing to a big change in the country’s real estate market. While there was a slight increase of 3% in Q2 2025 compared to the previous quarter, there was a huge decline in the figures year-on-year. Cities like Mumbai and Pune saw a 25-27% drop in sales. Hyderabad and NCR also saw a 27% and 14% drop, respectively. On the other hand, Chennai surprised everyone with a 13% annual growth and a 40% increase from the previous quarter.  The most surprising trend is that while sales have fallen, prices have risen even faster. NCR recorded a 27% increase, followed by Bangalore with 12% rise. Hyderabad, Chennai and Pune also witnessed 6–11% increase in prices. The average property price across the country has increased from Rs 8,070 per sq.ft. to Rs 8,990 — an annual increase of 11%. Rising costs, high land rates and demand for premium homes are the main reasons for this. This situation has become extremely challenging for middle-class buyers — they are now either having to postpone their decisions, or opt for smaller homes. This divergence between sales and prices points to a larger shift in India’s real estate dynamics. While premium and luxury housing is booming, affordability is a big challenge for the middle class. Builders are now targeting high-end customers instead of the middle class. In Q2 2025, luxury housing (Rs 1.5–2.5 crore) accounted for 27% of all new launches, followed by high-end (Rs 80 lakh–1.5 crore) and mid-end (Rs 40–80 lakh) segments at 21% each. The ultra-luxury category (above Rs 2.5 crore) made up 19% of supply. In contrast, affordable housing (below Rs 40 lakh) saw stagnation, contributing just 12% to total new launches. This makes it clear that developers are no longer interested in low-margin affordable homes. Despite lower sales and fewer new launches (down 16% YoY), available inventory across the top 7 cities fell marginally by 3% YoY to 5.62 lakh units. In markets like Pune, available inventory fell 15% YoY, and MMR recorded a 9% decline. On the other hand, Bengaluru’s inventory grew by 30%, hinting at a temporary mismatch between demand and supply. Hindustan Unilever (HUL) has announced a leadership change, appointing Niranjan Gupta as the new CFO and member of its management committee, effective September 1. Gupta, who previously spent three years at Vedanta and later joined Hero MotoCorp, will return to HUL after a decade. Ritesh Tiwari, who has been the CFO since 2021, will move to London as the global head of M&amp;A and treasury at Unilever</t>
+          <t>If you’re planning to buy a home in the ongoing financial year, here’s a reality check. Property prices will keep going up, though at a moderate pace, according to a report. After two years of double-digit growth, real estate rates are now set to rise at a steadier pace of 4-6% annually, according to a new Crisil report. While demand for premium homes remains strong, affordable and mid-segment options are shrinking fast. So the big question for homebuyers is – should they take the plunge now or wait in hopes of a price correction? According to the report, residential real estate developers will see stable sales growth this fiscal and the next as demand steadies after three years of post-pandemic recovery. Demand, or volume, is seen rising 5-7% and average prices 4-6%. “With supply expected to continue exceeding demand, inventory levels should inch up this and next fiscal. But strong collections and deleveraged balance sheets of developers will keep their credit profiles healthy,” the report said. Also read: Surging prices drag down housing sales “Our analysis of 75 real estate companies, accounting for 35% of the residential sales in the country, indicates as much.” “In the three fiscals through 2025, sales clocked a compound annual growth rate (CAGR) of 26%. Demand clocked 14% CAGR during the same period, with the balance being contributed by the growth in realizations.” Last fiscal, demand was flat because of elevated capital values and delay in launches in some cities due to state elections and changes in property registration rules, the Crisil report said. This fiscal and next, demand growth is expected to rebound driven by improving affordability on account of lower interest rates and normalization of price growth, he said. Demand growth will further be supported by sustained demand for premium and luxury houses and smoother launches across key micro markets, as the previous issues causing delays in launches abate. Also read: Buying a house in Mumbai? Even the top 5% rich need 109 years of savings, says report Gautam Shahi, Director, Crisil Ratings, said, “The premium and luxury segments in the top seven cities have witnessed a significant surge, with their share of launches increasing from 9% in calendar year 2020 to 37% in 2024. This can be attributed to rising incomes and urbanisation, which have fuelled the desire for larger, more luxurious living spaces.” As the trend of premiumisation continues, the premium and luxury segments are expected to account for 38-40% of total launches in calendar years 2025 and 2026. “With the growth in these segments normalizing, the average price is anticipated to grow at a steady rate of 4-6% over the medium term, following the double-digit growth seen in the previous two fiscals,” Shahi said. In contrast, the affordable and mid-segments are likely to account for a relatively low share of launches — 10-12% and 19-20%, respectively — in calendar years 2025 and 2026. This represents a significant decline from their respective shares of 30% and 40% in calendar year 2020, as rising land and raw material costs has rendered these segments less viable for developers, the report said. In anticipation of robust demand growth, developers ramped up launches over the past three fiscals, resulting in overall supply outpacing demand during the period. As supply is likely to continue outpacing demand this fiscal and the next, the inventory is likely to inch up to 2.9-3.1 years from 2.7-2.9 years in the previous two fiscals. However, robust collections, driven by strong sales and timely project execution, as well as the increasing adoption of asset-light models such as joint ventures and joint development of projects, have helped developers significantly deleverage their balance sheets. Hindalco Industries, a part of Aditya Birla Group, will invest $10 billion in its global operations from FY25-FY30. The company is focusing on expanding its upstream capacities in aluminium and copper, investing in speciality alumina and energy supply. Its subsidiary Novelis is also advancing its global expansion and sustainability goals by increasing recycled content.</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>How much tax NRIs have to pay on selling property in India? Understand the new math</t>
+          <t>Buying a house in Mumbai? Even the top 5% rich need 109 years of savings, says report</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>After the 2024-25 Budget, NRIs selling property in India face new tax rules. The government has introduced a flat 12.5% LTCG tax without indexation benefits for NRIs and TDS is now deducted on the entire sale value—not just the capital gain. While the rules are simpler, the actual tax burden for NRIs may rise. Here's what you need to know and how to reduce your tax outgo smartly.</t>
+          <t>Buying a house in Mumbai is no longer just a middle-class struggle. Even the top 5% of Maharashtra’s urban rich would need to save for 109 years to afford an average-sized home in the city, says a report. Other cities like Gurugram and Bhubaneswar aren’t far behind, requiring 50–60 years of savings.</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>July 16, 2025 18:26 IST</t>
+          <t>June 25, 2025 12:23 IST</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/money/how-much-tax-nris-have-to-pay-on-selling-property-in-india-understand-the-new-math-3916639/</t>
+          <t>https://www.financialexpress.com/money/buying-a-house-in-mumbai-even-the-top-5-rich-need-109-years-of-savings-says-report-3892065/</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>Non-resident Indians (NRIs) in India have always seen property buying as a preferred option when it comes to investing their money. But when it comes to selling that property, tax rules at times can be slightly complicated. Especially when the government makes changes in the rules of capital gains, the calculation of tax liability can be a bit confusing. When an NRI transfers a capital asset, being a residential property situated in India, the transfer would be subject to capital gain tax. Such capital gains tax liability of the NRI depends on whether the gains are classified as Short-Term Capital Gains (STCG) or Long-Term Capital Gains (LTCG), which is determined based on the period of holding of the said property. Last year in July, in Budget for 2024-25, the government tweaked the capital gains tax rules. Now, the calculation of tax on selling property for NRIs has become clearer than ever, but there are some complications in it too — like no benefit of indexation, and higher deduction of TDS on the sale price. In Finance (No.2) Act, 2024, the Centre introduced certain amendments to the capital gain tax rates applicable to the transfer of such assets. Accordingly, when an NRI sells property in India, the tax implications are primarily governed by the nature of the capital gain i.e. whether it is short-term or long-term. If the property is sold within 24 months from the date of acquisition, the resulting gain is treated as short-term and taxed at the applicable slab rates for the NRI. However, if the holding period exceeds 24 months, the gain is classified as long-term capital gain (LTCG) and is subject to tax at a flat rate of 20% with indexation (reduced to 12.5% without indexation w.e.f. 23 July 2024), plus applicable surcharge and health and education cess. The applicable capital gains tax rates and the corresponding period of holding criteria are summarised as follows: Explaining the changes effected in capital gains tax rules in Budget 2024-25 in July last year, taxation expert CA (Dr.) Suresh Surana said the indexation benefit, which adjusted the purchase price of capital assets for inflation to reduce taxable gains, has been removed for all the taxpayers with effect from 23 July 2024. However, a key distinction remains that while Resident Indians continue to have the option to choose between a 12.50 % tax rate without indexation and a 20% rate with indexation for property (land and building) acquired prior to 23 July 2024, in contrast NRIs are not eligible for this indexation benefit, he added. “Further, Section 195 of the I-T Act provides for deduction of tax at source (TDS) by the buyer, who is obligated to deduct TDS. For LTCG, TDS is typically deducted at an effective rate of 20% (12.5% w.e.f. 23 July 2024), plus applicable surcharge and cess, unless a lower or nil deduction certificate is obtained in advance from the Assessing Officer,” he explained. In order to mitigate excess TDS and manage cash flows efficiently, NRIs may obtain a certificate for lower or nil deduction by filing Form 13 before completing the transaction, Surana added. “Additionally, exemptions under Section 54, Section 54EC etc. may be availed by reinvesting the capital gains in a new residential property or specified bonds within the prescribed timelines.” Let us know how much tax NRIs will have to pay based on revised LTCG rates and TDS and what the new rules mean for them. Suppose an NRI bought a flat in 2010 for Rs 1 crore and is selling it in 2025 for Rs 2 crore. Considering this, there is a long term capital gain of Rs 1 crore. But in India, NRIs do not get the indexation benefit (i.e. the benefit will not be added after deducting the effect of inflation). In such a situation, the entire Rs 1 crore becomes taxable. The tax calculation is done like this: LTCG tax (12.5%) = Rs 12.5 lakh Surcharge (15%) = Rs 1.87 lakh Cess (4%) = Rs 57,500 Total tax = Rs 14.95 lakh TDS i.e. tax deduction at source – the real reason for trouble An even bigger thing is that when an NRI sells his property, the buyer has to deduct 12.5% ​​TDS on the entire sale price, not just on the profit (capital gain). TDS on a deal of Rs 2 crore = Rs 25 lakh Total deduction including surcharge and cess = Rs 29.9 lakh That is, in reality the tax comes to Rs 15 lakh, but the government first deducts Rs 29.9 lakh. NRI has to file ITR to get this amount back. In case of late filing or mistakes, the refund gets stuck. What changed in Budget 2024-25? In the budget presented in July 2024, the government changed the LTCG tax rules in a simple but decisive way. The tax math for NRIs while selling property in India has now become easier, but the tax amount may increase. Not getting the benefit of indexation, and TDS being deducted on the full value are two big challenges. The government has tried to bring transparency and equality in Budget 2024-25, but its real blow can fall on those investors who had invested in property years ago. The Indian Supercross Racing League (ISRL) has implemented a new ‘Rider Retention’ system for Season 2, allowing teams to keep a select number of riders from their previous roster. This brings a strategic element to team-building and the auction process, making ISRL the first Indian motorsport league to do so. 155 riders from 23 countries are registered for the auction.</t>
+          <t>If you think that buying a house is difficult only for the middle class, then think again. Buying a house in a city like Mumbai is a dream even for the top 5% rich families of the country, which may take them more than a lifetime to fulfill. According to a report by the Times of India, the top 5% urban families of Maharashtra will have to save for about 109 years to buy an average size (1,184 square feet) house in Mumbai. Not only this, the top rich families will be able to buy a house only after saving for 63 years in Gurugram, Haryana and 50 years in Bhubaneswar, Odisha. The report compared the price of an average-sized house (1,184 sq ft) in the state/union territory capital with the income of the top 5% people in the urban area of ​​that state to find out how many years of savings it would take to buy a house. For example, the monthly per capita consumption (MPCE) of the top 5% urban households in Maharashtra is Rs 22,352. The total income of a family of four members is: Rs 89,408 per month or Rs 10.7 lakh annually. Also read: Mumbai most affordable in 15 years, still residents spend 48% monthly income on EMIs: Knight Frank Assuming India’s gross savings rate of 30.2%, the annual savings of this income group is estimated to be around Rs 3.2 lakh. At the same time, according to NHB data, the average house price in Mumbai in March 2025 was Rs 29,911 per sq ft. That is, a house of 1,184 sq ft will cost more than Rs 3.5 crore. Thus, a family saving Rs 3.2 lakh annually will take 109 years to buy this house. Chandigarh turned out to be the most affordable capital city in the country, where a 1,184 sq ft house can be bought in just 15 years of savings. Jaipur is another city where the dream of buying a house can be fulfilled in less than 20 years. But in 10 of the 21 state capitals, more than 30 years of savings are required to buy a house. Also read: Rate cut unlikely to boost affordable housing Experts believe that residential house prices have risen rapidly due to a shortage of land in major cities, an ever-increasing population, rising investment trends, and uncontrolled real estate. In cities like Mumbai, paying rent is a challenge for common people – buying a house there is now becoming a matter of the super-rich. If you are planning to buy a home, it is important to understand that a practical plan can be made only after combining your income, savings capacity and loan eligibility. The Trump administration is reviewing 55 million foreign nationals with US visas, continuously vetting for eligibility and monitoring social media for anti-American sentiments and support for terrorism. Eligibility for immigration is now tied to attitudes towards US foreign policy, resulting in the revocation of thousands of student visas.</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>December 1, 2025</t>
+          <t>November 6, 2025</t>
         </is>
       </c>
       <c r="D21" t="inlineStr"/>
       <c r="E21" t="inlineStr">
         <is>
           <t>No content available</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:D11"/>
+  <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Title</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Trump may use USMCA withdrawal as a bargaining tactic, trade experts warn</t>
+          <t>Trump opens door to easing some steel and aluminum tariffs</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>2025-12-02T23:52:41.466Z</t>
+          <t>2025-11-19T00:01:07.156Z</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/politics/article-trump-may-use-usmca-withdrawal-as-a-bargaining-tactic-trade-experts/</t>
+          <t>https://www.theglobeandmail.com/business/economy/article-trump-steel-aluminum-tariffs-open-easing-trade-war/</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Laurentian Bank to be sold to Fairstone, National Bank</t>
+          <t>The catcher on the hill: Carney’s budget pads the nest but forces Canada to fly</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>2025-12-02T13:01:28.093Z</t>
+          <t>2025-11-18T10:00:00Z</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-fairstone-bank-to-buy-laurentian-bank/</t>
+          <t>https://www.theglobeandmail.com/business/commentary/article-carneys-budget-pads-the-nest-but-forces-canada-to-fly/</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Scotiabank beats profit estimates on capital markets, wealth management strength</t>
+          <t>Ivanhoe opens long-planned platinum mine in South Africa</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>2025-12-02T12:14:58.885Z</t>
+          <t>2025-11-19T00:38:12.61Z</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-scotiabank-earnings-results-fourth-quarter-2025/</t>
+          <t>https://www.theglobeandmail.com/business/article-ivanhoe-mines-south-africa-platinum-mine-robert-friedland-cyril/</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Dan Rees steps down as Goeasy CEO, Patrick Ens named as successor</t>
+          <t>Activist investor Elliott Management takes large stake in Barrick, supports splitting company</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>2025-12-02T13:30:00.876Z</t>
+          <t>2025-11-18T18:30:18.304Z</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-dan-rees-steps-down-as-goeasy-ceo-patrick-ens-successor/</t>
+          <t>https://www.theglobeandmail.com/business/article-elliott-management-barrick-gold-miner-split-company/</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Vale, Glencore to study $2-billion copper joint venture in Sudbury</t>
+          <t>Ontario cancels fast-track immigration program for skilled trades</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>2025-12-02T18:34:07.796Z</t>
+          <t>2025-11-19T01:24:06.744Z</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-vale-glencore-to-study-2-billion-sudbury-copper-joint-venture/</t>
+          <t>https://www.theglobeandmail.com/canada/article-ontario-cancels-fast-track-immigration-program-for-skilled-trades/</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Hemlo Mining has high hopes for growth after $1-billion purchase from Barrick</t>
+          <t>Sweden’s Saab offers to build entire GlobalEye military surveillance plane in Canada</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>2025-12-02T21:41:28.728Z</t>
+          <t>2025-11-18T15:29:11.247Z</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-hemlo-mining-hopes-for-growth-after-1-billion-purchase-from-barrick/</t>
+          <t>https://www.theglobeandmail.com/business/article-saab-build-globaleye-military-surveillance-plane-in-canada/</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Bell Canada ordered to pay remote employees who declined COVID vaccine</t>
+          <t>Canada, U.S. and Finland outline plan to build new icebreakers</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>2025-12-03T00:56:33.703Z</t>
+          <t>2025-11-18T15:00:35.094Z</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-bell-canada-ordered-to-pay-remote-employees-who-declined-covid-vaccine/</t>
+          <t>https://www.theglobeandmail.com/politics/article-canada-us-finland-build-icebreakers/</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Can this Ottawa couple find a four-bedroom home outside the city for $800,000?</t>
+          <t>Planes leased to Flair were bought with money from fraud scheme, U.S. prosecutors allege</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>2025-12-02T16:00:00Z</t>
+          <t>2025-11-18T21:32:13.58Z</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/personal-finance/article-can-this-ottawa-couple-find-a-four-bedroom-home-outside-the-city-for/</t>
+          <t>https://www.theglobeandmail.com/business/article-flair-airlines-planes-boeing-fraud-plot-joshua-wander-investor-777/</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Affordable housing is out of reach everywhere in Canada</t>
+          <t>Electricity reliability could be strained by rise of AI data centres, report warns</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>2025-12-02T09:00:00Z</t>
+          <t>2025-11-18T23:49:23.23Z</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/commentary/article-affordable-housing-is-out-of-reach-everywhere-in-canada/</t>
+          <t>https://www.theglobeandmail.com/business/article-ai-data-centres-electricity-reliability-power-grid/</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
-        <is>
-[...20 lines deleted...]
-      <c r="D11" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:D18"/>
+  <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Title</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Scotiabank beats profit estimates on capital markets, wealth management strength</t>
+          <t>Activist investor Elliott Management takes large stake in Barrick, supports splitting company</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>2025-12-02T12:14:58.885Z</t>
+          <t>2025-11-18T18:30:18.304Z</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-scotiabank-earnings-results-fourth-quarter-2025/</t>
+          <t>https://www.theglobeandmail.com/business/article-elliott-management-barrick-gold-miner-split-company/</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Investing</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Laurentian Bank to be sold to Fairstone, National Bank</t>
+          <t>Nvidia, Microsoft invest in Anthropic as maker of Claude chatbot buys $30-billion in Azure capacity</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>2025-12-02T13:01:28.093Z</t>
+          <t>2025-11-18T16:23:18.6Z</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-fairstone-bank-to-buy-laurentian-bank/</t>
+          <t>https://www.theglobeandmail.com/business/technology/article-nvidia-microsoft-invest-in-anthropic-as-maker-of-claude-chatbot-buys/</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>Investing</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Dan Rees steps down as Goeasy CEO, Patrick Ens named as successor</t>
+          <t>Clock ticking on potential Dye &amp; Durham default after continued filing delays</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>2025-12-02T13:30:00.876Z</t>
+          <t>2025-11-18T18:46:54.787Z</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-dan-rees-steps-down-as-goeasy-ceo-patrick-ens-successor/</t>
+          <t>https://www.theglobeandmail.com/business/article-clock-ticking-on-potential-dye-durham-default-after-continued-filing/</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Investing</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Vale, Glencore to study $2-billion copper joint venture in Sudbury</t>
+          <t>Ottawa pushing Anglo American to redomicile to Canada as it considers Teck deal</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>2025-12-02T18:34:07.796Z</t>
+          <t>2025-11-18T01:29:31.168Z</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-vale-glencore-to-study-2-billion-sudbury-copper-joint-venture/</t>
+          <t>https://www.theglobeandmail.com/business/article-ottawa-anglo-american-teck-resources-redomicile/</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Investing</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>BlackRock turns bearish on long-term Treasuries as AI funding wave looms</t>
+          <t>Home Depot trims profit forecast, signals muted spending before holidays</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>2025-12-02T13:06:13.718Z</t>
+          <t>2025-11-18T11:57:01.268Z</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/article-blackrock-turns-bearish-on-long-term-treasuries-as-ai-funding-wave/</t>
+          <t>https://www.theglobeandmail.com/business/international-business/us-business/article-home-depot-trims-profit-forecast-signals-subdued-spending-ahead-of/</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Investing</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Canadians waiting months for CRA approval needed for new federal disability benefit</t>
+          <t>Market slide frays investors’ nerves with AI trade, rate-cut doubts</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>2025-12-02T10:00:00Z</t>
+          <t>2025-11-18T22:39:03.024Z</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/personal-finance/article-canada-disability-benefit-wait-times-cra-disability-tax-credit/</t>
+          <t>https://www.theglobeandmail.com/investing/article-market-slide-frays-investors-nerves-with-ai-trade-rate-cut-doubts/</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Investing</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>TSX dips as lower commodity prices offset positive start to bank earnings season</t>
+          <t>Stocks end lower as valuation worries weigh, Home Depot drops</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>2025-12-02T10:45:13.219Z</t>
+          <t>2025-11-18T10:12:41.01Z</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/markets/inside-the-market/market-news/article-premarket-bonds-and-bitcoin-find-some-footing-stocks-eke-out-gains/</t>
+          <t>https://www.theglobeandmail.com/investing/markets/inside-the-market/market-news/article-premarket-world-shares-sink-tracking-a-tech-led-sell-off-on-wall/</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Investing</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>2026 market calls already laced with ‘Buy, but...’</t>
+          <t>Canadian dollar rallies the most in three months as the country avoids another election</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>2025-12-02T09:59:12.631Z</t>
+          <t>2025-11-18T21:50:20.408Z</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/article-2026-market-calls-already-laced-with-buy-but/</t>
+          <t>https://www.theglobeandmail.com/investing/article-canadian-dollar-rallies-the-most-in-three-months-as-the-country-avoids/</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Investing</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>BNP Paribas sees S&amp;P 500 ending next year at 7,500</t>
+          <t>Tuesday’s analyst upgrades and downgrades</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>2025-12-02T20:42:34.372Z</t>
+          <t>2025-11-18T11:42:50.455Z</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/article-bnp-paribas-sees-sp-500-ending-next-year-at-7500/</t>
+          <t>https://www.theglobeandmail.com/investing/markets/inside-the-market/article-tuesdays-analyst-upgrades-and-downgrades-270/</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>Investing</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Tuesday’s analyst upgrades and downgrades</t>
+          <t>Bitcoin rebounds after falling below $90,000, a 7-month low</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>2025-12-02T11:31:52.216Z</t>
+          <t>2025-11-18T10:06:03.26Z</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/markets/inside-the-market/article-tuesdays-analyst-upgrades-and-downgrades-272/</t>
+          <t>https://www.theglobeandmail.com/investing/article-bitcoin-drops-below-90000-in-sign-of-souring-mood/</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>Investing</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>Banks stocks will continue to outperform, says Scotiabank strategist</t>
+          <t>Insider Report: Chairman invests over $900,000 in this REIT yielding 6%</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>2025-12-02T13:16:39.137Z</t>
+          <t>2025-11-18T10:09:47.033Z</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/markets/inside-the-market/article-banks-stocks-will-continue-to-outperform-says-scotiabank-strategist/</t>
+          <t>https://www.theglobeandmail.com/investing/markets/inside-the-market/article-insider-report-chairman-invests-over-900000-in-this-reit-yielding-6/</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>Investing</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>Analysts’ forecast returns, recommendations and yields for all stocks in the S&amp;P/TSX Composite Index</t>
+          <t>How the valuations of TSX utility stocks stack up</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>2025-12-02T12:54:15.49Z</t>
+          <t>2025-11-18T03:28:09.313Z</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/markets/inside-the-market/article-analysts-forecast-returns-recommendations-and-yields-for-all-stocks-in-47/</t>
+          <t>https://www.theglobeandmail.com/investing/investment-ideas/number-cruncher/article-utility-stocks-cruncher-defensive-demand-cash-flows/</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>Investing</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>Global demand for U.S. stocks isn’t waning. It’s increasing</t>
+          <t>Record reverse splits expose growing divide between small caps and megacaps</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>2025-12-02T14:07:10.842Z</t>
+          <t>2025-11-18T11:09:35.763Z</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/article-global-demand-for-us-stocks-isnt-waning-its-increasing/</t>
+          <t>https://www.theglobeandmail.com/investing/article-record-reverse-splits-expose-growing-divide-between-small-caps-and/</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>Investing</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>The art of doing nothing: Why inaction can be the boldest and often most profitable move</t>
+          <t>Bullish on Saputo Inc.</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>2025-12-01T21:00:00Z</t>
+          <t>2025-11-18T20:48:19.708Z</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/markets/inside-the-market/article-the-art-of-doing-nothing/</t>
+          <t>https://www.theglobeandmail.com/investing/investment-ideas/article-bullish-on-saputo-inc/</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>Investing</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>To get the best mortgage rate, look behind the opaque curtain of Big Bank pricing</t>
+          <t>Nvidia set for $320-billion price swing after earnings, options suggest</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>2025-12-02T12:00:00Z</t>
+          <t>2025-11-18T11:13:52.613Z</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/personal-finance/article-mortgage-rates-big-bank-prices-negotiation/</t>
+          <t>https://www.theglobeandmail.com/investing/article-nvidia-set-for-320-billion-price-swing-after-earnings-options-indicate/</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>Investing</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>Cutting hair, cutting alcohol, cutting costs</t>
+          <t>Beaten-down stocks took this couple’s TFSAs to more than $4-million</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>2025-12-02T18:14:57.339Z</t>
+          <t>2025-11-18T03:35:50.765Z</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/personal-finance/article-cost-cutting-money-saving-hair-alcohol-coffee/</t>
+          <t>https://www.theglobeandmail.com/investing/investment-ideas/article-beaten-down-stocks-took-this-couples-tfsas-to-more-than-4-million/</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>Investing</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>Can this Ottawa couple find a four-bedroom home outside the city for $800,000?</t>
+          <t>In two quaint towns on either side of the country, Canadians have found the secrets to longevity</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>2025-12-02T16:00:00Z</t>
+          <t>2025-11-18T18:12:10.465Z</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/personal-finance/article-can-this-ottawa-couple-find-a-four-bedroom-home-outside-the-city-for/</t>
+          <t>https://www.theglobeandmail.com/investing/personal-finance/retirement/article-in-two-quaint-towns-on-either-side-of-the-country-canadians-have-found/</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
+        <is>
+          <t>Investing</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>It has been a golden age for RESPs. What will follow?</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>2025-11-18T21:10:46.798Z</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>https://www.theglobeandmail.com/investing/personal-finance/article-it-has-been-a-golden-age-for-resps-what-will-follow/</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>Investing</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>Nearly half of Canadian retirees left work force earlier than planned, survey finds</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>2025-11-18T11:01:00Z</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>https://www.theglobeandmail.com/investing/personal-finance/article-canadians-early-retirement-survey-planning/</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>Investing</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>Have homes gotten pricier – or has money lost its value?</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>2025-11-18T21:49:55.465Z</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>https://www.theglobeandmail.com/investing/personal-finance/article-home-affordability-gold-money-value/</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
         <is>
           <t>Investing</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:D43"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Title</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Seller surprised by two quick offers for North Vancouver condo</t>
+          <t>What kind of house does $680,000 get you across Canada?</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/vancouver/article-seller-surprised-two-offers-north-vancouver-condo/</t>
+          <t>https://www.theglobeandmail.com/real-estate/article-price-point-national-home-price-benchmark-canada-october-2025/</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Home of the Week: An Eden Smith house in pieces is gently stitched back together</t>
+          <t>Central Vancouver bungalow with a rental suite sells over asking</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/toronto/article-home-of-the-week-an-eden-smith-house-in-pieces-is-gently-stitched-back/</t>
+          <t>https://www.theglobeandmail.com/real-estate/vancouver/article-central-vancouver-bungalow-rental-suite/</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Critics say B.C. housing bill takes aim at local governance</t>
+          <t>Buyers cut a deal on Mount Pleasant live/work loft</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/vancouver/article-critics-say-bc-housing-bill-takes-aim-at-local-governance/</t>
+          <t>https://www.theglobeandmail.com/real-estate/vancouver/article-mount-pleasant-live-work-loft/</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Removal of condo fees for a year helps move Calgary townhouse</t>
+          <t>Home of the Week: Hard loft gets a soft edge</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/calgary-and-edmonton/article-removal-of-condo-fees-for-a-year-helps-move-calgary-townhouse/</t>
+          <t>https://www.theglobeandmail.com/real-estate/toronto/article-home-of-the-week-richmond-st-toronto/</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Exclusive listing gets the job done for luxury home near Cedarvale Park</t>
+          <t>Oshawa home with lake frontage sells below 2016 sale price</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/toronto/article-exclusive-listing-luxury-home-near-cedarvale-park/</t>
+          <t>https://www.theglobeandmail.com/real-estate/toronto/article-oshawa-home-lake-frontage-sells-below-2016-price/</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Live-work loft in Queen West finds a buyer after two price cuts and a long wait</t>
+          <t>Luxury bungalow outside Calgary sells in two days</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/toronto/article-live-work-loft-in-queen-west-finds-a-buyer-after-two-price-cuts/</t>
+          <t>https://www.theglobeandmail.com/real-estate/calgary-and-edmonton/article-luxury-bungalow-calgary-sells-two-days/</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Doug Ford said former iPro realtors will get ‘every penny’ of missing commissions. But how?</t>
+          <t>Indigenous legal concepts inspire school’s design</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-doug-ford-said-former-ipro-realtors-will-get-every-penny-of-missing/</t>
+          <t>https://www.theglobeandmail.com/business/industry-news/property-report/article-indigenous-legal-concepts-inspire-schools-design/</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Can this Ottawa couple find a four-bedroom home outside the city for $800,000?</t>
+          <t>Canadian home sales tick up as rate cuts draw more buyers</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/personal-finance/article-can-this-ottawa-couple-find-a-four-bedroom-home-outside-the-city-for/</t>
+          <t>https://www.theglobeandmail.com/investing/personal-finance/article-canada-home-sales-boc-interest-best-rate-mortgage-cuts/</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>‘Flight to quality’ improves outlook for office market</t>
+          <t>How homeowners could be hurt financially by waiting to sell, the Home of the Week and more top real estate stories</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/industry-news/property-report/article-flight-to-quality-improves-outlook-for-office-market/</t>
+          <t>https://www.theglobeandmail.com/business/article-real-estate-housing-news-nov-14/</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Jasper’s building changes post-wildfires, interest loopholes, the Home of the Week and more top real estate stories</t>
+          <t>Ontario plans to appoint administrator to take control of provincial real estate regulator</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-real-estate-housing-news-nov-28/</t>
+          <t>https://www.theglobeandmail.com/business/article-ontario-reco-appoint-administrator-control-real-estate-regulator/</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>Buyer secures four-bedroom Etobicoke house after one day on the market</t>
+          <t>Agent says prep work pays off in Fairview condo sale</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/toronto/article-etobicoke-house-chestnut-hills-real-estate-toronto/</t>
+          <t>https://www.theglobeandmail.com/real-estate/vancouver/article-fairview-vancouver-condo-sale-prep-work-pays-off/</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>Alberta towns scarred by fires look to change the way they build</t>
+          <t>Three bids for renovated Victorian on double lot in Cabbagetown</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/article-alberta-towns-jasper-wildfires-building-regulations/</t>
+          <t>https://www.theglobeandmail.com/real-estate/toronto/article-renovated-victorian-cabbagetown-toronto/</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>Condo in the Annex fails to find buyer in the spring, but sells this fall</t>
+          <t>Cheery one-bedroom in Vancouver gets its asking price</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/toronto/article-annex-condo-ramsden-park-buyer-sells-fall/</t>
+          <t>https://www.theglobeandmail.com/real-estate/vancouver/article-one-bedroom-vancouver-asking-price/</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>A stroll through the works of Canada’s Edwardian architect, Frank Darling</t>
+          <t>Etobicoke house on hydro corridor sells for $49,000 under asking</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/toronto/article-a-stroll-through-the-works-of-canadas-edwardian-architect-frank/</t>
+          <t>https://www.theglobeandmail.com/real-estate/toronto/article-etobicoke-hydro-corridor-sells-49000-under-asking/</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>Kurt Browning’s Toronto home gets two bids but sells under asking</t>
+          <t>A sculpture’s restoration tells a story of Toronto’s waterfront</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/toronto/article-kurt-brownings-toronto-home-gets-two-bids-but-sells-under-asking/</t>
+          <t>https://www.theglobeandmail.com/real-estate/toronto/article-sundial-folly-sculpture-restoration-toronto-waterfront-harbour-square/</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>Toronto home buyers continue the hunt for bargains</t>
+          <t>Regulator freezes accounts of small Oakville real estate brokerage</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/toronto/article-toronto-home-buyers-continue-the-hunt-for-bargains/</t>
+          <t>https://www.theglobeandmail.com/real-estate/article-ontario-real-estate-regulator-freezes-accounts-of-rexig-brokerage/</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>Many Ontario brokerages are pocketing interest on trust account funds</t>
+          <t>Ontario home sellers face buyers willing to wait for a better deal</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/article-many-ontario-brokerages-are-pocketing-interest-on-trust-account-funds/</t>
+          <t>https://www.theglobeandmail.com/real-estate/toronto/article-ontario-home-sellers-face-buyers-willing-to-wait-for-a-better-deal/</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>Halifax swaps dated interchange for new urban neighbourhood</t>
+          <t>A Calgary couple facing rising rent searched for a three-bedroom home. What did $672,500 get them?</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/industry-news/property-report/article-halifax-swaps-dated-interchange-for-new-urban-neighbourhood/</t>
+          <t>https://www.theglobeandmail.com/investing/personal-finance/article-calgary-couple-three-bedroom-home-search/</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>Calgary townhouse by the river a buyer’s top pick</t>
+          <t>Real estate investors eye B.C. hotel sector</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/calgary-and-edmonton/article-calgary-townhouse-elbow-river-buyers-top-pick/</t>
+          <t>https://www.theglobeandmail.com/business/industry-news/property-report/article-real-estate-investors-eye-bc-hotel-sector/</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>Vancouver rental builders, facing slowing demand, say government support needed</t>
+          <t>Ontario moves to block plans for Toronto apartment complex near Sanofi pharma facility</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/vancouver/article-vancouver-rental-builders-slowing-demand-government-support/</t>
+          <t>https://www.theglobeandmail.com/canada/article-ontario-sanofi-pharmaceutical-apartment-housing-tenblock-rob-flack/</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>The houses you can buy for $680,000 across Canada, the Home of the Week and more top real estate stories</t>
+          <t>Even in a sluggish market, a B.C. trophy home can set a sales record</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-the-houses-you-can-buy-for-680000-across-canada-the-home-of-the-week/</t>
+          <t>https://www.theglobeandmail.com/real-estate/vancouver/article-lake-country-bc-trophy-home-sales-record/</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>Mount Pleasant condo sells for less than price paid 19 months ago</t>
+          <t>Ski resort townhouse priced below $500,000 finds buyer</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/vancouver/article-mount-pleasant-condo-loft-studio/</t>
+          <t>https://www.theglobeandmail.com/real-estate/vancouver/article-done-deal-big-white-ski-resort-townhouse-sells/</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>Home of the Week: A ‘normal’ house that holds a few secrets</t>
+          <t>Price cuts help home in the ‘Bermuda Triangle of real estate’ find a buyer</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/toronto/article-home-of-the-week-concession-bowmanville/</t>
+          <t>https://www.theglobeandmail.com/real-estate/calgary-and-edmonton/article-done-deal-calgary-home-price-cuts-bermuda-triangle-of-real-estate/</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>Jilted buyer returns with slightly modified bid to take Pickering house</t>
+          <t>Canada’s best places for renters, the Home of the Week and more top real estate stories</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/toronto/article-pickering-house-seller-accepts-modified-bid/</t>
+          <t>https://www.theglobeandmail.com/business/article-real-estate-housing-news-nov-7/</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>Network looks to tap into philanthropy to boost funding for affordable housing</t>
+          <t>Home of the Week: A country home gets a breath of fresh air – in more ways than one</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/article-philanthropy-network-affordable-housing-funding/</t>
+          <t>https://www.theglobeandmail.com/real-estate/article-home-of-the-week-grey-county-nov-7/</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>Buyer trims price of condo a short stroll to Woodbine Beach</t>
+          <t>Calgary builders say high fees in redevelopment areas hinder work, jeopardize affordability</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/toronto/article-woodbine-beach-condo-price-cut/</t>
+          <t>https://www.theglobeandmail.com/real-estate/article-calgary-builders-redevelopment-fees-townhomes-affordability/</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>Buyers trade short closing date for a lower price on Beeton bungalow</t>
+          <t>Seller raises low bid for Queensway townhouse to $1,000 over list price</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/toronto/article-beeton-ontario-bungalow-lower-price/</t>
+          <t>https://www.theglobeandmail.com/real-estate/toronto/article-seller-raises-low-bid-for-queensway-townhouse-to-1000-over-list-price/</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>Renovated townhouse by Christie Pits sells for $22,000 under asking</t>
+          <t>Renovations and ‘realistic’ price key to five-day sale of Mimico condo</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/toronto/article-renovated-townhouse-by-christie-pits-sells-for-22000-under-asking/</t>
+          <t>https://www.theglobeandmail.com/real-estate/toronto/article-renovations-realistic-price-five-day-sale-mimico-condo/</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>North Toronto heritage home reno preserves history – and builds on it with dreamy glass addition</t>
+          <t>Economic woes hit hard in sale of high-end Humber River home</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/toronto/article-north-toronto-heritage-home-reno-modern-glass/</t>
+          <t>https://www.theglobeandmail.com/real-estate/toronto/article-economic-woes-hit-hard-in-sale-of-high-end-humber-river-home/</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>Condo facing Flatiron Building sells with second bidder on standby</t>
+          <t>A laneway house that mimics traditional suburban housing</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/toronto/article-confo-facing-flatiron-building-st-lawrence-market/</t>
+          <t>https://www.theglobeandmail.com/real-estate/toronto/article-a-laneway-house-that-mimics-traditional-suburban-housing/</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>Home sellers in the GTA consider backup plan as listings swell, prices fall</t>
+          <t>Ontario real estate market sees some neighbourhoods slump while others burst with activity</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/toronto/article-toronto-home-sellers-high-inventory-low-prices/</t>
+          <t>https://www.theglobeandmail.com/real-estate/toronto/article-in-toronto-a-sputtering-hyperlocal-real-estate-market/</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>What kind of house does $680,000 get you across Canada?</t>
+          <t>North York house abutting a freeway takes a hit on price</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/article-price-point-national-home-price-benchmark-canada-october-2025/</t>
+          <t>https://www.theglobeandmail.com/real-estate/toronto/article-north-york-house-abutting-a-freeway-takes-a-hit-on-price/</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>Indigenous legal concepts inspire school’s design</t>
+          <t>Motivated sellers accept offer $117,000 below what they paid</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/industry-news/property-report/article-indigenous-legal-concepts-inspire-schools-design/</t>
+          <t>https://www.theglobeandmail.com/real-estate/toronto/article-motivated-sellers-accept-offer-117000-below-what-they-paid/</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>Canadian home sales tick up as rate cuts draw more buyers</t>
+          <t>How presales helped Canada’s condo market boom, then collapse</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/personal-finance/article-canada-home-sales-boc-interest-best-rate-mortgage-cuts/</t>
+          <t>https://www.theglobeandmail.com/real-estate/article-how-presales-helped-canadas-condo-market-boom-then-collapse/</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>Luxury bungalow outside Calgary sells in two days</t>
+          <t>Gap in efforts to protect businesses from wildfires, expert says</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/calgary-and-edmonton/article-luxury-bungalow-calgary-sells-two-days/</t>
+          <t>https://www.theglobeandmail.com/business/industry-news/property-report/article-gap-is-efforts-to-protect-businesses-from-wildfires-expert-says/</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>Central Vancouver bungalow with a rental suite sells over asking</t>
+          <t>Vancouver residents hate their homes but love their ‘hoods</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/vancouver/article-central-vancouver-bungalow-rental-suite/</t>
+          <t>https://www.theglobeandmail.com/real-estate/vancouver/article-vancouver-renters-housing-affordability-neighbourhoods-broadway-plan/</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>How homeowners could be hurt financially by waiting to sell, the Home of the Week and more top real estate stories</t>
+          <t>How the Toronto condo bubble burst, the Home of the Week and more top real estate stories</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-real-estate-housing-news-nov-14/</t>
+          <t>https://www.theglobeandmail.com/business/article-real-estate-housing-news-october-31/</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>Home of the Week: Hard loft gets a soft edge</t>
+          <t>Home of the Week: An architect buys into his own creation at converted abbey</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/toronto/article-home-of-the-week-richmond-st-toronto/</t>
+          <t>https://www.theglobeandmail.com/real-estate/toronto/article-home-of-the-week-toronto-brunswick-architect/</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>Buyers cut a deal on Mount Pleasant live/work loft</t>
+          <t>Large two-level condo in estate sale sells quickly for asking price</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/vancouver/article-mount-pleasant-live-work-loft/</t>
+          <t>https://www.theglobeandmail.com/real-estate/vancouver/article-large-two-level-condo-in-estate-sale-sells-quickly-for-asking-price/</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>Ontario plans to appoint administrator to take control of provincial real estate regulator</t>
+          <t>Seller settles for big price cut after first deal for St. Lawrence Market condo collapses</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-ontario-reco-appoint-administrator-control-real-estate-regulator/</t>
+          <t>https://www.theglobeandmail.com/real-estate/toronto/article-seller-settles-price-cut-st-lawrence-market-condo/</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>Oshawa home with lake frontage sells below 2016 sale price</t>
+          <t>How the Toronto condo bubble burst</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/toronto/article-oshawa-home-lake-frontage-sells-below-2016-price/</t>
+          <t>https://www.theglobeandmail.com/real-estate/article-how-the-toronto-condo-bubble-burst/</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>Agent says prep work pays off in Fairview condo sale</t>
+          <t>New book looks at the how and why of Ontario architecture</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/real-estate/vancouver/article-fairview-vancouver-condo-sale-prep-work-pays-off/</t>
+          <t>https://www.theglobeandmail.com/real-estate/toronto/article-ontario-architecture-book-shannon-kyles/</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
           <t>Real Estate</t>
-        </is>
-[...273 lines deleted...]
-          <t>Cryptocurrency</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:F31"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
@@ -6461,362 +6228,365 @@
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Content</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>‘Too good to be true’: Redditor exposes new rental scam offering cheap flats in Bengaluru</t>
+          <t>Noida man makes hole in Rs 1.5-crore flat’s wall with pencil, leaves internet stunned: ‘Gaon ke ghar zyada mazboot hain’</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>The Redditor said he came across multiple ads for fully furnished 2BHK flats, complete with appliances and access to amenities like a gym and swimming pool, priced at just Rs 15,000 in areas such as JP Nagar.</t>
+          <t>The video quickly went viral, sparking heated discussions about the quality of construction in pricey housing projects.</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>December 02, 2025 6:50 pm</t>
+          <t>November 13, 2025 11:23 am</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/trending/trending-in-india/redditor-exposes-bengaluru-new-rental-scam-offering-cheap-flats-10398443/</t>
+          <t>https://indianexpress.com/article/trending/trending-in-india/noida-man-makes-a-hole-in-rs-1-crore-flat-wall-with-pencil-triggers-debate-10358903/</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>A Bengaluru resident has sparked an online discussion after posting on Reddit about what he calls a new kind of rental scam targeting people hunting for reasonably priced apartments in the city. In his post, titled ‘Bengaluru New Flat Rental Scam’, he broke down how fraudsters are using unbelievably cheap listings on well-known property websites to trap desperate tenants. The Redditor said he came across multiple ads for fully furnished 2BHK flats, complete with appliances and access to amenities like a gym and swimming pool, priced at just Rs 15,000 in areas such as JP Nagar. The too-good-to-believe rate made him wary, but he decided to investigate anyway. “I was already skeptical as it was fully furnished 2BHK, for just 15K… TV, Fridge, Washing Machine everything,” he wrote, saying the listing immediately raised red flags. When he called the number provided, the so-called landlord claimed that society rules prevented direct visits and insisted that an entry ID card had to be generated first. To get this pass, the tenant would need to send a photo and a government ID. The Redditor warned others never to hand over personal details to strangers. As he put it: “In this world of AI a single photo can be used to blackmail you into doing many things.” The real trap, he said, came next: the scammer asked for a refundable Rs 2,500 to create the entry card. Once someone pays, the scammer vanishes. When the poster insisted on meeting at the society gate and getting the ID verified by security first, the caller disconnected immediately. He mentioned spotting at least two identical listings, suggesting this trick may be spreading. Bengaluru New Flat Rental Scam
-byu/souravworks inbangalorerentals  The post quickly gained traction, with many agreeing that fraudsters are exploiting Bengaluru’s intense rental demand. Several commenters shared similar run-ins and urged others to avoid sharing IDs, making advance payments, or trusting deals that seem far too generous. A user wrote, “Faced this same scam 2 years ago, had to pay 500 as a token amount. NEVER EVER PAY MONEY JUST TO SEE A FLAT. MAJOR RED FLAG. Go for brokers instead. They take one months rent as brokerage but that means u can look at any number of houses until ur fully satisfied and then give them the brokerage once agreement is signed.” Another user commented, “More than the scam I appreciate their creativity and innovation. If they did even 50% of such innovation for ethical in their jobs they would have owned the flat itself. OP thanks for sharing this.” A third person shared, “No way OP why didn’t you posted it earlier. I am new to Bangalore and got scammed of 20K today.”  Madan Lal, former cricketer and selector, supports Virat Kohli and Rohit Sharma as batters and believes their future should be their own decision. Despite retiring from T20Is and Tests, they continue to excel in ODIs. Lal defends selectors and coaches, stating they are unfairly criticized when the team doesn't perform well.</t>
+          <t>Many people invest their life savings in luxury apartments in metropolitan cities, believing they’re buying safety and high-quality construction. But a recent video from a high-rise in Noida, reportedly priced at around Rs 1.5 crore, has left the internet shocked. In the clip, a resident reveals just how fragile the walls of his flat are. Instead of using a power drill, he presses a wooden pencil against the wall, gives it a light tap with a hammer, and within seconds, a hole appears. In his video, the resident said, “This hole in the wall was made using a pencil. I placed the pencil against the wall, hit it with a hammer, and it went right in. When I first tried using a drill, and then used the pencil, the pencil went straight through the wall. It’s a wooden pencil with graphite, which we used in school. That’s how the house has been built, so weak that you don’t even need a drill. You can make a hole in the wall just with a pencil.” He shared the clip with a frustrated caption: “Apna ghar dusron se banwao to unke sar par khade reh banwao bhai… warna ye milega! Ye kaisa ghar bana diya??” (When you get your house constructed by others, stand right over their heads and supervise… or else this is what you’ll get! What kind of house is this?)   A post shared by Kabeer.Unfiltered (@kabeer.unfiltered)  The video quickly went viral, sparking heated discussions about the quality of construction in pricey housing projects. However, some viewers were quick to clarify that these are non-structural Autoclaved Aerated Concrete (AAC) walls – lightweight materials often used in high-rise buildings for safety and efficiency. One user tried to educate others, writing, “Those are non-structural AAC walls. They aren’t weak – they’re lightweight, eco-friendly, fire-resistant, and provide good insulation. Since they’re non-load-bearing, they actually make a building safer during earthquakes. We’re just used to the purane zamane ke eent pathar ke ghar (the old brick-and-stone houses), so this feels shocking – but in breaking it, you’re only damaging your own home.” Another comment read, “Brother, these are AAC blocks – autoclaved aerated concrete. They have air pockets that make them light, which is why drilling is so easy. This is why knowledge is important.” But not everyone was convinced. “How bad it feels to have been cheated, investing almost a crore in such poor infrastructure,” one user wrote. “Even gaon ki mitti ke ghar (the mud houses in villages) are stronger than this,” said another. Kamlochan Kashyap, Deputy Inspector General of South Bastar, first encountered Madvi Hidma in 2007 after a deadly Maoist attack. Hidma rose to become a formidable leader, leading Battalion 1 in numerous deadly attacks on security forces. Despite years of pursuit, Hidma remained elusive due to challenging terrain and lack of police presence.</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Bengaluru techie shocked after landlord demands Rs 1 lakh rent for 3BHK: ‘Have people lost their minds?'</t>
+          <t>Pune real estate records robust growth, property transactions breach 13,000-mark in September</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Sahil Khan, a product designer at a startup, posted about the shockingly high rents he encountered while looking for a new place.</t>
+          <t>Haveli Taluka, Pune Municipal Corporation, and Pimpri Chinchwad Municipal Corporation areas continued to dominate residential transactions, contributing 61 per cent of total market activity.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>November 20, 2025 7:01 pm</t>
+          <t>October 30, 2025 4:22 pm</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/trending/trending-in-india/techie-shocked-after-landlord-demands-rs-1-lakh-rent-for-3bhk-in-bengaluru-10376631/</t>
+          <t>https://indianexpress.com/article/cities/pune/pune-real-estate-records-robust-growth-property-transactions-breach-13000-mark-in-september-10335950/</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>A Bengaluru tech professional has highlighted just how tough the city’s rental market has become, sharing his frustrating house-hunt experience on X. Sahil Khan, a product designer at a startup, posted about the shockingly high rents he encountered while looking for a new place. “Landlords are asking for 1L rent in Cooke Town for a 3bhk. Have people lost their minds?” he wrote, after checking out eight different houses in a single day. Landlords are asking for 1L rent in Cooke Town for a 3bhk. Have people lost their minds? — Sahil Khan (@sahilk) November 18, 2025  His post quickly blew up, prompting a wave of relatable reactions. One user joked, “Come to Mumbai Bro, 1 Lac mein acha 2 BHK mil jayega. And 30% of the deposit amt too.” Another commented, “They are motivating you buy your own house.” Someone else chimed in that Delhi NCR is far more reasonable when it comes to both rents and deposits. Cooke Town, part of the old Cantonment area in central Bengaluru, is known for its premium rentals, but Khan said even he was surprised by what brokers were quoting. According to HT.com, he’s planning to get married and wants to shift homes in January. He currently lives in Koramangala and pays Rs 50,000 for a 2BHK, but the places shown to him in Cooke Town ranged between Rs 75,000 and Rs 80,000. One 3BHK was listed at Rs 65,000, which felt too good to be true, until he discovered it was right next to a railway track. The flat priced at Rs 1 lakh, meanwhile, was only semi-furnished and not even part of a gated community with amenities. Maintenance charges weren’t included either. Khan said the steep prices are partly because “there are a lot of IT people (in Bengaluru). So there is money. They (landlords) want some of that (money).” Having moved from Pune in 2021, he believes the city’s housing pressure won’t ease until Bengaluru increases its floor space index (FSI) to allow more residential development.  Delhi and Mumbai continue to battle with poor air quality as parts of Delhi were covered in haze with an average AQI of 376. Several areas in Delhi recorded 'severe' levels of AQI, with the highest being 436 in Nehru Nagar. Meanwhile, Noida and Greater Noida also recorded high AQI levels. In contrast, Mumbai had an AQI of 130, considered 'moderate' according to CPCB standards.</t>
+          <t>Written by Sanika Deshpande The Pune real estate market recorded 13,557 property transactions in September 2025, which is a 23 per cent increase from the 11,056 transactions registered in the same month last year. The growth in sales was also complemented by an uptick in government revenue collections. As per a report of the Maharashtra Inspector General of Registration (IGR), stamp duty collections increased 3 per cent year-on-year (YoY), climbing to Rs 523 crore in September 2025 from Rs 508 crore a year earlier. Knight Frank India, a real estate advisory firm, reported that property registrations climbed by over 2 per cent month-to-month (MoM) from 13,253 in August 2025, while stamp duty revenues increased by 7.8 per cent from Rs 485 crore in August 2025. Knight Frank credited this to the opportune festive calendar this year. The Shradhh (Pitru Paksha) period extended for most of September last year, causing a decrease in property registrations. In contrast, the 2025 calendar allowed the festive season to begin earlier, with the onset of Navratri and Dussehra coinciding with the end of Shradhh. This encouraged homebuyers to schedule their purchase, leading to a surge in property transactions during the month. Complementing these findings, Cushman &amp; Wakefield said in their Residential Q3 2025 MarketBeat that Pune saw 10,776 new residential unit releases in the third quarter. The mid-segment accounted for 58 per cent of these launches, while high-end and luxury units made up 38 per cent. The NH-4 Bypass North corridor, including Hinjewadi and Wakad, led with 38 per cent of new launches. The report also noted that properties priced up to Rs 1 crore constituted nearly 85 per cent of the total registrations. Meanwhile, the proportion of homes valued above Rs 1 crore saw a slight increase, rising from 14 per cent in September 2024 to 15 per cent in September 2025. “The market is operating at sustainable volumes, signalling growing maturity and enduring confidence among homebuyers,” said Shishir Baijal, Chairman and Managing Director, Knight Frank India. Regionally, Haveli Taluka, Pune Municipal Corporation (PMC), and Pimpri Chinchwad Municipal Corporation (PCMC) continued to dominate residential transactions, contributing 61 per cent of total market activity. Western Pune accounted for 17 per cent, while the remaining 22 per cent came from the eastern, northern, and southern corridors of the city. “Pune’s real estate momentum is further reinforced by its accelerating infrastructural developments. With major projects such as the Pune Metro expansion, the PMRDA and MSRDC outer ring roads, and the Pune-Bengaluru Expressway, the city has significantly enhanced connectivity and accessibility, further strengthening its position as a preferred centre for real estate investment and sustainable urban growth,” said a real estate expert. (Sanika Deshpande is an intern with The Indian Express) Click here to join Express Pune WhatsApp channel and get a curated list of our stories India has received a six-month exemption from US sanctions on the Chabahar port in Iran, which is being developed by India, MEA spokesperson Randhir Jaiswal said during a press briefing on Thursday. The US had previously withdrawn the sanctions waiver granted to the port, which is strategically important for India as it provides a direct trade route to Afghanistan and Central Asia.</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Noida man makes hole in Rs 1.5-crore flat’s wall with pencil, leaves internet stunned: ‘Gaon ke ghar zyada mazboot hain’</t>
+          <t>Create your own urban jungle with these 6 indoor plants that can grow over six feet</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>The video quickly went viral, sparking heated discussions about the quality of construction in pricey housing projects.</t>
+          <t>As homes get greener and taller, these 6-foot-plus indoor plants are turning everyday corners into stylish, wellness-driven urban jungles.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>November 13, 2025 11:23 am</t>
+          <t>September 14, 2025 12:22 pm</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/trending/trending-in-india/noida-man-makes-a-hole-in-rs-1-crore-flat-wall-with-pencil-triggers-debate-10358903/</t>
+          <t>https://indianexpress.com/article/lifestyle/create-your-own-urban-jungle-with-these-6-indoor-plants-that-can-grow-over-six-feet-10231874/</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Many people invest their life savings in luxury apartments in metropolitan cities, believing they’re buying safety and high-quality construction. But a recent video from a high-rise in Noida, reportedly priced at around Rs 1.5 crore, has left the internet shocked. In the clip, a resident reveals just how fragile the walls of his flat are. Instead of using a power drill, he presses a wooden pencil against the wall, gives it a light tap with a hammer, and within seconds, a hole appears. In his video, the resident said, “This hole in the wall was made using a pencil. I placed the pencil against the wall, hit it with a hammer, and it went right in. When I first tried using a drill, and then used the pencil, the pencil went straight through the wall. It’s a wooden pencil with graphite, which we used in school. That’s how the house has been built, so weak that you don’t even need a drill. You can make a hole in the wall just with a pencil.” He shared the clip with a frustrated caption: “Apna ghar dusron se banwao to unke sar par khade reh banwao bhai… warna ye milega! Ye kaisa ghar bana diya??” (When you get your house constructed by others, stand right over their heads and supervise… or else this is what you’ll get! What kind of house is this?)   A post shared by Kabeer.Unfiltered (@kabeer.unfiltered)  The video quickly went viral, sparking heated discussions about the quality of construction in pricey housing projects. However, some viewers were quick to clarify that these are non-structural Autoclaved Aerated Concrete (AAC) walls – lightweight materials often used in high-rise buildings for safety and efficiency. One user tried to educate others, writing, “Those are non-structural AAC walls. They aren’t weak – they’re lightweight, eco-friendly, fire-resistant, and provide good insulation. Since they’re non-load-bearing, they actually make a building safer during earthquakes. We’re just used to the purane zamane ke eent pathar ke ghar (the old brick-and-stone houses), so this feels shocking – but in breaking it, you’re only damaging your own home.” Another comment read, “Brother, these are AAC blocks – autoclaved aerated concrete. They have air pockets that make them light, which is why drilling is so easy. This is why knowledge is important.” But not everyone was convinced. “How bad it feels to have been cheated, investing almost a crore in such poor infrastructure,” one user wrote. “Even gaon ki mitti ke ghar (the mud houses in villages) are stronger than this,” said another.  The Allahabad High Court has requested an affidavit from the Director General of Police of Uttar Pradesh regarding a former SP who was accused of threatening a sessions court judge 37 years ago. The judge's comments were deemed "damning" and the court is seeking information on the officer's current status and any actions taken against him, along with other mentioned officers.</t>
+          <t>It is no secret that greenery lifts the mood, soothes the mind, and transforms any space into a calmer, more ambient zone. Scientific studies, too, have long confirmed the therapeutic benefits of being around plants. But here’s something you might not know—bringing indoor plants into your space isn’t just a feel-good hobby, it’s part of a booming global movement. The wellness real estate industry, which focuses on designing spaces that promote mental and physical health, is already worth $584 billion (as of 2024) and is projected to hit $1.1 trillion by 2029, according to the Global Wellness Institute. Millions are revamping their homes with greenery of all sizes and shapes, leaning into the trend of biophilic living. As the trends catches on, you can also create your own version of urban jungle with these plant varieties, readily available in India. Each of these can grow over six feet with the right care and make a serious style statement while they’re at it. A classic favourite in Indian homes, the Areca Palm is loved for its lush, feathery fronds and air-purifying qualities. It thrives in bright, indirect light and, with the right care, can grow up to 7 feet indoors. Bonus: it acts as a natural humidifier—perfect for dry weather. If there were a celebrity among houseplants, this would be it. With its large, violin-shaped glossy leaves, the Fiddle Leaf Fig became an interior design darling during the pandemic. Place it in bright, filtered sunlight, water sparingly, and it can shoot well beyond 6 feet, making a dramatic vertical accent. Sleek and stylish, the Rubber Plant is known for its thick, waxy leaves in deep green or burgundy. It grows tall with minimal fuss and can tolerate a bit of neglect—great for beginners. Position it in a spot with medium to bright light, and it will quietly reach for the ceiling. This spiky beauty from Madagascar offers a sculptural, minimalist look and can grow 6–8 feet tall. It’s highly drought-tolerant, needing only occasional watering. Just note: it’s mildly toxic to pets, so skip it if you’ve got furry friends roaming around. For a bold, tropical vibe, the Monstera is unbeatable. Its iconic split leaves (“Swiss cheese plant,” anyone?) love bright, indirect light and humid conditions. Stake it for support, and it’ll climb high and proud—perfect for a sunny room or bathroom with occasional misting. Graceful and elegant, the Parlor Palm brings a touch of vintage charm—it was a favorite during the Victorian era. Known for thriving in low-light spaces, it grows slowly but steadily, eventually reaching over 6 feet indoors with minimal care. Think timeless sophistication in a pot. 📣 For more lifestyle news,  click here to join our WhatsApp Channel and also follow us on Instagram Kamlochan Kashyap, Deputy Inspector General of South Bastar, first encountered Madvi Hidma in 2007 after a deadly Maoist attack. Hidma rose to become a formidable leader, leading Battalion 1 in numerous deadly attacks on security forces. Despite years of pursuit, Hidma remained elusive due to challenging terrain and lack of police presence.</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Pune real estate records robust growth, property transactions breach 13,000-mark in September</t>
+          <t>Amid relentless Mumbai rains, netizens demand ‘boat parking’ for Rs 10 crore luxury flats</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Haveli Taluka, Pune Municipal Corporation, and Pimpri Chinchwad Municipal Corporation areas continued to dominate residential transactions, contributing 61 per cent of total market activity.</t>
+          <t>In just four days, Mumbai recorded 791 mm of rainfall, already overshooting the city’s August average of 566 mm.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>October 30, 2025 4:22 pm</t>
+          <t>August 21, 2025 11:36 am</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/cities/pune/pune-real-estate-records-robust-growth-property-transactions-breach-13000-mark-in-september-10335950/</t>
+          <t>https://indianexpress.com/article/trending/trending-in-india/mumbai-rains-netizen-demand-boat-parking-for-8-10-crore-flats-10202205/</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>Written by Sanika Deshpande The Pune real estate market recorded 13,557 property transactions in September 2025, which is a 23 per cent increase from the 11,056 transactions registered in the same month last year. The growth in sales was also complemented by an uptick in government revenue collections. As per a report of the Maharashtra Inspector General of Registration (IGR), stamp duty collections increased 3 per cent year-on-year (YoY), climbing to Rs 523 crore in September 2025 from Rs 508 crore a year earlier. Knight Frank India, a real estate advisory firm, reported that property registrations climbed by over 2 per cent month-to-month (MoM) from 13,253 in August 2025, while stamp duty revenues increased by 7.8 per cent from Rs 485 crore in August 2025. Knight Frank credited this to the opportune festive calendar this year. The Shradhh (Pitru Paksha) period extended for most of September last year, causing a decrease in property registrations. In contrast, the 2025 calendar allowed the festive season to begin earlier, with the onset of Navratri and Dussehra coinciding with the end of Shradhh. This encouraged homebuyers to schedule their purchase, leading to a surge in property transactions during the month. Complementing these findings, Cushman &amp; Wakefield said in their Residential Q3 2025 MarketBeat that Pune saw 10,776 new residential unit releases in the third quarter. The mid-segment accounted for 58 per cent of these launches, while high-end and luxury units made up 38 per cent. The NH-4 Bypass North corridor, including Hinjewadi and Wakad, led with 38 per cent of new launches. The report also noted that properties priced up to Rs 1 crore constituted nearly 85 per cent of the total registrations. Meanwhile, the proportion of homes valued above Rs 1 crore saw a slight increase, rising from 14 per cent in September 2024 to 15 per cent in September 2025. “The market is operating at sustainable volumes, signalling growing maturity and enduring confidence among homebuyers,” said Shishir Baijal, Chairman and Managing Director, Knight Frank India. Regionally, Haveli Taluka, Pune Municipal Corporation (PMC), and Pimpri Chinchwad Municipal Corporation (PCMC) continued to dominate residential transactions, contributing 61 per cent of total market activity. Western Pune accounted for 17 per cent, while the remaining 22 per cent came from the eastern, northern, and southern corridors of the city. “Pune’s real estate momentum is further reinforced by its accelerating infrastructural developments. With major projects such as the Pune Metro expansion, the PMRDA and MSRDC outer ring roads, and the Pune-Bengaluru Expressway, the city has significantly enhanced connectivity and accessibility, further strengthening its position as a preferred centre for real estate investment and sustainable urban growth,” said a real estate expert. (Sanika Deshpande is an intern with The Indian Express) Click here to join Express Pune WhatsApp channel and get a curated list of our stories The Allahabad High Court has requested an affidavit from the Director General of Police of Uttar Pradesh regarding a former SP who was accused of threatening a sessions court judge 37 years ago. The judge's comments were deemed "damning" and the court is seeking information on the officer's current status and any actions taken against him, along with other mentioned officers.</t>
+          <t>Mumbai, infamous for its sky-high property rates, has been battling a deluge over the past few days, with the monsoon bringing the city to a halt. From flooded streets to disrupted commutes, Mumbaikars are facing the brunt of nature, but many found ways to respond with humour. Social media was flooded with witty posts about the irony of paying crores for homes in a waterlogged city. One viral X post by HowHumans read: “Builders charging 8–10 crores for flats in Mumbai should also provide Boat Parking these days.” #MumbaiRains Mumbai Rain Builders charging 8- 10 crores for flats in Mumbai they should also provide Boat Parking these days pic.twitter.com/U1cglVDxNx — How Football Saved Humans – Great Book to Read (@HowHumans) August 19, 2025  The joke resonates even more when seen against CRE Matrix’s analysis of Mumbai’s property market. It shows that in 2024, a budget of Rs 1 crore secures just 73 sq ft of space in Malabar Hill, one of the most exclusive neighborhoods in the city. Meanwhile, the rain has been relentless. In just four days, Mumbai recorded 791 mm of rainfall, already overshooting the city’s August average of 566 mm. To put that in perspective, Santacruz recorded 798 mm through the entire month of July, a mark nearly matched in under a week. Beyond the numbers, the city’s streets have become a stage for unusual sights. A man dressed as Spider-Man waded through knee-deep water with a toilet wiper in hand, “rescuing” people. In Mumbra, a viral clip showed a man breaking into the trending Aura Farming dance amid the downpour. Outside Oberoi Mall, some even took to swimming in the flooded roads.   A post shared by SPIDER-MAN FROME MUMBAI (@shaddyman98)  The India Meteorological Department (IMD) has placed Mumbai under a yellow alert for today, noting in its daily bulletin that rainfall over Konkan and Madhya Maharashtra is expected to ease gradually over the next three days. Kamlochan Kashyap, Deputy Inspector General of South Bastar, first encountered Madvi Hidma in 2007 after a deadly Maoist attack. Hidma rose to become a formidable leader, leading Battalion 1 in numerous deadly attacks on security forces. Despite years of pursuit, Hidma remained elusive due to challenging terrain and lack of police presence.</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Create your own urban jungle with these 6 indoor plants that can grow over six feet</t>
+          <t>Luxury, land, and a Rs 90,000 crore pipeline: Is Godrej Properties still a buy?</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>As homes get greener and taller, these 6-foot-plus indoor plants are turning everyday corners into stylish, wellness-driven urban jungles.</t>
+          <t>Godrej Properties’ business fundamentals remain strong. In Q1 FY26, the company delivered its highest-ever quarterly net profit of Rs 600 crore, EBITDA of Rs 915 crore, and collections stood at Rs 3,670 crore, a 22 percent rise from a year ago. Yet the flat share price raises questions: is the growth pace slowing, is the premium valuation already pricing in the next few years, or is the broader housing cycle entering a more balanced phase?</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>September 14, 2025 12:22 pm</t>
+          <t>August 20, 2025 7:51 am</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/lifestyle/create-your-own-urban-jungle-with-these-6-indoor-plants-that-can-grow-over-six-feet-10231874/</t>
+          <t>https://indianexpress.com/article/smart-stocks/luxury-land-rs-90000-crore-pipeline-godrej-properties-10199276/</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>It is no secret that greenery lifts the mood, soothes the mind, and transforms any space into a calmer, more ambient zone. Scientific studies, too, have long confirmed the therapeutic benefits of being around plants. But here’s something you might not know—bringing indoor plants into your space isn’t just a feel-good hobby, it’s part of a booming global movement. The wellness real estate industry, which focuses on designing spaces that promote mental and physical health, is already worth $584 billion (as of 2024) and is projected to hit $1.1 trillion by 2029, according to the Global Wellness Institute. Millions are revamping their homes with greenery of all sizes and shapes, leaning into the trend of biophilic living. As the trends catches on, you can also create your own version of urban jungle with these plant varieties, readily available in India. Each of these can grow over six feet with the right care and make a serious style statement while they’re at it. A classic favourite in Indian homes, the Areca Palm is loved for its lush, feathery fronds and air-purifying qualities. It thrives in bright, indirect light and, with the right care, can grow up to 7 feet indoors. Bonus: it acts as a natural humidifier—perfect for dry weather. If there were a celebrity among houseplants, this would be it. With its large, violin-shaped glossy leaves, the Fiddle Leaf Fig became an interior design darling during the pandemic. Place it in bright, filtered sunlight, water sparingly, and it can shoot well beyond 6 feet, making a dramatic vertical accent. Sleek and stylish, the Rubber Plant is known for its thick, waxy leaves in deep green or burgundy. It grows tall with minimal fuss and can tolerate a bit of neglect—great for beginners. Position it in a spot with medium to bright light, and it will quietly reach for the ceiling. This spiky beauty from Madagascar offers a sculptural, minimalist look and can grow 6–8 feet tall. It’s highly drought-tolerant, needing only occasional watering. Just note: it’s mildly toxic to pets, so skip it if you’ve got furry friends roaming around. For a bold, tropical vibe, the Monstera is unbeatable. Its iconic split leaves (“Swiss cheese plant,” anyone?) love bright, indirect light and humid conditions. Stake it for support, and it’ll climb high and proud—perfect for a sunny room or bathroom with occasional misting. Graceful and elegant, the Parlor Palm brings a touch of vintage charm—it was a favorite during the Victorian era. Known for thriving in low-light spaces, it grows slowly but steadily, eventually reaching over 6 feet indoors with minimal care. Think timeless sophistication in a pot. 📣 For more lifestyle news,  click here to join our WhatsApp Channel and also follow us on Instagram The Allahabad High Court has requested an affidavit from the Director General of Police of Uttar Pradesh regarding a former SP who was accused of threatening a sessions court judge 37 years ago. The judge's comments were deemed "damning" and the court is seeking information on the officer's current status and any actions taken against him, along with other mentioned officers.</t>
+          <t>Godrej Properties has been one of the most closely watched names in India’s listed real estate space. The stock’s 10-year journey shows a steady climb in the early years, followed by a sharp acceleration from 2023 into mid-2024 when it touched record highs above Rs 3,200. Since then, the share price has corrected and now trades mostly between Rs 2,000 and Rs 2,400. This reflects a market reassessment of growth expectations after a period of extraordinary momentum. The latest quarterly numbers offer insight into how the business is positioned in this new phase. In Q1 FY26, the company reported bookings worth Rs 7,082 crore from the sale of 4,231 homes, covering 6.17 million square feet. This was the eighth consecutive quarter above the Rs 5,000 crore-mark and represented a two-year compounded growth rate of 77 per cent, even though it was lower than the same period last year. The sales mix was broad, with Bengaluru contributing over Rs 3,000 crore, and both the Mumbai region and NCR crossing Rs 1,600 crore each. Collections stood at Rs 3,670 crore, a 22 per cent rise from a year ago, reinforcing the company’s ability to turn bookings into cash. On the profit side, Godrej Properties delivered its highest-ever quarterly net profit of Rs 600 crore, up 15 per cent year-on-year, on a total income of Rs 1,593 crore. Earnings before interest, tax, depreciation and amortisation (EBITDA) grew 18 per cent to Rs 915 crore, aided by strong sell-through on new launches and cost control. For investors, the data confirms that the business fundamentals remain strong. Yet, the flat share price suggests lingering questions: is the growth pace slowing, is the premium valuation already pricing in the next few years, or is the broader housing cycle entering a more balanced phase? Business model and margins: Making sense of the numbers
+Walk into a Godrej Properties launch and you will see a familiar playbook at work. The company rarely buys every piece of land it builds on. Often, it partners with landowners, sharing either the built-up area or the revenue instead of paying for the land upfront. This keeps its finances light and gives it a shot at prime plots in big cities without locking up huge sums for years. Management says every deal, whether outright or a partnership, must clear the same hurdles — a healthy project profit and an annual return of over 20 per cent. It is a simple filter, but it explains why the portfolio now covers both city-centre towers and township projects, yet aims for similar economics. That filter was visible in the first quarter of FY26. The company added five projects with a combined potential sale value of Rs 11,400 crore. That is already more than half its full-year target for new additions. In plain terms, Godrej now has more homes lined up to sell, keeping its sales machine well stocked for the coming quarters. Also, the stars of the quarter were MSR City in Bengaluru, Majesty in Greater Noida, and Tiara in Pune, which together contributed almost half the sales. But then, if the sales counter is ticking so fast, why did reported revenue dip slightly to Rs 1,593 crore? The answer lies in the way real estate accounts for income. The numbers you see in the profit and loss statement reflect construction progress and handovers, not just bookings. In Q1, Godrej delivered 0.8 million square feet against a full-year target of at least 10 million. The rest of those sales will show up in future quarters as projects are built and handed over. Where the quarter shone was profitability. Even with flat revenue, EBITDA rose 18 per cent to Rs 915 crore, and net profit jumped 15 per cent to Rs 600 crore, the highest quarterly profit in the company’s history. A big part of this came from selling high-demand projects that quickly covered fixed costs, and from some additional income in joint ventures. Collections from customers rose 22 per cent to Rs 3,670 crore, which matters because it turns sales into cash, keeps debt low, and keeps building sites active. Prices, too, are holding. Godrej managed small increases – 2 to 3 per cent in North and South India, 1 to 2 per cent in Mumbai, and little change in Pune. In some projects, the company is holding back the choicest apartments and releasing them in phases to secure higher prices later. At Golf Course Road, for example, sales after launch grew from Rs 497 crore to Rs 778 crore in six months, while Lakeside Orchard went from Rs 268 crore at launch to Rs 1,370 crore over time. The next big test is execution. The company has been overhauling its construction setup — tracking labour through digital tools, bringing in larger contractors, and buying materials like lifts, tiles, and paints in bulk. In Q1, it spent about Rs 1,170 crore on construction, up from Rs 750 crore a year ago. The idea is simple: the faster the sites move, the sooner sales become revenue and profit. Margins will not always look as strong as they did this quarter. The mix of projects matters, as does Godrej’s share in each. Sales from joint ventures where it owns a smaller stake will feed less profit into its accounts. Approval delays or slower build-outs could also shift earnings to later periods. And with rivals launching heavily in the same markets, holding on to price will depend less on the Godrej name and more on how well, and how quickly, the company delivers. For now, the numbers show a healthy business. The stock, however, has been stuck in a range because the market wants to see the same story play out quarter after quarter — strong sales, fast construction, and consistent profits. If Godrej can keep that rhythm, it will have a much stronger case for breaking free from that range. Valuation: what is priced in, what is left, and what it hinges on
+Godrej Properties’ stock does not trade like a typical real estate company. On many metrics, it is valued more like a high-growth consumer brand. The market is willing to pay a premium because of three things: the power of the Godrej name, its ability to sell across multiple cities, and a land bank that can keep the launch pipeline full for years. That premium is visible in the numbers. By most analyst estimates, the stock trades at par with the sector average on earnings and enterprise value multiples. The upside case is easy to imagine. If Godrej can convert its Rs 40,000 crore-plus launch pipeline into steady sales, keep collections strong, and speed up deliveries so that profits rise in step with bookings, earnings could grow at a healthy clip for several years. That would make today’s valuation look more reasonable over time. The balance sheet is in good shape, debt is low, and the brand gives it pricing power in many markets. In a softer demand environment, that combination can still win share from weaker developers. The downside comes from the same place as the promise. With the stock already pricing in a long runway of growth, there is little margin for error. Any slowdown in sales momentum, slippage in deliveries, or squeeze on margins could quickly change investor sentiment. Competition is intense, with other large developers also launching aggressively in key micro markets. If prices stagnate and absorption rates slow, the market could start to question whether the premium is still justified. Approval delays, especially in large city projects, and a need for higher construction spending could also weigh on near-term cash flows. For now, the share price is telling its own story. It has been locked in a range because investors are waiting for proof that the high bookings of recent quarters will flow through into equally strong earnings, quarter after quarter. The next leg up hinges on execution – getting projects built and handed over at the pace the pipeline promises, without letting margins slip. If that happens, the stock has room to move. Note: This article relies on data from annual and industry reports. We have used our assumptions for forecasting. Parth Parikh has over a decade of experience in finance and research and currently heads the growth and content vertical at Finsire. He holds an FRM Charter and an MBA in Finance from Narsee Monjee Institute of Management Studies. Disclosure: The writer and his dependents do not hold the stocks discussed in this article. The website managers, its employee(s), and contributors/writers/authors of articles have or may have an outstanding buy or sell position or holding in the securities, options on securities or other related investments of issuers and/or companies discussed therein. The content of the articles and the interpretation of data are solely the personal views of the contributors/ writers/authors. Investors must make their own investment decisions based on their specific objectives, resources and only after consulting such independent advisors as may be necessary. Kamlochan Kashyap, Deputy Inspector General of South Bastar, first encountered Madvi Hidma in 2007 after a deadly Maoist attack. Hidma rose to become a formidable leader, leading Battalion 1 in numerous deadly attacks on security forces. Despite years of pursuit, Hidma remained elusive due to challenging terrain and lack of police presence.</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Amid relentless Mumbai rains, netizens demand ‘boat parking’ for Rs 10 crore luxury flats</t>
+          <t>Where in Delhi can you rent the cheapest house? Find out from a new report</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>In just four days, Mumbai recorded 791 mm of rainfall, already overshooting the city’s August average of 566 mm.</t>
+          <t>Delhi continues to be the second most expensive city for accommodation after Mumbai.</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>August 21, 2025 11:36 am</t>
+          <t>August 10, 2025 7:36 pm</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/trending/trending-in-india/mumbai-rains-netizen-demand-boat-parking-for-8-10-crore-flats-10202205/</t>
+          <t>https://indianexpress.com/article/cities/delhi/delhi-affordable-rental-housing-new-report-10181291/</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>Mumbai, infamous for its sky-high property rates, has been battling a deluge over the past few days, with the monsoon bringing the city to a halt. From flooded streets to disrupted commutes, Mumbaikars are facing the brunt of nature, but many found ways to respond with humour. Social media was flooded with witty posts about the irony of paying crores for homes in a waterlogged city. One viral X post by HowHumans read: “Builders charging 8–10 crores for flats in Mumbai should also provide Boat Parking these days.” #MumbaiRains Mumbai Rain Builders charging 8- 10 crores for flats in Mumbai they should also provide Boat Parking these days pic.twitter.com/U1cglVDxNx — How Football Saved Humans – Great Book to Read (@HowHumans) August 19, 2025  The joke resonates even more when seen against CRE Matrix’s analysis of Mumbai’s property market. It shows that in 2024, a budget of Rs 1 crore secures just 73 sq ft of space in Malabar Hill, one of the most exclusive neighborhoods in the city. Meanwhile, the rain has been relentless. In just four days, Mumbai recorded 791 mm of rainfall, already overshooting the city’s August average of 566 mm. To put that in perspective, Santacruz recorded 798 mm through the entire month of July, a mark nearly matched in under a week. Beyond the numbers, the city’s streets have become a stage for unusual sights. A man dressed as Spider-Man waded through knee-deep water with a toilet wiper in hand, “rescuing” people. In Mumbra, a viral clip showed a man breaking into the trending Aura Farming dance amid the downpour. Outside Oberoi Mall, some even took to swimming in the flooded roads.   A post shared by SPIDER-MAN FROME MUMBAI (@shaddyman98)  The India Meteorological Department (IMD) has placed Mumbai under a yellow alert for today, noting in its daily bulletin that rainfall over Konkan and Madhya Maharashtra is expected to ease gradually over the next three days.  The Allahabad High Court has requested an affidavit from the Director General of Police of Uttar Pradesh regarding a former SP who was accused of threatening a sessions court judge 37 years ago. The judge's comments were deemed "damning" and the court is seeking information on the officer's current status and any actions taken against him, along with other mentioned officers.</t>
+          <t>Dwarka Mor and Laxmi Nagar are the areas to find cheapest rental accommodation in Delhi, with rents ranging from Rs 13,700 to Rs 16,100 for two-bedroom apartments. Rental rates in the national capital have increased by approximately 36.8 per cent compared to last year, as it continues to be the most expensive city for accommodation after Mumbai, where rents exceed double those in Delhi. These findings are from real estate platform Magicbricks Rental Index for April-June this year. As per the report, Chhatarpur in South Delhi also emerged as an area where people can find cheap rentals, with average monthly rent for two-bedroom flats being Rs 20,500 and Rs 37,500 for three-bedroom units. “New Delhi’s rental market continues to grow steadily, backed by its status as the national capital and a hub for professionals, students, and migrants from across the country,” the report notes. “Localities like Dwarka, Saket and South Delhi remain highly sought after due to their strong connectivity, metro access and established metro infrastructure. Ongoing metro expansions, urban renewal projects and improved civic amenities are further enhancing rental appeal across the country,” it adds. Two-bedroom flats in Saket and Mayur Vihar 1 both command average monthly rents of Rs 28,300. The most expensive localities are Vasant Kunj and Lajpat Nagar. Two-bedroom flats in Vasant Kunj have a monthly rent of Rs. 46,500, and three-bedroom flats have a rent of Rs 71,800. In Lajpat Nagar, the monthly rent for two-bedroom and three-bedroom apartments is Rs 38,600 and Rs 62,500, respectively. According to data from the report, there is a mismatch in the nature of supply and demand in the rental market. While there is a higher demand for smaller and cheaper rental flats, supply favours larger and expensive flats. As per the report, 40 per cent of the demand for rental accommodations in Delhi is in the Rs 10,000 to Rs 20,000 segment, and 19 per cent of the demand comes from the Rs 20,000 to Rs 30,000 segment. However, for the 59 per cent of demand in the Rs 10,000 to Rs. 30,000 segment, only 33 per cent of the supply is accounted for. On the other hand, while flats with rents above Rs 50,000 account for just 11 per cent of the demand, 38 per cent of the supply is this segment. In the rental market, 33 per cent of the demand is for one-bedroom flats, but only 15 per cent of the available supply falls within this category. In contrast, three-bedroom apartments represent only 20 per cent of the demand, while 40 per cent of the supply comprises these larger units. Devansh Mittal is a trainee correspondent with The Indian Express. He studied political science at Ashoka University. He can be reached at devansh.mittal@expressindia.com.                        ... Read More Stay updated with the latest - Click here to follow us on Instagram You May Like</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Luxury, land, and a Rs 90,000 crore pipeline: Is Godrej Properties still a buy?</t>
+          <t>Real estate market of Pune sluggish as demand has softened: Report</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Godrej Properties’ business fundamentals remain strong. In Q1 FY26, the company delivered its highest-ever quarterly net profit of Rs 600 crore, EBITDA of Rs 915 crore, and collections stood at Rs 3,670 crore, a 22 percent rise from a year ago. Yet the flat share price raises questions: is the growth pace slowing, is the premium valuation already pricing in the next few years, or is the broader housing cycle entering a more balanced phase?</t>
+          <t>As per the report, prices of new projects launched are down by 4.73 per cent over the last year.</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>August 20, 2025 7:51 am</t>
+          <t>July 12, 2025 8:59 pm</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/smart-stocks/luxury-land-rs-90000-crore-pipeline-godrej-properties-10199276/</t>
+          <t>https://indianexpress.com/article/cities/pune/real-estate-market-of-pune-sluggish-as-demand-has-softened-report-10122615/</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>Godrej Properties has been one of the most closely watched names in India’s listed real estate space. The stock’s 10-year journey shows a steady climb in the early years, followed by a sharp acceleration from 2023 into mid-2024 when it touched record highs above Rs 3,200. Since then, the share price has corrected and now trades mostly between Rs 2,000 and Rs 2,400. This reflects a market reassessment of growth expectations after a period of extraordinary momentum. The latest quarterly numbers offer insight into how the business is positioned in this new phase. In Q1 FY26, the company reported bookings worth Rs 7,082 crore from the sale of 4,231 homes, covering 6.17 million square feet. This was the eighth consecutive quarter above the Rs 5,000 crore-mark and represented a two-year compounded growth rate of 77 per cent, even though it was lower than the same period last year. The sales mix was broad, with Bengaluru contributing over Rs 3,000 crore, and both the Mumbai region and NCR crossing Rs 1,600 crore each. Collections stood at Rs 3,670 crore, a 22 per cent rise from a year ago, reinforcing the company’s ability to turn bookings into cash. On the profit side, Godrej Properties delivered its highest-ever quarterly net profit of Rs 600 crore, up 15 per cent year-on-year, on a total income of Rs 1,593 crore. Earnings before interest, tax, depreciation and amortisation (EBITDA) grew 18 per cent to Rs 915 crore, aided by strong sell-through on new launches and cost control. For investors, the data confirms that the business fundamentals remain strong. Yet, the flat share price suggests lingering questions: is the growth pace slowing, is the premium valuation already pricing in the next few years, or is the broader housing cycle entering a more balanced phase? Business model and margins: Making sense of the numbers
-[...1 lines deleted...]
-Godrej Properties’ stock does not trade like a typical real estate company. On many metrics, it is valued more like a high-growth consumer brand. The market is willing to pay a premium because of three things: the power of the Godrej name, its ability to sell across multiple cities, and a land bank that can keep the launch pipeline full for years. That premium is visible in the numbers. By most analyst estimates, the stock trades at par with the sector average on earnings and enterprise value multiples. The upside case is easy to imagine. If Godrej can convert its Rs 40,000 crore-plus launch pipeline into steady sales, keep collections strong, and speed up deliveries so that profits rise in step with bookings, earnings could grow at a healthy clip for several years. That would make today’s valuation look more reasonable over time. The balance sheet is in good shape, debt is low, and the brand gives it pricing power in many markets. In a softer demand environment, that combination can still win share from weaker developers. The downside comes from the same place as the promise. With the stock already pricing in a long runway of growth, there is little margin for error. Any slowdown in sales momentum, slippage in deliveries, or squeeze on margins could quickly change investor sentiment. Competition is intense, with other large developers also launching aggressively in key micro markets. If prices stagnate and absorption rates slow, the market could start to question whether the premium is still justified. Approval delays, especially in large city projects, and a need for higher construction spending could also weigh on near-term cash flows. For now, the share price is telling its own story. It has been locked in a range because investors are waiting for proof that the high bookings of recent quarters will flow through into equally strong earnings, quarter after quarter. The next leg up hinges on execution – getting projects built and handed over at the pace the pipeline promises, without letting margins slip. If that happens, the stock has room to move. Note: This article relies on data from annual and industry reports. We have used our assumptions for forecasting. Parth Parikh has over a decade of experience in finance and research and currently heads the growth and content vertical at Finsire. He holds an FRM Charter and an MBA in Finance from Narsee Monjee Institute of Management Studies. Disclosure: The writer and his dependents do not hold the stocks discussed in this article. The website managers, its employee(s), and contributors/writers/authors of articles have or may have an outstanding buy or sell position or holding in the securities, options on securities or other related investments of issuers and/or companies discussed therein. The content of the articles and the interpretation of data are solely the personal views of the contributors/ writers/authors. Investors must make their own investment decisions based on their specific objectives, resources and only after consulting such independent advisors as may be necessary.  Red Bull has chosen Isack Hadjar to replace Yuki Tsunoda as Max Verstappen's teammate for next season, while Arvid Lindblad will join Liam Lawson at Racing Bulls. Tsunoda will stay with the team as a reserve driver, leaving no Japanese driver on the grid. Hadjar and Lindblad are determined to match Verstappen's performance as his past teammates have struggled to keep up.</t>
+          <t>The bi-annual report recently released by The Gera Developments Private imited (GDPL) highlights that after seven years of consistent growth in prices, sales and supply, the market is experiencing a consolidation phase driven by ‘sticker shock’, the cumulative effect of rising prices and increasing home sizes. The Gera Pune Residential Realty Report says, “While prices rose at a moderate 7.31% year-on-year, this still added significantly to total ticket sizes. Over the past five years, prices have climbed by 40% and average home sizes by 25%, resulting in an overall 76% increase in the average sticker price. Consequently, buyers in the Budget and Upper-mid segments are facing affordability challenges, while affluent buyers are gravitating towards larger, more comfortable homes.” Speaking about the market shifts at a press conference in the city, Rohit Gera, Managing Director, Gera Developments Private Limited, said, “We are witnessing the market respond to a steep escalation in total ticket size, what we’re calling Sticker Shock. Even though interest rates have come down over the last 6 months, affordability remains a concern as the total outgo for buyers has increased by 76 per cent over five years. The steep increase in sticker price has led to sticker shock and has caused people to slow down their purchase decision, resulting in the demand softening.” Gera added, “Developers are responding cautiously by slowing new launches and recalibrating configurations. I expect smaller home sizes to return to the market, making homes more affordable not through pricing corrections but by offering compact yet efficient layouts. For buyers, this is a critical time – choosing projects by developers with strong financial stability is more important than ever.” As per the report, prices of new projects launched are down by 4.73 per cent over the last year, while the overall market is still on an uptrend.  East Pune recorded the highest price appreciation across the city marking a 9.6 per cent growth followed by West Pune which saw a 6.8 per cent appreciation. Currently Pune has 2,605 residential projects under development, up by 6.7% since June 2024. However, the market is consolidating, small projects (&lt;100 units) fell 39% since 2018, while large projects (&amp;gt;500 units) surged by 70%, the report said Areas such as Hinjewadi, connected by the new Metro corridors, have seen stable pricing and increased traction from affordability-focused buyers. “Pune’s real estate market is entering a phase of strategic recalibration,” the report added. Click here to join Express Pune WhatsApp channel and get a curated list of our stories You May Like Even as India and the US negotiate a trade agreement, President Donald Trump on Wednesday announced a 25 per cent tariff on Indian goods from August 1, with an additional but unspecified “penalty” for its defence and energy imports from Russia. In a post on social media platform Truth Social, Trump said India has “the most strenuous and obnoxious non-monetary Trade Barriers of any Country”.</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Where in Delhi can you rent the cheapest house? Find out from a new report</t>
+          <t>Kalpataru shares close over 4% higher after flat debut</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Delhi continues to be the second most expensive city for accommodation after Mumbai.</t>
+          <t>The company proposes to utilise the net proceeds from the IPO towards reducing debt, and for general corporate purposes.</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>August 10, 2025 7:36 pm</t>
+          <t>July 01, 2025 6:41 pm</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/cities/delhi/delhi-affordable-rental-housing-new-report-10181291/</t>
+          <t>https://indianexpress.com/article/business/market/kalpataru-shares-close-over-4-higher-after-flat-debut-10099939/</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>Dwarka Mor and Laxmi Nagar are the areas to find cheapest rental accommodation in Delhi, with rents ranging from Rs 13,700 to Rs 16,100 for two-bedroom apartments. Rental rates in the national capital have increased by approximately 36.8 per cent compared to last year, as it continues to be the most expensive city for accommodation after Mumbai, where rents exceed double those in Delhi. These findings are from real estate platform Magicbricks Rental Index for April-June this year. As per the report, Chhatarpur in South Delhi also emerged as an area where people can find cheap rentals, with average monthly rent for two-bedroom flats being Rs 20,500 and Rs 37,500 for three-bedroom units. “New Delhi’s rental market continues to grow steadily, backed by its status as the national capital and a hub for professionals, students, and migrants from across the country,” the report notes. “Localities like Dwarka, Saket and South Delhi remain highly sought after due to their strong connectivity, metro access and established metro infrastructure. Ongoing metro expansions, urban renewal projects and improved civic amenities are further enhancing rental appeal across the country,” it adds. Two-bedroom flats in Saket and Mayur Vihar 1 both command average monthly rents of Rs 28,300. The most expensive localities are Vasant Kunj and Lajpat Nagar. Two-bedroom flats in Vasant Kunj have a monthly rent of Rs. 46,500, and three-bedroom flats have a rent of Rs 71,800. In Lajpat Nagar, the monthly rent for two-bedroom and three-bedroom apartments is Rs 38,600 and Rs 62,500, respectively. According to data from the report, there is a mismatch in the nature of supply and demand in the rental market. While there is a higher demand for smaller and cheaper rental flats, supply favours larger and expensive flats. As per the report, 40 per cent of the demand for rental accommodations in Delhi is in the Rs 10,000 to Rs 20,000 segment, and 19 per cent of the demand comes from the Rs 20,000 to Rs 30,000 segment. However, for the 59 per cent of demand in the Rs 10,000 to Rs. 30,000 segment, only 33 per cent of the supply is accounted for. On the other hand, while flats with rents above Rs 50,000 account for just 11 per cent of the demand, 38 per cent of the supply is this segment. In the rental market, 33 per cent of the demand is for one-bedroom flats, but only 15 per cent of the available supply falls within this category. In contrast, three-bedroom apartments represent only 20 per cent of the demand, while 40 per cent of the supply comprises these larger units. Devansh Mittal is a trainee correspondent with The Indian Express. He studied political science at Ashoka University. He can be reached at devansh.mittal@expressindia.com.                        ... Read More Stay updated with the latest - Click here to follow us on Instagram The Allahabad High Court has requested an affidavit from the Director General of Police of Uttar Pradesh regarding a former SP who was accused of threatening a sessions court judge 37 years ago. The judge's comments were deemed "damning" and the court is seeking information on the officer's current status and any actions taken against him, along with other mentioned officers.</t>
+          <t>Real estate developer Kalpataru Ltd’s shares made a flat debut on both the NSE and BSE, listing at Rs 414 apiece, the same as the issue price. However, after making a weak debut, Kalpataru Ltd’s share price ended over 4 per cent higher on the exchanges. The price band of Kalpataru Ltd’s initial public offering (IPO) was fixed between Rs 387 and Rs 414 per share. The share price of the real estate player opened at Rs 414 a share each on the BSE and NSE on Tuesday. On BSE, Kalpataru’s share price rose 4.78 per cent to close the session at Rs 433.80 apiece. On NSE, its shares gained 4.42 per cent to end at Rs 432.3 per share. The Rs 1,590-crore IPO of Kalpataru Ltd, which closed on June 26, was subscribed 2.26 times. It received total bids for 5.15 crore equity shares, as against 2.28 crore shares offered. The qualified institutional buyers’ (QIBs) portion was subscribed 3.12 times and the retail portion witnessed a subscription of 1.29 times. The non-institutional investors’ (NII) portion was subscribed 1.31 times. The company raised Rs 708 crore from anchor investors. GIC, a global long-term investor managing Singapore’s foreign reserves and Bain Capital, a global private investment firm, subscribed to a bulk of the anchor investor portion. Domestic and anchor investor lists included SBI Mutual Fund and ICICI Prudential MF; long-only leading insurance companies such as SBI General Insurance, Aditya Birla Sun Life Insurance; and 360 ONE WAM among others. Other anchor investors include Taurus Mutual Fund and Ayushmat Ltd. The company proposes to utilise the net proceeds from the IPO towards reducing debt, and for general corporate purposes. Kamlochan Kashyap, Deputy Inspector General of South Bastar, first encountered Madvi Hidma in 2007 after a deadly Maoist attack. Hidma rose to become a formidable leader, leading Battalion 1 in numerous deadly attacks on security forces. Despite years of pursuit, Hidma remained elusive due to challenging terrain and lack of police presence.</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Real estate market of Pune sluggish as demand has softened: Report</t>
+          <t>Looking for affordable houses in Delhi-NCR? Here's why it will be difficult.</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>As per the report, prices of new projects launched are down by 4.73 per cent over the last year.</t>
+          <t>Many of the potential buyers interested in the affordable segment work in the unorganised sector, which was severely hit by the pandemic</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>July 12, 2025 8:59 pm</t>
+          <t>April 27, 2025 10:39 am</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/cities/pune/real-estate-market-of-pune-sluggish-as-demand-has-softened-report-10122615/</t>
+          <t>https://indianexpress.com/article/cities/delhi/over-5-years-affordable-houses-see-a-dip-as-luxury-units-in-delhi-ncr-grow-post-pandemic-report-9967729/</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>The bi-annual report recently released by The Gera Developments Private imited (GDPL) highlights that after seven years of consistent growth in prices, sales and supply, the market is experiencing a consolidation phase driven by ‘sticker shock’, the cumulative effect of rising prices and increasing home sizes. The Gera Pune Residential Realty Report says, “While prices rose at a moderate 7.31% year-on-year, this still added significantly to total ticket sizes. Over the past five years, prices have climbed by 40% and average home sizes by 25%, resulting in an overall 76% increase in the average sticker price. Consequently, buyers in the Budget and Upper-mid segments are facing affordability challenges, while affluent buyers are gravitating towards larger, more comfortable homes.” Speaking about the market shifts at a press conference in the city, Rohit Gera, Managing Director, Gera Developments Private Limited, said, “We are witnessing the market respond to a steep escalation in total ticket size, what we’re calling Sticker Shock. Even though interest rates have come down over the last 6 months, affordability remains a concern as the total outgo for buyers has increased by 76 per cent over five years. The steep increase in sticker price has led to sticker shock and has caused people to slow down their purchase decision, resulting in the demand softening.” Gera added, “Developers are responding cautiously by slowing new launches and recalibrating configurations. I expect smaller home sizes to return to the market, making homes more affordable not through pricing corrections but by offering compact yet efficient layouts. For buyers, this is a critical time – choosing projects by developers with strong financial stability is more important than ever.” As per the report, prices of new projects launched are down by 4.73 per cent over the last year, while the overall market is still on an uptrend.  East Pune recorded the highest price appreciation across the city marking a 9.6 per cent growth followed by West Pune which saw a 6.8 per cent appreciation. Currently Pune has 2,605 residential projects under development, up by 6.7% since June 2024. However, the market is consolidating, small projects (&lt;100 units) fell 39% since 2018, while large projects (&amp;gt;500 units) surged by 70%, the report said Areas such as Hinjewadi, connected by the new Metro corridors, have seen stable pricing and increased traction from affordability-focused buyers. “Pune’s real estate market is entering a phase of strategic recalibration,” the report added. Click here to join Express Pune WhatsApp channel and get a curated list of our stories The Allahabad High Court has requested an affidavit from the Director General of Police of Uttar Pradesh regarding a former SP who was accused of threatening a sessions court judge 37 years ago. The judge's comments were deemed "damning" and the court is seeking information on the officer's current status and any actions taken against him, along with other mentioned officers.</t>
+          <t>Affordable and mid-end housing sections – priced below Rs 40 lakh and between Rs 40 lakh to Rs 80 lakh, respectively – comprised 72% of the total residential units added to the inventory in Delhi-National Capital Region (NCR) in 2019. Five years later, this figure has shrunk to 15%. Specifically, the share of newly-launched houses priced below Rs 40 lakh dropped sharply from 62% in 2020 to 11% last year. Meanwhile, units under luxury and ultra luxury sections – worth Rs 1.5 crore and above – have seen a massive jump, with 70% of such houses added to the market in 2024, up from only 13% in 2019. As many as 59% of such houses added to the market last year were worth more than Rs 2.5 crore, a report released by real estate consultancy Anarock, titled ‘NCR Real Estate – A Beacon of Growth and Opportunity’, stated. Amid the reasons cited by the report for this development is the Covid-19 pandemic.  Many of the potential buyers interested in the affordable segment work in the unorganised sector, which was severely hit by the pandemic. “This diminished their ability to buy a house,” said Prashant Thakur, Head of Research and Advisory, Anarock. At the other end of the income spectrum, however, the report stated that people wanted bigger livable spaces post pandemic. Further, Thakur said that many of the incentives offered to builders and buyers since 2015 in regard to affordable housing had expired in the last one or two years, making this sector unappealing to both groups. “Next, rising costs for land acquisition and construction, and need to get approvals have led builders to prioritise higher-end projects over affordable housing, which typically has thin profit margins,” Thakur said. The report also highlighted that the robust performance of capital markets in the recent past has led to an increased availability of disposable wealth among individuals, who consequently aspire to buy “superior” residences, which have certain amenities, architectural designs and a prestigious location. As a result, many of the potential buyers of affordable houses have had to be content with renting, rather than purchasing a residence, Thakur said. The residential real estate market in NCR spans over 55,000 sq km across Delhi and certain districts of Haryana, Uttar Pradesh, and Rajasthan. According to the report, due to the pandemic as well as the result of a number of stalled projects, the NCR housing market had witnessed weakened demand, limiting new launches and stagnating price growth. But government reforms, the key being the introduction of Real Estate Regulatory Authority (RERA), and a number of infrastructural projects like Eastern and Western Peripheral expressways, Dwarka Expressway and an expanding Metro network, have led to a revival in the region’s market, it added.  The report further said that residential property prices in NCR have surged by 81% over the last five years. Leading the price growth is Greater Noida, which witnessed a staggering 98% increase — from Rs 3,340 per sq ft in the first quarter (Q1) of 2020 to Rs 6,600 per sqft in Q1 2025. The upcoming international airport in Jewar near Greater Noida and other infrastructure developments in the area have led to increased interest among homebuyers and investors, the report said. Noida followed with a 92% jump in average property prices to Rs 9,200 per sq ft, while Gurgaon saw an 84% rise to Rs 11,300 per sq ft. Delhi continued to have the highest average property prices at Rs 25,200 per sq ft, though it posted a relatively modest increase of 38%. It is important to note that the report only studies housing projects registered with the Real Estate Regulatory Authority (RERA), under which only projects either built on land bigger than 500 sq m or having more than eight apartments, have to be registered. The report also leaves out residences built by the government. Only housing in the private organised sector, leaving out both government projects and individual plotted development — both of which are prevalent in the Capital — were studied. Therefore, it did not take into account the massive inventory of the Delhi Development Authority in the Capital. Despite price hikes, NCR’s unsold housing inventory dropped 51% in the five-year period, the report noted. From around 1.73 lakh units in the first quarter of 2020, the inventory fell to about 84,500 units by Q1 2025. Noida recorded the sharpest fall in unsold stock — down by 72% — followed by Ghaziabad (58%) and Greater Noida (56%). Inventory overhang—a key metric indicating how long it would take to clear current unsold stock—fell dramatically from 88 months in 2020 to just 17 months in 2025. The report also identified key growth corridors in NCR such as Sohna, New Gurgaon, Dwarka Expressway and Greater Noida West. Devansh Mittal is a trainee correspondent with The Indian Express. He studied political science at Ashoka University. He can be reached at devansh.mittal@expressindia.com.                        ... Read More Stay updated with the latest - Click here to follow us on Instagram You May Like Karnataka's Chief Electoral Officer issued a notice to Rahul Gandhi asking for evidence to support his "vote chori" allegations in the Mahadevapura Assembly segment. Gandhi claimed that one Shakun Rani had voted twice, but the preliminary inquiry revealed that the document shown by him was not issued by the polling officer.</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Kalpataru shares close over 4% higher after flat debut</t>
+          <t>Building Pune: 2.12 km stretch of Sinhagad road flyover to open next month</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>The company proposes to utilise the net proceeds from the IPO towards reducing debt, and for general corporate purposes.</t>
+          <t>The objective of the flyover is to address the traffic chaos at Rajaram bridge junction and ease the traffic flow on Sinhagad road, making it easier for pedestrians to cross the road.</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>July 01, 2025 6:41 pm</t>
+          <t>April 24, 2025 9:37 pm</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/business/market/kalpataru-shares-close-over-4-higher-after-flat-debut-10099939/</t>
+          <t>https://indianexpress.com/article/cities/pune/building-pune-sinhagad-road-flyover-open-next-month-9964036/</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>Real estate developer Kalpataru Ltd’s shares made a flat debut on both the NSE and BSE, listing at Rs 414 apiece, the same as the issue price. However, after making a weak debut, Kalpataru Ltd’s share price ended over 4 per cent higher on the exchanges. The price band of Kalpataru Ltd’s initial public offering (IPO) was fixed between Rs 387 and Rs 414 per share. The share price of the real estate player opened at Rs 414 a share each on the BSE and NSE on Tuesday. On BSE, Kalpataru’s share price rose 4.78 per cent to close the session at Rs 433.80 apiece. On NSE, its shares gained 4.42 per cent to end at Rs 432.3 per share. The Rs 1,590-crore IPO of Kalpataru Ltd, which closed on June 26, was subscribed 2.26 times. It received total bids for 5.15 crore equity shares, as against 2.28 crore shares offered. The qualified institutional buyers’ (QIBs) portion was subscribed 3.12 times and the retail portion witnessed a subscription of 1.29 times. The non-institutional investors’ (NII) portion was subscribed 1.31 times. The company raised Rs 708 crore from anchor investors. GIC, a global long-term investor managing Singapore’s foreign reserves and Bain Capital, a global private investment firm, subscribed to a bulk of the anchor investor portion. Domestic and anchor investor lists included SBI Mutual Fund and ICICI Prudential MF; long-only leading insurance companies such as SBI General Insurance, Aditya Birla Sun Life Insurance; and 360 ONE WAM among others. Other anchor investors include Taurus Mutual Fund and Ayushmat Ltd. The company proposes to utilise the net proceeds from the IPO towards reducing debt, and for general corporate purposes.  India and South Africa are set to face off in the 2nd ODI match with India looking to seal the series. They are expected to stick with the same winning combination from the 1st ODI, but may make a change depending on the dew factor. Meanwhile, South Africa is likely to make a change with Temba Bavuma returning to the team and possibly replacing Prenelan Subrayen with Keshav Maharaj.</t>
+          <t>The much awaited flyover on Sinhagad road is all set to open for public soon as the Pune Municipal Corporation (PMC) has almost completed work of its 2.2 km long lane from Vithalwadi to Funtime theatre while the work on the opposite lane of 1.54 km from Indian Hume Pipe to Inamdar chowk will be completed in June. The PMC completed Phase-1 of the project which is a 520 metre long flyover on Sinhagad road at Rajaram bridge chowk in August last year, after the opposition criticised the civic administration for delaying its inauguration due to unavailability of ministers. The focus had then shifted to complete the largest part of the flyover in Phase-2 that will allow commuters to avoid five traffic signals on the congested road. The project is pegged at Rs 118.37 crore and additional Rs 27 crore for the metro pillars. The second phase includes a 2.12-km flyover on one side from Vithalwadi to Fun Time theatre and a 1.54-km flyover from Indian Hume Pipe to Inamdar chowk. “The work of the 2.12 km lane is complete except for signages and other small things. It can be opened by next week. However, the work of the opposite 1.54 km stretch will be complete only in June,” said Yuvraj Deshmukh, Chief Engineer of PMC.
+Municipal Commissioner Rajendra Bhosale inspected the 2.12 km long flyover to check its completion. The flyover project will help motorists avoid traffic signals at Vitthalwadi, Hingne Khurd, Anandnagar, Bramha hotel and Goel Ganga chowk while going from Vithalwadi to Funtime theatre on Sinhagad road. The other lane of the flyover will help avoid traffic signals at Bramha hotel, Anandnagar and Hingne Khurd. The objective of the flyover is to address the traffic chaos at Rajaram bridge junction and ease the traffic flow on Sinhagad road, making it easier for pedestrians to cross the road. It will make travel to Swargate much easier and also help in fuel consumption for vehicles that otherwise get stuck in traffic jams. The flyover work was delayed after it was decided to make provision for constructing pillars for metro stations on the proposed metro route from Khadakwasla to Hadapsar via Swargate. “The foundation for pillars of the proposed metro station for elevated routes at Manik Baug and Hingane Khurd has been done. It has increased the project cost by additional Rs 27 crore,” he said. There was a controversy over the project as it falls on Pune Metro’s planned route. Union minister Nitin Gadkari, who laid the foundation stone for the project three years ago, had urged officials to explore the possibility of a two-storey bridge with Metro on top and a bridge for vehicles on the first floor, similar to Karve road in the city and a few places in Nagpur. The Metro work is likely to start after the flyover is complete as it is awaiting approval of the state government. Ajay Jadhav is an Assistant Editor with The Indian Express, Pune. He writes on Infrastructure, Politics, Civic issues, Sustainable Development and related stuff. He is a trekker and a sports enthusiast.
+Ajay has written research articles on the Conservancy staff that created a nationwide impact in framing policy to improve the condition of workers handling waste. 
+Ajay has been consistently writing on politics and infrastructure. He brought to light the lack of basic infrastructure of school and hospital in the hometown of Maharashtra Chief Minister Eknath Shinde even as two private helipads were developed by the leader who mostly commutes from Mumbai to Satara in helicopter.
+Ajay has been reporting on sustainable development initiatives that protects the environment while ensuring infrastructure development.                         ... Read More Click here to join Express Pune WhatsApp channel and get a curated list of our stories You May Like The increase in US tariffs on shrimp imports from India will greatly affect Andhra Pradesh's shrimp farmers, forcing many to shut down or switch to less profitable species. This is due to the US market accounting for 40% of India's shrimp exports and the industry facing competition from Ecuador with lower tariffs. The state government is looking into ways to support the farmers.</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
@@ -6835,259 +6605,248 @@
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Content</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>'After labour, land and power reforms need to be worked on': FICCI President</t>
+          <t>Railways launches new policy to boost bulk cement transport; sets freight rate at Rs 0.90 per tonne/km</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>The Indian Industry should not complain about cost increase from labour codes, according to new FICCI President and RPG Group Vice Chairman Anant Goenka.</t>
+          <t>The new rate for bulk cement has been rationalised to Rs 0.90 per tonne per km. Earlier, it was based on different distance bands.</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2025-12-02T19:29:39+05:30</t>
+          <t>2025-11-19T00:10:11+05:30</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/business/labour-land-power-reforms-worked-on-ficci-president-10398532/</t>
+          <t>https://indianexpress.com/article/business/commodities/railways-launches-new-policy-to-boost-bulk-cement-transport-sets-freight-rate-at-rs-0-90-per-tonne-km-10373172/</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>After labour, land and power reforms need to be worked on next to reduce the cost of doing business and logistics, ANANT GOENKA, the new President of Federation of Indian Chambers of Commerce &amp; Industry (FICCI) said on Tuesday. “With infrastructure spending, logistics costs are coming down. But certainly, something can be done on cross-subsidisation of power and acquisition of land…,” told The Indian Express. The comments by Goenka, Vice Chairman of the RPG Group, come after the four new labour codes were notified last month, with the government pushing through a number of other measures amid the US’ steep 50 per cent tariff on India.
-[...15 lines deleted...]
-If you look at our FTAs in the past, with maybe Japan and South Korea, they’ve not worked because of non-tariff barriers. But if you look at the FTAs (signed) in the last 2-3 years, they have been far more comprehensive and the advantage that we’ve been able to get out of them has been far higher.</t>
+          <t>As part of efforts to diversify the transportation of commodities via rail to meet new demands, Minister for Railways Ashwini Vaishnaw on Tuesday launched a new policy to facilitate the movement of bulk cement, along with a new rate.
+The new rate for bulk cement has been rationalised to Rs 0.90 per tonne per km. Earlier, it was based on different distance bands.
+Vaishnaw said that the policy will ensure the supply of bulk cement from plants to terminals near consumption centres in specialised wagons, which will be cost-effective and environmentally friendly. The Railways will also facilitate the setting up of bulk cement terminals across the country under its Bulk Cement Terminal policy, the Minister said.
+The consumption of bulk cement, in place of bagged cement, is increasing, and in some metro cities, it has crossed a 50 per cent share.
+“The policy has been launched while keeping the middle class in mind, which will help them to get construction material at reduced price. The policy will cut down the transportation costs by 30 per cent. Earlier the freight rate was in slabs. For example, the plant at 200 km and 210 km had to pay different rates, whereas there is not much difference in the distance between them. Now, it is the flat rate of Rs 0.90 per tonne per km for actual distance. Now it will not matter how far the cement plant is, it has now become uniform and has eliminated the biases,” said Vaishnaw.
+He further said that with the implementation of the Gati Shakti Multi-Modal Cargo Terminal Policy, the construction of the terminal or railway sidings has become easy. “With the new policy, we will see many cement terminals now. The CONCOR has launched a special container for the bulk cement transportation, which will be pollution-free. In the next reform we will focus on another industry,” the Minister said.
+Almost 17 per cent of the total cement transported in a year moves via the Railways. During FY25, a total of 87 million tonnes (MT) of cement was transported via the Railways. Out of this, 80 MT of cement was bagged (in covered wagons) and 7 MT was bulk cement transported through special wagons and containers. Total freight loading by the Railways during the period was over 1,600 MT, of which coal had the highest share at almost 50 per cent.
+Vaishnaw said that with this policy, the Railways is targeting an increase in its share of bulk cement vis-a-vis road to 30 per cent in the next five years.
+Cement Manufacturers’ Association secretary general Aparna Sharma said that the policy will ensure the faster movement of cement.
+“If you look at the cement industry, almost 18-20 per cent of the cement consumption is bulk, and of this, 10 per cent bulk cement is moved by the Railways. Also, given the fact that we are looking at a market where 60-65 per cent of the cement consumption is dominated by under 300 km distance. In this segment, we do not find bagged movement very viable. So, the policy appears timely, it will ensure the faster movement,” said Sharma.
+Railway officials said that facilities such as hoppers, silos, bagging plants, etc. will be developed under the policy, which will help in unloading the cement. For this, the Railways will provide its land and give concession to the cement companies to develop the bulk cement handling terminals.</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Air India officials involved in letting aircraft operate without licence de-rostered, plane grounded: DGCA</t>
+          <t>Raising global capital to fund decarbonisation ‘very, very difficult’, says former MoS Jayant Sinha</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Air India is also conducting an internal investigation into the matter on the DGCA’s instructions to identify deficiencies in its systems and put corrective measures in place.</t>
+          <t>The comment, by former Minister of State for Finance Jayant Sinha, comes amid the ongoing COP30 meeting in Brazil.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2025-12-03T07:21:56+05:30</t>
+          <t>2025-11-18T22:29:00+05:30</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/business/air-india-officials-involved-in-letting-aircraft-operate-without-license-de-rostered-plane-grounded-dgca-10398487/</t>
+          <t>https://indianexpress.com/article/business/global-capital-decarbonisation-difficult-former-mos-jayant-sinha-10373066/</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>Air India officials who allowed an aircraft to operate with an expired airworthiness certificate have been de-rostered pending a probe by India’s aviation safety regulator Directorate General of Civil Aviation (DGCA), and the Tata group airline was instructed to ground that aircraft, the regulator said Tuesday. Air India is also conducting an internal investigation into the matter on the DGCA’s instructions to identify deficiencies in its systems and put corrective measures in place.
-[...8 lines deleted...]
-“When the spotlight is on us, it’s crucial to offer timely, clear and accurate information and the right context. So over recent weeks we have been even more transparent than usual in reporting incidents and events, however small. This transparency will, over time, help build trust. In the short term though, it naturally results in an uptick of news coverage, and with more than 1,200 departures every single day—nearly one every minute—across the Air India Group, it can seem like a lot,” Wilson had said.</t>
+          <t>Casting doubt over various estimates of financing required to decarbonise India, former Minister of State for Finance Jayant Sinha has warned that raising global capital to fund such endeavors is “very, very difficult” and that even Indian corporate capital expenditure has not been what may be conservatively required to mitigate climate change due to carbon emissions from power, transport, steel, and cement sectors.
+Referring to the findings of various studies, Sinha said at a seminar on Tuesday that $50 billion-$100 billion of additional corporate capital expenditure in the current decade was needed for India to be on a meaningful decarbonisation path. But this would be difficult, he said, considering corporate capex in India has flattened in recent years.
+The seminar discussed a recent report by former Reserve Bank of India Deputy Governor Rakesh Mohan and former Executive Director Janak Raj, both of whom are now at New Delhi-based think-tank Centre for Social and Economic Progress (CSEP). As per the report by Mohan and Raj, India’s annual climate finance requirement for 2022-2030 is $54 billion. In contrast, the Larry Summers and NK Singh-led independent expert group formed under India’s G20 Presidency in 2023 estimated additional annual spending of $3 trillion by developing countries by 2030.
+Sinha, who was Minister of State for Finance from late 2014 to mid-2016 and then in the civil aviation ministry for the subsequent three years, is currently the President of Mumbai-based sustainable and climate investment private equity firm Eversource Capital. Before his decade-long stint as Member of Parliament that ended in June 2024, he was a Partner at consulting firm McKinsey for over 13 years and Partner and Managing Director for India at philanthropic investment firm Omidyar Network, among other positions.
+Sinha also warned that global capital was not interested in investing in India’s capital-intensive infrastructure projects when better opportunities were available in developed markets such as the US in high-return sectors such as artificial intelligence (AI).
+“I say this as President of Eversource Capital. I am in the middle of this set of issues in terms of raising capital… And it is very, very difficult. Global capital, frankly, just looks at it and says ‘If I can put capital in an AI data centre in Virginia and get 18 per cent dollar (return), why would I go for 15 per cent rupee IRR (internal rate of return)?’ No fiduciary, no pension fund, no insurance company is going to put (in) money,” Sinha said.
+The internal rate of return is a measure of profitability of an investment.
+“Whether global capital is going to come in and fill in a $15 billion gap or $54 billion gap is a theoretical question. The practical question is can we mobilise large pools of domestic capital so that we are in control of our destiny.”
+According to the former minister, for the country to achieve the government’s objective of net zero greenhouse gas emissions by 2070, coal-fired power plants will have to be shuttered by the mid-2040s.
+“We have to be on a very different decarbonisation trajectory from what the government is saying. And all that the government has right now is for the power sector… For the other industrial sectors, there is no baseline case right now. But if we take the baseline case for power and then start to estimate what it will take under current course of speed, there is a very different decarbonisation trajectory that ends up happening…and the Net Zero 2070 projections have to be much sharper,” Sinha said.</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>RBI Ombudsman report: Private banks emerge as biggest source of customer grievances, credit card complaints spike</t>
+          <t>With QCO rollbacks underway, Commerce Ministry weighs quick response to dumping concerns</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Annual Report of the Ombudsman Scheme 2024-25 released by Reserve Bank of India.</t>
+          <t>Amid a comprehensive revamp of quality control orders (QCOs) that have resulted in rollbacks of standards on over 20 products, which could rise to 208 products if Niti Aayog’s suggestions are implemented, imports are likely to increase.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2025-12-03T06:41:53+05:30</t>
+          <t>2025-11-18T22:44:27+05:30</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/business/rbi-ombudsman-report-private-banks-customer-grievances-credit-card-complaints-spike-10398629/</t>
+          <t>https://indianexpress.com/article/business/qco-rollbacks-commerce-ministry-quick-response-dumping-10373058/</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Credit cards emerged as a major source of customer complaints in FY2025, with grievances in this segment rising far more than in other areas of banking, according to the Annual Report of the Ombudsman Scheme 2024-25 released by the Reserve Bank of India (RBI).
-[...9 lines deleted...]
-Small finance banks, though smaller in scale, recorded the most dramatic surge. Complaints against them jumped 42 per cent year-on-year, signalling operational strains as these banks broaden their reach in underserved markets.</t>
+          <t>The anti-dumping wing of the Commerce and Industry Ministry, Directorate General of Trade Remedies (DGTR), is weighing provisional legal measures aimed at a quicker response to industries’ concerns over dumping of goods from various countries, a senior government official said.
+Amid a comprehensive revamp of quality control orders (QCOs) that have resulted in rollbacks of standards on over 20 products, which could rise to 208 products if Niti Aayog’s suggestions are implemented, imports are likely to increase. This comes at a time when US tariffs globally are reshaping trade flows, particularly impacting Chinese goods. While China’s exports to the US have dipped, exports to other countries, including India, are on the rise.
+“We are strengthening our DGTR framework to see that we can respond to industry’s concerns over dumping in a time-bound and faster manner. A time frame has been set internally to complete investigations swiftly. We are looking at provisional measures required in any case where there is clear evidence of an injury to the domestic industry. These are legal provisions that other countries are also using,” the official said.
+According to the World Trade Organisation (WTO), dumping is when a country exports a product at a price lower than its “normal value,” which is usually the domestic price or below the cost of production. Dumping itself is not illegal, but the WTO allows importing countries to take action against it if it causes material injury to their domestic industries. These actions are known as anti-dumping measures and are governed by the WTO’s Anti-Dumping Agreement.
+QCO rollbacks feared to push imports higher
+Former trade officer and head of think tank Global Trade Research Initiative (GTRI), Ajay Srivastava, said that as QCOs are rolled back, India must closely monitor import trends—daily if required—to ensure the absence of quality rules does not trigger a surge of dumped or sub-standard materials.
+“For polymers, fibres, metals and intermediates where QCOs have been withdrawn, global suppliers may attempt to offload excess inventory at predatory prices. Continuous surveillance of customs data, DGTR alerts, and landed price patterns will help the government act swiftly through anti-dumping, safeguard or tariff-rate measures if unfair trade practices emerge. This approach preserves the benefits of the QCO rollback—lower costs, smoother supply chains—while protecting domestic industry from injury caused by dumped imports,” Srivastava said.
+Amid trade shock due to US tariffs, India’s overall exports in October registered a 12 per cent decline. At the same time, imports surged to a record $76 billion. While the surge was primarily led by a 200 per cent surge in gold import bill, non-oil and non-gold imports have also gone up by 12 per cent, official data released by the Commerce and Industry Ministry on Monday showed.
+Imports at record high
+In the absence of a trade deal with the US, the risk of a further decline in exports and a surge in imports could put further pressure on the trade deficit, which also surged to its highest at $41 billion in October. In what could increase the import bill further, Indian public sector refiners on Monday signed a one-year deal for American liquefied petroleum gas (LPG) imports. However, the government expects a range of measures, from a loan moratorium to the Export Promotion Mission (EPM), to help export growth.
+A working paper released by the Centre for Social and Economic Progress (CSEP) in September this year had said that imports fell by 13 per cent in the year after a QCO notification and by 24 per cent over the long term, indicating the impact of a sharp rise in QCOs during the last three years.
+“Intermediate goods face the steepest decline. QCOs lead to a 16 per cent reduction in imports in the year of notification, a 17.5 per cent decline in the subsequent year, and a 30 per cent fall over the long term. Overall, QCOs suppress imports — especially of intermediate inputs critical to domestic production — without improving export performance, challenging their efficacy in boosting competitiveness,” the CSEP report said.
+The surge in the use of these orders has had a substantial impact on supply chains. Between 2016 and 2025, the number of products brought under mandatory QCO coverage grew from fewer than 70 to nearly 790, including one Omnibus Technical Requirement (OTR) that covers 20 products. The implementation of QCOs restricts the import, manufacturing, distribution or sale of products covered under the orders without a Standard Mark, except under a valid licence from the Bureau of Indian Standards (BIS).</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>India-US deal uncertainty puts over $2 billion worth of summer apparel orders at risk</t>
+          <t>Looking to double investor base in 3-5 years: Sebi Chairman</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>The absence of a trade deal would push the bulk summer orders to competitors such as Bangladesh, Vietnam and even China, which face lower tariffs compared to the highest tariffs of 50 per cent imposed on India.</t>
+          <t>Last week, the National Stock Exchange of India (NSE) said its total unique trading accounts surpassed 24 crore. The number of unique registered investors stood at 12.2 crore as of October 31, 2025, the exchange said.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2025-12-02T12:15:42+05:30</t>
+          <t>2025-11-18T06:24:58+05:30</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/business/india-us-deal-uncertainty-puts-over-2-bn-worth-of-summer-apparel-orders-at-risk-10397448/</t>
+          <t>https://indianexpress.com/article/business/market/looking-to-double-investor-base-in-3-5-years-sebi-chairman-10371622/</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>Negotiations between Indian apparel manufacturers and US importers have stalled for summer orders, worth around $2 billion for Indian exporters, The Indian Express has learnt. This comes amid uncertainty among domestic suppliers about the tariff rates that would apply once the India-US trade deal is concluded. The joint statement released by the two countries in February this year had said that a deal would be reached by fall.
-[...10 lines deleted...]
-“As only 24 per cent of the textile production is exported and 76 per cent caters to the domestic demand in India, the indirect effect is muted… As retailing has a high fixed cost, e-commerce has facilitated the growing B2C relationships. While the tariff shock may not affect the domestic B2C costs, it will hurt exports. As this platform facilitates small producers to export, adverse action by these big retailers will impact the small producers and exporters,” the report said.</t>
+          <t>The Securities and Exchange Board of India (Sebi) aims to double the number of unique investors in the country over the next three to five years, Chairman Tuhin Kanta Pandey said on Monday.
+“We are looking at double the number of investors. I think that is more than the population of several countries put together. If we add another 100 million investors…,” Pandey said when asked what would make him happy over the next three to five years. He was speaking at the CII Financing Summit.
+Last week, the National Stock Exchange of India (NSE) said its total unique trading accounts surpassed 24 crore. The number of unique registered investors stood at 12.2 crore as of October 31, 2025, the exchange said.
+Citing a Sebi survey, Pandey said that around 63 per cent of investors are aware of the securities market, but only 9.5 per cent of households have yet invested. The survey also showed that nearly 22 per cent of households are looking to invest in the securities market some way or other over the next 12 months.
+He further said over the past ten years, capital markets — equity and debt together — have facilitated average issuances of roughly Rs 9.5 lakh crore every year. Even in the current financial year, from April to October of FY26, equity capital raised has already crossed Rs 2.5 lakh crore, while corporate bond issuances have touched almost Rs 5.5 lakh crore in the first seven months, reflecting strong market buoyancy.
+The growth of the mutual fund industry, from Rs 12 lakh crore in FY16 to nearly Rs 80 lakh crore at present, signifies the emergence of millions of first-time savers as stakeholders in India’s growth. The rise of the Alternative Investment Fund (AIF) ecosystem, from a modest Rs 0.2 lakh crore in FY16 to more than Rs 6 trillion currently, marks another shift: risk capital is flowing into startups, early-stage ventures and new-economy businesses at a scale that was unimaginable even a decade ago, he said.
+“The securities market is no longer a passive mirror of the economy — it is an active partner in nation-building,” he said.</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Big reset for insurance sector as govt readies sweeping reform Bill</t>
+          <t>In ‘historic first’ deal, India to source 10% LPG imports from US in 2026</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>To implement the higher FDI cap, the government will amend the Insurance Act, 1938, the Life Insurance Corporation Act, 1956, and the Insurance Regulatory and Development Authority Act, 1999. Sitharaman has already indicated that the draft Bill will be tabled in Parliament shortly.</t>
+          <t>Move comes as New Delhi looks to shrink trade surplus with Washington</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2025-12-01T22:50:48+05:30</t>
+          <t>2025-11-18T01:42:20+05:30</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/business/insurance-sector-big-reset-govt-sweeping-reform-bill-10396681/</t>
+          <t>https://indianexpress.com/article/business/historic-first-deal-india-to-source-10-lpg-imports-from-us-in-2026-10371141/</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>The government’s decision to introduce the Insurance Laws (Amendment) Bill, 2025 in the sixth session of 18th Lok Sabha sets the stage for a forward-looking, cohesive reform package that could define the next decade of India’s underpenetrated insurance sector. Industry stakeholders expect the Bill to receive final approval, unlocking the sector’s full potential for growth, capital inflows and innovation.
-[...13 lines deleted...]
-The Bill is also expected to allow individual insurance agents to sell policies from multiple insurers by removing the present restriction that limits them to one life and one general insurer. This flexibility will expand distribution channels, strengthen competition, and enhance customer choice.</t>
+          <t>As India looks to increase its energy trade with the US amid trade pact negotiations, Indian public sector refiners have signed a one-year deal for American liquefied petroleum gas (LPG) imports, marking the first structured contract of US LPG for the domestic market.
+The term deal, which Petroleum Minister Hardeep Singh Puri called a “historic first”, is for imports of around 2.2 million tonnes per annum (MTPA) of LPG, close to 10% of India’s annual imports.
+It comes at a time when India is looking to shrink its trade surplus with the US — one of the issues flagged by President Donald Trump when he slapped the 50 per cent tariff on incoming Indian goods. Government data released Monday showed that India’s trade surplus with the US had halved to $1.45 billion between April and October.
+Trump had also brought up India’s heavy imports of Russian crude oil while imposing the tariffs, which took effect in August. The past few months have seen Indian refiners increasing oil imports from the US. Sources in the Indian government have indicated that India could step up US energy imports to finalise the trade agreement to reduce the tariffs.
+On Monday, Puri posted on X: “One of the largest and the world’s fastest growing LPG market opens up to the United States. In our endeavour to provide secure affordable supplies of LPG to the people of India, we have been diversifying our LPG sourcing. In a significant development, Indian PSU oil companies have successfully concluded a 1 year deal for imports of around 2.2 MTPA (million tonnes per annum) LPG, close to 10% of our annual imports—for the contract year 2026, to be sourced from the US Gulf Coast—the first structured contract of US LPG for the Indian market.”
+According to industry sources, the three public sector refiners — Indian Oil Corporation Ltd, Bharat Petroleum Corporation Ltd, and Hindustan Petroleum Corporation Ltd — have awarded their joint tender for US LPG imports in the coming year to Chevron, Phillips 66 and TotalEnergies Trading. The deal’s commercial details were not available.
+LPG is predominantly used as a cooking fuel, with much of India’s requirement being imported from countries like Saudi Arabia, United Arab Emirates, Qatar, and Kuwait. This deal is expected to reduce India’s dependence for LPG on these traditional West Asian suppliers as the country looks to diversify import sources in search of better prices.
+A significant chunk of LPG sales to households in India is subsidised by the government. Over the past few years, the government has made concerted efforts to increase LPG penetration by bringing poor and rural households under the LPG net in a bid to cut the use of traditional and polluting cooking fuels.
+In February, the US President Trump had said during Prime Minister Narendra Modi’s visit that they had agreed to take steps towards making Washington “a leading supplier of oil and gas to India”, which could help bridge the trade deficit. Trump had added that the US will “hopefully” be India’s top oil and gas supplier.
+In September, Commerce Minister Piyush Goyal had said the US would play an important role in India’s energy security going forward.
+India is the world’s third-largest consumer of crude oil with an import dependency of around 88 per cent. The country is also among the biggest importers of liquefied natural gas (LNG), with around half of its natural gas demand being met through imports.
+For the past few years, the US has been the fifth-largest supplier of crude oil to India. It has also been the second-largest supplier of liquefied natural gas (LNG) to India. As for LPG, over 60 per cent of the petroleum fuel’s requirement in India is met through imports.
+Trump said last week that the US will bring down tariffs on India, and that they are close to signing a trade deal.</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:F101"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
@@ -7106,3913 +6865,3571 @@
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Content</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>This Hyderabad Locality Is Quietly Turning Into a Real Estate Hotspot</t>
+          <t>How Celebrity Homes Quietly Shape India’s Middle Class Housing Aspirations</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Kokapet’s rise is powered by proximity to Hyderabad’s Financial District, strong road connectivity, premium housing supply and steady rental demand.</t>
+          <t>Celebrity homes don’t just showcase luxury; they quietly guide how India’s middle class designs and aspires to live. Developers borrow star-style cues to create aspirational homes.</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Wednesday, 03 Dec, 2025</t>
+          <t>Wednesday, 19 Nov, 2025</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/this-hyderabad-locality-is-quietly-turning-into-a-real-estate-hotspot-123008.html</t>
+          <t>https://www.rprealtyplus.com/news-views/how-celebrity-homes-quietly-shape-indias-middle-class-housing-aspirations-122791.html</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>On the western edge of Hyderabad, where glass-fronted office towers blur into gated residential clusters, Kokapet has quietly rewritten the city’s housing story. Once seen as a peripheral suburb, Kokapet today stands at the crossroads of rapid infrastructure growth and rising lifestyle aspirations. Its nearness to the Financial District has turned it into one of the most watched residential markets in the city.
-[...8 lines deleted...]
-Kokapet today mirrors the broader shift within Hyderabad’s real estate landscape. It represents the city’s westward push, where employment, infrastructure and lifestyle housing are converging into a single urban narrative. For homebuyers who seek proximity to work without surrendering space and comfort, Kokapet is no longer an emerging address. It has decisively arrived.</t>
+          <t>Bollywood homes have always been more than glamorous addresses. They sit in the public imagination as symbols of achievement, lifestyle and belonging. Over the years, these star residences have quietly influenced how middle class India thinks about comfort, design and what a “dream home” should feel like. Builders pay attention to this cultural pull, and buyers respond to it. Somewhere between glossy celebrity house tours and everyday family decisions, a new style of housing has taken shape.
+Shah Rukh Khan’s Mannat, with its grand entrance and sea view, isn’t just a landmark for tourists. Priyanka Chopra’s Bandra homes, with their modern finishes and open spaces, aren’t admired only for glamour. People look at them and see possibility. They take mental notes. Developers do the same. Features that once felt exclusive to star homes now show up, in smaller ways, in housing projects across the country. Glass walls, landscaped terraces, themed lobbies, smart home systems and even statement gates all trace their roots back to what the public associates with success.
+A home inspired by celebrity style offers more than good design. It gives buyers a sense that they are part of the same story, even if on a simpler scale. For many families, this makes a purchase feel less like a transaction and more like a personal milestone. When a brochure promises “Bollywood-inspired living,” it taps into that quiet longing to feel upwardly mobile, to feel settled, to feel proud. A compact 2BHK can suddenly feel tied to a larger dream.
+The Glamour Blueprint
+Bollywood’s biggest homes have become cultural touchpoints. Mannat, Antilia and the towers of Bandra show up in news reports, fan photos and social media long before anyone sees them in person. They stand for ambition. They stand for what it means to succeed in public. Even people who have no interest in films recognize these properties as markers of fame.
+Developers know the value of that recognition. When they design new projects, they borrow from the visual language of those homes. A luxury tower in Hyderabad may echo the clean glass lines seen in celebrity apartments. A gated community in Pune may pick up small details inspired by Mannat’s old-world charm. These are not replicas, of course. They are interpretations. Scaled down. Reworked. Adjusted for budgets. Yet the influence is there, and buyers feel it.
+This slow blending of star style into everyday housing creates a bridge between aspiration and access. It gives people a chance to enjoy a taste of the lifestyle they admire on screen and in magazines, even if it looks different in size and finish. Over time, this has shaped the look of many middle-class neighbourhoods. Bollywood’s glamour doesn’t stay locked behind high gates. It filters into the style of living rooms, balconies and shared gardens all over the country.
+Beyond Lifestyle — Towards Legacy
+Celebrity homes also shape how people think about wealth. When stars buy and sell property, their choices end up in the headlines. This year alone, Mumbai’s celebrity deals showed how profitable real estate can be. Amitabh Bachchan’s duplex sale delivered a large gain. Priyanka Chopra sold several Bandra apartments with strong appreciation. Akshay Kumar and Sonakshi Sinha also closed deals with impressive returns. On average, these transactions saw more than 118 percent growth.
+These numbers carry weight. They send a quiet message that property linked to a certain lifestyle, a certain story, can grow in value. For middle class buyers, this reinforces the belief that a home isn’t just shelter. It can be a step toward financial security and long-term stability. When that home feels inspired by the aesthetics of fame, it adds emotional value that goes beyond the investment.
+In this way, celebrity homes act like roadmaps. They show families how to imagine their futures and what kind of spaces might hold those dreams. They influence architecture, trends and the meaning of ownership itself. The world of stars may seem distant, but its ripple effects shape how millions live, plan and aspire. As the market keeps evolving, these quiet influences will continue to shape India’s housing story.</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>India Now Among World’s Top 10 Branded Residences Markets</t>
+          <t>Inside India’s 5 Hidden Housing Markets Quietly Reshaping Real Estate Today</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>India has entered the world’s Top 10 branded residence markets as global luxury developers tap rising wealth, lifestyle demand, and buyer confidence across key Indian cities.</t>
+          <t>India’s real housing engine runs outside formal markets, through hostels, PGs, Airbnbs, illegal colonies, and informal rentals that quietly shape how millions live and work across cities.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Wednesday, 03 Dec, 2025</t>
+          <t>Wednesday, 19 Nov, 2025</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/india-now-among-worlds-top-10-branded-residences-markets-123007.html</t>
+          <t>https://www.rprealtyplus.com/news-views/inside-indias-5-hidden-housing-markets-quietly-reshaping-real-estate-today-122790.html</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>India’s luxury housing story is quietly changing gear. Once known mainly for high-end private developments with local branding, the country is now walking into an elite global club led by international hospitality, lifestyle, and design labels.
-[...38 lines deleted...]
-The Savills report makes one thing clear. Branded residences are no longer the preserve of a few resort destinations or financial hubs. They are becoming a global lifestyle product. And India, after years of watching from the sidelines, is now firmly playing on the centre stage.</t>
+          <t>India’s real estate story is usually told through glossy brochures and shiny new towers. But the real engine of housing in this country often lives far away from formal builders and regulated projects. Behind the official skyline is a parallel world of student hostels, PGs, short-term rentals, unplanned colonies, and informal rental chains. These systems run on trust, improvisation, and everyday hustle, serving millions who can’t afford or don’t want the rigidity of formal housing. They may not show up in government reports, but they shape how people study, work, migrate, and settle in cities. They are messy, vibrant, and completely essential.
+ Student Hostels: The Invisible Campus Economy
+In education hubs like Kota, Pune, Manipal, and Vellore, hostels run by small landlords fill a huge gap. These aren’t branded student housing facilities. They’re simple lodgings tucked behind coaching centres and universities. Rooms are often small and basic, but they sit at the heart of a wider student life: chai breaks in common kitchens, last-minute revision sessions, and friendships built under pressure.
+For landlords, the constant flow of students means steady income. For students, these hostels offer something they desperately need—affordable rooms close to their classes. Around these clusters, an entire economy grows. Photocopy shops, mess caterers, stationery stalls, and tea vendors survive almost entirely on student footfall. It’s a housing market built from necessity, not regulation, and it runs with surprising efficiency.
+Paying Guest Networks: Trust Over Contracts
+In areas like Bengaluru’s Koramangala, Delhi’s Satya Niketan, or Gurugram’s residential sectors, PG accommodation has become a lifeline for young professionals. Instead of formal agreements or structured leases, PGs rely heavily on word of mouth. A landlord might put the rules on a handwritten sheet, meals are fixed over WhatsApp, and rent is often paid in cash.
+But PGs aren’t just places to sleep. They’re social ecosystems. Flatmates share everything—wifi passwords, late-night food orders, office frustration, and big-city survival tips. Many women moving to metros for the first time feel safer in PG setups where other residents look out for one another. For landlords, the demand is constant and the returns generous. For tenants, the flexibility and affordability often beat any formal rental option.
+ Airbnb Empires: The Digital Shadow Market
+Short-term rentals have created a new kind of property ecosystem in tourist-heavy and tech-driven cities. In Goa, Jaipur, Bengaluru, or Lonavala, entire homes and apartments are listed as weekend stays. Families turn spare rooms into guest spaces, and small investors convert flats into boutique Airbnb-style homes.
+This digital rental economy comes with its own ripple effects. Local landlords earn far more than they would from a long-term tenant. Cafés, bike rentals, laundry services, and tour operators thrive on the constant movement of visitors. At the same time, neighbourhood rents shoot up, and long-term residents find themselves pushed to the outskirts. It’s a thriving, fluid market, but one operating mostly outside traditional regulation.
+ Illegal Colonies: The Unspoken Urban Reality
+Across the edges of Delhi, Jaipur, Hyderabad, and Bhopal, large swathes of housing exist without formal approval. These colonies grow because they are affordable and accessible for families who can’t enter the formal market. Roads might be unfinished, power might come from generators, and water from tankers, yet these areas house millions.
+What they lack in planning, they make up in community. Festivals spill into the lanes, children play in open plots, and neighbours rely on one another to navigate daily challenges. Though technically unauthorized, these colonies become deeply rooted. Politicians know they hold voter power, so enforcement often looks the other way. These neighbourhoods are a reminder that affordability often decides where people live, not legality.
+ Informal Rental Chains: The Everyday Housing Lifeline
+In Mumbai’s chawls, Kolkata’s bustees, and Ahmedabad’s slum settlements, housing is run by small landlords or local intermediaries who handle everything from rent collection to repairs. Rooms are cramped, ventilation is limited, but these places allow families to live close to their workplaces at a cost they can afford.
+Despite the hardships, these areas are full of life. Neighbours share kitchens, help with childcare, and celebrate festivals in shared courtyards. These rental chains exist because formal housing doesn’t keep up with India’s rising urban population. They are imperfect, yet they keep cities functioning.
+These five markets reveal the real truth about Indian housing: people build their own solutions when the formal system can’t keep up. They may not fit neatly into city plans, but they reflect the way India grows, improvised, people-driven, and full of resilience.</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Labour Crisis Deepens in Ukraine as Millions Leave or Are Drafted</t>
+          <t>Bollywood’s Secret Real Estate Playbook: How Stars Are Quietly Building Wealth</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Ukraine faces acute workforce gaps as conscription, desertions, and emigration empty factories, farms, and schools, straining industries while authorities seek solutions for economic stability.</t>
+          <t>Beyond flashy bungalows, Bollywood celebrities are buying land in Pune-Goa-Hyderabad and cashing out Mumbai flats at huge profits – all away from the limelight.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Wednesday, 03 Dec, 2025</t>
+          <t>Wednesday, 19 Nov, 2025</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/labour-crisis-deepens-in-ukraine-as-millions-leave-or-are-drafted-123006.html</t>
+          <t>https://www.rprealtyplus.com/news-views/bollywoods-secret-real-estate-playbook-how-stars-are-quietly-building-wealth-122789.html</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Four years into Russia’s invasion, Ukraine is grappling with a challenge that goes beyond the battlefield: a crippling shortage of workers across multiple sectors of its economy. As millions of Ukrainians are conscripted, flee the country, or seek to evade mobilization, factories, farms, schools, and transport services are increasingly understaffed, creating ripple effects on productivity, commerce, and local livelihoods.
-[...9 lines deleted...]
-As Ukraine continues to balance military obligations with economic survival, the coming months will be critical. Infrastructure, industry, and public services must navigate the dual pressures of a stretched workforce and ongoing conflict. For the nation, restoring labor capacity is as urgent as maintaining defense—each intimately tied to the country’s ability to endure and rebuild.</t>
+          <t>Bollywood money stories usually focus on lavish mansions and sea-facing apartments, but the real action is happening far from the spotlight. The biggest stars are no longer chasing properties that look good on Instagram. They are building long-term wealth through quieter, smarter real estate moves, raw land, redevelopment stakes, office spaces, and even co-living projects. Most of these deals stay tucked away with family advisors so nothing leaks until the paperwork is done.
+This trend has everything to do with Mumbai’s soaring prices. Neighbourhoods like Bandra have jumped more than 60 percent in value since the pandemic. Even wealthy actors are asking if it makes sense to buy another pricey address in the city. The honest answer: not always. Cities like Pune, Hyderabad, and Goa are offering better returns, faster growth, and far more breathing room. A vacation home in Goa can earn rental yields of 8 to 10 percent, while many Mumbai properties barely offer a third of that. It’s a simple equation, less fuss, more reward, and better long-term potential as these cities expand.
+The shift away from glamorous homes toward strategic assets is becoming clear. Land increases in value without the headaches of upkeep. Office spaces deliver rental income each month. Redevelopment projects turn old buildings into profitable ventures. With experienced family offices handling tax planning, green certifications, and equity negotiations, stars can quietly build a portfolio without attracting attention. A Rs. 10 crore investment today can turn into Rs. 25 crore in a decade, without any of the drama that follows celebrity purchases.
+Some of the most impressive examples came in early 2025, when several A-listers sold properties they’d held for years. Amitabh Bachchan made headlines in real estate circles after selling a duplex in Andheri’s Atlantis project for Rs. 83 crore. He had bought it just four years earlier for Rs. 31 crore. Akshay Kumar sold an apartment in Borivali for a 78 percent gain. Sonakshi Sinha exited her Bandra flat with a 61 percent profit, and Subhash Ghai earned a healthy return on his Andheri property. Together, these four generated Rs. 122 crore from investments that originally cost just Rs. 56 crore. The returns speak for themselves. These weren’t emotional purchases; they were smart, well-timed decisions in neighbourhoods that slipped under the radar.
+Priyanka Chopra has also built a steady reputation for smart property decisions. She recently sold four high-end units in Andheri for more than Rs. 16 crore. Those weren’t homes she planned to live in, they were simply good investments that grew over time. She has also collected a mix of rental properties, from a Pune bungalow earning steady monthly income to vacation homes in Goa. Her strategy mirrors the new celebrity mindset: build a mix of assets across cities instead of pouring everything into one flashy address.
+The quiet nature of these deals is part of the appeal. Celebrities prefer keeping negotiations private. Public attention risks inviting competition, driving up prices, or slowing down transactions. This is where family offices come in, scouting land in rising micro-markets, analysing data, and sealing deals with minimal noise. They look at everything, from IT parks in Hyderabad to warehouses in Pune to beachfront plots in Goa. Some actors are even putting money into co-living spaces because they offer reliable returns without much involvement.
+At its core, this entire shift is about building resilience. A film can fail, but a well-chosen piece of real estate doesn’t. Older producers talk about redevelopment projects that quietly tripled their value. Younger actors track trending neighbourhoods on property apps, eyeing places where appreciation can hit 20 percent a year. Even co-living has turned into a favourite investment for stars like Akshay Kumar because it attracts constant demand from young professionals.
+There’s a lesson here for anyone watching. You don’t need the budget of a celebrity to apply the same mindset. Look for neighbourhoods that are still undervalued. Track how your city is expanding. Hold your investments patiently instead of expecting overnight gains. Bollywood’s stars are showing that wealth grows in the background, not in the spotlight.
+The next time you see a celebrity at a premiere, remember that the real story might be unfolding quietly in the form of land deals and commercial investments. The glamour will always be there, but the real power lies in assets that grow long after the cameras shut off.</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Real Estate Outpaces Stock Market With 15% Returns On Infrastructure Boost</t>
+          <t>What India Can Learn From China’s Fight Against Air Pollution</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>India’s housing markets delivered a 15% return in one year, driven by infrastructure upgrades, rising connectivity, and shifting buyer preferences toward peripheral, well-connected localities.</t>
+          <t>China cleaned up its air by cutting coal use, regulating industries and pushing electric transport. India can adapt these lessons with stronger enforcement and coordinated action.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Wednesday, 03 Dec, 2025</t>
+          <t>Wednesday, 19 Nov, 2025</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/real-estate-outpaces-stock-market-with-15-returns-on-infrastructure-boost-123005.html</t>
+          <t>https://www.rprealtyplus.com/news-views/what-india-can-learn-from-chinas-fight-against-air-pollution-122788.html</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>India’s residential real estate market has quietly outpaced the stock markets over the past year, delivering an impressive 15% total return across major cities. According to the 1 Finance Housing Total Return Index, the measure climbed from 228 in September 2024 to 263 in September 2025, highlighting renewed investor and buyer confidence in urban housing markets. Analysts point to infrastructure development as the key engine powering this growth, reshaping neighborhoods and linking peripheral areas to the heart of the city.
-[...14 lines deleted...]
-As infrastructure continues to expand and peripheral areas become increasingly integrated with city centers, the country’s housing markets are poised to deliver sustained returns. For investors and homebuyers alike, the lesson is clear: in India’s evolving cities, connectivity is king, and real estate is its crown jewel.</t>
+          <t>India’s struggle with air pollution feels overwhelming most days, especially when winter smog settles over cities and turns the sky into a dull grey sheet. But another large and fast-growing country has already fought a similar battle and managed to make progress. China faced some of the world’s worst pollution a decade ago. In many cities, residents woke up to air that was unsafe to breathe. Today, several of those same cities report cleaner skies and lower levels of dangerous pollutants. The improvement did not happen overnight, but the steps China took offer India a useful starting point.
+China’s turning point came around 2013, when public anger over pollution reached its peak. The government responded with a national action plan that focused on cutting emissions from the biggest sources. Coal was at the top of that list. China shut old coal plants, upgraded others with cleaner technology and pushed for a larger share of renewable power. It tightened rules for industries like steel, cement and chemicals, which had been releasing massive amounts of particulate matter and toxic gases. Heavy penalties pushed factories to clean up or shut down.
+The second big move came from transport. China promoted electric mobility at a scale unmatched at the time. Large cities moved buses, taxis and government vehicles to electric fleets. Millions of electric two-wheelers entered the market. At the same time, fuel standards for petrol and diesel vehicles were raised, and older polluting vehicles were removed from the roads.
+Another important part of China’s strategy was strict, real-time monitoring. Air quality data was made public across hundreds of cities. This transparency created pressure on local governments to perform better because people could see which cities were improving and which ones were not. Officials who failed to control pollution faced career consequences. This accountability structure pushed environmental action from the top right down to local authorities.
+China also worked on dust control and greening. Construction, which was a major pollution source, was regulated more tightly. Sites had to use barriers, sprinklers and covering systems to prevent dust. Cities planted large green belts, restored old lakes and created new urban forests. These steps did not solve the problem on their own, but they helped stabilise pollution levels.
+India, however, cannot simply copy China. Both countries have different political systems, economic pressures and levels of enforcement. But the principles behind China’s progress can still be adapted.
+India’s biggest challenge is the scale of its air pollution problem spread across several sectors. Crop burning in the north, vehicular emissions in big cities, coal-powered industries, construction dust and household fuel use all combine to create severe air quality issues. To make meaningful progress, India would need coordinated action across states and ministries, not scattered efforts.
+First, India can learn from China’s focus on cutting coal emissions. Phasing out older coal plants, improving emission norms and investing in clean energy can help. Second, rapid expansion of electric buses and two-wheelers can ease pressure from transport, especially in large cities. Third, consistent enforcement is key. Rules exist, but implementation is often weak. Better monitoring, transparent public data and accountability can change that.
+Finally, public participation matters. China’s progress picked up speed when citizens demanded cleaner air. In India too, cleaner cities will require constant pressure from the public, along with support for policies that may be inconvenient in the short term but essential in the long run.
+China’s story shows that a polluted country can turn things around. It takes political will, strong enforcement and a clear plan that tackles the biggest sources first. India’s path will be different, but the possibility of cleaner skies is not out of reach.</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>12 Hours from Delhi to Mumbai? This Road Will Make It Possible</t>
+          <t>Why Mid-Premium Homes Are India’s Hottest Real Estate Story Now</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>The Delhi-Mumbai Expressway is nearing completion, promising faster travel, lower logistics costs, electric vehicle corridors, and stronger economic links across five major states.</t>
+          <t>India’s mid-premium homes are upgrading fast, bigger, greener, wellness-focused, better connected, and delivered on time by trusted builders, turning ‘affordable luxury’ into everyday reality.</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Wednesday, 03 Dec, 2025</t>
+          <t>Wednesday, 19 Nov, 2025</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/12-hours-from-delhi-to-mumbai-this-road-will-make-it-possible-123004.html</t>
+          <t>https://www.rprealtyplus.com/news-views/why-mid-premium-homes-are-indias-hottest-real-estate-story-now-122787.html</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>After years of construction across some of India’s most challenging terrain, the 
-[...28 lines deleted...]
-When fully complete, the Delhi–Mumbai Expressway will be among the longest and widest high-speed road projects in the country. More than just a faster road between two cities, it represents a major shift in how India is approaching transport infrastructure: as a tool to reshape supply chains, cut costs, and unlock regional growth at scale.</t>
+          <t>Five years ago, buying a home in India usually meant choosing between two extremes: cramped ‘affordable’ flats or sky-high luxury towers. Today, a delicious middle has emerged, the mid-premium segment (Rs. 80 lakh – Rs. 2.5 crore, city-wise) and it is rewriting the rules of Indian living.
+Here are the five big trends driving this change, explained in plain English.
+Premiumisation of mid-segment living
+Buyers earning Rs. 15 - Rs. 40 lakh a year no longer want to “adjust”. They want 3 BHKs that feel like 4 BHKs, 9-foot ceilings, Italian marble flooring, and a balcony big enough for weekend barbecues. Developers are happily obliging. Projects that were marketed as “budget” in 2019 are reborn as “mid-premium” in 2025 simply by adding better finishes, wider corridors, and branded fittings without doubling the price. The magic phrase today? “Luxury within reach”.
+Wellness community and emotional design
+Post-pandemic, Indians are obsessed with feeling good at home. Gyms and swimming pools are now table stakes. The new must-haves are yoga decks at sunrise, aromatherapy gardens, pet parks, creches that actually look cheerful, and senior-citizen corners with chess tables under tree canopies. Builders are hiring “wellness architects” who design homes around daylight, cross-ventilation, and even the sound of water. One Pune project proudly advertises “zero homes facing the garbage chute”, a small detail that makes buyers smile and sign the cheque faster.
+Location and connectivity
+Everyone wants to live 20 - 30 minutes from work, but nobody wants to pay Banjara Hills or Bandra prices. The winners are peripheral micro-markets that suddenly got metro lines, orbital roads, or new IT corridors. Think Whitefield Extension in Bengaluru, New Gurgaon Sector 82 - 95, Hinjawadi Phase 3 in Pune, or Rajendra Nagar in Hyderabad. Google Maps now shows 25-minute commutes instead of 90-minute crawls. Suddenly, a 1,600 sq. ft flat 18 km from the city centre feels closer than a 1,000 sq. ft flat 8 km away did five years ago.
+Sustainability and smart living 
+Green certificates used to be marketing stickers. Today, buyers cross-check IGBC ratings the way they check school reviews. Solar rooftops that knock Rs. 3,000 off monthly electricity bills, rainwater harvesting that fills your overhead tank for free, dual-flush toilets, and EV charging in every parking spot are becoming standard. Voice-controlled lights, video doorbells, and apps that let you switch on the AC while stuck in traffic are no longer “premium”, they are expected. One Noida developer even gifts a Rs. 15,000 air purifier with every booking because “Delhi NCR buyers asked for it”.
+Delivery reliability, trust, and transparency
+This is the biggest shift of all. After horror stories of 5 - 7 year delays, buyers now refuse to pay for air. RERA forced timely delivery, but reputation is doing the rest. Top mid-premium builders flaunt “1,200 families already living” banners while competitors still show dusty pits. Live webcams on construction sites, WhatsApp groups with site engineers, and escrow accounts have replaced glossy brochures as trust signals. When a reputed builder promises December 2027 possession, buyers actually believe it and pay 10–15% more happily.
+What this means for you
+If you postponed buying a home because nothing felt ‘just right’, 2025–2027 is your window. The mid-premium segment is delivering larger, healthier, greener homes in better locations, on time, at prices that still make EMI sense.
+The Indian middle class is no longer willing to compromise on lifestyle. And for the first time, developers are listening and delivering. Your dream home is no longer a compromise between budget and desire.</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Why Japanese Developers Are Making a Beeline for Indian Real Estate</t>
+          <t>Maharashtra Approves ‘Iconic Cities’ Plan To Unlock Big Land Parcels</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Japanese property majors are expanding rapidly in India, drawn by lower construction costs, rising office rents, and long-term growth, even as regulatory hurdles test their patience.</t>
+          <t>Maharashtra Cabinet green-lights new townships on CIDCO land, affordable homes in Mumbai, faster land cases, skill university jobs and removes outdated words from old laws.</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>Wednesday, 03 Dec, 2025</t>
+          <t>Wednesday, 19 Nov, 2025</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/why-japanese-developers-are-making-a-beeline-for-indian-real-estate-123003.html</t>
+          <t>https://www.rprealtyplus.com/news-views/maharashtra-approves-iconic-cities-plan-to-unlock-big-land-parcels-122786.html</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>Japanese real estate developers, long known for their cautious overseas approach, are steadily deepening their presence in India’s complex yet fast-growing property market. Drawn by rising office rents, relatively low construction costs, and a strong economic growth outlook, several of Japan’s biggest names are now planning to scale up investments across Indian cities, signalling a new phase of cross-border real estate collaboration.
-[...54 lines deleted...]
-For Japanese developers, India now offers a rare mix of affordability, rising demand, and long-term growth visibility. For India, the influx of patient, technology-driven capital could reshape how its next generation of commercial real estate is built.</t>
+          <t>Good news for anyone waiting for better homes and smarter cities in Maharashtra! On Tuesday, 18 November 2025, the state cabinet took several big decisions that will change how land is used and how people live.
+The star of the show is the brand-new “Iconic Cities” policy. For years, huge chunks of land owned by CIDCO (the agency that built Navi Mumbai) and other government bodies have just been sitting idle. Now the government has said: let’s turn these into world-class townships with proper homes, offices, schools, parks and even international business zones. Each township can have its own theme – think tech city, education hub or green living zone. This means thousands of new flats, lakhs of jobs and entire new neighborhoods that look and feel modern, not just another concrete jungle.
+Mumbai’s home buyers have reason to cheer too. The cabinet cleared the redevelopment of all old MHADA colonies that sit on 20 acres or more in the city and suburbs. Many of these 40-50-year-old buildings are crumbling, with tiny 200–300 sq ft homes. Redevelopment will bring taller towers, bigger 1BHK and 2BHK flats, and still keep a good portion genuinely affordable for the original residents. Suddenly, thousands of middle-class and lower-middle-class families will get modern homes without having to move to faraway Ulhasnagar or Virar.
+Farmers and project-affected people waiting years for compensation also got relief. The cabinet created new posts in the Relief and Rehabilitation Department so that pending land acquisition and resettlement cases move faster. No more endless delays and court trips.
+Students and job seekers have something to smile about as well. The Ratan Tata Maharashtra State Skills University finally got the green light to fill 339 posts – 232 teachers and 107 support staff. This means the university can start proper classes and train youngsters for real jobs instead of just theory.
+In a small but important move, the government decided to clean up old, hurtful language from laws. Words like “leper” and “leper asylum” will be removed from the 1959 anti-begging law, as ordered by the Supreme Court. It’s a step toward dignity and respect for everyone.
+The cabinet also cleared changes to the 1950 Public Trusts Act to make management of temples, charities and trusts smoother and more transparent.
+Put together, Tuesday was a big day for Maharashtra’s future. Land that was locked for decades will finally become lively cities. Old, unsafe buildings in Mumbai will turn into proper homes. Youngsters will get better skills training, and old laws will sound kinder.
+For ordinary citizens, the message is clear: whether you’re hunting for an affordable flat, worried about traffic-clogged suburbs, or just want cleaner, better-planned towns, the government has started pressing the accelerator. Now the real test begins – turning these approvals into actual homes, roads and jobs on the ground.</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Carlyle is in Talks for Stake in Indian Housing Finance Firm</t>
+          <t>Bengaluru’s Residential Market Set For Steady 3-5% Growth In FY26</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Carlyle is in talks to invest $300 million in Edelweiss-owned Nido Home Finance, signalling rising global interest in India’s fast-growing housing finance market.</t>
+          <t>Bengaluru’s housing market is set for steady growth in FY26 as mid-income and luxury demand rises, launches expand, and buyers shift towards larger premium homes.</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Wednesday, 03 Dec, 2025</t>
+          <t>Wednesday, 19 Nov, 2025</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/carlyle-is-in-talks-for-stake-in-indian-housing-finance-firm-123002.html</t>
+          <t>https://www.rprealtyplus.com/news-views/bengalurus-residential-market-set-for-steady-3-5-growth-in-fy26-122785.html</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>Global private equity major 
-[...25 lines deleted...]
-For the industry at large, the deal underscores a clear trend: international investors are once again placing large, confident bets on India’s retail credit engine. With mortgage demand expected to rise steadily alongside income growth and urban migration, housing finance is shaping up as one of the country’s most closely watched investment themes over the next decade.</t>
+          <t>Bengaluru’s housing market is heading into FY26 with steady momentum, even as the mix of buyers and the types of homes they prefer continue to evolve. A new analysis by ICRA shows the city holding firm despite a sharp correction in the affordable segment, with mid-income and luxury housing now steering the growth story.
+The city, which is the fourth-largest residential market among India’s top seven metros, accounted for roughly 14 to 15 percent of the total area sold between FY21 and FY25. This share reflects Bengaluru’s position as a stable, demand-driven market fuelled by IT-led employment, aspirational homebuyers, and a growing appetite for lifestyle-driven housing.
+In FY24, Bengaluru clocked 102 million square feet of sales, recording an impressive compound annual growth rate of 27 percent over FY21-FY24. That pace eased slightly in FY25 when sales dipped 2 percent to 99 msf. The drop had less to do with weakening sentiment and more with a 41 percent plunge in the affordable housing segment, which now contributes only 6 percent to overall sales. Buyers at the lower end of the market have been squeezed by rising input costs, stricter lending norms, and stagnant incomes, pushing them out of active buying cycles.
+On the other hand, the mid-income and luxury segments stayed resilient, each registering 3 percent growth in FY25. These categories continue to attract buyers upgrading for space, comfort, and better amenities, an ongoing trend since the pandemic reset expectations around home ownership.
+The first half of FY26 suggests the market is regaining momentum. Sales touched 52 msf in H1, a rise of 14 percent year-on-year. ICRA expects the second half to hold steady, especially with a bulk of new launches lined up for the final quarter of the financial year. Developers appear to be timing projects around regulatory clarity and expected demand, especially in the premium bracket.
+Launch activity itself is strong. Bengaluru saw 124 msf of new launches in FY25, a CAGR of 34 percent over FY21-FY25. For FY26, launches are expected to grow another 10 to 12 percent. This increase is backed by a combination of healthy inventory levels, rising demand for homes priced between Rs 2 crore and Rs 3.5 crore, and progress in the e-khata digitisation process, which has eased concerns around property documentation. In H1 FY26 alone, launches rose 7 percent to reach 63 msf.
+One of the most striking signs of Bengaluru’s shifting buyer landscape lies in the Years to Sell (YTS) metric, which measures how long current unsold inventory would take to clear at existing sales velocity. YTS fell from 2.5 years in June 2020 to 0.8 years in March 2024, indicating robust absorption. Despite launches outpacing sales in FY25 and H1 FY26, the figure held steady at 1.1 years by March and September 2025. ICRA expects it to rise slightly to between 1.2 and 1.4 years by March 2026 as developers push out a larger pipeline of luxury homes, a segment that traditionally moves slower.
+Buyer preferences have undergone a clear shift since FY23. While mid-income homes once dominated the market, demand has tilted towards larger, premium units. In fact, luxury launches overtook mid-income launches for the first time in H1 FY26. Luxury accounted for 49 percent of all launches, a sharp jump from 37 percent in FY25 and only 19 percent in FY21. Developers, however, may need to moderate their ultra-luxury pipeline if sales velocity continues to soften at the top end.
+Bengaluru’s residential market, as the data shows, is changing shape. What remains constant is the city’s ability to absorb new supply, attract committed end-users, and draw developers who see long-term value in one of India’s most stable urban housing markets. As FY26 progresses, the balance between launches and sales, along with the performance of the luxury segment will determine how firmly the growth trend continues.</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Ahmedabad: A 16-Floor Building Is About to Redefine What a Railway Station Means</t>
+          <t>Kolkata Records 12% YoY Rise In Home Registrations In October 2025</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>India’s first 16-storey railway station in Ahmedabad will link bullet train, metro and buses, improve mobility, lift local business, and set a new benchmark nationwide.</t>
+          <t>Kolkata registered 4,470 homes in October 2025, with buyers shifting to larger apartments and South and North zones leading activity despite a seasonal dip from September.</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>Wednesday, 03 Dec, 2025</t>
+          <t>Wednesday, 19 Nov, 2025</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/ahmedabad-a-16-floor-building-is-about-to-redefine-what-a-railway-station-means-123001.html</t>
+          <t>https://www.rprealtyplus.com/news-views/kolkata-records-12-yoy-rise-in-home-registrations-in-october-2025-122784.html</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>India is on the verge of unveiling a railway station unlike anything it has built before. In 
-[...23 lines deleted...]
-India’s railway stations are quietly undergoing a philosophical shift. From utilitarian sheds designed for steam-era volumes, they are becoming vertical, networked urban nodes tailored for dense, fast-moving megacities. Ahmedabad’s 16-floor station stands as the most dramatic expression yet of that transformation. If it performs as planned, it will not only change how millions move through the city, but also how Indian infrastructure projects balance mobility, commerce, and urban identity in a single, integrated frame.</t>
+          <t>Kolkata’s housing market has been moving with a steady, purposeful rhythm in 2025, and October added another chapter to this momentum. The Kolkata Metropolitan Area (KMA) registered 4,470 apartments during the month. It’s a solid 12 percent rise compared to the same time last year, even though registrations dipped 16 percent from September. The drop isn’t a sign of cooling demand. Instead, it’s the result of an unusually strong festive month that came earlier this year, pulling a rush of buyers into September because Durga Puja and Navratri both fell there almost entirely.
+The bigger picture is more telling. Between January and October, the city saw 51,212 apartment registrations. That’s a sharp 30 percent jump from last year and shows just how broad the appetite for homebuying has become across the region. The data covers both fresh sales from developers and resale transactions, which makes this rise even more significant since it signals confidence across the entire market, not just at the launch stage.
+A closer look at the size of homes being purchased explains another shift in Kolkata’s preferences. Apartments measuring between 501 and 1,000 square feet continued to dominate the charts, contributing 55 percent of all registrations in October. That’s a big leap from 47 percent a year earlier. At the same time, homes under 500 square feet lost ground, sliding to 30 percent from last year’s 49 percent.
+This shows two things. One, the city’s buyers are upgrading—they want more room, more comfort, and more flexibility in their living spaces. Two, the shift tracks consistently with post-pandemic lifestyle changes, where work, family, recreation, and privacy all compete for space inside the home. Larger apartments offer that breathing room, and Kolkata is embracing that trend in a big way. Units above 500 square feet now account for 70 percent of all registrations.
+Knight Frank India’s Chairman and Managing Director, Shishir Baijal, summed up the pulse of the market, noting that Kolkata maintained stable growth through October despite two months of sequential decline. The reason, he pointed out, ties back to the unusually strong base of August, which turned out to be the best month for registrations in nearly three years. Even then, KMA continues to float close to its average monthly run-rate of around 5,000 units for the first ten months of 2025. That level of stability suggests that the city’s housing activity isn’t dependent on bursts of festive enthusiasm alone. It’s being supported by broader, steady confidence.
+Location-wise, the South Zone held its lead yet again. In October, it contributed 38 percent of all registrations in the city. Neighbourhoods like Behala, Jadavpur, Kasba, and Sonarpur pulled in strong numbers, helped by a mix of affordable and mid-segment options spread across the zone. These areas continue to attract both first-time buyers and upgrading families because they offer a mix of connectivity, community infrastructure, and pricing that feels achievable.
+Not far behind, the North Zone accounted for 36 percent of October’s registrations. It has held on to the second position through the year, reaffirming its importance as a high-activity residential belt. The demand here is driven by a mix of old neighbourhoods with deep roots and newer pockets that appeal to young families and professionals.
+Both zones have benefitted from improvements in connectivity and ongoing infrastructure projects. Metro expansions, better link roads, and a growing spread of social amenities have all played a part in strengthening buyer confidence. This pattern isn’t unique to Kolkata, but the city’s version of it is distinct: a slow and steady upward movement rather than a volatile start-stop cycle.
+The first ten months of 2025 show that the city is in the middle of an expansionary phase—not just in sales volume, but in buyer intent, home size preference, and neighbourhood activity. With the festive surge behind and the year’s final stretch ahead, the momentum looks well set to carry into the rest of 2025.
+The numbers, the shifts in home size demand, and the strong performance of South and North Kolkata all point to a market that is maturing. Kolkata may still be known for its cultural heartbeat and slower pace compared to other metros, but in real estate, it is moving with purpose. The market is widening, the choices are improving, and more people are stepping into homeownership with confidence. That combination gives the city a healthy base for continued growth in the months ahead.</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>How a Small South Delhi Café Built One of the City’s Strongest Brands</t>
+          <t>China’s Housing Slump Deepens as October Prices See Steepest Drop</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>From a modest dessert café in South Delhi to a multi-city favourite, TBC’s story is one of quiet ambition, loyal patrons, and comfort food that became culture.</t>
+          <t>China’s home prices fell at the fastest pace in a year, underscoring weak demand, shaky confidence, and the rising need for stronger measures to stabilise the housing market.</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>Tuesday, 02 Dec, 2025</t>
+          <t>Tuesday, 18 Nov, 2025</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/how-a-small-south-delhi-caf-built-one-of-the-citys-strongest-brands-123000.html</t>
+          <t>https://www.rprealtyplus.com/news-views/chinas-housing-slump-deepens-as-october-prices-see-steepest-drop-122767.html</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>On a narrow staircase in South Delhi two decades ago, there began a story that would quietly reshape the way Delhi ate, lingered, and celebrated comfort food. Today, The Big Chill Cafe is a name woven into the city’s everyday life. It is where first dates stretch into hours, where families return after years, and where generations argue over whether the cheesecake is better than the chocolate fudge cake. Few cafés in the capital have achieved this kind of emotional permanence.
-[...11 lines deleted...]
-Two and a half decades after that first dessert counter opened, The Big Chill continues to do what it has always done best: offer a space where food tastes like comfort and time seems to slow down just enough to matter. In a restless city, that may be its most enduring achievement.</t>
+          <t>China’s housing market slipped further in October, with new home prices recording their sharpest monthly fall in a year. The latest data from the National Bureau of Statistics shows prices dropped 0.5 percent from September, a decline steeper than the previous month’s 0.4 percent fall. On a yearly basis, prices were down 2.2 percent, matching September’s slide and signalling that the market remains firmly under pressure.
+These back-to-back monthly drops come at an especially sensitive time. September and October are usually a strong sales period for Chinese developers, often described as a “golden season” for homebuying. The fact that prices continued to fall during what should have been a busy time shows just how deep the challenges run. Demand remains weak, sales continue to drag, and confidence is struggling to return in a sector that has been trying to stabilise since the turbulence of 2021.
+Part of the problem is structural. The market has been hampered by sluggish sales and liquidity issues for years, and the slowdown in the broader economy hasn’t helped. Beijing has been reluctant to announce sweeping new stimulus this year, even though it introduced several supportive measures in the second half of 2024. Most of the government’s recent steps have focused on reaffirming earlier commitments rather than rolling out fresh interventions.
+Analysts say the issues are now multi-layered. Zhang Dawei of Centaline points to factors like population decline in smaller third-tier cities, a growing number of resale listings, and low buyer confidence. These pressures, he says, make it harder for any recovery to take hold. He believes further relaxation of mortgage rules could help steady sentiment, especially for first-time buyers and families looking to upgrade their homes.
+Some easing has already been attempted. During the first half of 2025, mortgage costs were lowered for certain buyer segments. But momentum faded in recent months as policymakers prioritised caution. With confidence sinking again—particularly outside the major metros—many experts argue that more targeted support may be needed.
+A survey by the China Index Academy shows how sharply sentiment has dipped. Across more than 260 cities, home-purchasing confidence in smaller cities fell by nearly 3 percentage points from the previous month. For many households, uncertainty about prices, job stability, and long-term value is outweighing incentives to buy.
+The resale market is under even greater stress. Official data shows that both monthly and yearly resale prices fell in all 70 cities surveyed. This broad-based decline suggests owners are struggling to find buyers even at reduced prices. Xu Tianchen of the Economist Intelligence Unit warns that the pace of decline in second-hand homes is approaching a dangerous point. If the slide continues, he says, it could prompt the kind of swift intervention seen in 2024, when authorities stepped in to prevent deeper market fallout.
+Other indicators also paint a subdued picture. Property investment has continued to fall, and home sales by floor area dropped again in the first ten months of this year. Developers remain cautious, with many focusing on finishing existing projects rather than launching new ones.
+Looking ahead, the government’s priorities are becoming clearer. Policy recommendations for China’s 2026–2030 development plan emphasise “high-quality” growth in the property sector. This includes improving the mix of housing supply to address different needs, streamlining systems for development and financing, and resolving the risks that continue to weigh on the sector.
+These long-term plans hint at a shift away from the old model of rapid construction and easy credit. But for now, the market is still searching for stability. With prices falling and confidence fading, the pressure is building on authorities to decide whether the current policy stance is enough—or if stronger action is needed to put the sector back on firmer ground.</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Airports of Tomorrow: How Design Is Redefining the Global Travel Experience</t>
+          <t>Delhi-NCR’s Office Revival Gains Pace as Infrastructure Reshapes Corporate Choices</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>From indoor forests to striking terminal designs, airports are becoming cultural landmarks focused on comfort, sustainability, and memorable traveller experiences.</t>
+          <t>Delhi-NCR’s office market is rebounding, powered by new supply, stronger infrastructure, and rising demand for modern, well-connected workplaces across Delhi, Gurugram, Noida, and Faridabad.</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>Tuesday, 02 Dec, 2025</t>
+          <t>Tuesday, 18 Nov, 2025</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/airports-of-tomorrow-how-design-is-redefining-the-global-travel-experience-122999.html</t>
+          <t>https://www.rprealtyplus.com/news-views/delhi-ncrs-office-revival-gains-pace-as-infrastructure-reshapes-corporate-choices-122766.html</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>Air travel no longer begins at the boarding gate. It begins the moment a traveller steps into the airport. Across the world, airports are being reimagined as places of comfort, culture, and even wonder. What were once purely functional transit zones are now evolving into design-driven public spaces that shape how we feel about our journey before the flight even takes off.
-[...43 lines deleted...]
-As air travel continues to expand, the airport of tomorrow will not simply move people from one place to another. It will shape how we feel about the journey itself.</t>
+          <t>After nearly ten years of sluggish movement, Delhi’s office market is finally waking up. A joint report by CBRE and CII notes that close to 5 million square feet of new Grade A space is expected over the next two years. For developers and occupiers who had grown used to slow momentum, this marks a real shift. Delhi’s old commercial clusters are being upgraded, large infrastructure links have started shaping corporate behaviour, and companies are once again hunting for modern, efficient offices. For the first time in a long while, Delhi looks ready to reclaim a meaningful role in NCR’s commercial story.
+The quiet force behind this revival is infrastructure. The Dwarka Expressway has opened new movement corridors. The Delhi-Mumbai Expressway is progressing. The Noida International Airport is shaping investment sentiment even before operations begin. RRTS trials and metro expansion are shrinking distances between cities that once felt disconnected. As these links fall into place, NCR is starting to resemble a single commercial network rather than a set of isolated pockets. Companies planning expansions are now thinking across the region instead of sticking to one established hub. They want connectivity, talent access, and predictable travel patterns, and NCR is finally offering all three.
+Fresh numbers from Cushman and Wakefield underline this momentum. Net office leasing in Delhi-NCR jumped 2.5 times in the July–September quarter compared to a year earlier. The region clocked 3.79 million square feet of net leasing, contributing almost a quarter of the total activity across the top eight cities. Corporates are clearly moving back into high-quality spaces, especially those designed for hybrid work, energy efficiency, and employee comfort.
+The return-to-office trend is also reshaping the map. Sectors like BFSI, tech, consulting, and global capability centres are now favouring buildings that offer better layouts, sustainability features, and the ability to scale without friction. This is pushing companies to look beyond traditional CBDs and consider emerging micro-markets that offer more flexibility and better connectivity.
+One of the biggest beneficiaries of this shift is Faridabad. Long considered a residential-heavy city, it has quietly built a strong presence in retail, commercial, and mixed-use development. Mohit Goel, managing director of Omaxe Group, points out that Faridabad is finally entering the phase it has been preparing for. He notes that the city offers rare advantages in today’s inflated market: competitive rentals, larger land parcels, and far better affordability than established corporate centres. Upgraded metro connectivity, fast-paced infrastructure works, and its proximity to the upcoming Noida International Airport are pushing it onto corporate shortlists. From a developer’s view, Faridabad is no longer a side story but a serious contender for occupiers looking for scale without ballooning costs.
+Gurugram and Noida, the long-time pillars of NCR’s commercial landscape, are also seeing new dynamics. Gurugram continues to attract multinational companies, especially along Golf Course Extension Road and the Dwarka Expressway. Demand is shifting toward integrated work environments that pair office spaces with retail, social amenities, and reliable last-mile connectivity. Sandeep Chhillar of Landmark Group says companies today want efficient, well-designed workplaces that support their sustainability goals and improve employee experience. This demand is pushing developers to think beyond glass towers and create ecosystems that feel livable and future-focused.
+Noida and Greater Noida, meanwhile, have become the most active region for GCCs. Better connectivity through the Noida–Greater Noida Expressway, upcoming airport-linked developments, and steady supply pipelines have made this belt a strategic favourite. Amish Bhutani of Group 108 highlights that the area is emerging as one of the country’s most important office corridors, thanks to rising investor confidence and a clear appetite for modern office and retail formats.
+Gurugram’s Golf Course Extension Road deserves special mention. Sonakshi Wadhawan of RISE Infraventures notes that companies are far more exacting in their requirements now, and this corridor matches their expectations with sustainable buildings, strong connectivity, and planned social infrastructure. The area has matured into a cohesive business district where the office is only one part of a larger, well-designed environment.
+Across NCR, the common thread is clear: demand is shifting from simply adding more offices to building better-planned, better-connected work ecosystems. The historic tilt toward Gurugram is beginning to ease as Delhi and Faridabad re-enter the conversation, backed by infrastructure upgrades and fresh supply. The result is a more distributed, future-ready NCR—one that can support large corporate footprints across multiple nodes rather than relying on one dominant centre. This transformation is laying the foundation for NCR to operate as a unified commercial powerhouse in the years ahead.</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>China’s Next Architectural Icons Mark a New Phase in Urban Design</t>
+          <t>Top 5 Most Unusual Tech Homes Across the Globe</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>From museums and opera houses to science parks and financial hubs, China’s most anticipated buildings reveal how architecture is reshaping culture, climate response, and city life.</t>
+          <t>From underwater villas to rotating houses, these homes prove technology can turn imagination into architecture.</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>Tuesday, 02 Dec, 2025</t>
+          <t>Tuesday, 18 Nov, 2025</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/chinas-next-architectural-icons-mark-a-new-phase-in-urban-design-122998.html</t>
+          <t>https://www.rprealtyplus.com/news-views/top-5-most-unusual-tech-homes-across-the-globe-122765.html</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Across China, architecture is once again becoming a statement of intent. From historic garden cities to fast-rising financial districts, a new wave of landmark projects signals how the country is balancing memory, technology, public life and environmental responsibility. Many of these buildings are set to open between 2025 and 2026, and together they sketch the next chapter of Chinese urban ambition.
-[...66 lines deleted...]
-Together, these ten projects mark a shift in Chinese architecture from isolated megastructures to interconnected civic landscapes. Museums behave like gardens, stadiums become public parks, and office towers double as cultural platforms. With sustainability, climate response, and urban accessibility at their core, these buildings reflect how China’s cities are preparing for the next phase of growth.</t>
+          <t>Around the world, architects and technologists are pushing the boundaries of what a “home” can be. These aren’t just smart houses with voice assistants — they’re feats of engineering that challenge gravity, climate, and convention. From India’s vertical single-family tower in Mumbai to Germany’s upside-down house, Dubai’s underwater villas, and Norway’s cliff-edge pods, each property showcases how technology can transform living spaces into experiences. Some are playful, some are futuristic, and all of them redefine the idea of shelter. Together, they form a global tour of homes where innovation meets eccentricity.
+1. Sarvasva, Mumbai, India
+In the dense urban fabric of Mumbai, where space is a luxury, Sarvasva rises as a vertical single-family home designed by Spasm Design. Unlike sprawling villas, this residence stacks twelve storeys into a slender tower, each floor tailored to the family’s lifestyle. What makes it unusual isn’t just its form but its integration of technology into a compact footprint. Terracotta rainscreen panels regulate heat, while smart ventilation systems keep interiors cool despite Mumbai’s humidity. Inside, automation controls lighting, security, and energy use, ensuring efficiency in a city notorious for power fluctuations. Sarvasva humanizes technology — it doesn’t flaunt gadgets, but quietly makes life smoother in a space where every square foot counts.
+ Underwater Villas, Dubai
+Dubai has never shied away from architectural spectacle, but its underwater villas in “The Heart of Europe” project redefine luxury living. Imagine waking up to panoramic views of coral reefs and marine life, all visible through reinforced glass walls. These villas use advanced marine engineering: pressure-resistant materials, smart oxygen regulation, and automated climate systems that adapt to underwater conditions. Beyond the wow factor, the homes are designed for comfort — AI-driven lighting mimics natural sunlight cycles, while smart filtration keeps interiors fresh. It’s a surreal blend of aquarium and residence, where technology makes the impossible feel intimate.
+ Rotating House, Germany
+In Germany, innovation takes a playful turn with houses that literally rotate. Built on a central axis, these homes can spin 360 degrees to follow the sun or change views. The rotation is powered by smart motors controlled via app, allowing residents to adjust orientation with a swipe. It’s not just a gimmick — rotating homes maximize natural light, reduce heating costs, and offer flexibility in how spaces are experienced. Inside, automation extends to climate control and energy management, making the house as efficient as it is eccentric. Living here feels like inhabiting a kaleidoscope, where technology turns the landscape into a dynamic backdrop.
+ Transparent House, Tokyo, Japan
+Tokyo’s Transparent House challenges the very idea of privacy. Built almost entirely with glass walls, it’s a radical experiment in openness. At first glance, it seems unlivable, but smart shading systems, climate control, and adaptive glass technology make it surprisingly comfortable. Residents can adjust opacity at will, turning walls from clear to frosted with a touch. The home is also a statement about urban living — in a city where space is tight, transparency creates a sense of expansion. Technology here isn’t about hiding; it’s about giving residents control over visibility, light, and mood. It’s unusual, provocative, and deeply human in its exploration of how we inhabit space.
+ Nautilus House, Mexico City, Mexico
+Inspired by seashells, the Nautilus House is a whimsical residence that curves and spirals like a living organism. Its unusual form is matched by smart systems that make it practical: natural ventilation channels reduce energy use, while smart lighting highlights its vibrant mosaics. The house feels alive — walls flow seamlessly into ceilings, and rooms unfold like chambers in a shell. Technology here is subtle, embedded in design rather than displayed. It ensures comfort while preserving the home’s organic spirit. Living in the Nautilus is less about owning a house and more about inhabiting a piece of art that breathes with its residents.
+From Mumbai’s vertical tower to Mexico’s seashell sanctuary, these homes prove that technology isn’t just about convenience — it’s about imagination. Each one redefines what “home” can mean, blending eccentric design with systems that make life smoother, safer, and more sustainable. They’re unusual, yes, but they’re also deeply human — places where innovation meets emotion.</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>Germany: Hamburg’s New State Opera Takes Shape as a Public Waterfront Landmark</t>
+          <t>What Makes Sector 107 Noida the Next Prime Destination for Real Estate?</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Hamburg’s new State Opera will anchor HafenCity’s waterfront with 45,000 sq. m of world-class performance spaces, public parks, terraces, and climate-ready landscape design.</t>
+          <t>Sector 107 in Noida is emerging as a luxury real estate hub, with developers offering premium amenities, timely delivery, and aspirational homes for discerning buyers.</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Tuesday, 02 Dec, 2025</t>
+          <t>Tuesday, 18 Nov, 2025</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/germany-hamburgs-new-state-opera-takes-shape-as-a-public-waterfront-landmark-122997.html</t>
+          <t>https://www.rprealtyplus.com/news-views/what-makes-sector-107-noida-the-next-prime-destination-for-real-estate-122764.html</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Hamburg is preparing for one of the most ambitious cultural infrastructure projects in its recent history. The city’s new State Opera, designed by global architecture firm Bjarke Ingels Group, will rise on the Baakenhöft peninsula in HafenCity, reshaping both the waterfront and the city’s relationship with public cultural spaces.
-[...12 lines deleted...]
-With tenders initiated and planning approvals advancing, the new Hamburg State Opera is expected to become a defining feature of the city’s cultural and architectural future. Once completed, it will not only host opera and ballet but also function as a public park, a waterfront promenade and a gathering space that belongs as much to the city as to the arts.</t>
+          <t>Noida’s Sector 107 is rapidly establishing itself as one of the most attractive locations for real estate development in the National Capital Region (NCR). With its strategic location, excellent connectivity, and increasing demand from premium homebuyers, the sector is fast evolving into a hub for residential and commercial investments. Developers are actively capitalizing on this potential, offering thoughtfully designed projects that combine luxury, convenience, and lifestyle amenities.
+Payas Agarwal, Director at Great Value Realty, sees Sector 107 as a focal point for the company’s growth strategy in Noida. “In a competitive real estate environment, differentiation is key,” he explains. “It’s not just about the project itself, it’s about the location, design, amenities, and the overall experience we create for residents.”
+Several developers, including Great Value Realty, are introducing projects that reflect this vision. One of their flagship developments exemplifies this trend, featuring premium residences with expansive amenities, landscaped open spaces, and lifestyle-focused experiences designed to attract discerning buyers. Agarwal emphasizes that such projects are tailored for buyers seeking aspirational yet accessible luxury homes. “Our audience is often looking for a second home or a premium residence that offers quality, transparency, and modern amenities without the pricing of top-tier developers,” he notes.
+A key factor driving investment in Sector 107 is its connectivity. Proximity to major roads, metro lines, and planned infrastructure projects makes the area highly accessible, both for residents and commercial establishments. This has prompted developers to invest in large-scale projects that promise both lifestyle and long-term value, transforming Sector 107 into a premium real estate destination.
+Great Value Realty’s projects in the area highlight the emphasis on design, quality, and timely delivery. The company leverages modern construction technology such as Building Information Modeling (BIM) to optimize planning and execution, ensuring high standards and faster project completion. “We are committed to providing not just good but great quality across every aspect of our developments,” Agarwal says. This commitment extends to collaborating with top architects, landscape designers, and contractors to create projects that set benchmarks in the sector.
+Sector 107’s growing appeal is also reflected in pricing and demand. With premium projects attracting buyers looking for luxury residences in the Rs. 28,000 - Rs. 32,000 per square foot range, developers are positioning their offerings to provide maximum value through innovative designs, extensive amenities, and sustainable planning. Agarwal adds that timely delivery is particularly critical in the NCR market, which has faced delays in the past. Great Value Realty has successfully completed previous projects on schedule and has even taken over stalled developments to ensure completion, reinforcing buyer confidence.
+The regulatory environment has further strengthened the attractiveness of Sector 107 for both buyers and developers. Agarwal welcomes reforms under RERA and other governing bodies, noting that clear regulations enhance transparency and accountability, benefiting the ecosystem as a whole. “Strong regulations assure homebuyers and help maintain healthy competition among developers,” he explains.
+With multiple developers now active in Sector 107, the area is rapidly transforming into a well-planned residential and commercial hub. Premium residences, office spaces, and lifestyle-focused developments are shaping a new skyline, making the sector a hotspot for investment and homeownership. Great Value Realty’s presence in the area, driven by a focus on design, quality, and timely delivery, exemplifies how developers are contributing to the sector’s growth while offering aspirational homes for buyers.
+As Sector 107 continues to attract investment, it is expected to become a benchmark for modern, high-quality living in Noida. Developers like Great Value Realty are setting new standards for residential projects, combining thoughtful design, connectivity, and lifestyle amenities to meet the evolving expectations of buyers. For homebuyers seeking premium, well-planned communities with long-term value, Sector 107 is emerging as a destination of choice in the NCR real estate landscape.</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>Inside Nesavu: A Chennai Home That Marries Culture with Contemporary Living</t>
+          <t>Digital Innovation Is Transforming Affordable Housing Across India’s Growing Cities</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Overlooking the Adyar River, this 2,500 sq. ft residence combines traditional materials, artisanal details, and contemporary planning to reflect the personal lives of its owners.</t>
+          <t>Tech-driven platforms are redefining construction by bringing transparency, efficiency, and trust to India’s housing sector.</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>Tuesday, 02 Dec, 2025</t>
+          <t>Tuesday, 18 Nov, 2025</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/inside-nesavu-a-chennai-home-that-marries-culture-with-contemporary-living-122996.html</t>
+          <t>https://www.rprealtyplus.com/news-views/digital-innovation-is-transforming-affordable-housing-across-indias-growing-cities-122763.html</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>High above the winding curve of the Adyar River, on the 18th floor of a river-facing residential tower in Chennai, stands a home that does not try to impress at first glance. Instead, it slowly reveals itself through texture, memory, and movement. Called 
-[...19 lines deleted...]
-At 2,500 square feet, Nesavu does not rely on scale to make a statement. Instead, it uses memory, material, and daily ritual to shape a living environment that feels both grounded and contemporary. It is less a designed object and more a lived narrative, woven carefully, thread by thread.</t>
+          <t>India’s housing market is entering a new phase where technology is as critical as cement and steel. Long plagued by fragmented execution, opaque processes, and uneven quality, the sector is now seeing digital platforms step in to restore confidence. Real-time project tracking, remote collaboration, and structured delivery models are making construction more predictable and accessible, especially in Tier 2 and Tier 3 cities. Homeowners who once felt disconnected from their sites are now active participants, receiving verified updates and milestone approvals from afar. Vendors and contractors are being aligned to standardized benchmarks, reducing disputes and delays. For buyers, this means homes that are not only affordable but also reliable. For developers, it means efficiency and scalability in markets once considered too complex. Together, these innovations are reshaping how India builds — turning affordability into a promise backed by transparency and technology.
+Transparency as the Cornerstone
+For decades, home construction in India was defined by uncertainty — buyers rarely knew what was happening at their sites. Digital platforms are changing that by offering real-time visibility. As Sripad Nandiraj, Founder and CEO of WeHouse, explains “Our digital monitoring system gives homeowners real-time, verified updates, time-stamped photos, daily progress logs, material tracking, and even CCTV access. The result is a construction experience that feels predictable, accountable, and built around the homeowner, not the contractor.” This shift turns opacity into traceability, reducing disputes and cutting unnecessary site visits, while giving families confidence that their investment is progressing as promised.
+Bridging the Tier 2 and 3 Gap
+Smaller cities face unique hurdles: scattered vendors, inconsistent material supply, and informal labour networks. These challenges often lead to delays and uneven quality. Platforms like WeHouse are tackling this with offline-first apps, digital procurement flows, and standardized checklists that bring order to fragmented environments. By combining local expertise with platform-driven control, they deliver metro-level quality at small-city affordability. This structured execution model is closing the gap across India’s fastest-growing housing markets.
+Remote Collaboration and the Future of Affordable Housing
+The way homeowners engage with construction is being redefined. Families building homes in Tier 2 and Tier 3 cities, or NRIs investing from abroad, no longer accept uncertainty. They want clarity, control, and the ability to make decisions without being physically present. Remote collaboration tools are answering this need, turning what was once a stressful, opaque process into one where buyers feel connected and empowered.
+The impact extends beyond convenience. These systems generate valuable data that helps forecast risks, improve timelines, and reduce costly rework. Looking ahead, predictive insights and sustainability-linked design tools will add intelligence to the process, suggesting eco-friendly materials or anticipating delays before they occur. Affordable housing will no longer be defined only by cost — it will be defined by reliability, sustainability, and confidence. Remote collaboration is emerging as the bridge between aspiration and reality, ensuring every family can build with certainty, no matter where they are.</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>Japandi Design: Why This Calm, Minimal Style Is Everywhere</t>
+          <t>Panchkula Emerges as North India’s New Luxury Housing Hotspot</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Japandi merges Japanese minimalism with Scandinavian warmth, creating calm, sustainable interiors using natural materials, soft light, neutral tones, and mindful design for modern homes.</t>
+          <t>Panchkula is redefining luxury living with rising property values, elite demand, and world-class infrastructure.</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>Tuesday, 02 Dec, 2025</t>
+          <t>Tuesday, 18 Nov, 2025</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/japandi-design-why-this-calm-minimal-style-is-everywhere-122995.html</t>
+          <t>https://www.rprealtyplus.com/news-views/panchkula-emerges-as-north-indias-new-luxury-housing-hotspot-122762.html</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>Walk into a Japandi-style home and the first thing you notice is the quiet. Not silence, exactly, but a visual calm. There is space to breathe. Furniture feels deliberate. Light moves easily across pale walls and wooden floors. Nothing looks excessive, yet nothing feels cold. This balance is the essence of Japandi, a design style that brings together two cultures known for restraint and warmth in equal measure.
-[...17 lines deleted...]
-In the end, Japandi is not just a design style. It reflects a way of living that values less over more, quality over excess, and calm over clutter. In a crowded, fast-paced world, that quiet balance may be its greatest luxury.</t>
+          <t>Panchkula’s skyline is undergoing a quiet but striking transformation, with luxury homes steadily replacing modest housing and property values climbing from Rs.5,000–7,500 per sq. ft. to Rs.6,200–8,500 per sq. ft. in just five years. This surge reflects more than rising prices — it signals a shift in aspirations. Families and investors are increasingly drawn to the city’s rare combination of Shivalik hill views, abundant green spaces, and master-planned layouts, offering a lifestyle that blends serenity with sophistication. With seamless connectivity to Chandigarh International Airport, NH-7, and the Ambala-Chandigarh Expressway, Panchkula has positioned itself as both a residential haven and a gateway to leisure destinations like Kasauli and Shimla.
+Low-rise independent floors, plotted developments, and townships with curated amenities are redefining luxury outside NCR, attracting high-net-worth individuals and families seeking exclusivity and identity. Strong civic planning and infrastructure upgrades have reinforced confidence that this boom is sustainable, turning Panchkula into more than just a market story — it’s a lifestyle revolution where natural serenity meets modern architecture for India’s new elite.
+Market Momentum: Prices and Demand
+Panchkula’s real estate story is no longer about quiet suburban growth — it’s about a city stepping confidently into the luxury spotlight. According to ANAROCK, property values have climbed steadily over the past five years, now ranging between Rs. 6,200–8,500 per sq. ft. This rise isn’t just about numbers on a chart; it reflects a deeper shift in buyer psychology. Luxury homes here are no longer seen as aspirational dreams reserved for a select few — they are becoming the new standard for families who want more space, more design, and more exclusivity. Developers report that premium inventory is being absorbed at a rapid pace, with buyers responding enthusiastically to projects that combine architectural flair with lifestyle-driven amenities. In Panchkula, the market momentum is powered as much by emotion as by economics — people are buying into a vision of elevated living.
+Scenic Advantage and Connectivity
+What sets Panchkula apart is its rare ability to offer serenity without isolation. The city’s master-planned layout, abundant green zones, and proximity to the Shivalik Hills create a backdrop that feels worlds away from the congestion of metros. Yet, residents don’t have to compromise on connectivity. With Chandigarh International Airport close by, and seamless access via NH-7 and the Ambala-Chandigarh Expressway, Panchkula is both peaceful and practical. Families can enjoy morning walks in leafy neighborhoods and still reach business districts or leisure destinations like Kasauli and Shimla with ease. This balance of nature and accessibility is what makes Panchkula’s appeal so distinctive. It’s not just a place to live — it’s a place where lifestyle and location converge beautifully.
+Developer Strategies and NRI Interest
+Developers have quickly recognized Panchkula’s potential and are shaping projects that reflect the city’s evolving identity. Trident Realty and DLF Homes are leading the charge, introducing resort-style living concepts, expansive layouts, and privacy-focused designs. Aakash Ohri of DLF highlights the growing interest from NRIs, who view Panchkula as a safe, high-return investment, especially with the rupee’s depreciation making Indian assets more attractive. These buyers are seeking larger homes, independent floors, and plotted developments that offer both exclusivity and modern amenities. For them, Panchkula represents more than property ownership — it’s a lifestyle statement rooted in space, serenity, and trust in established developers. Together, local demand and NRI interest are fueling a market that feels poised not just for growth, but for transformation into one of North India’s most compelling luxury destinations.</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>Delhi’s 53-km Yamuna Cycling Corridor: A Shift Towards Greener Urban Living</t>
+          <t>India’s Retail Market Transforms as Tier 2 Cities Drive New Growth</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Delhi is building a 53-km cycling and walking corridor along the Yamuna to improve air quality, cut traffic, and create a new public space for residents.</t>
+          <t>India’s retail sector is booming, driven by rising incomes, digital-savvy consumers, and strong growth in Tier 2 cities, where malls and high streets are reshaping shopping habits.</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>Tuesday, 02 Dec, 2025</t>
+          <t>Tuesday, 18 Nov, 2025</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/delhis-53-km-yamuna-cycling-corridor-a-shift-towards-greener-urban-living-122994.html</t>
+          <t>https://www.rprealtyplus.com/news-views/indias-retail-market-transforms-as-tier-2-cities-drive-new-growth-122761.html</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>Delhi is preparing for one of its most ambitious non-motorised transport projects yet. A 53-km continuous cycling and walking corridor is set to come up along both banks of the 
-[...17 lines deleted...]
-If executed as planned, the Yamuna cycle corridor may set a blueprint for other Indian cities trying to balance urban growth with environmental responsibility. For Delhi, it signals a slow but significant shift towards cleaner mobility, healthier routines, and a renewed relationship with its most important river.</t>
+          <t>India’s retail market is projected to cross $1.6 trillion by 2030, with organised retail expected to hold over 35% market share. This growth is powered by a rising middle class, digitally connected Gen Z consumers, and a shift toward experience-led shopping.
+From quick commerce and omnichannel strategies to premium mall formats and high-street revivals, retailers are adapting to a more discerning consumer base. Apparel and F&amp;B continue to dominate revenue share, while wellness, entertainment, and lifestyle brands gain traction across urban clusters.
+The Rise of Tier 2 Retail
+Cities like Faridabad, Indore, and Kochi are seeing a surge in organised retail formats, with developers investing in Grade A malls, mixed-use hubs, and curated high streets. These markets mirror metro consumption patterns, but offer lower entry barriers and faster growth.
+Mohit Goel, Managing Director, Omaxe Group
+, says, “When we look at NCR, the direction of growth is very clear: organised retail is strengthening, and Faridabad is beginning to reflect the same fundamentals. The report puts the national organised retail footprint at about 134 million sq ft, and the consumption pattern is consistent; apparel accounting for 30–35% of revenues and F&amp;B for 20–25% across malls and high streets. We’re seeing that exact mix play out in Faridabad as more national and international brands come in. From a developer’s standpoint, this tells us the market is maturing and ready for more structured, high-quality retail spaces.”
+What Consumers Want
+Today’s urban shoppers are not just buying products, they are buying experiences, values, and identity.
+Apparel (30–35%) and F&amp;B (20–25%) remain dominant, but categories like home décor, wellness, and tech accessories are rising.
+Brand storytelling, sustainability, and digital integration are key drivers of loyalty.
+Mall formats are evolving to include co-working zones, pop-up stores, and cultural programming.
+What’s Next for India’s Retail Evolution
+Walk into a mall in Kochi or a high street in Faridabad, and the shift is unmistakable. Shoppers aren’t just browsing shelves, they are attending pop-up tastings, scanning QR codes for styling tips, and sharing their finds on social media. Retail is no longer a pit stop; it’s a curated experience.
+As incomes rise and digital habits deepen, consumers are seeking more than products. They want spaces that feel personal, where a brand’s story, aesthetic, and values align with their own. Whether it’s a luxury mall with art installations or an outlet village that blends value with vibe, the formats are evolving fast.
+Hyperlocal delivery is becoming frictionless, and AI-driven personalization is quietly reshaping how people discover, try, and buy. The days of one-size-fits-all retail are fading; what’s emerging is a landscape where every touchpoint feels intentional.
+For developers and brands, the takeaway is clear: invest in experience, not just square footage. Build for emotion, not just efficiency. As Tier 2 cities mature, the old metro/non-metro divide is dissolving — and in its place, a pan-India retail culture is rising, one that’s aspirational, expressive, and unmistakably modern.</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>What Type of Houses Would You Find in the Coldest City on Earth?</t>
+          <t>Is Wadala Becoming the City’s Next BKC?</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>From wooden Soviet-era houses to stilted concrete blocks and modern towers, this report explores how Yakutsk’s residents heat, pay for, and survive homes atop permafrost.</t>
+          <t>Wadala is emerging as Mumbai’s next CBD, with Raymond Realty leading the transformation through premium residential and commercial projects, boosted by major infrastructure and strategic connectivity.</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>Tuesday, 02 Dec, 2025</t>
+          <t>Tuesday, 18 Nov, 2025</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/what-type-of-houses-would-you-find-in-the-coldest-city-on-earth-122993.html</t>
+          <t>https://www.rprealtyplus.com/news-views/is-wadala-becoming-the-citys-next-bkc-122760.html</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>In winters when the air itself seems to freeze mid-breath and temperatures fall below minus 50 degrees Celsius, life in Yakutsk does not pause. More than 300,000 people live in this far-eastern Siberian city where the cold shapes not only daily routines, but the very design of homes. Housing here is not about luxury. It is about survival, cost, and warmth, stitched together over decades of trial and error on permanently frozen ground.
-[...24 lines deleted...]
-In Yakutsk, homes are not just shelters. They are quiet negotiations between human life and one of the harshest climates on Earth.</t>
+          <t>Raymond Realty Steps in at the Right Moment
+Every few decades, Mumbai redefines its centre, where ambition meets opportunity and a new skyline emerges. From Nariman Point to Bandra-Kurla Complex, each shift has reshaped how the city lives and dreams. Today, that momentum is moving east, to Wadala, a neighbourhood rapidly emerging as Mumbai’s next Central Business District (CBD).
+Once an industrial pocket, Wadala is transforming into a vibrant district where connectivity, commerce, and contemporary living converge. With major infrastructure upgrades, redevelopment, and premium residential offerings, this is where Mumbai’s next chapter is unfolding. At the core of this evolution stands Raymond Realty, a brand synonymous with design-led thinking, precision, and consumer trust.
+Why Wadala Mirrors BKC’s Early Growth Curve
+Much like BKC in its formative years, Wadala sits at a pivotal moment, strategically positioned between South Mumbai, BKC, and Navi Mumbai, offering rare centrality and unmatched accessibility.
+With BKC nearing saturation, corporates and investors are actively looking east, where Wadala offers what BKC can no longer provide, land availability, high-ROI commercial potential, and significantly lower rentals. Upcoming Wadala CBD land auctions are accelerating this momentum, opening space for premium office parks and integrated commercial hubs.
+Transformative connectivity, Metro Lines 4 and 11, the Eastern Freeway, the Monorail, and the MTHL cements Wadala as one of Mumbai’s most seamlessly connected emerging districts. Meanwhile, MMRDA’s plan to unlock 156 hectares of commercial land is setting the stage for Wadala to evolve into the city’s next major business hub. Unlike a fully matured BKC, Wadala still offers an early-entry advantage, making it one of Mumbai’s strongest long-term bets.
+The Rise of a Premium Residential Neighbourhood
+As commercial activity intensifies, Wadala is simultaneously developing a refined residential landscape. Premium and luxury developments are rising alongside an expanding social ecosystem, from education and retail to cultural and lifestyle amenities.
+This evolution aligns naturally with Raymond Realty’s design philosophy and consumer-first approach. The brand’s presence elevates the residential benchmark while contributing meaningfully to Wadala’s transition from an industrial precinct to a polished, future-ready urban hub.
+A Legacy That Continues to Grow
+One of India’s most respected conglomerates, Raymond entered real estate with the vision to redefine urban living. Today, as a listed entity and one of the fastest-growing developers in the MMR, the brand has strengthened its footprint with thoughtfully planned, design-forward projects across key markets.
+Its flagship developments in Thane and Bandra have received exceptional response for their planning, craftsmanship, and community-oriented design. Building on this momentum, Raymond Realty now extends its growth journey into Mumbai’s emerging eastern corridor with Wadala as its next landmark.
+With connectivity, commerce, and contemporary living converging into one powerful narrative, Wadala is poised to become one of Mumbai’s defining growth stories, shaped by developers who understand the city’s evolving aspirations.
+Raymond Realty is coming soon to Wadala — shaping Mumbai’s next skyline.</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>Cement Makers Optimistic After Q2 Growth, Expect H2 Boost from Housing, Infrastructure</t>
+          <t>Federal Housing Programs Restart as Congress Approves Government Funding Deal</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Top cement companies report healthy Q2 growth and anticipate stronger H2 FY26, driven by housing demand, infrastructure projects, favourable policies, and stable input costs.</t>
+          <t>Government funding deal has reopened key federal housing programs, allowing stalled FHA, VA and USDA loans and flood insurance policies to restart, though some delays may continue.</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Tuesday, 02 Dec, 2025</t>
+          <t>Monday, 17 Nov, 2025</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/cement-makers-optimistic-after-q2-growth-expect-h2-boost-from-housing-infrastructure-122990.html</t>
+          <t>https://www.rprealtyplus.com/news-views/federal-housing-programs-restart-as-congress-approves-government-funding-deal-122749.html</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>Leading cement companies, buoyed by a high single-digit volume growth in the July-September quarter along with an increased sales realisation, expect a better performance in the second half of the current fiscal, betting big on the housing sector and the government's spending on key infra projects.
-[...21 lines deleted...]
-"However, looking ahead, we remain positive on demand. As of August 2025, only about 38 per cent of the central government planned capex and 21 per cent of the state government planned capex for FY26 have been spent so far, indicating substantial capex potential for the rest of the fiscal period. Cement demand is expected to pick up in the second half of the year," he said.</t>
+          <t>After weeks of paralysis, the U.S. government is back up and running, reopening the federal programs that the housing market depends on. The House of Representatives approved a funding bill on Wednesday, ending what had become the longest government shutdown in American history. The Senate had passed the measure earlier in the week, and President Donald Trump signed it soon after.
+For homebuyers, sellers and real estate professionals, the restart couldn’t come soon enough. Essential housing programs had been frozen, leaving families stuck in limbo, lenders unable to close deals and insurers unable to issue coverage. Shannon McGahn, chief advocacy officer at the National Association of Realtors, called the reopening “welcome news for Americans whose home purchases and insurance renewals have been delayed or derailed.”
+Lenders across the country had been wrestling with stalled FHA, VA and USDA loans, which serve many first-time buyers and rural homeowners. New flood insurance policies under the National Flood Insurance Program (NFIP) had also been put on hold. Those delays rippled through local markets, slowing sales, postponing closings and creating a general sense of uncertainty.
+McGahn warned that even though the government is open again, bottlenecks won’t disappear overnight. Many housing-related agencies are returning after a six-week pause, meaning loan files, insurance requests and underwriting reviews have piled up. “I would expect some additional delays as they work through them,” she said.
+The funding package Congress approved doesn’t just reopen agencies—it also extends the NFIP’s authority to issue new policies through January 30, 2026. Flood insurance is required for mortgages in many coastal and river-adjacent areas, so this extension matters for thousands of buyers. The legislation also funds several major spending bills tied to agriculture, military construction and legislative agencies through the end of fiscal year 2026. Those bills cover the USDA and VA loan programs, two lifelines for rural buyers and veterans.
+Furloughed federal employees will return to work with back pay, restoring the staff needed to keep everything from loan processing to inspections moving again. But Congress still faces another deadline in January, when additional funding bills must be passed to keep the rest of the government running.
+Throughout the shutdown, the National Association of Realtors ran an aggressive advocacy campaign in Washington and around the country. Their goal was simple: get Congress to understand how deeply the shutdown was hurting the real estate market and, by extension, the broader economy. Real estate accounts for nearly a fifth of U.S. GDP, so even short disruptions can have significant economic effects. A shutdown of this length created daily setbacks for buyers, sellers and entire communities.
+Before the shutdown began, NAR’s advocacy team launched a targeted Call for Action urging its federal representatives to protect the NFIP and highlight how essential it is to homeowners. Within two days, those efforts reached three-quarters of Congress. Soon after, almost every lawmaker had been briefed.
+Once the shutdown hit, NAR gathered more than 600 firsthand stories from Realtors nationwide. These accounts described stranded buyers waiting for loan approvals, families stuck between moves and transactions falling apart at the last minute. NAR then organized dozens of state and local Realtor associations to send letters to their own members of Congress, pressing for an immediate reopening.
+The lobbying effort did not stop there. NAR’s Washington team contacted all 535 members of Congress, sharing economic impact data and individual accounts that showed how the shutdown was dragging down the housing market. High-level meetings were held with the most influential lawmakers and committee leaders on Capitol Hill, including Speaker Mike Johnson, Senate Majority Leader Chuck Schumer, Senate Republican Leader John Thune and House Financial Services Committee leaders.
+The advocacy also extended into the executive branch. NAR met with senior officials at the Department of Housing and Urban Development, the Federal Housing Administration, the Treasury Department, the VA and even the White House. The message in all these meetings was consistent: housing must remain a priority because its stability supports the broader economy.
+Now that the government is back open, the heavy lifting begins. Agencies must clear the backlog, lenders must re-start processing and thousands of buyers will try to regain lost momentum. The shutdown may be over, but its effects will take time to unwind. The reopening, though, marks an important step toward restoring confidence in a market that depends on predictable federal support.</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>Why Noida Sector 75 Is a Smart Choice for Homebuyers?</t>
+          <t>U.S. Housing Market Set for Strong 2026 Comeback as Sales Rise</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Noida Sector 75 offers central connectivity, quality schools, healthcare, malls, and secure residential options, making it ideal for families, professionals, and property investors.</t>
+          <t>America’s housing market may finally turn a corner in 2026, with sales, prices and buyer activity expected to rise as mortgage rates ease and jobs stay strong.</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>Tuesday, 02 Dec, 2025</t>
+          <t>Monday, 17 Nov, 2025</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/why-noida-sector-75-is-a-smart-choice-for-homebuyers-122989.html</t>
+          <t>https://www.rprealtyplus.com/news-views/us-housing-market-set-for-strong-2026-comeback-as-sales-rise-122748.html</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>Noida has long been a hotspot for homebuyers and investors, but Sector 75 has emerged as one of its most sought-after addresses. Strategically located, this sector combines accessibility, modern amenities, and well-planned residential options, making it attractive for families, professionals, and real estate investors alike.
-[...14 lines deleted...]
-Noida Sector 75 combines urban convenience with residential comfort, offering a balanced lifestyle for families and professionals. Whether you are looking to buy a home or invest in real estate, this sector remains one of Noida’s top choices.</t>
+          <t>After years of sluggish movement, America’s housing market may finally be gearing up for a proper comeback. Real estate professionals are cautiously hopeful that 2026 will bring the kind of momentum the industry has been waiting for. The National Association of Realtors’ chief economist, Lawrence Yun, believes sales could jump by about 14 percent nationwide, breaking free from the stagnation that defined 2025.
+What makes this projection striking is that it isn’t based on wishful thinking. There are early signs, small but consistent that buyers are beginning to re-enter the market. Mortgage applications have been climbing steadily for weeks. Job growth remains strong. Homebuilders are adding new supply instead of shutting down projects. And even the long government shutdown that threatened to delay transactions has finally ended.
+Yun told attendees at NAR’s annual economic forum that these signals point toward a slowly strengthening market. Applications for home loans, for instance, were up 31 percent over last year. In an environment where confidence has felt thin, a jump that large suggests buyers haven’t given up on homeownership. They’ve simply been waiting for a nudge.
+Mortgage rates continue to be the main drag. They opened the year at around 7 percent before drifting down to 6.24 percent this week. That’s still a far cry from the ultra-cheap rates of the pandemic era, but Yun expects a gradual improvement. He predicts an average rate of roughly 6 percent in 2026, which could be just enough to tip undecided buyers back into the market.
+He also warned that no one should expect 3 percent rates again. Mortgage rates are tied to everything from inflation to Treasury yields, and the broader economic environment today simply doesn’t support those levels. Still, even a modest reduction tends to unlock demand because it improves monthly affordability.
+If the broader national picture looks cautiously optimistic, the market underneath is fractured. Higher-priced homes are moving faster and more easily than lower-priced ones. Wealthy buyers, flush with cash and investment gains, are purchasing homes in the $750,000 to $1 million range with little hesitation. But the lower end is tight, with limited inventory and intense competition.
+Jessica Lautz, NAR’s deputy chief economist, described the current divide as a market of “haves and have-nots.” First-time homebuyers, once the backbone of the market, have dwindled to just 21 percent of all purchases—a historic low. Traditionally, about 40 percent of buyers are entering the market for the first time. Many young adults still want to buy a home, Lautz said, but they are worn down by rent spikes, student loans and childcare costs.
+The average first-time buyer today is 40 years old, far older than in past decades. Meanwhile, repeat buyers, especially older homeowners continue to dominate. Baby boomers, who own a significant share of the country’s housing wealth, often purchase their next property with cash or by tapping the large equity gains they’ve built over time.
+As the holiday and winter slowdowns begin, sellers are being forced to adjust. Homes sitting on the market for too long are seeing price cuts. Yun shared data showing how these reductions grow with time: about 5 percent after two weeks, more than 13 percent after four months. These cuts aren’t a sign of collapse but the result of mismatched pricing and shifting buyer expectations.
+Temporary dips may appear in certain markets where inventory rises too fast. But Yun believes national home prices will still climb about 4 percent in 2026, supported by steady job growth and a chronic shortage of entry-level homes. That follows an estimated 3 percent climb in 2025.
+Concerns about foreclosures have also been swirling, but the fundamentals remain healthy. Delinquencies are low, most homeowners owe far less than their homes are worth, and the labor market continues to add jobs every month. These conditions make a crash unlikely.
+So while 2025 was a year of waiting and watching, 2026 is shaping up to be the year the housing market begins to breathe again. It may not be a dramatic rebound, but the industry seems ready for movement after years of strain. Buyers, builders and sellers appear to be aligning at last, creating the conditions for a more active, more stable market in the year ahead.</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>Ujjain Real Estate: Capitalizing on Heritage for Investment Gains in 2026</t>
+          <t>Why Maharashtra’s Land Registration System Faces Renewed Scrutiny and Criticism</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Ujjain blends cultural heritage with affordable housing, growing infrastructure, and strong connectivity, offering investors steady returns and residents a vibrant, well-connected living experience.</t>
+          <t>A controversial land deal in Pune has exposed gaps in Maharashtra’s registration system, raising questions about oversight, misuse of land, and how powerful buyers bypass crucial safeguards.</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Tuesday, 02 Dec, 2025</t>
+          <t>Monday, 17 Nov, 2025</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/ujjain-real-estate-capitalizing-on-heritage-for-investment-gains-in-2026-122988.html</t>
+          <t>https://www.rprealtyplus.com/news-views/why-maharashtras-land-registration-system-faces-renewed-scrutiny-and-criticism-122747.html</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>Ujjain, one of India’s oldest continuously inhabited cities, is gaining attention not just for its deep-rooted spiritual and cultural significance, but increasingly for its real estate potential. Known globally as a major pilgrimage hub, the city is home to the revered Mahakaleshwar Jyotirlinga and hosts the massive Simhastha Kumbh Mela every 12 years, drawing millions of devotees. Beyond its religious importance, Ujjain is evolving as a growing industrial and educational centre, providing opportunities for long-term residential and investment demand.
-[...14 lines deleted...]
-Ujjain’s appeal lies in its ability to balance tradition with modernity. Affordable housing, strong rental demand, and strategic connectivity, combined with smart city upgrades and educational and healthcare infrastructure, make it a city ready for long-term residential and investment growth.</t>
+          <t>Maharashtra’s land registration machinery, one of the busiest in the country, is again in the spotlight. A land deal in Pune’s Mundhwa area has turned into a cautionary tale about how laws meant to protect marginalised communities can be weakened by lapses in due diligence, outdated processes, and the growing clout of influential buyers.
+The story begins more than a century ago, when the British granted 44 acres in Mundhwa to 26 Mahar families as Watan land. These were hereditary grants in exchange for essential village services, like, policing, carrying messages, measuring fields, lighting torches for night travel, and maintaining sanitation. After Independence, the Mahar Watan Abolition Act of 1950 converted such land into regular holdings but imposed key safeguards: any sale or transfer needed prior government approval.
+That safeguard seems to have failed spectacularly this year.
+In May, 43.3 acres of that original Mundhwa land — valued today at around Rs 1,800 crore — were allegedly sold for only Rs 300 crore to Amadea Enterprises LLP, a company in which Parth Pawar, son of Deputy Chief Minister Ajit Pawar, is a director. The seller acted under a power of attorney, and the transaction allegedly carried out without the required approvals for restricted Watan land. The deal also received a stamp duty waiver of Rs 21 crore, adding to the controversy.
+Two FIRs followed, naming Pune businesswoman Sheetal Tejwani and several government officials. Yet the purchaser, despite having a majority stake in the buying company, has not been named so far. Predictably, the episode has set off a political storm.
+Ajit Pawar has publicly defended his son and shifted attention to the registration office. He has questioned how the sub-registrar processed the transaction despite multiple legal barriers. “How did the individual in the sub-registrar’s office register the deed? What prompted him to do the wrong job?” he asked, noting that the Chief Minister has ordered a probe. The State Revenue Department has suspended sub-registrar Ravindra Taru and previously suspended a tehsildar linked to the case.
+The case raises a larger question: why do such deals keep slipping through the cracks in Maharashtra?
+Part of the answer lies in the fragmented and often overstretched nature of the registration system. Sub-registrars handle thousands of documents each month, and their scrutiny relies heavily on manual checks, legacy paperwork, and limited verification technology. In cases involving older categories of land, such as Watan, Inam, or ceiling land, the rules are layered, complex, and often poorly documented. Unless an officer examines each detail with care, it becomes easy for a sale to proceed even when restrictions clearly apply.
+Another part of the problem is the imbalance of power between buyers and sellers. In many deals involving valuable land, sellers are intermediaries, power-of-attorney holders, or people unfamiliar with legal frameworks. Buyers, on the other hand, come armed with legal teams and financial influence. The system relies on sub-registrars to act as a final checkpoint, but scandals like Mundhwa show how vulnerable that checkpoint can be.
+Technology upgrades have helped. Digitised records, online registration appointments, and computerised indexes, but the core issue remains institutional. The registration department has historically focused more on revenue collection than vigilant enforcement. When oversight fails, land meant for disadvantaged communities becomes easy prey.
+The Mundhwa case is also a reminder of how colonial-era land categories continue to shape modern Maharashtra. Watan lands were created to secure the loyalty of village functionaries in a feudal setup. Post-independence laws were designed to prevent their dispossession. Every time such land changes hands without proper scrutiny, it signals a breakdown of those protections.
+As investigations continue, the controversy has renewed calls for stronger verification protocols, clearer digital tagging of restricted lands, and independent audits of high-value transactions. Until those reforms are in place, Maharashtra’s registration system will remain vulnerable and so will the communities it was designed to protect.
+The Mundhwa dispute may end up in court, in politics, or both. But its real legacy lies in exposing how a single registration entry can unravel decades of intent behind land laws, and why the state can no longer afford a system that looks the other way.</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>Medavakkam Becomes South Chennai’s Fast-Rising Residential Hotspot For Homebuyers</t>
+          <t>How Many Types of Payment Plans Can Homebuyers Choose in Real Estate?</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Medavakkam rises as a South Chennai hotspot with strong connectivity, expanding social infrastructure, steady price growth, and a balanced lifestyle for families and professionals.</t>
+          <t>Real estate payment plans let buyers pay in stages, reduce financial pressure, manage risk and choose flexible options that match their budget while purchasing property.</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>Tuesday, 02 Dec, 2025</t>
+          <t>Monday, 17 Nov, 2025</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/medavakkam-becomes-south-chennais-fast-rising-residential-hotspot-for-homebuyers-122987.html</t>
+          <t>https://www.rprealtyplus.com/news-views/how-many-types-of-payment-plans-can-homebuyers-choose-in-real-estate-122746.html</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>Once seen as a quiet suburb on the edges of the city, Medavakkam has steadily grown into one of South Chennai’s most sought-after residential destinations. Its biggest strength lies in its strategic location. Positioned between two of Chennai’s most important arterial roads, Old Mahabalipuram Road and Grand Southern Trunk Road, Medavakkam offers residents easy access to both the city’s IT corridor and traditional commercial zones.
-[...17 lines deleted...]
-For those planning to buy or rent a home in South Chennai, Medavakkam today represents a blend of accessibility, rising property values and improving lifestyle infrastructure. It is no longer just an affordable suburb. It is fast becoming a well-established residential address with long-term potential.</t>
+          <t>Buying a home is one of the biggest financial decisions most people make, and the money involved can feel overwhelming at first. That’s why real estate developers offer different types of payment plans that break the cost into manageable parts. These plans help buyers spread payments over months or even years, making the process far less stressful. Understanding these options can help you choose a plan that fits your financial comfort and long-term goals.
+A payment plan in real estate is simply a schedule that explains how much you need to pay and at what stages. Instead of paying the full amount upfront, you pay in parts. Developers usually share the payment structure when you book the property. It can include the booking amount, construction-linked stages, and the amount due at possession. For buyers, it brings clarity. For developers, it ensures steady cash flow.
+In India, a handful of payment plans are used widely, each designed for different financial situations.
+The most straightforward is the 
+Down Payment Plan
+. Here, the buyer pays almost 80 to 90 percent of the cost at the time of booking and the rest at possession. Builders often offer discounts on this plan because they get a large amount early. The downside for buyers is the risk: most of the money is paid before construction is complete. This option suits those who have strong finances and trust the developer’s track record.
+The 
+Construction-Linked Plan, or CLP
+, is one of the safest choices. Payments are tied to progress on the site. You pay only after work is completed at each stage: foundation, floors, walls and so on. This reduces the financial risk and gives buyers peace of mind because money moves only when the project moves. It’s ideal for people who prefer steady visibility of progress.
+Some developers offer a mix of both through the 
+Flexi Payment Plan
+. Here, the buyer pays a larger chunk upfront — usually 30 to 50 percent — and the rest is linked to construction milestones. It works well for buyers who can pay more in the beginning but still want the security of stage-wise payments.
+Another popular option is the 
+Possession-Linked Plan
+. Buyers pay a small percentage when booking the property and only pay the bulk amount, often up to 80 percent, at the time of possession. This allows buyers to avoid tying up funds during construction, which is helpful for those paying rent or managing other financial commitments.
+The 
+Subvention Plan
+ brings banks into the equation. The buyer takes a loan, but the builder pays the interest until the project is completed. This means no EMIs during construction, which can be a stress-reliever for many families. But it’s important to choose only RERA-approved projects and reliable builders because any delay affects the loan and the buyer’s future EMIs.
+Some developers also offer time-based plans like the 
+30:30:40 Plan
+, where payments follow a fixed schedule instead of construction progress. This structure can be predictable, but risky if the builder faces delays because the buyer must pay regardless of the pace at the site.
+There’s also the simple 
+10:90 Plan
+. You pay 10 percent at booking and 90 percent at possession. It gives maximum flexibility to buyers who don’t want early financial pressure.
+These payment plans make real estate more accessible. They reduce the stress of gathering large sums, allow better financial planning, and help buyers choose a comfortable path to homeownership. For many people, the right plan makes the difference between delaying a dream and taking a confident step toward it.
+Choosing a payment plan isn’t only about convenience. It’s about matching your finances with the rhythm of the project and ensuring your money stays protected until your home is ready.</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>Singapore Gross Rental Yield Stays Steady Around 3.36% In 2025</t>
+          <t>Maharashtra Allows Mumbai Slum Cluster Redevelopment to Proceed Without Individual Consent</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Singapore’s rental yield is 3.36 percent in 2025, with suburban and heartland condos outperforming central districts, while net returns after expenses stay near 2 percent.</t>
+          <t>Maharashtra has cleared a new cluster redevelopment model for Mumbai, removing individual consent and expanding land eligibility to speed up large-scale slum rehabilitation and modern housing.</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Tuesday, 02 Dec, 2025</t>
+          <t>Monday, 17 Nov, 2025</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/singapore-gross-rental-yield-stays-steady-around-336-in-2025-122986.html</t>
+          <t>https://www.rprealtyplus.com/news-views/maharashtra-allows-mumbai-slum-cluster-redevelopment-to-proceed-without-individual-consent-122745.html</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>Over the last several years, the rental market in Singapore has offered modest but stable gross returns, a feature that continues to hold in 2025, according to the latest data from Global Property Guide. As of Q3 2025, the combined gross rental yield for private apartments across the city-state averages 3.36 percent annually. 
-[...54 lines deleted...]
-Singapore’s rental market remains a steady, mature ecosystem. Yields are modest but predictable. Investors seeking stable, low-risk returns might find heartland or suburban condos attractive. Buyers looking for prestige, long-term value growth, or high-end tenants may still gravitate toward central districts, even if their immediate yield is lower.</t>
+          <t>Mumbai’s long fight for cleaner, safer and more dignified housing has taken a sharp turn with a major policy shift from the Maharashtra government. In a move aimed at accelerating the city’s transformation, the state has removed the need for individual consent from slum dwellers for cluster-based redevelopment projects. The decision, detailed in a fresh government order, rewires the way slum rehabilitation will be planned and executed across India’s financial capital.
+For decades, redevelopment in Mumbai has stumbled over one recurring hurdle: fragmented ownership. Each cluster was a maze of individual plots, structures and households, which meant that gathering consent often took years. The new model attempts to cut through that tangle. Instead of individual sign-offs, the Slum Rehabilitation Authority will now anchor redevelopment on contiguous land parcels of at least 50 acres, provided that more than half the area is occupied by slum dwellers or slum structures. Once these conditions are met, the project can move forward without waiting for door-to-door approvals.
+The state has also widened the kind of land that can be brought under this umbrella. Private land, government land, semi-government plots and even old, unsafe buildings or chawls can be folded into a single redevelopment plan. What stands out is the government’s decision to include land owned by central agencies for the first time. The order notes that such land can be added once permissions from the relevant central authorities are in place. It is a quiet but significant shift, especially in Mumbai where major chunks of prime land are held by central government institutions.
+Another layer of complexity lies in coastal regulations, and the government has addressed that head-on. Many slum pockets sit in CRZ-I and CRZ-II zones, typically areas with strict development controls. The order says these can now be integrated into cluster redevelopment, with rehabilitation allowed either on-site or within a five-kilometre radius, depending on CRZ and planning norms. In a city repeatedly reshaped by its coastline, this inclusion could unlock several stalled or politically sensitive pockets.
+The order spells out how private developers will be brought into the system. They may be appointed through public-private partnerships or through open tenders by agencies handling the land. Developers who already control 40 percent or more of a cluster will be given priority, a clause that may give existing landholders a head start. Where multi-storey buildings exist within a designated cluster but are not part of the slum area, the developer will need to acquire development rights for those structures as well. This ensures that the entire cluster is redeveloped as one unit rather than a patchwork.
+Oversight is being placed squarely in the hands of a high-level committee. The Minister of Housing and Urban Development will chair this group, with senior bureaucrats including the Housing Secretary, the BMC Commissioner and the SRA CEO serving as members. A representative from whichever public body owns the land will also sit on the panel. The idea is to keep decision-making centralised, coordinated and free from bureaucratic drift.
+The broader ambition is clear enough: Mumbai has outgrown incremental fixes. Large-scale redevelopment is the only way to replace hazardous, congested settlements with adequate housing and infrastructure. By removing individual consent, the government is betting that projects will move faster, private developers will stay invested, and residents will get clarity instead of endless delays.
+Whether the model delivers on its promise will depend on execution, transparency and trust. But for the moment, the city has a policy that finally acknowledges the scale of its challenge and attempts to match it with equally large solutions. This marks a new stage in Mumbai’s long, uneven journey toward becoming a slum-free city, even if the path ahead will still demand sustained political and administrative will.</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>Four luxury projects on Dwarka Expressway to shape 2026 NCR’s premium living</t>
+          <t>India’s Real Estate Sentiment Rises in Q3 as Confidence Holds Firm</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Dwarka Expressway is fast becoming NCR’s luxury address, with branded and high-rise residences drawing end-users and investors amid rising infrastructure, connectivity and premium lifestyle demand.</t>
+          <t>The latest Knight Frank–Naredco index shows confidence rising in Q3 2025, with the Current Sentiment Score improving to 59 from 56, signalling stronger market optimism.</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Tuesday, 02 Dec, 2025</t>
+          <t>Monday, 17 Nov, 2025</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/four-luxury-projects-on-dwarka-expressway-to-shape-2026-ncrs-premium-living-122985.html</t>
+          <t>https://www.rprealtyplus.com/news-views/indias-real-estate-sentiment-rises-in-q3-as-confidence-holds-firm-122744.html</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>Once known mainly as a transit corridor, the 
-[...34 lines deleted...]
-As infrastructure along the Dwarka Expressway nears completion and commercial hubs continue to expand on both ends of the corridor, luxury housing here is no longer a speculative bet. It is fast becoming a mainstream choice for high-end homebuyers seeking connectivity, community living and global-standard amenities in one of NCR’s most dynamic micro-markets.</t>
+          <t>India’s real estate sector seems to be holding its optimism even as the global economy turns unpredictable. The 46th edition of the Knight Frank–NAREDCO Sentiment Index for July to September 2025 shows that confidence among stakeholders has not only stayed intact but has strengthened. The findings offer a reassuring snapshot of a sector that has learned to navigate uncertainty without losing momentum. 
+The ‘Current Sentiment Score’ has climbed to 59 from 56 in the previous quarter, the highest point of the year so far. The ‘Future Sentiment Score’ remains unchanged at 61, a sign that expectations for the coming months continue to sit comfortably in the optimistic zone. Together, the two numbers signal a market buoyed by steady demand, healthy liquidity and an economic environment that has settled into a more predictable rhythm.
+Much of this confidence rests on three pillars: stable interest rates, easing inflation and firm demand across the residential and office segments. Developers and investors see these conditions as strong enough to push growth forward even as the world economy remains volatile.
+Parveen Jain, President of NAREDCO, believes the index reflects the sector’s underlying strength. “The Knight Frank–NAREDCO Real Estate Sentiment Index – Q3 2025 reflects steady confidence in India’s property market. Developers and investors remain optimistic, supported by stable demand, policy continuity and healthy funding conditions. Premium housing and office spaces drive growth, signalling a balanced, resilient outlook for the sector in the coming months,” he said.
+The sentiment is echoed by Shishir Baijal, Chairman and Managing Director of Knight Frank India. He sees this steady upward tone as a reflection of adaptability and deep structural demand. “The sustained optimism reflected in the Q3 Sentiment Index underscores the sector’s resilience and adaptability. Both current and future sentiment scores remain comfortably in the positive zone, reaffirming confidence in India’s economic stability and long-term growth story,” he said. Baijal added that premium homes remain strong performers while the office market “continues to demonstrate structural depth with strong leasing pipelines,” supported by stable rates, easing inflation and better liquidity.
+Regional sentiment trends further reinforce the picture of steadiness. The South Zone remains the most optimistic at a score of 62, even after a small one-point moderation. Bengaluru and Hyderabad continue to power this momentum with strong office leasing and high-ticket residential demand. The North Zone has inched up to 56 as the NCR office market shows firm movement. The East Zone has softened slightly to 59 because of moderated residential launches in the first three quarters of 2025. The West Zone has dipped from 61 to 59, though Mumbai and Pune’s office absorption has kept overall sentiment healthy.
+Developers appear slightly more cautious this quarter. Their sentiment score has eased to 59 from 63. Higher construction costs and slower traction in mid- and low-income housing seem to be weighing on their confidence. Non-developers such as banks, private equity firms and financial institutions remain upbeat with a score of 61, indicating continued confidence in liquidity and asset quality.
+The residential sector has held firm through the quarter. Developers have been selective with new launches, focusing more on high-ticket projects where demand is consistent and margins are stronger. About 71 percent of respondents expect launches to remain stable or increase. Sentiment on sales is even stronger. Seventy four percent of respondents expect sales to hold steady or improve, compared to 52 percent in the previous quarter. This shift is supported by rate cuts, subvention schemes and incentives that have improved buyer affordability.
+Price expectations remain stable. A large majority—92 percent—believe prices will either hold or rise. NCR, Bengaluru and Hyderabad have shown some of the strongest year-on-year price hikes, ranging from 13 to 19 percent, driven by demand in upper-mid and premium housing.
+The office market is the brightest spot in the index. Leasing sentiment has strengthened further, with respondents expecting activity to remain stable or rise over the next six months. Seventy eight percent believe new supply will remain steady or grow at a moderate pace. Developers are adopting a disciplined approach to additions, which has kept absorption high and inventory in check. With 95 percent of respondents expecting office rents to remain firm or rise, the outlook remains positive. The sector continues to draw steady interest from global capability centres, tech firms and the expanding flex-space ecosystem.
+The broader economy has also played its part. Seventy eight percent of respondents expect India’s economic momentum to remain steady or improve, supported by easing inflation and ongoing fiscal spending. Funding conditions remain favourable, with 86 percent expecting liquidity to stay the same or improve further. The RBI’s accommodative stance and active capital deployment into premium housing and commercial assets have ensured that money continues to move through the sector without friction.
+Taken together, the Q3 2025 Sentiment Index paints a picture of a sector that has regained its footing and is holding it well. Despite global headwinds, India’s real estate market is supported by solid fundamentals, consistent demand and policy stability. As the fourth quarter begins, the sector moves ahead with calm confidence, aware of the risks but anchored by steady growth across segments.</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>Low Vacancy Trend To Continue In Bengaluru Office Market Till FY2027</t>
+          <t>Danube Properties Launches ‘Shahrukhz by Danube’, a 55-Storey Tower in Dubai</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>ICRA expects Bengaluru’s office vacancy to remain in single digits through FY2027, with steady supply, strong GCC demand and rentals rising 3-4 percent next year.</t>
+          <t>Danube has launched a commercial tower in Dubai named after Shah Rukh Khan, with units starting at Rs. 4 crore and an easy 1% monthly payment plan.</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>Tuesday, 02 Dec, 2025</t>
+          <t>Monday, 17 Nov, 2025</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/low-vacancy-trend-to-continue-in-bengaluru-office-market-till-fy2027-122984.html</t>
+          <t>https://www.rprealtyplus.com/news-views/danube-properties-launches-shahrukhz-by-danube-a-55-storey-tower-in-dubai-122743.html</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>Bengaluru’s office market is set to remain one of the tightest in the country over the next two years, with vacancy levels expected to stay in single digits even as fresh supply enters the market, according to the latest report by ICRA. The city’s strong leasing momentum, driven largely by Global Capability Centres (GCCs), continues to absorb new office space faster than it is being added.
-[...9 lines deleted...]
-For now, Bengaluru’s office market appears well placed. With strong tenant demand, improving occupancy, disciplined new supply and steady rental growth, the city is likely to retain its position as India’s most sought-after commercial real estate destination through FY2027 and beyond.</t>
+          <t>Shah Rukh Khan has spent three decades shaping dreams on screen. Now his name will rise above Dubai’s skyline as part of a commercial tower that blends real estate ambition with pop-culture legend. Danube Properties has announced a 55-storey development called 
+Shahrukhz by Danube
+, marking what is likely the first time anywhere in the world that a high-rise business tower has been named after an actor.
+The project, unveiled at a packed event in Mumbai, brings together two figures whose careers took flight around the same time. Shah Rukh Khan began his journey in cinema 33 years ago, and Rizwan Sajan launched Danube Group the same year. The developer calls this building a tribute to that shared timeline of grit and upward momentum. As Sajan said at the launch, both stories began small and rose on relentless effort. The tower, he said, is a nod to the ambition that shaped both paths.
+The commercial high-rise will stand tall on Sheikh Zayed Road, one of Dubai’s most strategic corridors. Planned as a hub for entrepreneurs, businesses and global investors, the tower spans more than one million square feet of built-up area, with prices starting at roughly Rs. 4 crore. Dubai’s booming commercial market has been attracting interest from India, and Danube’s 1 percent monthly payment plan aims to make the entry point easier for office owners and investors looking at long-term value. Eligible buyers may also secure a 10-year Golden Visa, further raising the building’s appeal.
+True to Dubai’s flair for spectacle, the entrance will feature a statue of Shah Rukh Khan in his signature arms-outstretched pose. The image is familiar to generations of moviegoers, but here it becomes a visual invitation to a tower designed to symbolise confidence, performance and star power. Visitors will likely find the spot turning into a selfie magnet minutes after the tower opens.
+Inside, the project leans on premium features. More than 40 amenities are planned, including a sky pool, business lounges, valet services and even a helipad equipped for air taxis as the city moves toward aerial mobility. Its location places it minutes away from landmarks like the Burj Khalifa and the Dubai Airport, strengthening its pitch as an address for enterprises looking for connectivity.
+Shah Rukh Khan, speaking at the launch, said the gesture left him moved. Dubai has long been a second home for him, and he described the naming of the tower as humbling. He framed the building as a reminder of what belief and hard work can achieve, crediting the Danube team for convincing him of the concept. He also shared a personal moment involving Sajan’s family that made the association feel even more meaningful to him.
+The event wasn’t short on the actor’s trademark humour. He danced to familiar film hits, recreated moments from 
+Don
+ and 
+Om Shanti Om
+, and joked that he rarely lends his name to anything outside his movies. Director Farah Khan, who joined him on stage, added her own quip that Shah Rukh has only given his name to four people: Gauri, Aryan, Suhana and AbRam. The audience responded with the warmth that usually follows the actor wherever he goes.
+Danube, meanwhile, has been expanding its footprint with high-profile launches. Its recent project, Breeze by Danube in Dubai Maritime City, made waves for being the tallest tower in the zone with panoramic sea views. The company says 
+Shahrukhz by Danube
+ is just the beginning of a larger plan to build similar concept-driven projects in other global cities.
+With completion targeted between 2029 and 2030, the tower will arrive in a market where Dubai continues to attract global capital looking for commercial space, high-yield assets and long-term stability. The association with Shah Rukh Khan brings an emotional layer to the project, but the developer is betting on the fundamentals: location, payment flexibility and Dubai’s reputation as a business hub that blends aspiration with opportunity.
+In many ways, the tower is a chapter in two stories that began far from the skyscrapers of the Gulf. One belongs to a boy from Delhi who dreamt of stardom. The other belongs to a young entrepreneur building a trading company. Both journeys took them to Dubai, where this tower now stands as a bridge between ambition and memory. For fans, investors and businesses, 
+Shahrukhz by Danube
+ is one of those rare intersections where real estate and cinema share the same skyline.</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>Raymond Realty Launches Ultra-Luxury Homes ‘Invictus by GS’ in BKC</t>
+          <t>17th Realty+ South 2025 Conclave Set to Bring Big Ideas, Industry Voices to Bengaluru</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Raymond Realty enters Mumbai’s prime BKC with its ultra-luxury Invictus project, featuring six towers, premium 3 and 4 BHK homes, connectivity, and 30 lifestyle amenities.</t>
+          <t>17th Realty+ Conclave &amp; Excellence Awards – South 2025 will convene industry leaders on November 19 at Taj, MG Road, Bengaluru, fostering dialogue and sectoral recognition.</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>Tuesday, 02 Dec, 2025</t>
+          <t>Monday, 17 Nov, 2025</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/raymond-realty-launches-ultra-luxury-homes-invictus-by-gs-in-bkc-122983.html</t>
+          <t>https://www.rprealtyplus.com/news-views/17th-realty-south-2025-conclave-set-to-bring-big-ideas-industry-voices-to-bengaluru-122742.html</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>Raymond Realty, one of India’s fastest-growing real estate developers, has announced its expansion into the Mumbai Metropolitan Region’s (MMR) most coveted corridor with the launch of ‘Invictus by GS, BKC’. This approximately 2-acre marquee redevelopment marks a significant milestone in the company’s journey. After setting unprecedented benchmarks in Thane with the success of TenX Habitat and The Address by GS, the launch of Invictus by GS, BKC further bolsters Raymond Realty’s vision to cater to the ultra-luxury segment.
-[...4 lines deleted...]
-Outlining its future growth trajectory, Raymond Realty has announced a robust launch pipeline for the year 2025-26, which includes 2 new projects on its own land in Thane and 3 to 4 new JDA projects across Mumbai. The company is strategically pivoting towards a balanced portfolio mix, aiming for JDA projects to contribute 50% of annual pre-sales within the next 2 to 3 years (by FY28). This represents a significant shift from the FY25 mix, where Thane projects accounted for 78% and JDAs for 22%, underscoring the growing importance of the asset-light model in the company's long-term expansion.</t>
+          <t>The 17
+th
+ Realty+ Conclave &amp; Excellence Awards 2025 will bring together industry leaders, policymakers, developers, and innovators on November 19 at Taj, MG Road, Bengaluru for an engaging discussions, knowledge sharing, and recognition of excellence in the South India real estate sector.
+The 17th Realty+ South 2025 edition is backed by a strong line-up of strategic and associate partners, technology collaborators, and media allies. The event’s strategic partners are Anarock and Mana, the event’s co-partners are Kohler, Nifco - Nisus Finance, Puravankara. 
+Realty+ South 2025 edition’s event associate partners include Phoenix Asia Towers, One National Park, Adissia and White Lotus. Industry partners are BRAI, Wire and FIABCI. Strategic Marketing partner is Ceyone and technology partners are Sell.Do and ArchVi, with Doors &amp; Windows Solution partner is Alumil, proptech partner is Reloy and creative partner A B See. BW BusinessWorld is the media partner, and exchange4media group is the online media partner.
+The event agenda is designed to spark meaningful dialogue and thought leadership, setting the stage for a day of insightful deliberations. The day will open with a keynote address by Dr. Annurag Batra, Editor-in-Chief and Chairman of exchange4media and BusinessWorld Media Group, who will set the tone for engaging conversations and forward-looking ideas. His remarks will be followed by a series of sessions exploring the future of Indian real estate, architecture, and design across multiple dimensions.
+A Day of Insightful Deliberations
+The morning sessions will spotlight architecture and design leaders, exploring creative storytelling in spaces and the transformative role of technology and AI.
+The conclave will begin with Realty+ 
+Expression. Emotion. Experience: Designing Trust &amp; Safety in Workplace and Campus Spaces
+, moderated by Fancy George, CEO, Thomas Workplace Design. Speakers include Jyothi Gupta, Associate Professor, Christ University Bangalore, Megha Agarwal, Chief Marketing Officer, Table Space, Ria Singh MCR - Leading Workspaces India, Booking Holdings, Shaju Nanukuttan - Design Director Associate, Gensler and Susan Mathew HR Leader - India, R&amp;D International, Linkedin.
+This will be followed by an exclusive conversation on 
+South India Growth Story: The Real Estate Powerhouse of India
+, featuring Ashwinder R Singh, Vice Chairman, BCD Group, Chairman, CII Real Estate, Advisor, NAR-India, Mallanna Sasalu, Chief Executive Officer, Puravankara Limited, Murali Malayappan, CMD, Shriram Properties, Ranjeet Oak, Managing Director, South Asia, Kohler, RK Mishra, Non - Resident Scholar, Carnegie India | Co-Founder, YULU Bike, Founder Director, Center for Smart Cities, Srinivasan Gopalan, CEO, Arisinfra Solutions Ltd. The session will be moderated by Mayank Saksena, Sr. MD &amp; CEO - Land Services, Anarock.
+In the afternoon, a panel discussion on 
+Reimagining Realty: Future-Proofing Through Digital Transformation
+ will feature Akhil Saraf, Founder &amp; CEO, Reloy, Pavan Kumar, Founder &amp; CEO, White Lotus Group, Shantanu Chakraborty, MD - Real Estate, EAAA Alternatives, Sunil Pareek, Executive Director, Assetz, Samir Arora, CEO &amp; Founder, Huts Global | Chairman &amp; President, CREA (I) | Past President &amp; CEO - NAR India, Director – IIRE, Vishesh Kaul, Chief Information &amp; Digital Officer, Prestige Group. The discussion will be moderated by Shajai Jacob - MD &amp; CEO, ANACITY - ANAROCK Group Business Services.
+The dialogue will then turn to 
+South India Commercial Realty: Offices, IT Parks &amp; Flex-spaces Growt
+h with Brijesh Dsouza MCR - Head - South Leasing, Embassy REIT, Hardeep Dayal, President – Commercial Real Estate, Bhartiya Urban, Naresh V Narasimhan, Managing Partner, Venkataramanan Associates, Roshan Alva, Senior National Director, Awfis Space Solutions Limited. The session will be moderated by CBRE.
+A subsequent discussion, 
+Marketing Homes, Building Trust: The South India Realty Playbook
+, will be moderated by Chaitanya Seth, Partner, EY Parthenon. The panel will include Amit Baid, Founder &amp; Creative Director, A B See Brand Advisory, Anirban Ghosh, Senior Vice President Sales Marketing, BREN, Dhruba Ghosh, President &amp; Head Marketing, Puravankara Limited, Rajesh Subramani, Managing Partner, Elegant Builders &amp; Developers, Rohit Kedia, Founder and CEO, ArchVi, Vikas Nair, VP &amp; Head of Marketing &amp; Communications, Century Real Estate Holdings Pvt Ltd.
+The conversation will then move to 
+Building Dreams: South India’s Housing Boom
+, moderated by Sreenivasa Rajeev, Senior Director – Residential services, Chennai &amp; Bengaluru, JLL. Panelists include Adarsh Narahari, Founder &amp; Managing Director, Primus Senior Living, Amar Mysore, Executive Director, Brigade Group, Farook Mahmood, CMD - Silverline Realty | FIABCI World President 2017/18 | Chairman Emiratis BRAI, Navin Dhanuka, Director, ArisUnitern RE Solutions Pvt.Ltd, Nesara B S, Chairman, Concord, Sujith Sebastian, Group Chief Sales Officer, Mana Projects Pvt Ltd, Zayd Noaman, Executive Director – CMD’s Office, Prestige Group. 
+The evening will feature 
+Realty+ Real Talk – Inspiring Success Stories
+, where Sapna Srivastava, Editor, Realty+, will be in conversation with M. V. Manikandan, Founder &amp; Managing Director, Adissia Developers.
+The evening will also see a Special Address by Ranjeet Oak, Managing Director, South Asia, Kohler.
+An Evening of Felicitations
+The day will culminate in the 17th Realty+ Excellence Awards – South 2025, celebrating stalwarts, organizations, and path-breakers who have made outstanding contributions to South India’s real estate, architecture, and design sectors. The awards will recognize innovation, leadership, and projects that are redefining the industry.
+Date: November 19, 2025
+Venue: Taj, MG Road, Bengaluru
+Registrations: 10:00 AM onwards
+Entry: By Registration Only
+Register at:  
+https://bit.ly/4mWHIxn</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>UK Housing Market Shows Price Growth Amid Mixed Regional Construction Trends</t>
+          <t>Children Reshape Housing Choices as Developers Build Wellness Centric Communities</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>UK house prices rise 2.6% annually amid regional disparities, steady mortgage approvals, and mixed construction activity, reflecting supply challenges and regulatory adjustments.</t>
+          <t>India’s housing priorities are shifting as families demand child friendly, safe, and wellness focused living spaces.</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>Monday, 01 Dec, 2025</t>
+          <t>Saturday, 15 Nov, 2025</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/uk-housing-market-shows-price-growth-amid-mixed-regional-construction-trends-122975.html</t>
+          <t>https://www.rprealtyplus.com/news-views/children-reshape-housing-choices-as-developers-build-wellness-centric-communities-122739.html</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>The UK housing market has posted a mixed performance over the past year, reflecting regional disparities, policy impacts, and ongoing shifts in demand and construction activity. According to the UK House Price Index, average house prices rose by 2.6% between September 2024 and September 2025. On a seasonally adjusted monthly basis, however, prices edged down 0.3% from August to September 2025, signaling modest short-term cooling.
-[...8 lines deleted...]
-House of Commons Library</t>
+          <t>For decades, homebuying decisions in India were largely dictated by geography, budget, and investment potential. Today, however, a new factor is quietly reshaping the residential market: children. Families are increasingly prioritising safety, education access, and wellness when choosing homes, with children’s needs becoming central to the decision?making process. Parents now look beyond square footage and price tags, focusing instead on whether a home can provide a nurturing environment for their child’s growth.
+Proximity to reputed schools within a 15–20?minute radius has become a non?negotiable requirement. Parents also evaluate school bus routes and commuting options to ensure convenience and safety. Gated complexes with CCTV surveillance, low?traffic layouts, and pedestrian?friendly designs are highly valued, offering peace of mind and freedom for children to explore. Green, open spaces, cycling tracks, and safe play zones are increasingly seen as essentials rather than luxuries, reflecting a shift toward lifestyle?driven housing.
+Developers Respond with Child?Centric and Wellness?Focused Projects
+Recognising this shift, developers are re?imagining residential projects to resonate with young families. Gera Developments has pioneered ChildCentric® and WellnessCentric™ Homes, integrating day?care centres, supervised play areas, learning hubs, and wellness amenities into everyday living. These projects are designed not just as housing units but as ecosystems that support education, recreation, and holistic well?being.
+Other leading players are following suit. Mahindra Lifespaces has introduced township projects with green play areas and learning zones, while Godrej Properties is embedding sustainable design and wellness features into its residential portfolio. Sobha Ltd. and Prestige Group are expanding their offerings with larger home formats (3?BHK and above), co?living lounges, and child?safe recreational zones. Walkable, mixed?use communities that combine housing, retail, and recreation are also gaining traction, reducing commute times and enhancing convenience for working parents.
+This evolution signals a broader transformation in India’s housing market. Buying a home is no longer just about investment returns or aspirational living, it is about building stability, convenience, and a nurturing environment for families. Developers are shifting from selling physical apartments to offering community?led living that caters to emotional and functional needs.
+As Tier?2 and Tier?3 cities mirror this demand, child?centric and wellness?focused housing is poised to become a defining feature of India’s residential future. With rising urban affluence and evolving family dynamics, the home is being redefined, not as a static asset, but as a living ecosystem designed to foster growth, safety, and togetherness across generations.</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>Home Rent Rules 2025: What Tenants, Landlords Must Know About New Regulations</t>
+          <t>Private Clubs Redefine Urban Leisure with Culture, Cuisine, and Creative Community</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Home Rent Rules 2025 mandate online registration, stronger tenant protections, standardised eviction norms and faster dispute resolution, creating a transparent national rental ecosystem.</t>
+          <t>India’s elite are gravitating toward private clubs that offer curated experiences, luxury hospitality, and cultural cachet.</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Monday, 01 Dec, 2025</t>
+          <t>Saturday, 15 Nov, 2025</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/home-rent-rules-2025-what-tenants-landlords-must-know-about-new-regulations-122974.html</t>
+          <t>https://www.rprealtyplus.com/news-views/private-clubs-redefine-urban-leisure-with-culture-cuisine-and-creative-community-122738.html</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>India’s rental market is set for a major transformation with the rollout of the Home Rent Rules 2025. The Indian Government introduced a series of rental reforms aimed at bringing structure, clarity, and stronger legal safeguards for tenants. The rules build on the Model Tenancy Act of 2021 and introduce clear guidelines on registration, eviction, rent hikes, and dispute resolution, marking a significant step toward a regulated and transparent rental ecosystem.
-[...8 lines deleted...]
-As these rules take effect, India’s rental ecosystem is expected to move closer to global standards, providing tenants with financial and legal security while creating a predictable, professional environment for landlords. The Home Rent Rules 2025 signal a long-overdue modernization of the rental sector, making renting safer, fairer, and more transparent across the country.</t>
+          <t>India’s urban leisure landscape is undergoing a quiet revolution. Private clubs like Soho House Mumbai, The Quorum, and EHV’s Jolie’s and The Bay Club are redefining what it means to belong, relax, and connect in the city.
+As remote work and hybrid lifestyles reshape urban rhythms, demand for intentional, experience-driven leisure spaces is surging. With expansion plans across Delhi, Bengaluru, and Goa, the membership economy is poised to become a defining force in India’s hospitality and lifestyle sectors.
+From Colonial Clubs to Cultural Hubs
+India’s private club landscape is undergoing a dramatic transformation. Once dominated by legacy institutions like Gymkhanas and Golf Clubs, the scene is now led by modern, experience-driven spaces such as Soho House Mumbai, The Quorum (Gurugram, Mumbai), and EHV’s Jolie’s and The Bay Club. These clubs cater to a younger, more diverse clientele seeking community, creativity, and convenience.
+Unlike traditional clubs with decades-long waitlists and rigid codes, these new entrants offer co-working lounges, wellness zones, art programming, and high-end F&amp;B. Membership is no longer just about status, it’s about access to curated culture and meaningful social capital.
+Hospitality Meets Identity
+At the heart of this shift is a redefinition of leisure itself. Soho House, with its global brand ethos, blends boutique hospitality with exclusive programming for the creative class, from film screenings to chef-led dinners. The Quorum positions itself as a “culture-first” club, hosting talks, tastings, and wellness retreats.
+EHV’s Jolie’s and The Bay Club are pushing the envelope with culinary-led memberships, where food becomes the anchor for community. These clubs are not just places to unwind, they are platforms for identity, networking, and lifestyle alignment.
+According to a 2024 industry report, India’s private club market is growing at a CAGR of 17.8%, projected to reach Rs.941 crore by 2027. The rise of remote work and hybrid lifestyles has further accelerated demand for spaces that blend work, leisure, and culture.
+The Future of Urban Belonging
+As cities become denser and public spaces more transactional, private clubs offer a sense of belonging and intentionality. Members are curated not just by wealth, but by creative alignment, professional diversity, and shared values.
+This new membership economy is also spawning tiered access models, digital extensions, and city-specific programming. With upcoming launches in Delhi, Bengaluru, and Goa, the private club boom is poised to reshape how India’s urban elite experience leisure, not as escape, but as curated engagement.</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>CIDCO’s First FCFS Housing Scheme Attracts Over 14,000 Applicants in One Week</t>
+          <t>91Springboard leases 1 lakh Square feet office space in Mumbai, Gurugram</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>CIDCO’s first “first-come, first-served” housing scheme in Navi Mumbai drew 14,796 applicants in one week, offering ready-to-occupy homes with subsidies and strong connectivity.</t>
+          <t>Workspace provider 91Springboard has leased major office space in Mumbai and Gurugram, strengthening its presence for GCCs, enterprises, and startups.</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Monday, 01 Dec, 2025</t>
+          <t>Saturday, 15 Nov, 2025</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/cidcos-first-fcfs-housing-scheme-attracts-over-14000-applicants-in-one-week-122973.html</t>
+          <t>https://www.rprealtyplus.com/news-views/91springboard-leases-1-lakh-square-feet-office-space-in-mumbai-gurugram-122737.html</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>CIDCO’s first-ever housing scheme on a “first-come, first-served” basis has drawn an overwhelming response, with 14,796 applicants registering online within just a week, officials said. The scheme, which offers 4,508 ready-to-occupy homes across multiple nodes, allows citizens to directly book units, bypassing traditional lottery methods. Registration remains open until 21 December, giving more homebuyers the opportunity to participate.
-[...6 lines deleted...]
-As registrations continue, CIDCO expects the total number of applicants to increase further, signalling sustained interest in affordable, ready-to-occupy homes in the city. By facilitating direct selection of units and swift possession, the authority aims to deliver a more efficient and citizen-friendly housing experience, reinforcing Navi Mumbai’s reputation as a preferred destination for affordable residential living.</t>
+          <t>91Springboard, a leading flexible workspace solutions provider, announced on November 13 that it has leased about 1 lakh sq. ft of office space across Mumbai and Gurugram. The expansion is aimed at catering to Global Capability Centers (GCCs), large enterprises, MSMEs, and late-stage start-ups.
+The company has taken up 40,000 sq. ft at Hiranandani Business Park, LightHall in Andheri East, Mumbai, and 60,000 sq. ft at DLF World Trade Park in Gurugram. Both facilities are expected to be operational by the next quarter.
+With this addition, 91Springboard has already expanded by half a million sq. ft in CY2025 and plans to add another million sq. ft by the end of the fiscal year. The company has launched 10 new hubs this year, including its first in Chennai at Etica Malar, alongside new centers in Mumbai, Pune, Delhi, and Gurugram.
+The new hubs are strategically located near key commercial districts, offering Grade A infrastructure. DLF World Tech Park in Gurugram lies along the NH-48 corridor, surrounded by leading technology and enterprise companies, while Hiranandani LightHall in Mumbai is a landmark within Hiranandani Business Park.
+Anshu Sarin, CEO of 91Springboard, said, “These new hubs reflect our core belief that productive workspaces should fuel innovation, enable collaboration, and foster a strong sense of community. We are committed to setting new benchmarks in workplace experience, adaptability, and customer-centric excellence.”
+91Springboard’s national portfolio now spans over 1.64 million sq. ft across 43 hubs in Bengaluru, Delhi, Goa, Gurugram, Hyderabad, Mumbai, Noida, Chennai, and Pune.
+According to Cushman &amp; Wakefield, India’s co-working space market has emerged as the most mature globally, surpassing markets like the UK, France, US, Japan, and Singapore. Rising demand for flexible and managed office spaces has been a key driver of this growth.</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>South Korea Real Estate: Seoul Leads Price Growth While Provinces Lag Behind</t>
+          <t>Metro and Rapid Rail Push Kundli–Sonipat Toward Major NCR Growth</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>South Korea’s housing market is split. Seoul prices keep rising despite tighter lending, while provincial areas face weak demand, low construction activity, and ongoing oversupply.</t>
+          <t>The Kundli–Sonipat belt is gaining momentum as new metro and rapid rail links shrink travel times, attract industries and spark rising real estate demand across the corridor.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>Monday, 01 Dec, 2025</t>
+          <t>Saturday, 15 Nov, 2025</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/south-korea-real-estate-seoul-leads-price-growth-while-provinces-lag-behind-122972.html</t>
+          <t>https://www.rprealtyplus.com/news-views/metro-and-rapid-rail-push-kundlisonipat-toward-major-ncr-growth-122736.html</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>South Korea’s residential property market is moving on two sharply different tracks. While the national market remains largely stalled, prices in and around Seoul continue to climb, deepening the divide between the capital region and the rest of the country.
-[...23 lines deleted...]
-For now, South Korea’s housing story remains one of sharp contrasts. Demand, price growth, and supply are tightly clustered around Seoul, while provincial markets continue to face structural headwinds. With demographic concentration, limited land availability, and cautious developers, this divide is expected to shape the country’s property market well into 2026.</t>
+          <t>Kundli and Sonipat have long lived in the shadow of Delhi, close enough to feel its pull but far enough to be treated as peripheral. That equation is now shifting. Two major transport projects - an extended Yellow Line metro and the Delhi–Panipat Regional Rapid Transit System are drawing the corridor into the heart of the National Capital Region’s growth map. What was once a quiet stretch of the highway is beginning to resemble an emerging urban spine.
+The Ministry of Housing and Urban Affairs recently gave in-principle approval for extending the Delhi Metro’s Yellow Line beyond Samaypur Badli, taking it further into Haryana through a route that touches Nathupur and continues to Sonipat. The plan includes 21 new stations across roughly 27 kilometres, stitching together areas such as Rohini, Bawana, Narela and the growing industrial pockets around Kundli. Once the Delhi Metro Rail Corporation finalises the detailed project report, the capital’s dense rail network will push past its traditional boundary and give this corridor a direct link to the city’s employment and education hubs.
+For people living or working along the Kundli–Rai–NH 44 stretch, the change will be immediate. Close to 50,000 commuters are expected to use the extended line every day, reducing dependence on long road journeys and unpredictable traffic. Real estate developers say the impact on housing demand will be evident well before the first train rolls in. Better travel time, easier last-mile access and the assurance of a Delhi Metro link tend to act as early triggers in the property market. The effect has been seen in places like Dwarka, Noida and more recently on the Dwarka Expressway.
+If the metro extension marks one half of the transformation, the other half comes with a faster and more ambitious project: the Delhi–Panipat Regional Rapid Transit System. The semi–high speed rail line is designed to run trains at up to 160 kilometres per hour across a 135 kilometre route, cutting the Delhi–Panipat commute by more than an hour. With a project cost of over Rs 21,000 crore, the corridor is one of the most significant pieces of regional infrastructure being built in northern India.
+For Sonipat, the RRTS is more than a fast train. It changes the mental map of the region. Developers argue that households looking for larger homes at more affordable prices will now view Sonipat and Kundli as realistic options, especially with travel times to Delhi, Gurugram and Noida dropping sharply. Daily commuting from Sonipat to cyber hubs like Gurugram in under an hour opens a possibility that did not exist until recently.
+The railway and metro projects sit within a wider infrastructure build–out that has been gathering pace. The Urban Extension Road II, connecting IGI Airport to Alipur with a spur toward Sonipat, is now operational and ties the district more firmly into Delhi’s expressway network. The Eastern Peripheral Expressway and the KMP Expressway have already drawn logistics and warehousing businesses to the area, which in turn attracts workers, ancillary industries and residential demand.
+The industrial story is equally strong. Sonipat has become a significant manufacturing base, and Maruti Suzuki’s expansion in the region has triggered the familiar chain reaction of automotive suppliers and job creation. The presence of large educational institutions has helped build a stable population and a steady rental market, making the area attractive for both developers and investors.
+Developers see the coming years as a turning point. Rahul Singla, Director of Mapsko Group, believes the city is nearing a real estate inflection point. He points to a mix of affordability, larger layouts and the search for quieter neighbourhoods as drivers of demand. The shift toward remote and hybrid work has added to that momentum by reducing the need to stay close to traditional business districts. According to him, the customer base is no longer only local; more buyers from Delhi and other metros are showing interest.
+Abhay Kumar Mishra, President and CEO of Jindal Realty, sees the metro and the rapid rail as catalytic. Shorter travel times to the airport, central Delhi and major job centres will, in his view, expand Sonipat’s appeal well beyond its current industrial profile. Better accessibility, he says, tends to create a self–reinforcing cycle of investment and development.
+Yashank Wason, Managing Director of Royal Green Realty, adds that the ongoing shift in buyer priorities is working in Sonipat’s favour. People want more space without losing out on connectivity, and the RRTS helps close that gap.
+All of these factors point to a larger pattern. When major transit infrastructure arrives, it often rewrites the fortunes of the places along its route. Gurugram’s rise, the rapid expansion of Noida and the ripple effect of the Dwarka Expressway are examples of how connectivity reshapes land values and investment flows. The Kundli–Sonipat belt appears to be heading in the same direction.
+As metro construction progresses and the rapid rail begins operations, the perceived distance between Sonipat and Delhi will shrink. The area is expected to move from being a distant neighbour to a well–connected extension of the capital’s growth arc. For investors, the real question is not whether the region will grow, but how soon they intend to place their bets on a corridor that is steadily stepping into the NCR mainstream.</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>Khopoli: A new urban growth hub on the Mumbai-Pune corridor</t>
+          <t>India’s Retail Market Shifts Toward Experience as Organised Formats Expand Fast</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Khopoli is emerging as a fast-growing investment hub, driven by airport-led infrastructure, rising real estate prices, investments, and strong demand for villas and plotted developments.</t>
+          <t>Indian consumers are shifting from bargain hunting to experience-led shopping, pushing organised retail, malls, and high streets to evolve with better design, curation, and brand-driven environments.</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>Monday, 01 Dec, 2025</t>
+          <t>Saturday, 15 Nov, 2025</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/khopoli-a-new-urban-growth-hub-on-the-mumbai-pune-corridor-122971.html</t>
+          <t>https://www.rprealtyplus.com/news-views/indias-retail-market-shifts-toward-experience-as-organised-formats-expand-fast-122735.html</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>Once known mainly as an industrial town on the outskirts of Maharashtra’s urban belt, 
-[...30 lines deleted...]
-What was once a quiet industrial town is now shaping up as a multi-dimensional urban centre, combining housing, logistics, tourism, and industry. For investors and homebuyers looking at the next phase of Mumbai-region expansion, Khopoli is quickly moving from the edge of the map to the centre of attention.</t>
+          <t>Walk into any busy mall today and the mood feels different from even a few years ago. People aren’t rushing through aisles. They are wandering, tasting, browsing, and settling in as if the space itself is part of the purchase. This shift in behaviour says more about India’s evolving consumer economy than any set of charts. As incomes rise, aspirations grow, and lifestyles become more urban, shoppers are no longer chasing the cheapest deal. They’re chasing something that feels good, looks good, and connects with the life they imagine for themselves.
+Products matter, but the environment now matters just as much. Retail in India has become a stage for experience. Whether it’s a well-designed storefront, a cosy café corner, or the buzz of a lively atrium, shoppers want to feel a sense of belonging. This isn’t a passing trend. It’s a structural shift that is reshaping the country’s retail geography and influencing how developers design the next wave of urban spaces.
+The scale of this transformation becomes clearer when seen through the latest CII–Knight Frank numbers. Organised retail consumption in India already stands around Rs. 8.8 trillion. Yet almost 90 percent of the overall market is still unorganised. That imbalance is exactly why modern retail has so much room to grow. The organised segment is riding a wave of fresh consumption, backed by a young population that values choice, design, and consistency.
+Harinder Singh Hora, Founder Chairman of Reach Group, has watched this shift play out day after day. He points out how high streets, once informal and unpredictable, now operate in a completely different environment. Consumers today expect ease of access, reliable parking, familiar brands and a sense of order. For him, the future lies in mixed ecosystems where the convenience of high streets blends naturally with the structure of malls and office complexes. When everything sits within one integrated development, the experience feels complete and urban life becomes simpler.
+Inside malls, the pattern is even clearer. Apparel, food and beverages, and beauty and wellness consistently dominate the brand mix across major formats. These categories reflect a lifestyle-led consumer base that treats shopping as a day out rather than a transaction. People come for fashion, stay for a meal, and return for beauty or wellness services. Malls that can organise themselves around this rhythm are the ones winning footfall.
+Mohit Goel, Managing Director at Omaxe Group, notes how this shift is shaping regional markets too. In NCR, organised retail has been on a steady rise, and Faridabad is now catching up. The CII–Knight Frank report estimates India’s organised retail footprint at roughly 134 million sq. ft across 32 cities. Whether it’s a mall or a high street, apparel tends to contribute 30 to 35 percent of revenues while food and beverages account for 20 to 25 percent. The same consumption pattern is now emerging in Faridabad as national and international brands increase their presence. For developers, this signals a market maturing toward structured and high-quality retail spaces.
+This demand is reshaping the country’s retail map as quickly as it is creating new habits. Consumption is no longer concentrated in a handful of metros. Tier-2 and Tier-3 cities are showing strong appetite for organised formats, backed by rising incomes and rapid urbanisation. The top eight cities alone are expected to add more than 30 million sq. ft of new retail supply by 2028. What’s notable is the nature of this pipeline: it’s focused less on sheer volume and more on design, curation and tenant quality. Developers aren’t building just to fill space. They’re building to create destinations.
+Nowhere is this more visible than in Gurugram, where years of commercial growth have naturally pushed retail demand upward. Pankaj Jain, Founder and CMD of SPJ Group, says malls and high streets are capturing most of the momentum, especially in untapped micro-markets. Consumers want fashion, food, entertainment and relaxed social spaces in one place. Old Gurgaon, long overshadowed by newer districts, is also beginning to feel a revival driven by stronger infrastructure and a more discerning consumer base.
+The definition of a mall itself is evolving. Ravinder Choudhary, Vice President of Vegas Mall, says that malls have become community spaces as much as commercial spaces. Quality is now visible everywhere, from storefronts and curated brand mixes to well-managed common areas and weekend events. Festivals, art exhibitions and cultural gatherings have turned malls into places where people come not just to shop but to connect. A well-run mall gives consumers reason to return, week after week.
+India’s retail story is moving decisively toward quality over volume. As shoppers become more confident and more expressive in how they spend, the winners will be the spaces that offer design, comfort, storytelling and a sense of belonging. Organised retail has a long runway ahead, not because India needs more square footage, but because it needs spaces that make people feel something.</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>Godrej Properties Plans Land Buys This Fiscal With Rs. 30,000 Crore Potential</t>
+          <t>India’s Construction Sector Accelerates Digital Shift As 84% Firms Boost Tech</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/godrej-properties-plans-land-buys-this-fiscal-with-rs-30000-crore-potential-122970.html</t>
+          <t>https://www.rprealtyplus.com/news-views/indias-construction-sector-accelerates-digital-shift-as-84-firms-boost-tech-122734.html</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>Proptech Firm Square Yards Raises $35 Million In Fresh Equity Funding Round</t>
+          <t>India’s Retail Leasing Surges 65% YoY in Q3, led by Delhi, Hyderabad</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/proptech-firm-square-yards-raises-35-million-in-fresh-equity-funding-round-122969.html</t>
+          <t>https://www.rprealtyplus.com/news-views/indias-retail-leasing-surges-65-yoy-in-q3-led-by-delhi-hyderabad-122733.html</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>Mumbai Property Registrations Rise 20% In November, Highest Since 2013</t>
+          <t>South Delhi Independent Floor Prices Rise 17% in Q3 2025</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/mumbai-property-registrations-rise-20-in-november-highest-since-2013-122968.html</t>
+          <t>https://www.rprealtyplus.com/news-views/south-delhi-independent-floor-prices-rise-17-in-q3-2025-122732.html</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>India's Smart Green Homes: Transforming Urban Living for a Sustainable Future</t>
+          <t>Tata Steel to buy remaining 50% stake in Tata BlueScope for Rs. 1,100 crore</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/indias-smart-green-homes-transforming-urban-living-for-a-sustainable-future-122964.html</t>
+          <t>https://www.rprealtyplus.com/news-views/tata-steel-to-buy-remaining-50-stake-in-tata-bluescope-for-rs-1100-crore-122718.html</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>Mumbai Parks Set for Renovation as BMC Announces Rs. 26-Crore Plan</t>
+          <t>Blackstone-Owned AirTrunk Plans New Data Center in India to Tap AI Growth</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/mumbai-parks-set-for-renovation-as-bmc-announces-rs-26-crore-plan-122963.html</t>
+          <t>https://www.rprealtyplus.com/news-views/blackstone-owned-airtrunk-plans-new-data-center-in-india-to-tap-ai-growth-122717.html</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>SP Group Moves to Redeem Rs. 900 Crore NCDs Held by HNIs, family offices</t>
+          <t>Sayaji Hotels Expands with Six New Properties Across Four Indian States</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/sp-group-moves-to-redeem-rs-900-crore-ncds-held-by-hnis-family-offices-122962.html</t>
+          <t>https://www.rprealtyplus.com/news-views/sayaji-hotels-expands-with-six-new-properties-across-four-indian-states-122716.html</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>Bali Scraps Controversial Glass Elevator Project At Pristine Beach</t>
+          <t>Nisus Finance Delivers Record H1 FY26 Growth, Revenue Surges 312%</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/bali-scraps-controversial-glass-elevator-project-at-pristine-beach-122961.html</t>
+          <t>https://www.rprealtyplus.com/news-views/nisus-finance-delivers-record-h1-fy26-growth-revenue-surges-312-122715.html</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>Mumbai, Delhi-NCR, Bengaluru Attract 62% of India’s Real Estate Investments</t>
+          <t>India’s Warehousing Sector Grows 64% in Q3 2025 After Slow Quarter</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/mumbai-delhi-ncr-bengaluru-attract-62-of-indias-real-estate-investments-122960.html</t>
+          <t>https://www.rprealtyplus.com/news-views/indias-warehousing-sector-grows-64-in-q3-2025-after-slow-quarter-122714.html</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>Noida Records 18% Growth in Average Office Rent Since 2019</t>
+          <t>Mumbai Emerges as Global Wealth Hub, Ranks 57th for Attractiveness</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/noida-records-18-growth-in-average-office-rent-since-2019-122959.html</t>
+          <t>https://www.rprealtyplus.com/news-views/mumbai-emerges-as-global-wealth-hub-ranks-57th-for-attractiveness-122713.html</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>Mindspace REIT Expands Portfolio with INR 2,916 Crore Acquisition of Prime Assets</t>
+          <t>Pune Property Registrations Dip 39% YoY, Market Shows Resilience in October 2025</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/mindspace-reit-expands-portfolio-with-inr-2916-crore-acquisition-of-prime-assets-122958.html</t>
+          <t>https://www.rprealtyplus.com/news-views/pune-property-registrations-dip-39-yoy-market-shows-resilience-in-october-2025-122712.html</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>How Homebuyers Are Shaping India’s Housing Demand Across Tier-2 Cities</t>
+          <t>Radisson Collection Hotel to Open Near Navi Mumbai Airport by 2030</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/how-homebuyers-are-shaping-indias-housing-demand-across-tier-2-cities-122957.html</t>
+          <t>https://www.rprealtyplus.com/news-views/radisson-collection-hotel-to-open-near-navi-mumbai-airport-by-2030-122699.html</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>Pinterest Highlights Autumn 2025 Interior Trends Shaping Homes in UAE, Saudi Arabia</t>
+          <t>India’s Realty and Infrastructure Companies Signal Steady Growth, Eye Stronger H2FY26</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/pinterest-highlights-autumn-2025-interior-trends-shaping-homes-in-uae-saudi-arabia-122956.html</t>
+          <t>https://www.rprealtyplus.com/news-views/indias-realty-and-infrastructure-companies-signal-steady-growth-eye-stronger-h2fy26-122698.html</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>Top 10 Low-Cost Small House Design Ideas for 2025</t>
+          <t>PMRDA Unveils Rs. 33,700-Crore Plan to Transform Pune’s Industrial Corridors</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/top-10-low-cost-small-house-design-ideas-for-2025-122955.html</t>
+          <t>https://www.rprealtyplus.com/news-views/pmrda-unveils-rs-33700-crore-plan-to-transform-punes-industrial-corridors-122697.html</t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>Maldives’ Largest Housing Project Gets 1,400 Windows, Doors from Indian Company</t>
+          <t>Emaar India to Invest Rs. 1,600 Crore in Gurugram’s Luxury Project</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/maldives-largest-housing-project-gets-1400-windows-doors-from-indian-company-122954.html</t>
+          <t>https://www.rprealtyplus.com/news-views/emaar-india-to-invest-rs-1600-crore-in-gurugrams-luxury-project-122696.html</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>Why Verandas Are Becoming the Most Valuable Room in Indian Homes</t>
+          <t>NDR InvIT Trust Delivers Strong Q2 Performance, Rental Income Soars</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/why-verandas-are-becoming-the-most-valuable-room-in-indian-homes-122953.html</t>
+          <t>https://www.rprealtyplus.com/news-views/ndr-invit-trust-delivers-strong-q2-performance-rental-income-soars-122695.html</t>
         </is>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F45" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>Natural Light in Architecture Drives Well-Being and Influences Modern Design</t>
+          <t>Mumbai Leads India’s Data Centre Capacity with a 53% share YTD</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/natural-light-in-architecture-drives-well-being-and-influences-modern-design-122952.html</t>
+          <t>https://www.rprealtyplus.com/news-views/mumbai-leads-indias-data-centre-capacity-with-a-53-share-ytd-122694.html</t>
         </is>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F46" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>Bollywood’s Biggest Stars Find Their Serene Retreats in Goa</t>
+          <t>Industry Leaders Raise Concerns as GRAP-III Construction Ban Slows Housing Projects</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/bollywoods-biggest-stars-find-their-serene-retreats-in-goa-122951.html</t>
+          <t>https://www.rprealtyplus.com/news-views/industry-leaders-raise-concerns-as-grap-iii-construction-ban-slows-housing-projects-122693.html</t>
         </is>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F47" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>Egypt’s Long-Awaited Grand Museum Opens Near the Pyramids After Three Decades</t>
+          <t>Hyderabad Real Estate: Property Registrations Rise 5% in October 2025</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/egypts-long-awaited-grand-museum-opens-near-the-pyramids-after-three-decades-122950.html</t>
+          <t>https://www.rprealtyplus.com/news-views/hyderabad-real-estate-property-registrations-rise-5-in-october-2025-122692.html</t>
         </is>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F48" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>What Podcaster Joe Rogan Said About the Architecture of India’s Kailasa Temple</t>
+          <t>Designing Trust and Timeless Spaces for India’s Evolving Urban Landscape</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/what-podcaster-joe-rogan-said-about-the-architecture-of-indias-kailasa-temple-122949.html</t>
+          <t>https://www.rprealtyplus.com/news-views/designing-trust-and-timeless-spaces-for-indias-evolving-urban-landscape-122673.html</t>
         </is>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F49" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>Pune Residents’ Digital Protest Prompts PMC to Repair Yashwin Society Road</t>
+          <t>Building Greener, Smarter Communities for India’s New Urban Way of Life</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/pune-residents-digital-protest-prompts-pmc-to-repair-yashwin-society-road-122940.html</t>
+          <t>https://www.rprealtyplus.com/news-views/building-greener-smarter-communities-for-indias-new-urban-way-of-life-122670.html</t>
         </is>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F50" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>JK Lakshmi Cement Plans Rs. 1,816 Crore Investment To Expand Chhattisgarh Operations</t>
+          <t>Andhra Pradesh Approves Rs. 1 Lakh Crore Investment Proposals</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/jk-lakshmi-cement-plans-rs-1816-crore-investment-to-expand-chhattisgarh-operations-122939.html</t>
+          <t>https://www.rprealtyplus.com/news-views/andhra-pradesh-approves-rs-1-lakh-crore-investment-proposals-122660.html</t>
         </is>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F51" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>Turner Construction Doubles Data Center Revenue as AI Projects Drive 40% Backlog</t>
+          <t>Ikea India Reports 6% Sales Growth YoY, Targets Profitability In Two Years</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/turner-construction-doubles-data-center-revenue-as-ai-projects-drive-40-backlog-122938.html</t>
+          <t>https://www.rprealtyplus.com/news-views/ikea-india-reports-6-sales-growth-yoy-targets-profitability-in-two-years-122659.html</t>
         </is>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F52" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>Plotted Projects And Premium Homes Drive A Shift In Residential Demand</t>
+          <t>How Bhendi Bazaar’s Makeover Is Reimagining Childhood in the Heart of Mumbai</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/plotted-projects-and-premium-homes-drive-a-shift-in-residential-demand-122937.html</t>
+          <t>https://www.rprealtyplus.com/news-views/how-bhendi-bazaars-makeover-is-reimagining-childhood-in-the-heart-of-mumbai-122658.html</t>
         </is>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F53" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>Punjab: Sector 122 Becomes Mohali’s Fastest-Growing Residential Micro-Market</t>
+          <t>Awfis EBITDA Rises 44% in H1FY26, Expands Premium Workspace Portfolio</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/punjab-sector-122-becomes-mohalis-fastest-growing-residential-micro-market-122936.html</t>
+          <t>https://www.rprealtyplus.com/news-views/awfis-ebitda-rises-44-in-h1fy26-expands-premium-workspace-portfolio-122657.html</t>
         </is>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F54" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>Indonesian PropTech MilikiRumah Launches AI Tool to Assess Mortgage Eligibility in Seconds</t>
+          <t>Gurugram Leads India’s Rs. 6.65 Lakh Crore Premium Housing Boom: ANAROCK</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/indonesian-proptech-milikirumah-launches-ai-tool-to-assess-mortgage-eligibility-in-seconds-122935.html</t>
+          <t>https://www.rprealtyplus.com/news-views/gurugram-leads-indias-rs-665-lakh-crore-premium-housing-boom-anarock-122656.html</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>Bahrain Lowers Minimum Property Investment for Golden Residency to USD 345,000</t>
+          <t>Flexibility, Quality and Sustainability to Drive India’s Workplace Transformation in 2026</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/bahrain-lowers-minimum-property-investment-for-golden-residency-to-usd-345000-122934.html</t>
+          <t>https://www.rprealtyplus.com/news-views/flexibility-quality-and-sustainability-to-drive-indias-workplace-transformation-in-2026-122655.html</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>Housing Sales In India’s Tier-2 Cities Fall 4% In Q3; Launches Dip 10%</t>
+          <t>Demand for Hill Homes Rises 8% Y-o-Y as Rishikesh, Dharamshala Lead Growth</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/housing-sales-in-indias-tier-2-cities-fall-4-in-q3-launches-dip-10-122933.html</t>
+          <t>https://www.rprealtyplus.com/news-views/demand-for-hill-homes-rises-8-y-o-y-as-rishikesh-dharamshala-lead-growth-122654.html</t>
         </is>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F57" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>Maharashtra Approves Uttan-Virar Sea Link to Boost Regional Connectivity</t>
+          <t>GRAP III Imposed In Delhi-NCR: What It Means For Real-Estate Industry?</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/maharashtra-approves-uttan-virar-sea-link-to-boost-regional-connectivity-122917.html</t>
+          <t>https://www.rprealtyplus.com/news-views/grap-iii-imposed-in-delhi-ncr-what-it-means-for-real-estate-industry-122653.html</t>
         </is>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F58" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>Real Estate Launches Fuel Momentum Across Chennai, Gurugram and Bengaluru Markets</t>
+          <t>City Planning and Resort-Style Living Define Gurugram’s Next Real Estate Chapter</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/real-estate-launches-fuel-momentum-across-chennai-gurugram-and-bengaluru-markets-122916.html</t>
+          <t>https://www.rprealtyplus.com/news-views/city-planning-and-resort-style-living-define-gurugrams-next-real-estate-chapter-122652.html</t>
         </is>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F59" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>The New Frontier for Luxury Staycations and Second-Home Investments</t>
+          <t>London Street Poised to Transform Nagpur’s Real Estate Landscape</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/the-new-frontier-for-luxury-staycations-and-second-home-investments-122915.html</t>
+          <t>https://www.rprealtyplus.com/news-views/london-street-poised-to-transform-nagpurs-real-estate-landscape-122637.html</t>
         </is>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F60" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>Building Material Stocks Set to Rally on Housing Demand Recovery: Motilal Oswal</t>
+          <t>WeWork India Reports Rs. 6.4 Crore Profit in Q2 FY26</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/building-material-stocks-set-to-rally-on-housing-demand-recovery-motilal-oswal-122914.html</t>
+          <t>https://www.rprealtyplus.com/news-views/wework-india-reports-rs-64-crore-profit-in-q2-fy26-122636.html</t>
         </is>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F61" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>Why Dehradun Is India’s Next Real Estate Powerhouse</t>
+          <t>Why Index II Is Crucial for Every Homebuyer?</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/why-dehradun-is-indias-next-real-estate-powerhouse-122913.html</t>
+          <t>https://www.rprealtyplus.com/news-views/why-index-ii-is-crucial-for-every-homebuyer-122635.html</t>
         </is>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F62" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>Asian Paints To Invest Rs. 340cr In New UAE Paint Manufacturing Factory</t>
+          <t>Knowledge Realty Trust Posts Strong Q2, Declares Rs. 690 Crore Distribution</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/asian-paints-to-invest-rs-340cr-in-new-uae-paint-manufacturing-factory-122912.html</t>
+          <t>https://www.rprealtyplus.com/news-views/knowledge-realty-trust-posts-strong-q2-declares-rs-690-crore-distribution-122634.html</t>
         </is>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F63" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>Luxury Home Prices Rise 40% In Top 7 Cities Over Three Years</t>
+          <t>Bhopal Metro Project Budget Balloons as Construction Costs Continue Rising</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/luxury-home-prices-rise-40-in-top-7-cities-over-three-years-122911.html</t>
+          <t>https://www.rprealtyplus.com/news-views/bhopal-metro-project-budget-balloons-as-construction-costs-continue-rising-122633.html</t>
         </is>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F64" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>Office Vacancies In Top Six Cities Expected To Fall Near 12% By FY27</t>
+          <t>Mumbai Ranks Second in Cost Efficiency for Data Centre Construction Globally</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/office-vacancies-in-top-six-cities-expected-to-fall-near-12-by-fy27-122910.html</t>
+          <t>https://www.rprealtyplus.com/news-views/mumbai-ranks-second-in-cost-efficiency-for-data-centre-construction-globally-122632.html</t>
         </is>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F65" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>Delhi’s Top 12 Posh Areas Where India’s Elite Choose to Live</t>
+          <t>Housing Market Value May Jump 20% in FY26 While Volumes Stagnate</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/delhis-top-12-posh-areas-where-indias-elite-choose-to-live-122904.html</t>
+          <t>https://www.rprealtyplus.com/news-views/housing-market-value-may-jump-20-in-fy26-while-volumes-stagnate-122631.html</t>
         </is>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F66" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>Chennai: Cushman &amp; Wakefield Facilitates First GCC for Lloyd's List Intelligence</t>
+          <t>Nine Emerging Cities Join Metros to Power India’s Next Growth Phase</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/chennai-cushman-wakefield-facilitates-first-gcc-for-lloyds-list-intelligence-122903.html</t>
+          <t>https://www.rprealtyplus.com/news-views/nine-emerging-cities-join-metros-to-power-indias-next-growth-phase-122630.html</t>
         </is>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F67" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>Spider-Legged Robot Builds Eco-Homes in One Day Using Local Dirt</t>
+          <t>Why Dubai Property Has Become Affordable for India’s Rising Middle Class</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/spider-legged-robot-builds-eco-homes-in-one-day-using-local-dirt-122902.html</t>
+          <t>https://www.rprealtyplus.com/news-views/why-dubai-property-has-become-affordable-for-indias-rising-middle-class-122619.html</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>Bengaluru Housing Sales Volume Up 14% during Apr-Sep</t>
+          <t>India's Top 6 Cities See 26% Rise In New Office Supply: Vestian</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/bengaluru-housing-sales-volume-up-14-during-apr-sep-122901.html</t>
+          <t>https://www.rprealtyplus.com/news-views/indias-top-6-cities-see-26-rise-in-new-office-supply-vestian-122618.html</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>Mumbai's Air Quality Dips, BMC Issues Notices To 59 Construction Sites</t>
+          <t>DDA’s Jan Sadharan Awaas Yojana Sees 1,000 Bookings in 24 Hours</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/mumbais-air-quality-dips-bmc-issues-notices-to-59-construction-sites-122900.html</t>
+          <t>https://www.rprealtyplus.com/news-views/ddas-jan-sadharan-awaas-yojana-sees-1000-bookings-in-24-hours-122617.html</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>Beyond Metros: How MyBranch Is Powering the Next Wave of Coworking in Bharat</t>
+          <t>Zomato Hyperpure Leases 5.5 Lakh Sq. Ft Warehouse in Bhiwandi</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/beyond-metros-how-mybranch-is-powering-the-next-wave-of-coworking-in-bharat-122899.html</t>
+          <t>https://www.rprealtyplus.com/news-views/zomato-hyperpure-leases-55-lakh-sq-ft-warehouse-in-bhiwandi-122615.html</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>PRISM-Backed Oyo Assets Secures Rs. 125 Crore To Expand Hotel Acquisitions</t>
+          <t>Puravankara Clocks Rs. 663 Crore Revenue in Q2FY26, Up 28% YoY</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/prism-backed-oyo-assets-secures-rs-125-crore-to-expand-hotel-acquisitions-122898.html</t>
+          <t>https://www.rprealtyplus.com/news-views/puravankara-clocks-rs-663-crore-revenue-in-q2fy26-up-28-yoy-122614.html</t>
         </is>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F72" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>Plots or Villas? What Today’s Second-Home Buyer Should Really Choose</t>
+          <t>NBCC Signs Dh 3 billion MoU with Dubai’s Pantheon Elysee</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/plots-or-villas-what-todays-second-home-buyer-should-really-choose-122897.html</t>
+          <t>https://www.rprealtyplus.com/news-views/nbcc-signs-dh-3-billion-mou-with-dubais-pantheon-elysee-122613.html</t>
         </is>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F73" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>Ram Temple Drives Ayodhya’s Growth in UP’s Tier-2 Real Estate Boom</t>
+          <t>Sharad Pawar Seeks Probe as Ajit Cancels Controversial Pune Land Deal</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/ram-temple-drives-ayodhyas-growth-in-ups-tier-2-real-estate-boom-122885.html</t>
+          <t>https://www.rprealtyplus.com/news-views/sharad-pawar-seeks-probe-as-ajit-cancels-controversial-pune-land-deal-122612.html</t>
         </is>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F74" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>Dubai’s DAMAC Properties Calls India A Key Global Market</t>
+          <t>Why Kasara Is Maharashtra’s Next Real Estate Hotspot</t>
         </is>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/dubais-damac-properties-calls-india-a-key-global-market-122880.html</t>
+          <t>https://www.rprealtyplus.com/news-views/why-kasara-is-maharashtras-next-real-estate-hotspot-122601.html</t>
         </is>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F75" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>5 Fast-Growing Sectors Fuel Investment Boom in South Indian Cities</t>
+          <t>Gold or Real Estate: Choosing the Right Investment for 2025</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/5-fast-growing-sectors-fuel-investment-boom-in-south-indian-cities-122879.html</t>
+          <t>https://www.rprealtyplus.com/news-views/gold-or-real-estate-choosing-the-right-investment-for-2025-122600.html</t>
         </is>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F76" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>North Bengaluru 2030: Emerging Smart Hub Driving Real Estate Growth</t>
+          <t>Reimagining Gurgaon and Delhi as Cities Designed Around Women’s Needs</t>
         </is>
       </c>
       <c r="B77" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/north-bengaluru-2030-emerging-smart-hub-driving-real-estate-growth-122878.html</t>
+          <t>https://www.rprealtyplus.com/news-views/reimagining-gurgaon-and-delhi-as-cities-designed-around-womens-needs-122599.html</t>
         </is>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F77" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>India Emerges Second in APAC Real Estate Private Credit Growth</t>
+          <t>DDA Approves Delhi’s First TOD Project, Sports Hub, and Land Pooling Projects</t>
         </is>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/india-emerges-second-in-apac-real-estate-private-credit-growth-122877.html</t>
+          <t>https://www.rprealtyplus.com/news-views/dda-approves-delhis-first-tod-project-sports-hub-and-land-pooling-projects-122598.html</t>
         </is>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F78" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>India Real Estate Records $2.9 Billion Across 42 Deals in Q3 2025</t>
+          <t>Arisinfra Reports Strong H1 FY26 Results with Rs. 20.37 Crore Profit</t>
         </is>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/india-real-estate-records-29-billion-across-42-deals-in-q3-2025-122876.html</t>
+          <t>https://www.rprealtyplus.com/news-views/arisinfra-reports-strong-h1-fy26-results-with-rs-2037-crore-profit-122597.html</t>
         </is>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F79" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>How Tier-2, Tier-3 Cities Are Becoming Smart Choice for NRI, First-Time Investors</t>
+          <t>Ultratech, ACC, Ambuja, Ramco Cements post strong Q2 results despite challenges</t>
         </is>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/how-tier-2-tier-3-cities-are-becoming-smart-choice-for-nri-first-time-investors-122875.html</t>
+          <t>https://www.rprealtyplus.com/news-views/ultratech-acc-ambuja-ramco-cements-post-strong-q2-results-despite-challenges-122596.html</t>
         </is>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F80" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>Bombay Realty and Wadia Group Transform Ultra-Luxury Living in Mumbai</t>
+          <t>Ajmera Realty Reports 20% Revenue Growth in H1 FY26 On Strong Demand</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/bombay-realty-and-wadia-group-transform-ultra-luxury-living-in-mumbai-122874.html</t>
+          <t>https://www.rprealtyplus.com/news-views/ajmera-realty-reports-20-revenue-growth-in-h1-fy26-on-strong-demand-122595.html</t>
         </is>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F81" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>New Labour Laws: What They Mean for India’s Real Estate Sector</t>
+          <t>Homebuyer Optimism Rebounds as India’s Housing Sentiment Index Rises Again</t>
         </is>
       </c>
       <c r="B82" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/new-labour-laws-what-they-mean-for-indias-real-estate-sector-122873.html</t>
+          <t>https://www.rprealtyplus.com/news-views/homebuyer-optimism-rebounds-as-indias-housing-sentiment-index-rises-again-122581.html</t>
         </is>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F82" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>Brigade’s Visionary Builder: How M.R. Jaishankar Shaped South India’s Urban Story</t>
+          <t>Yamuna Expressway Emerges as NCR’s New Real Estate Growth Hotspot</t>
         </is>
       </c>
       <c r="B83" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/brigades-visionary-builder-how-mr-jaishankar-shaped-south-indias-urban-story-122872.html</t>
+          <t>https://www.rprealtyplus.com/news-views/yamuna-expressway-emerges-as-ncrs-new-real-estate-growth-hotspot-122580.html</t>
         </is>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F83" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>Dharmendra’s Rs. 450-Crore Fortune: Inside the ‘He-Man of Bollywood’s’ Empire Beyond Cinema</t>
+          <t>Eastbridge Effect: India’s Largest Managed Campus Rewrites Office Wellness Standards</t>
         </is>
       </c>
       <c r="B84" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/dharmendras-rs-450-crore-fortune-inside-the-he-man-of-bollywoods-empire-beyond-cinema-122870.html</t>
+          <t>https://www.rprealtyplus.com/news-views/eastbridge-effect-indias-largest-managed-campus-rewrites-office-wellness-standards-122579.html</t>
         </is>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F84" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>How A 17-Year-Old Changemaker Is Reimagining The Urban Blueprint</t>
+          <t>Peripheries Take the Lead: India’s New Growth Corridors Redefine Cities</t>
         </is>
       </c>
       <c r="B85" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/how-a-17-year-old-changemaker-is-reimagining-the-urban-blueprint-122863.html</t>
+          <t>https://www.rprealtyplus.com/news-views/peripheries-take-the-lead-indias-new-growth-corridors-redefine-cities-122578.html</t>
         </is>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F85" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>How First-Time Homebuyers Can Plan Smartly From Down Payment To EMI</t>
+          <t>Lavasa: India’s Dream City That Collapsed Under Its Own Ambition</t>
         </is>
       </c>
       <c r="B86" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/how-first-time-homebuyers-can-plan-smartly-from-down-payment-to-emi-122862.html</t>
+          <t>https://www.rprealtyplus.com/news-views/lavasa-indias-dream-city-that-collapsed-under-its-own-ambition-122577.html</t>
         </is>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F86" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>Are Pollution-Absorbing Bricks The Future Of India’s Construction Story?</t>
+          <t>India’s Office Furniture Market to Touch USD 7 Billion by 2030</t>
         </is>
       </c>
       <c r="B87" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/are-pollution-absorbing-bricks-the-future-of-indias-construction-story-122861.html</t>
+          <t>https://www.rprealtyplus.com/news-views/indias-office-furniture-market-to-touch-usd-7-billion-by-2030-122576.html</t>
         </is>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F87" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>BMC Invites Bids To Lease Worli Plot For 30-Year Infrastructure Funding</t>
+          <t>Manufacturing Leads India’s Warehousing Boom with 16% Growth in Q3 2025</t>
         </is>
       </c>
       <c r="B88" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/bmc-invites-bids-to-lease-worli-plot-for-30-year-infrastructure-funding-122860.html</t>
+          <t>https://www.rprealtyplus.com/news-views/manufacturing-leads-indias-warehousing-boom-with-16-growth-in-q3-2025-122575.html</t>
         </is>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F88" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>7 Indian Suburbs NRIs Prefer For Second Homes And Steady Growth</t>
+          <t>India’s Real Estate to Grow 20X by 2047: Colliers-CII</t>
         </is>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/7-indian-suburbs-nris-prefer-for-second-homes-and-steady-growth-122859.html</t>
+          <t>https://www.rprealtyplus.com/news-views/indias-real-estate-to-grow-20x-by-2047-colliers-cii-122574.html</t>
         </is>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F89" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>MahaRERA Issues New SOP, Sets 60-Day Deadline For Homebuyer Compensation</t>
+          <t>Urban Extension Road-II Transforms Delhi-NCR’s Real Estate Connectivity and Growth</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/maharera-issues-new-sop-sets-60-day-deadline-for-homebuyer-compensation-122858.html</t>
+          <t>https://www.rprealtyplus.com/news-views/urban-extension-road-ii-transforms-delhi-ncrs-real-estate-connectivity-and-growth-122569.html</t>
         </is>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F90" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>CIDCO Launches FCFS Scheme With 4,508 Ready Navi Mumbai Homes, PMAY Benefits</t>
+          <t>Embassy REIT Q2 Revenue Rises 13%, NOI Grows 15% Y-o-Y</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/cidco-launches-fcfs-scheme-with-4508-ready-navi-mumbai-homes-pmay-benefits-122857.html</t>
+          <t>https://www.rprealtyplus.com/news-views/embassy-reit-q2-revenue-rises-13-noi-grows-15-y-o-y-122568.html</t>
         </is>
       </c>
       <c r="E91" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F91" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>India’s Big Developers Touch Rs. 92,437 Crore In H1, Prestige Leads Strongly</t>
+          <t>India’s InvIT Market Set to Triple by 2030 Amid Infrastructure Boom</t>
         </is>
       </c>
       <c r="B92" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/indias-big-developers-touch-rs-92437-crore-in-h1-prestige-leads-strongly-122856.html</t>
+          <t>https://www.rprealtyplus.com/news-views/indias-invit-market-set-to-triple-by-2030-amid-infrastructure-boom-122567.html</t>
         </is>
       </c>
       <c r="E92" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F92" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>Ras Al Khaimah Airport To Build VVIP Terminal, 8,000 Sqm Private-Jet Hangar</t>
+          <t>ED Attaches Rs. 7,500Cr Assets Linked to Anil Ambani’s Reliance Group</t>
         </is>
       </c>
       <c r="B93" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/ras-al-khaimah-airport-to-build-vvip-terminal-8000-sqm-private-jet-hangar-122854.html</t>
+          <t>https://www.rprealtyplus.com/news-views/ed-attaches-rs-7500cr-assets-linked-to-anil-ambanis-reliance-group-122566.html</t>
         </is>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F93" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>DDA Housing Project Draws 1,500 Applications For 1,026 ‘Towering Heights’ Flats</t>
+          <t>Adani Group Partners with Autodesk to Drive Digital Infrastructure Transformation</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/dda-housing-project-draws-1500-applications-for-1026-towering-heights-flats-122853.html</t>
+          <t>https://www.rprealtyplus.com/news-views/adani-group-partners-with-autodesk-to-drive-digital-infrastructure-transformation-122565.html</t>
         </is>
       </c>
       <c r="E94" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F94" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>Supreme Court orders coordinated probe into allegations against Indiabulls Housing Finance</t>
+          <t>Brookfield India REIT to Acquire Bengaluru Business Park for Rs. 13,125Cr</t>
         </is>
       </c>
       <c r="B95" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/supreme-court-orders-coordinated-probe-into-allegations-against-indiabulls-housing-finance-122852.html</t>
+          <t>https://www.rprealtyplus.com/news-views/brookfield-india-reit-to-acquire-bengaluru-business-park-for-rs-13125cr-122564.html</t>
         </is>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F95" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>Maharashtra Govt Announces Full Waiver Of Registration Fees For Cluster Redevelopment Homes</t>
+          <t>Maharashtra Allots Bandra Land To TTD On A 30-Year Lease</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/maharashtra-govt-announces-full-waiver-of-registration-fees-for-cluster-redevelopment-homes-122851.html</t>
+          <t>https://www.rprealtyplus.com/news-views/maharashtra-allots-bandra-land-to-ttd-on-a-30-year-lease-122563.html</t>
         </is>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F96" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>M3M India Steps Beyond Real Estate With New Pickleball Franchise</t>
+          <t>Housing Prices Rise 7-19% Across Top 8 Cities In Q3 2025: Report</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/m3m-india-steps-beyond-real-estate-with-new-pickleball-franchise-122850.html</t>
+          <t>https://www.rprealtyplus.com/news-views/housing-prices-rise-7-19-across-top-8-cities-in-q3-2025-report-122562.html</t>
         </is>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F97" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>Dubai’s Budget-Friendly Neighbourhoods to Live in by 2026</t>
+          <t>Netflix Expands In Hyderabad With New Office In HITEC City</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/dubais-budget-friendly-neighbourhoods-to-live-in-by-2026-122849.html</t>
+          <t>https://www.rprealtyplus.com/news-views/netflix-expands-in-hyderabad-with-new-office-in-hitec-city-122553.html</t>
         </is>
       </c>
       <c r="E98" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F98" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>India Leads Asia-Pacific Real Estate Investment Momentum Into 2026</t>
+          <t>India’s Battery Manufacturing Capacity to Reach 100 GWh by 2026: Experts</t>
         </is>
       </c>
       <c r="B99" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/india-leads-asia-pacific-real-estate-investment-momentum-into-2026-122848.html</t>
+          <t>https://www.rprealtyplus.com/news-views/indias-battery-manufacturing-capacity-to-reach-100-gwh-by-2026-experts-122552.html</t>
         </is>
       </c>
       <c r="E99" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F99" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>REITs and InvITs powering India’s push for large-scale infrastructure growth</t>
+          <t>Bengaluru: Century Real Estate to Launch Rs. 3,000 crore mixed-use project</t>
         </is>
       </c>
       <c r="B100" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/reits-and-invits-powering-indias-push-for-large-scale-infrastructure-growth-122847.html</t>
+          <t>https://www.rprealtyplus.com/news-views/bengaluru-century-real-estate-to-launch-rs-3000-crore-mixed-use-project-122551.html</t>
         </is>
       </c>
       <c r="E100" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F100" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>Five Indian REITs Distribute Rs. 2331 Crore to Unitholders in Q2 FY26</t>
+          <t>Allcargo Logistics Demerges Into Two Firms For Global, Domestic Growth</t>
         </is>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>No synopsis found</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>No date found</t>
         </is>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/five-indian-reits-distribute-rs-2331-crore-to-unitholders-in-q2-fy26-122827.html</t>
+          <t>https://www.rprealtyplus.com/news-views/allcargo-logistics-demerges-into-two-firms-for-global-domestic-growth-122550.html</t>
         </is>
       </c>
       <c r="E101" t="inlineStr">
         <is>
           <t>No content found</t>
         </is>
       </c>
       <c r="F101" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:F11"/>
@@ -11036,359 +10453,359 @@
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Content</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>$1.8 Million Homes in California</t>
+          <t>They Cashed In. Now, They’re Helping Their Kids.</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2025-12-01T05:01:38-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/12/01/realestate/2-million-dollar-homes-altadena-san-rafael-rolling-hills-estates.html?searchResultPosition=1</t>
+          <t>https://www.nytimes.com/2025/11/18/realestate/home-ownership-housing-market.html?searchResultPosition=1</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>To Thank Their Parents, They Bought Them a House</t>
+          <t>$3 Million Homes in California</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2025-12-01T05:00:11-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/12/01/realestate/buying-house-for-parents.html?searchResultPosition=2</t>
+          <t>https://www.nytimes.com/2025/11/17/realestate/multimillion-california-homes.html?searchResultPosition=2</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>My Condo Board Is So Secretive. How Do I Get More Information?</t>
+          <t>My Landlord Is Trying to Cheat Me on a Lease Renewal</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2025-11-29T05:01:39-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/11/29/realestate/condo-boards-taxes.html?searchResultPosition=3</t>
+          <t>https://www.nytimes.com/2025/11/15/realestate/my-landlord-is-trying-to-cheat-me-on-a-lease-renewal.html?searchResultPosition=3</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>$2 Million Homes in São Paulo, Brazil</t>
+          <t>$1.3 Million Homes in Spain’s Basque Country</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2025-11-28T11:44:52-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/11/28/realestate/sao-paulo-brazil-homes-sale.html?searchResultPosition=4</t>
+          <t>https://www.nytimes.com/2025/11/14/realestate/spain-basque-country-san-sebastian.html?searchResultPosition=4</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>An Understated Approach to Holiday Décor in the Country</t>
+          <t>Bishop Arts District, an Eclectic Dallas Enclave</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2025-11-28T05:02:02-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/11/28/realestate/holiday-decorations-garlands-wreaths.html?searchResultPosition=5</t>
+          <t>https://www.nytimes.com/2025/11/14/realestate/real-estate-guide-bishop-arts-district-dallas.html?searchResultPosition=5</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Trump’s Childhood Home Is on the Market for $2.3 Million</t>
+          <t>New York Lacked an Affordable Housing Portal. So These Teenagers Made One.</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2025-11-28T05:00:33-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/11/28/realestate/trump-childhood-home-for-sale.html?searchResultPosition=6</t>
+          <t>https://www.nytimes.com/2025/11/14/realestate/affordable-housing-rent-stabilized-website.html?searchResultPosition=6</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Homes for Sale in Manhattan and Brooklyn</t>
+          <t>Brooklyn Investor Who Stole Homes Faces Years Behind Bars</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2025-11-27T05:02:23-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/11/27/realestate/housing-market-nyc.html?searchResultPosition=7</t>
+          <t>https://www.nytimes.com/2025/11/13/realestate/sanford-solny-home-deeds-sentencing.html?searchResultPosition=7</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>This Home Tells the Story of Sag Harbor</t>
+          <t>Homes for Sale in New York and New Jersey</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2025-11-26T05:00:40-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/11/26/realestate/sag-harbor-hamptons-29-henry-street.html?searchResultPosition=8</t>
+          <t>https://www.nytimes.com/2025/11/13/realestate/housing-market-near-nyc.html?searchResultPosition=8</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>$800,000 Homes in California</t>
+          <t>$1.2 Million Homes in New York, Rhode Island and Idaho</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2025-11-24T05:02:26-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/11/24/realestate/800000-dollar-homes-in-oakland-yucca-valley-cazadero.html?searchResultPosition=9</t>
+          <t>https://www.nytimes.com/2025/11/12/realestate/1-2-million-homes-in-new-york-rhode-island-and-idaho.html?searchResultPosition=9</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>How a Location Agent Secures the Picture-Perfect House</t>
+          <t>$1.4 Million Homes in California</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2025-12-02T11:33:40-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/11/24/realestate/location-scout-houses-television-films.html?searchResultPosition=10</t>
+          <t>https://www.nytimes.com/2025/11/10/realestate/1-million-homes-california.html?searchResultPosition=10</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:F11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
@@ -11407,354 +10824,354 @@
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Content</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Smartmatic and Fox Urge Judge to Decide Defamation Case</t>
+          <t>The Growing Cost of Having Ties to Epstein</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2025-12-02T20:54:47-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/12/02/business/media/smartmatic-fox-news-defamation-case.html?searchResultPosition=1</t>
+          <t>https://www.nytimes.com/2025/11/18/business/dealbook/summers-ties-jeffrey-epstein.html?searchResultPosition=1</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>What a Blockbuster Donation Means for the Future of Giving</t>
+          <t>Who Will Win Hollywood’s Big Prize?</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2025-12-02T08:11:44-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/12/02/business/dealbook/dell-donation-trump-accounts.html?searchResultPosition=2</t>
+          <t>https://www.nytimes.com/2025/11/18/business/media/warner-discovery-paramount-comcast-netflix.html?searchResultPosition=2</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Kalshi, a Prediction Market, Raises $1 Billion in a New Round</t>
+          <t>A City Is Broke. Can Billionaires’ Urbanist Dream Offer It a Last Chance?</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2025-12-02T14:03:51-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/12/02/business/dealbook/kalshi-prediction-market-billion.html?searchResultPosition=3</t>
+          <t>https://www.nytimes.com/2025/11/18/business/economy/suisun-city-makes-an-offer-to-california-forever.html?searchResultPosition=3</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Michael and Susan Dell to Put $250 in 25 Million Children’s Accounts</t>
+          <t>Energy Companies Turn to Fossil Fuels, 10 Years After Climate Pact</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2025-12-02T16:52:50-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/12/02/business/dell-children-trump-accounts.html?searchResultPosition=4</t>
+          <t>https://www.nytimes.com/2025/11/18/business/climate-change-oil-gas-europe.html?searchResultPosition=4</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Beta Will Sell Motors to Another Electric Aircraft Company</t>
+          <t>As Struggling Farmers Take On Debt, a Bailout From D.C. May Come Too Late</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2025-12-02T09:44:00-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/12/02/business/beta-eve-embraer-electric-planes.html?searchResultPosition=5</t>
+          <t>https://www.nytimes.com/2025/11/17/business/farmers-bailout-delay.html?searchResultPosition=5</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>To Avoid Tariffs, U.K. Agrees to Trump’s Demand to Pay More for Drugs</t>
+          <t>Jeff Bezos’ Big Bet on A.I.</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2025-12-01T11:16:16-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/12/01/business/us-uk-pharma-tariffs-prices.html?searchResultPosition=6</t>
+          <t>https://www.nytimes.com/2025/11/17/business/dealbook/jeff-bezos-big-bet-on-ai.html?searchResultPosition=6</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>A Surprise When Your Package Arrives: You Have to Pay the Tariff</t>
+          <t>How to Not Get Kidnapped for Your Bitcoin</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2025-12-01T10:17:09-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/12/01/business/tariffs-customs-retail-shopping.html?searchResultPosition=7</t>
+          <t>https://www.nytimes.com/2025/11/17/business/how-to-not-get-kidnapped-for-your-bitcoin.html?searchResultPosition=7</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Markets Defy the White House</t>
+          <t>The Man Yelling ‘Iceberg!’ on the Hollywood Titanic</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2025-12-01T08:00:44-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/12/01/business/dealbook/stocks-crypto-consumer-data.html?searchResultPosition=8</t>
+          <t>https://www.nytimes.com/2025/11/16/business/matthew-belloni-puck-hollywood.html?searchResultPosition=8</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>OpenAI Takes Stake in Thrive Holdings, a Buyer of Services Firms</t>
+          <t>Pasta at Twice the Price? Some Italian Producers Face Huge U.S. Tariffs.</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2025-12-01T08:00:05-05:00</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/12/01/business/dealbook/openai-thrive-holdings-ai.html?searchResultPosition=9</t>
+          <t>https://www.nytimes.com/2025/11/16/business/italian-pasta-tariffs-trump.html?searchResultPosition=9</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>People Are Ordering Smaller Pizzas and Fewer Toppings. What Does That Tell Us?</t>
+          <t>An Economist Asked, How Much Should We Spend to Avoid the A.I. Apocalypse?</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>https://www.nytimes.com/2025/12/01/business/consumers-pizza-sales.html?searchResultPosition=10</t>
+          <t>https://www.nytimes.com/2025/11/15/business/dealbook/charles-jones-ai-apocalypse.html?searchResultPosition=10</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>Failed to retrieve content</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:F32"/>
@@ -11778,1026 +11195,1026 @@
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Content</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Rupee falls further – hits 90 per dollar mark for the first time ever</t>
+          <t>How will markets open today? GIFT Nifty in green, Nikkei, gold and 5 other cues at this hour</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>The rupee opened weak at 89.97 and breached the crucial 90-per-dollar level for the sixth straight session. Analysts cite stalled India–US trade negotiations and equity outflows as key triggers. Markets now look to the RBI’s MPC meeting for clarity on currency support and rate expectations.</t>
+          <t>Track global cues, stock picks, and sector trends in today’s market update. Read more!</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2025-12-03T10:00:36+05:30</t>
+          <t>2025-11-19T07:06:09+05:30</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/rupee-continues-to-slide-hits-90-per-dollar-mark-for-the-first-time-ever-4063775/</t>
+          <t>https://www.financialexpress.com/market/how-will-markets-open-today-gift-nifty-in-green-nikkei-gold-and-5-other-cues-at-this-hour-4049040/</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Therupeeon Wednesday breached the crucially important 90/$ level mark, declining to its lowest level in history against theUS dollar. The currency fell for a sixth straight session, opening at 89.97, down 0.1% from Tuesday’s close of 89.87. Yesterday, the currency had already touched the 90-per-dollar level in the inter-bank order matching system. The 90-per-dollar level was the immediate resistance for the rupee. Some analysts now expect that the rupee may even breach the 91-per-dollar mark. The depreciation in the currency has largely been attributed to the stalled trade deal between the US and India and the outflow of equities from the markets. There are several factors that led to the rupee’s decline- Speaking on the currency depreciation, Dr. VK Vijayakumar, Chief Investment Strategist at Geojit Investments, said, “A real concern now, which has contributed to the slow drifting down of the market, is the continued depreciation in the rupee and fears of further depreciation since the RBI is not intervening to support the rupee. This concern is forcing FIIs to sell despite improving fundamentals, including rising corporate earnings and a strong rebound inGDPgrowth.” “The rupee’s depreciation will halt and even reverse when the India–US trade deal materialises. This is likely this month. A lot, however, will depend on the details of the tariffs to be imposed on India as part of the deal,” he added. Meanwhile, the crucial RBI MPC meeting kick starts today at 10 am. TheRBIis expected to address the issue of the weakening currency, as the rupee has recently been one of the worst-performing Asian currencies. Economists are split on the question of a rate cut going forward. However, given the rupee’s continuous decline and strong GDP numbers, the tables may turn.</t>
+          <t>GIFT Niftystarted Wednesday with a mild gain, opening at 25,295, up 0.05%. Investors are watching global moves in crude oil, gold, and currency markets for direction. Indian markets slipped on Tuesday, ending their six-day winning run. TheNifty 50closed 103 points down at 25,910, while theSensexfinished 278 points lower at 84,673. Key global and domestic cues to know on November 19, 2025 Asia-Pacific markets were mixed on Wednesday. Japan opened weaker, with the Nikkei 225 slipping 0.36% and the Topix down 0.26%. In contrast, Australia’s S&amp;P/ASX 200 inched up 0.11%. The Dow Jones Industrial Average dropped 498.50 points, or 1.07%, ending at 46,091.74. The S&amp;P 500 fell 0.83% to 6,617.32. The Nasdaq Composite also moved lower, slipping 1.21% to close at 22,432.85 in the last trading session. TheUS Dollar Index (DXY), which measures the dollar’s value against a basket of six foreign currencies, was 0.03% up at 99.57 on Wednesday morning. The index evaluates the strength or weakness of the US dollar in comparison to major currencies. The basket contains currencies such as the British Pound, Euro, Swedish Krona, Japanese Yen, Swiss Franc, etc. The rupee depreciated 0.03%, closed at 88.61 to the dollar on November 18. Crude oil pricesslipped in early Wednesday trade, with West Texas Intermediate down 0.57% at $60.40 a barrel, while Brent crude dipped 0.51% to $64.56. Foreign investors (FIIs/FPIs)purchased Rs 729 crore worth of Indian equities on Tuesday, November 18, according to provisional exchange data.Domestic institutional investors (DIIs)also recorded net purchases, buying shares worth Rs 6,157 crore during the session. In the latest on the yellow metal, thegold rate in Dubai, 24-carat gold was priced at United Arab Emirates dirham (AED) 489.75 per gram, while 22-carat traded at AED 453.50 per gram and 18-carat at AED 372.50 per gram. As per Goodreturns, in India, the24-carat gold rate todayis Rs 1,23,650/10 gm, while 22-carat gold costs Rs 1,13,340/10 gm. For those preferring 18-carat gold, the price is Rs 92,730 for the same weight. Telecom stocksled the gains with a 1.11% rise, followed bypaints and pigmentsup 0.72%, whiletextilesinched higher by 0.71%. Wadia Grouptopped the charts with a sharp 7.47% jump, followed byGMR Group, which gained 5.9%.Raunaq Groupalso saw a mild rise of 2.61%. On the downside, Lakshmi Group Coimbatore slipped 2.9%, whileEssar GroupandJaipuria Groupdeclined 3.13% and 3.32%, respectively.</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Markets edge lower as rupee hits 90 per dollar mark: Nifty below 26,000, Sensex falls 300 points</t>
+          <t>From Infosys, HUL, TCS to Adani Green – Here are 8 stocks to watch</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Markets today at open, December 03: Indian markets open flat as rupee hits 90 per dollar; track stock movers and rupee trends now.</t>
+          <t>Infosys buyback, HUL spin-off, TCS NHS deal, and more put 8 stocks in focus—see the key updates for investors today!</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2025-12-03T10:22:25+05:30</t>
+          <t>2025-11-19T06:33:06+05:30</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/markets-subdued-as-rupee-hits-90-per-dollar-mark-nifty-at-26200-sensex-flat-4063758/</t>
+          <t>https://www.financialexpress.com/market/from-infosys-hul-tcs-to-adani-green-here-are-8-stocks-to-watch-4048874/</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>Indian equity indices trade Wednesday’s session in the red amid USD-INR depreciation. The rupee has crossed the 90 mark against the US Dollar for the first time ever. TheNSE Nifty 50fell 122 points or 0.47% to 25,910. TheBSE Sensexdeclined 276 points or 0.33% to trade at 84,908. TheBank Niftyopened 30 points or 0.05% higher at 59,304. Similarly, the small and mid-cap stocks were in line with benchmarks. The Nifty Midcap opened 20 points or 0.03% lower at 60,890. “A real concern now, which has contributed to the slow drifting down of the market, is the continued depreciation of the rupee and fears of further depreciation since the RBI is not intervening to support the rupee. This concern is forcing the FIIs to sell despite the improving fundamentals of rising corporate earnings and a strong rebound in GDP growth,” said VK Vijayakumar, Chief Investment Strategist at Geojit Investments. “The rupee depreciation will halt and even reverse when the India-US trade deal materialises. This is likely this month. A lot, however, will depend on the details of the tariffs to be imposed on India as part of the deal,” he added. Vipin Kumar, Assistant Vice President of Technical Research at Globe Capital, said that, despite profit taking in past two trading sessions amid volatile Asian peers, Nifty’s chart structure is well-positioned on multiple time frames till it is trading above 25,800-25,750 zones on a closing basis. Let’s take a look at the key factors to watch out for today’s trading session In early trade, among the Nifty 50, top gainers at this hour wereDr Reddy’s Lab, Wipro,Hindalco Industries, TCS, andInfosys. On the flip side, the key laggards in the Nifty 50 pack includedHindustan Unilever, HDFC Life Insurance,Shriram Finance, Maxhealthcare Institute, andTata Motors PV. The stocks that were the major movers in the opening trade includedInfosys, TCS,Reliance Industries, Zomato (Eternal), andHDFC Bank, which were the major movers in the morning trade.</t>
+          <t>Several companies have announced important updates that could draw investor attention in today’s session. Key developments span buybacks, record dates, project wins, new agreements and product launches. Here’s a quick look at the stocks likely to be in focus today. Indian stock markets ended lower on Tuesday, breaking their six-day winning streak. TheNifty 50slipped 103 points, or 0.40%, to close at 25,910. TheBSE Sensexalso fell 278 points, or 0.33%, finishing the session at 84,673. Stocks to watch today, November 19 Infosysconfirmed that its 2025 share buyback will open on November 20 and run till November 26. The company plans to repurchase up to 10 crore shares at Rs 1,800 each, totalling Rs 18,000 crore, through the tender route. The buyback covers 2.41% of its standalone equity base. Hindustan Unileverhas set December 5, 2025 as the record date for shareholders eligible to receive shares of Kwality Wall’s (India) (KWIL). This comes after HUL received the NCLT-certified order approving the spin-off and completed all required filings. Tata Consultancy Servicessecured a five-year deal with NHS Supply Chain to upgrade its business systems and cloud platforms. The project aims to streamline healthcare supply operations using cloud and AI tools. Adani Energy Solutionsreceived a Letter of Intent from PFC Consulting for a major transmission system in Gujarat’s Khavda renewable energy zone. The project falls under Phase-V (8 GW) and will move ahead once final agreements are signed. Azad Engineeringentered a long-term arrangement with Pratt &amp; Whitney Canada. Under a new Master Terms Agreement and Purchase Agreement, the company will work on developing and manufacturing aircraft engine components. GR Infraprojectsannounced that Western Railways has assigned November 15, 2025 as the appointed date for its gauge conversion project. Covering nearly 39 km between Kosamba and Umarpada, the work includes bridges, station facilities, platforms, drainage, water supply and track-related tasks. RITESsigned an MoU with the Andhra Pradesh Economic Development Board to offer consultancy support. The collaboration will focus on attracting investments and developing infrastructure and industrial projects across the state. Escorts Kubotalaunched its next-generation KA6 and KA8 ride-on rice transplanters. The new models will be available across key rice-growing states, including Tamil Nadu, Andhra Pradesh, Punjab and Kerala.</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Meesho IPO GMP, Subscription Status LIVE: Meesho IPO opens today, GMP zooms 46%; Check price band, key details</t>
+          <t>Bitcoin rebounds after falling below $90,000 as ‘downside fears’ grip market</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Meesho IPO GMP(Grey Market Premium) Live, Meesho IPO Subscription Status Live Updates: Meesho opens its IPO for subscription today with a price band of Rs 105-115 per share; apply now to grab your share before December 10!</t>
+          <t>The risk-sensitive cryptocurrency has lost all this year's gains and is now around 26% below a peak above $126,000 in October.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2025-12-03T10:11:47+05:30</t>
+          <t>2025-11-19T06:12:35+05:30</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/ipo-news-meesho-ipo-live-updates-gmp-subscription-status-allotment-listing-date-2025-kfin-technologies-kotak-mahindra-capital-ipo-news-4063311/</t>
+          <t>https://www.financialexpress.com/market/cryptocurrency/bitcoin-rebounds-after-falling-below-90000-as-downside-fears-grip-market/4049018/</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Meesho IPO GMP, Subscription Status Live:The long-awaited public debut ofMeeshois finally here. The SoftBank-backed online marketplace will open itsinitial public offering (IPO)for subscription today, December 3. The company had fixed its IPO price band between Rs 105-115 per share. Let’s take a look at the key factors to watch out for this issue – The IPO comes with two components. The fresh issue involves the sale of 38.29 crore new shares, which will help the company raise Rs 4,250 crore. Alongside this, existing investors will sell 10.55 crore shares through an offer for sale (OFS), worth Rs 1,171.20 crore. Altogether, the total issue size stands at Rs 5,421.20 crore. The share allotment for theMeesho IPOis likely to take place on Monday, December 8. Once the allotment is finalised, successful bidders will receive shares in their demat accounts on December 9, while refunds for those who don’t get shares are expected the same day. Meesho’s market debut is scheduled for December 10, when its shares will be listed on both the BSE and NSE. KFin Technologiesis the registrar for the IPO, while Kotak Mahindra Capital is the book-running lead manager. Meesho IPO Opens for Subscription Live: Follow Live Coverage on Meesho IPO GMP, Subscription Status, Allotment, Listing Date and More SBI Securities recommend investors to Subscribe to the issue at the cut-off price for a long-term investment horizon. The report added, “these event are over and there would likely be no exceptional tax expense going forward which should help reduce losses. At the upper price band of Rs 111, Meesho is valued at FY25 price-to-sales ratio of 5.3x on post issue capital. Going forward, Meesho’s path to sustainable profitability will be a key monitorable especially as it continues to make investments in technology, marketing and engineers.” Angel One in it report said a ‘Subscribe for long-term’. According to them, “at the upper end of the price band, Meesho is valued at roughly Rs 50,096 crore post-issue; the company remains loss-making, so P/E is negative and not a meaningful valuation metric. On operating metrics the IPO price implies an FY25 price-to-sales of ~5.3x, underpinned by a robust GMV run-rate of $6.2 billion and improving marketplace contribution margins.” Meesho has raised Rs 2,439 crore from a group of over 60 anchor investors ahead of its IPO. The list includes big global names like GIC, Fidelity and BlackRock, along with major Indian mutual funds such as SBI MF, Axis MF and Birla MF. Several well-known tech-focused investors, including Dragoneer, Morgan Stanley’s Counterpoint Global, Goldman Sachs Asset Management and WCM, also took part. Also read:Meesho IPO: Raises Rs 2,439 crore from anchor investors; Fidelity, BlackRock, Tiger Global and Goldman participate Meesho operates in the value-focused e-commerce segment, targeting customers who look for affordable everyday products. The platform also supports small sellers, resellers, and entrepreneurs by offering technology tools, logistics support, and AI-based recommendation systems. The company’s focus is on providing low-cost goods and building a large customer base rather than premium positioning. The money raised through the fresh issue will be used for several business needs. Meesho aims to upgrade its technology infrastructure, strengthen logistics efficiency through partnerships such as Valmo, and expand into new areas like content commerce and small-business financial services. The IPO allotment and refund process will be handled by established registrars such as Link Intime India or Kfin Technologies. Registrars manage investor applications, verify bids, assign shares, and handle refunds. Efficient registrar operations ensure that investors receive timely updates and credits to their Demat accounts without delays. The IPO follows standard allocation rules: 75% of the net offer is reserved for Qualified Institutional Buyers (QIBs), 15% for Non-Institutional Investors (NIIs), and 10% for retail investors. This structure affects the chances of allotment in each category. The Meesho IPO aims to raise approximately Rs 5,421 crore from the market. This total includes both a fresh issue of shares and an offer for sale by existing shareholders. The fresh issue portion, which is close to Rs 4,250 crore, will bring new money into the company and support future business needs. The remaining Rs 1,171 crore will go to selling shareholders who are reducing part of their stake. Meesho has set its IPO price band between Rs 105 and Rs 111 per share. This range determines the final price at which the stock will be allotted. At the upper end of the price band, the company’s valuation comes close to Rs 50,000 crore. The minimum investment size is based on one lot of 135 shares, making the entry cost around Rs 14,900. Also read:Meesho IPO: Raises Rs 2,439 crore from anchor investors; Fidelity, BlackRock, Tiger Global and Goldman participate Meesho’s IPO will open for subscription today, December 3 and remain available for investors until December 5. This three-day window allows retail, institutional, and non-institutional buyers to submit bids. Investors will know the allotment status on December 8, followed by refunds and share credits on December 9. The shares are scheduled to list on December 10. For those planning to participate, these dates are important because they outline when money gets deducted, when shares are confirmed, and when trading can begin.</t>
+          <t>Bitcoinwas trading slightly higher on Tuesday after hitting a seven-month low below $90,000, finding buyers in a market where some investors have been reluctant to embrace risk. The risk-sensitivecryptocurrencyhas lost all this year’s gains and is now around 26% below a peak above $126,000 in October. It was last up nearly 1.9% at $93,532, after slipping as low as $89,286.75. “Overall, downside fears are justified in the short term and the path of least resistance remains lower for now,” Jean-David Pequignot, chief commercial officer at Deribit, a Coinbase company, wrote in an email note. “But extreme setups like this have rewarded the bold in crypto’s past.” About $1.2 trillion has been wiped off the total market value of all cryptocurrencies in the past six weeks, according to market tracker CoinGecko. Market participants said a combination of doubts around future U.S. interest rate cuts and the risk-averse mood in broader markets, which have wobbled after a long rally, was dragging down crypto. “The cascading selloff is amplified by listed companies and institutions exiting their positions after piling in during the rally, compounding contagion risks across the market,” said Joshua Chu, co-chair of the Hong Kong Web3 Association. “When support thins and macro uncertainty rises, confidence can erode with remarkable speed.” The bitcoin market has also been rattled in recent days by major outflows from U.S. spot bitcoin ETFs, said several market participants. Since Oct. 10,when equity markets plunged on fears over U.S.-China tariff tensions, $3.7 billion has exited U.S. spot bitcoin ETFs, $2.3 billion of which flowed out in November, according to data from Morningstar. Speculators who had put money into crypto in the hopes of supportive U.S. regulation have started to pull back, driving outflows from those ETFs and similar instruments in recent weeks, said Joseph Edwards at Enigma Securities. “The sell pressure here isn’t extraordinary, but it’s coming at a relative weak point on the buy side … a lot of retail buyers were stung during the flash crash last month,” he said, referring to an October crash in which there were $19 billion in liquidations across leveraged positions. Crypto stockpilers such as Strategy, miners such as Marathon Holdings, and exchange Coinbase had slid with the souring mood, although they also rebounded in afternoon trading in line with bitcoin. There has been a boom in public crypto treasury companies this year, with small companies in unrelated sectors becoming crypto-proxies by announcing plans to buy and hold cryptocurrencies on their balance sheets. But Standard Chartered Bank has estimated that a drop below $90,000 for bitcoin could leave half of these companies’ bitcoin holdings “underwater” – a term which typically refers to holding assets worth less than what was paid for them. Listed companies collectively hold 4% of all the bitcoin in circulation, and 3.1% of the ether, Standard Chartered said. The biggest corporate holder, bitcoin treasury company Strategy, has been adding to its stockpile. Founder Michael Saylor said the firm acquired 8,178 bitcoin on Monday. As of Sunday, Strategy held 649,870 tokens at roughly $74,433 per bitcoin, Saylor said on X. Cryptocurrency ether has also been under pressure for months and has lost nearly 40% of its value from an August peak above $4,955.</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>How will markets open today? GIFT Nifty flat, Nikkei up and 7 other cues at this hour</t>
+          <t>Excelsoft IPO opens today: Check price band, shrinking GMP, and expert ‘Subscribe’ rating</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>GIFT Nifty trades flat as markets await RBI policy outcome and watch global cues; stay updated on key market moves and sector trends.</t>
+          <t>Excelsoft Technologies launches IPO to raise Rs 500 crore; subscribe by Nov 21 to invest in its growing AI-powered EdTech and SaaS offerings.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2025-12-03T07:35:40+05:30</t>
+          <t>2025-11-19T06:00:00+05:30</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/how-will-markets-open-today-gift-nifty-flat-nikkei-up-and-7-other-cues-at-this-hour-4063656/</t>
+          <t>https://www.financialexpress.com/market/ipo-news-excelsoft-ipo-opens-today-check-price-band-shrinking-gmp-and-expert-subscribe-rating-4048886/</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>Wednesday’s session opened on a flat to slightly negative note forGIFT Nifty, starting at 26,208, down 0.01%. The mood stayed cautious as traders looked to global cues, including moves in crude oil, gold and major currency pairs, which could shape market sentiment through the day. The market ended weak on December 2, with theSensexslipping 503 points to close at 85,138 after hitting an intraday low of 85,053. The Nifty also stayed under pressure, falling 144 points to end the day at 26,032. Key global and domestic cues to know on December 3, 2025 TheRBI’s Monetary Policy Committee, led by Governor Sanjay Malhotra, begins its three-day meeting today, December 3, with the policy outcome scheduled for December 5. The repo rate has been unchanged at 5.5% since August, after a 100-bps cut earlier this year. Traders are watching the review closely, especially after Q2 GDP grew 8.2% while nominal growth remained weak. Brokerages have been calling for faster rate cuts, pointing out that nominal GDP is still below the two-year average of 10%. AFinancial Expresspoll suggests economists are divided – some expect another pause, while others see room for a 25-bps cut this month. Asia-Pacific markets started Wednesday on a positive note, with most major indices trading higher in early deals. Japan’s benchmark index gained 0.74%, though the Topix was largely unchanged. South Korea’s Kospi inched up 0.29% and the Kosdaq saw a small 0.10% rise. In Australia, the S&amp;P/ASX 200 added 0.3%. On December 2, U.S. markets ended higher, with all three major indices closing in the green. The Dow rose about 0.39%, the S&amp;P 500 edged up 0.25%, and the Nasdaq posted a 0.59% gain. TheUS Dollar Index (DXY), which measures the dollar’s value against a basket of six foreign currencies, was 0.08% down at 99.24 on Wednesday morning. The index evaluates the strength or weakness of the US dollar in comparison to major currencies. The basket contains currencies such as the British Pound, Euro, Swedish Krona, Japanese Yen, Swiss Franc, etc. The rupee appreciated 0.35%, closed at 89.87 to the dollar on December 2. Crude oil pricessaw a mild uptick in early Wednesday trade, with West Texas Intermediate hovering at $58.66 a barrel after a small 0.04% rise. Brent crude also inched up by the same margin, trading around $62.47. Foreign investorspulled out Rs 3,642 crore from Indian equities on Tuesday, while domestic institutional investors stepped in with net purchases worth Rs 4,646 crore, provisional exchange data showed. Gold prices in Indiawere slightly weak in early Wednesday trade. On the MCX, February 5, 2026 gold futures were trading at Rs 1,29,700 per 10 gram, down 0.73%. Aquaculture stocksled the gains with a 5.68% rise in market cap, while thePaints &amp; Pigments sectorsaw a 2.45% increase. TheTyres sectoralso moved higher, posting a 1.8% jump in market capitalisation. ThePoddar Group recorded the strongest move with a 6.29% rise in market cap, followed by theJaypee Groupwith a 2.26% increase. TheFuture Groupalso edged higher with a 2.12% gain, while the Jaipuria Group rose 2%. On the downside, the DCM Group saw its market cap fall 2.81%, the Nagarjuna Group declined 3.41%, and theRuchi Groupdropped 5.17%.</t>
+          <t>After PhysicsWallah, another Edtech company is set to try its luck in the primary market. Excelsoft Technologies aims to raise Rs 500 crore through its IPO. The company, which is presenting a vertical SaaS + EdTech growth story via its IPO, is opening subscriptions on November 19. The IPO will close on November 21. The company has kept the IPO price band between Rs 114-120 per equity share. The issue is a combination of 1.50 crore fresh shares, aggregating to Rs 180 crores and an offer for sale of 2.67 crore shares amounting to Rs 320 crores. The grey market premium (GMP) of Excelsoft Technologies has been on a downtrend for the last four days. The stock is commanding a GMP of 12.5% today, while it was seeing a 25% GMP four days back. Investors should be aware that the GMP is not the correct indicative listing price. The shares traded in the grey market change hands illegally. The allotment for the IPO is expected to be finalised on November 24. The IPO listing on the exchanges, BSE and NSE, is likely to be on November 26, as per the tentative schedule. A retail application needs to bid for a minimum of one lot that contains 125 shares, amounting to Rs 15,000. The lot size investment for a small NII is 14 lots of 1,750 shares, aggregating to Rs 2 lakh, and for a big NII, it is 67 lots of 8,375 shares, totalling to Rs 10 lakh. Anand Rathi Advisors is the book-running lead manager for the IPO, and MUFG Intime India is working as the registrar of the issue. “The use of IPO proceeds to scale infrastructure, combined with its investment in AI and LLMs, positions it for significant future optionality. But the key to value creation will hinge on execution: scaling its global operations, delivering on AI-based product innovation, and managing capex effectively. Owing to strong developments, we recommend ‘Subscribe’,” said Reliance Securities in an IPO note. Excelsoft is a global vertical SaaS company focused on the learning and assessment market. Founded in 2000, the company offers AI-powered applications, test and assessment platforms, online proctoring solutions, learning experience platforms, student success platforms, and digital eBook platforms. The company’s SARAS LMS, including EnablED LXP and OpenPage digital books, provides customised earning support to academic institutions and corporations to cater to their training, learning, and development requirements.</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Bitcoin bounces back above $90,000, but market sentiment remains cautious</t>
+          <t>LIVE: Tenneco Clean Air IPO listing today – Can it soar over 30% over the issue price?</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Bitcoin rose by up to 6.8%, reaching $92,323. Meanwhile, its biggest competitor, Ether, jumped over 8%, briefly pushing its price back above $3,000.</t>
+          <t>Tenneco Clean Air Share Price, IPO Listing Live | Tenneco Clean Air IPO GMP Live Updates: Tenneco Clean Air IPO to list today; check live price updates and see if it jumps over 30% premium—track its opening now!</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2025-12-03T06:52:03+05:30</t>
+          <t>2025-11-19T08:43:06+05:30</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/cryptocurrency/bitcoin-bounces-back-above-usd-90000-but-market-sentiment-remains-cautious/4063640/</t>
+          <t>https://www.financialexpress.com/market/tenneco-clean-air-ipo-listing-nse-bse-live-updates-gmp-allotment-price-band-review-latest-news-4048698/</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Bitcoinbounced back above $90,000 on Tuesday after a sharp drop that surprisedWall Streetand wiped out nearly $1 billion in new bets. This rebound provided a short break in a long period of losses, but traders are still careful, with the mood in the market remaining fragile and signs of trouble continuing across the crypto world. Bitcoin rose by up to 6.8%, reaching $92,323. Meanwhile, its biggest competitor, Ether, jumped over 8%, briefly pushing its price back above $3,000. Smaller cryptocurrencies like Cardano, Solana, and Chainlink saw even bigger gains, rising more than 10%. Bloomberg reports that traders have pointed to several encouraging signs after weeks of declining investor interest. One factor is the announcement by Securities and Exchange Commission Chairman Paul Atkins, who revealed plans to introduce measures that would grant digital asset companies an “innovation exemption.” Another key development was Vanguard Group’s announcement on Monday, allowing ETFs and mutual funds that mostly hold cryptocurrencies to be traded on its platform. Jasper De Maere, a desk strategist at Wintermute, explained that this strong price movement seems to be a mix of industry-specific news and cryptocurrency catching up to the broader market trends. Brendan Fagan, a macro strategist at Bloomberg, noted that the latest rally in crypto suggests a shift from a period of liquidation to a phase where investors are more willing to take risks again. While the overall market situation remains uneven, he pointed out that the combination of washed-out positions and increasing institutional support is creating a stronger foundation than seen in recent weeks. The Bitcoin funding rate, a key indicator of sentiment in the crypto market, has recently turned negative, according to CryptoQuant. This suggests that more traders are betting against Bitcoin than betting on its price rising in the perpetual futures market, the Bloomberg report said. The report further cited the opinion of Chris Kim, CEO of quantitative asset management firm Axis, who noted that the overall mood in the market is cautious, with crypto traders feeling nervous. Institutional investors, he added, seem to be holding off on taking on more risk until after the Federal Reserve announces its interest rate decision next week. Bitcoin has dropped nearly 30% since reaching its all-time high in early October, leaving the digital asset market in a fragile state. The decline worsened when around $1 billion in leveraged bets were gone. Crypto exchanges have seen an increase in the balances of stablecoins like USDT and USDC, suggesting that investors are choosing to hold cash instead of making aggressive bets on price drops, according to analysts at Bitfinex, reported Bloomberg. The report added that this behaviour is common during late-stage market corrections when investors shift to stablecoins as a way to hedge their positions, waiting for more clarity on market conditions and external factors like ETF flows and macroeconomic uncertainty. Unlike at market peaks, when stablecoin liquidity tends to decrease, the current situation shows an increase in liquidity, indicating that investors are holding back and waiting for clearer signals before making further moves. Further reflecting investor caution, CoinMarketCap’s Fear and Greed Index remained in the “extreme fear” zone on Tuesday, having been stuck in this range for the past three weeks.</t>
+          <t>Tenneco Clean Air Share Price, IPO Listing, GMP Live Updates:After a flurry of bidding and anticipation,Tenneco Clean Air Indiais finally making its debut on the stock market today, November 19. The IPO allotment was finalised on November 17. TheIPOis set to list simultaneously on theBombay Stock Exchangeand the National Stock Exchange today.JM Financialacted as the book-running lead manager for the issue, while MUFG Intime India managed the registrar services. In the unofficial market, Tenneco’s unlisted shares have been trading around Rs 514, indicating a grey market premium (GMP) of nearly 30% over the upper price band of Rs 397. However, it is important to note that GMP is not the official listing price and may fluctuate with market trends. The mainboard IPO was a book-built offer-for-sale valued at Rs 3,600 crore. A total of 9.07 crore shares were up for sale in the issue. The bidding window was open from November 12 to November 14. The IPO received bids for 3.92 billion shares, a staggering 58.83 times subscription. This was a pure offer-for-sale. It means no fresh capital was raised. Furthermore, the proceeds from the IPO will go entirely to existing shareholders, mainly Tenneco Mauritius Holdings. Other group entities involved in the sale include Federal-Mogul Investments BV, Tenneco LLC, and Federal-Mogul. Tenneco Clean Air Share Price, IPO Listing LIVE: Check here Live Coverage on Tenneco Clean Air IPO Listing, GMP, Share Price, Price Band, Review The Indian automotive components sector is poised for steady growth. The key end markets for Tenneco India are projected to expand: • Clean Air Solutions: The domestic market for Clean Air Solutions was estimated at Rs 5,423.4 crore in FY25 and is projected to grow at a CAGR of 8-10% through FY30. • Passenger Vehicles (PV): This segment is expected to grow at a CAGR of 4-6% through FY30. • Commercial Trucks (CT): This market is projected to expand at a CAGR of 3-6% through FY30. With 12 manufacturing facilities across India, the company not only serves the domestic market but also functions as an export hub for Tenneco Group’s global network. This operational footprint and technological integration are central to its forward-looking strategic outlook. For the financial year ending FY25, the company reported Rs 4,890 crore in revenue, an EBITDA margin of 16.67%, and Rs 553 crore profit after tax. The business has recorded steady growth in both topline and profitability. Tenneco Clean Air India Limited, created in 2018, operates as part of Tenneco Inc., a global manufacturer of clean air and powertrain technologies. The Indian arm focuses on producing advanced exhaust and after-treatment systems for the domestic automotive sector. Retail participants were required to bid for at least 37 shares, which amounts to Rs 14,689 at the upper band. Small High Net-worth Individuals could apply for up to 518 shares, while High Net-worth Individuals could place bids for 2,553 shares, depending on their category limits. The shares are scheduled to list on the BSE and NSE today, November 19, marking the company’s entry into the public market. The issue was opened from November 12 to November 14. The allotment was confirmed on November 17, and shares reached eligible Demat accounts on November 18. The company has set a price band of Rs 378 to Rs 397 per share. At the upper limit, the price works out to a price-to-earnings ratio of around 46.6 times, based on its FY25 earnings. Tenneco Clean Air India’s public offer is structured as a Rs 3,600 crore book-built IPO, consisting of 9.07 crore equity shares. The entire issue is an Offer for Sale, meaning the proceeds go to existing shareholders rather than the company.</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>From Banks, Motilal Oswal to Hindustan Copper – Here are 10 stocks to watch</t>
+          <t>Watchlist 2026: The 2 hidden gems Mukul Agrawal is betting on for the next cycle</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Discover key stock moves today, including fundraising, partnerships, and regulatory updates — check which companies are in focus now.</t>
+          <t>Mukul Agrawal bought 2 stocks in 2025, and they have already created ripples in the investor circles with returns of 81% and 140%. The question is are they just getting started? As we start creating watchlists for 2026, these two stocks deserve a closer look.</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2025-12-03T06:33:29+05:30</t>
+          <t>2025-11-19T05:30:00+05:30</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/from-banks-motilal-oswal-to-hindustan-copper-here-are-10-stocks-to-watch-4063409/</t>
+          <t>https://www.financialexpress.com/market/stock-insights/watchlist-2026-the-2-hidden-gems-mukul-agrawal-is-betting-on-fornbspthenbspnextnbspcycle/4048857/</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>Several major companies announced important updates across fundraising, regulatory actions, project orders and new partnerships. From banks raising capital to infrastructure contracts and tax notices, a range of corporate developments are set to draw market attention. Here are the key stocks likely to be in focus today. TheSensexdropped 503.63 points, or 0.59%, to close at 85,138.27. Earlier in the day, the index had slipped even further, falling 588.9 points (0.68%) to touch an intraday low of 85,053. TheNiftyalso ended weak, declining 143.55 points, or 0.55%, to finish at 26,032.20 on December 2. Stocks to watch today, December 3, 2025 TheReserve Bank of Indiareleased its latest list of Domestic Systemically Important Banks, identifyingState Bank of India,HDFC BankandICICI Bankas institutions that require higher capital buffers. Domestic Systemically Important Banks are lenders whose scale and network make them crucial to financial stability. The central bank set additional Common Equity Tier-1 capital requirements at 0.10 percent for ICICI Bank, 0.40 percent for HDFC Bank and 0.80 percent for State Bank of India. Canara Banksaid it has raised Rs 3,500 crore through Additional Tier-I bonds, which are part of the Basel III global regulatory framework for banks. The issue included a base size of Rs 1,000 crore and a green shoe option of Rs 2,500 crore, both fully subscribed. These unsecured and perpetual bonds, with a face value of Rs 1 crore each, were placed with 37 investors. The issue opened and closed on November 28, and allotment was completed on December 2. Motilal Oswal Financial Servicesannounced that its Finance Committee has approved a new round of funding through non-convertible debentures. These fully paid, secured, rated, redeemable and listed senior bonds will be issued on a private placement basis. Each bond carries a face value of Rs 1,00,000, adding up to a total size of Rs 300 crore. The company plans to list these debentures on the National Stock Exchange of India. Hindustan Copperand NTPC Mining signed a Memorandum of Understanding to work together in copper and critical minerals exploration. The agreement allows both companies to jointly enter mineral block auctions and collaborate on activities such as exploration, mining and processing. They will also study investment possibilities using Hindustan Copper’s existing assets. Indian Railway Finance Corporationhas signed a loan agreement with Sumitomo Mitsui Banking Corporation at its GIFT City branch in Gujarat. The agreement involves raising an external commercial borrowing worth the Japanese Yen equivalent of 300 million United States Dollars. This marks IRFC’s return to the foreign borrowing market after more than three years. RPP Infra Projectsreceived a new work order from the Highways Department in Tamil Nadu. The project involves widening the Hogenakkal–Pennagaram–Dharmapuri–Thirupathur Road, also known as State Highway 60, from two lanes to four lanes. The contract, valued at Rs 25.99 crore including Goods and Services Tax (GST). Bansal Wire Industriesdisclosed that it has received a show-cause notice from the State Goods and Services Tax department in Uttar Pradesh. The notice pertains to the financial year 2020–21 and seeks a total of Rs 202.77 crore. This includes tax demands, interest and penalties. The company stated that the notice was issued by the Joint Commissioner of the State Goods and Services Tax, Corporate Circle-I, Ghaziabad.</t>
+          <t>Mukul Agrawalis amongst the top super investors in India when it comes to following in the investor circles. The founder of Param Capital Group, Agrawal is widely known for his bold investment strategies. No wonder he is a part of our list of theWarren Buffettsof India. Agrawal currently holds 71 stocks in his portfolio worth almost Rs 7,500 cr. But two of these stocks that he recently added to his portfolio have caught the attention of smart investors, as something to look closely at in 2026. With 81% and 140% gains already just in this year, they do warrant a look at now and in 2026. Let us dive into these 2 stocks. Tatva Chintan Pharma Chem Ltdwas incorporated in 1996 and is a manufacturer of a diverse portfolio of structure Directing Agents, Phase Transfer Catalysts, electrolyte salts for batteries, andPharmaceuticaland Agrochemical Intermediates and other Speciality chemicals. With a current market cap of Rs 3,647 cr, the company has a portfolio of 214 products catering to a long list of clientele that includesLaurus Labs,Atul,Asian Paints, SRF, Otsuka, Divis Nutraceuticals, Merck,Navin Fluorine International Ltd, etc. Mukul Agrawal bought a 1.3% stake in the company worth Rs 34.4 cr as per filings for the quarter ending June 2025. This holding has now gone up to 2.1% making the holding worth Rs 78 cr. Tatva Chintan’s sales have grown at a compound rate of just 8% in the last 5 years from Rs 263 cr in FY20 to Rs 383 cr in FY25. For the current FY, until the end of September 2025, the company has recorded Rs 240 cr in sales. The EBITDA (Earnings Before Interest, Taxes, Depreciation, and Amortization) has seen a drop from Rs 55 cr in FY20 to Rs 34 cr in FY25. And for the period of April 2025 to September 2025, the logged EBITDA is Rs 39.5 cr, which points at a better year already. The net profits also dropped from Rs 38 cr in FY20 to Rs 6 cr in FY25. However, between April and September 2025, the company has already recorded net profits of Rs 16.6 cr, hinting at a stronger financial year in terms of profits. Theshare price of Tatva Chintan Pharma Chem Ltdwas around Rs 860 in January 2025, and as of 18thNovember it was Rs 1554, which is a jump of 81% in just 9 months. If you look at the chart below, it is showing signs of a turnaround. The company’s share is currently trading at a PE of 205x, while the industry median is at 30x. The company was listed in 2021, so it would be too soon to look at the 10-year median for it, but the industry median for a 10-year period is 28x. According to the recent investor presentation in November 2025, Tatva Chintan is exiting a prolonged downcycle with clear traction across high-barrier verticals (SDA, Electrolytes, Semiconductor) and a growing docket of multistage agro/pharma intermediates. Incorporated in 2018,Monolithisch India Ltdis a manufacturer of premixed high-quality ramming mass. With a market cap of Rs 1,251 cr Monolithisch into the manufacturing and supply of specialized ramming mass, a heat insulation/lining material used as a refractory consumable for Induction furnaces installed iniron, steel, and foundry plants. The company also undertakes trading activities occasionally to meet excess and urgent customer demands. The company was listed in June 2025, and Agrawal bought a 2.3% stake in the company worth Rs 24 cr. A holding that has now been increased by him to 3% worth Rs 34.5cr. The sales of the company have grown at a compounded rate of 81% from Rs 5 cr in FY20 to Rs 97 cr in FY25. The company files in half yearly financial statements and according to the last one in September 2025, the company had already recorded sales of Rs 57 cr in FY26. EBITDA went from Rs 1 cr in FY20 to Rs 21 cr in FY25, logging in a compound growth of 84%. In the first 2 quarters of FY26, the EBITDA is already Rs 12 cr. As for the net profits, the company has shown a big turnaround as it went from making zero profits in FY20 to net profits of Rs 14 cr in FY25, which is a compounded growth of 114%. Between April and September 2025, the company has recorded profits of Rs 9 cr. Theshare price of Monolithisch Indiawhen it was listed in June 2025 was around Rs 240. As on 18thNovember 2025 the price was at Rs 576, which is a jump of 140% in just 3 months. The company’s stock is trading at a PE of 71x, while the industry median is 41x. The 10-Year median PE for the industry is 27x. Monolithsch also boasts of a current ROCE (Return on Capital Employed) of 61%, which means it is making Rs 61 in profits on every Rs 100 it invests as capital in the business. The industry median ROCE when compared to peers is about 17%, which means Monolithisch is doing a better job of making profits from capital investments than its peers. In the October 2025 investor presentation, the Executive Director, Kritish Tekriwal, said, “Over the past two years, the company has demonstrated a strong and consistent growth trajectory. Revenue has expanded at a compound annual growth rate of 52%… Looking ahead, we remain focused on sustaining this momentum with revenue CAGR FY 25-28 projected in the range of 60%.” The two stocks that we saw today were picked up by Mukul Agrawal in 2025 and he has in theory already started to profit from them. Which proves that when Agrawal picks stocks, they are not hunches or emotional decisions, but well researched stocks with strong potential. The big question here is do these 2 stocks still have fizz left for them to continue or even outperform what they recorded in FY25 all the way to 2026? Remember, both the stocks are showing signs of a solid turnaround and are already looking at a good quarter and financial year. Well, as 2025 draws to an end, it is time when smart investors will start making their watchlist for 2026. If you too are making one, these two Mukul Agrawal approved stocks deserve a place in there. Note: We have relied on data from www.Screener.in and www.trendlyne.com throughout this article. Only in cases where the data was not available, have we used an alternate, but widely used and accepted source of information. The purpose of this article is only to share interesting charts, data points and thought-provoking opinions. It is NOT a recommendation. If you wish to consider an investment, you are strongly advised to consult your advisor. This article is strictly for educative purposes only. Suhel Khan has been a passionate follower of the markets for over a decade. During this period, He was an integral part of a leading Equity Research organisation based in Mumbai as the Head of Sales &amp; Marketing. Presently, he is spending most of his time dissecting the investments and strategies of the Super Investors of India. Disclosure: The writer and his dependents do not hold the stocks discussed in this article. The website managers, its employee(s), and contributors/writers/authors of articles have or may have an outstanding buy or sell position or holding in the securities, options on securities or other related investments of issuers and/or companies discussed therein.  The content of the articles and the interpretation of data are solely the personal views of the contributors/ writers/authors.  Investors must make their own investment decisions based on their specific objectives, resources and only after consulting such independent advisors as may be necessary.</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>LIVE: Aequs IPO opens today; Check GMP, subscription status and key details here</t>
+          <t>Coal India’s 7% yield is just the bait — the real jackpot is hidden in its subsidiaries</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Aequs IPO GMP Live, Aequs IPO Open for Subscription Live Updates: Aequs opens its IPO for subscription at Rs 118-124 per share until Dec 5 — check key details.</t>
+          <t>A 7% yield, cash-heavy balance sheet and hidden subsidiary value rarely come this cheap. Coal India’s valuation reflects decline, even though India’s energy reality suggests the opposite.</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2025-12-03T10:11:47+05:30</t>
+          <t>2025-11-19T05:30:00+05:30</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/ipo-news-aequs-ipo-live-updates-gmp-subscription-status-allotment-listing-date-2025-jm-financial-kfin-technologies-ipo-news-4063313/</t>
+          <t>https://www.financialexpress.com/market/stock-insights/coal-indias-7-yield-is-just-the-bait-the-real-jackpot-is-hidden-in-itsnbspsubsidiaries/4048427/</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>AequsAequs, a precision manufacturing company with a presence across aerospace, electronics and consumer durables, will open itsinitial public offering (IPO)for subscription today. The issue will be available for investors till Friday, December 5. Let’s take a look at the key details of this mainboard issue- The company has set the IPO price band between Rs 118-124 per share. At the upper end of the price range, the total issue size works out to Rs 921.81 crore. The offer includes a fresh issue of 5.40 crore shares, helping the company raise Rs 670 crore. On the other side, existing shareholders will sell 2.03 crore shares through an offer for sale worth Rs 251.81 crore. Aequsintends to deploy part of the proceeds to repay or prepay certain borrowings. A portion will also support new machinery purchases as part of the company’s capital expenditure plans. The remaining funds will be used for potential acquisitions, other strategic activities and general corporate needs. The IPO allotment is expected on December 8, while the shares are likely to debut on theBSEand NSE on December 10. Aequs IPO Opens for Subscription Live: Follow Live Coverage on Aequs IPO GMP, Subscription Status, Allotment, Listing Date and More The net proceeds of the fresh issue from the IPO are proposed to be utilised for the payment of borrowings and penalties. The raised funds will also be used for funding capital expenditure for purchasing machinery and equipment, along with inorganic growth through unidentified acquisitions. Some proceeds from the raised funds will be used for other strategic initiatives and general corporate purposes. Aequs is the only fully integrated aerospace precision manufacturer within a single SEZ in India—a high-entry-barrier sector requiring significant investment, proof-of-concept capabilities, and strong OEM relationships. With a manufacturing presence across India, the U.S., and France, the company benefit from proximity to global OEMs, access to a skilled and diverse workforce, and the ability to deliver innovative solutions while maintaining long-term customer relationships. 'The Aerospace segment is operationally profitable with consistently improving EBITDA margin. The planned debt repayment from the IPO proceeds will result in substantial saving on interest cost which should also result in the company turning profitable at the PAT level. At the upper price band of Rs 124, the stock is valued at 8.7x EV/Sales on post issue capital. We recommend investors to Subscribe to the issue at the cut-off price,' SBI securities said in its IPO note. The company operates three advanced manufacturing clusters in India (Belagavi, Koppal, and Hubballi) along with facilities in France and the U.S., supported by co-located supply partners that enhance cost efficiency, shorten lead times, and improve operational scale. Aequs serves 180+ customers across major global markets including the USA, UK, France, China, Poland, Italy, Sweden, Brazil, and Indonesia. Aequs secures Rs 414 crore from anchor investors. Ahead of its IPO, Aequs allotted 3.33 crore shares to 33 anchor investors, raising around Rs 414 crore. Each share was priced at Rs 124, which includes a face value of Rs 10 and a premium of Rs 114 per share. As of September 30, 2025, Aequs reported assets worth Rs 2,134.35 crore and revenues of Rs 111.81 crore for the period. The company recorded a loss of Rs 74.08 crore after tax. Aequs works in precision manufacturing, producing components for aerospace, consumer electronics, plastics, and durable goods. The company operates from a Special Economic Zone, which helps streamline exports. It supplies parts for aircraft programs such as Airbus A220 and A320, and Boeing B737 and B787. The company specialises in machining high-performance materials like titanium. The company plans to raise Rs 921.81 crore from the IPO. This includes a fresh issue worth Rs 670 crore and an offer for sale worth Rs 251.81 crore. The IPO price band is set between Rs 118-124 per share, while each equity share carries a face value of Rs 10. This range determines the bidding window for investors. Also read:Aequs IPO subscription opens on December 3: Check IPO GMP, issue price and 4 critical details Retail investors must apply for at least one lot, which includes 120 shares. At the upper end of the price band, the minimum investment works out to about Rs 14,880. Lot sizes remain fixed and investors cannot apply for fewer shares. Aequs will open its IPO for subscription on December 3 and close it on December 5. Anchor investors will participate a day earlier on December 2. The shares are expected to list on December 10. Aequs is known for its precision component operations, particularly in the aerospace sector. It is the only company in India to run fully integrated aerospace manufacturing within a single Special Economic Zone (SEZ). Apart from aerospace, Aequs also makes components used in consumer electronics, plastic products and home appliances.</t>
+          <t>Coal India’srecent quarter looks weak on every metric analysts track. Production is lower. Offtake is lower. Realisations are softer. Profitability is down. Brokerages have trimmed estimates and the stock trades as if the long-term direction is obvious and negative. On the surface, it resembles the familiar story of a commodity company stuck in a slow phase. The difficulty is that the larger energy landscape is not behaving the way this narrative assumes. The weakness inCoal India’squarterly numbers does not match the larger environment in which the company operates. Electricity consumption continues to rise. The Ministry of Power’s generation targets point upward, not sideways. India’s per capita commercial energy consumption remains well below developed economies and the Ministry of Coal expects this gap to narrow as incomes and industrial activity expand. ICRAexpects annual electricity demand to grow 6–6.5% through FY2030, driven by sectors that are not shrinking. Data centres, electric vehicles, heavy industry and early green hydrogen loads are all adding to the grid, not subtracting from it. These are long-term structural drivers. They do not suggest declining relevance. Renewablecapacity has expanded quickly, but its contribution to actual generation remains significantly lower. There are days when renewables meet more than half the demand, but those days are unusual and dependent on weather. Storage constraints, grid flexibility and transmission issues remain binding. Coal-based generation has hit new highs. Peak coal consumption keeps shifting forward as overall demand rises and the grid absorbs variable renewable energy at a controlled pace. Coal still provides the baseload that keeps the system stable. This is the environmentCoal Indiaoperates in. It also explains why a few weak quarters does not automatically indicate structural decline. Coal India’s quarterly numbers reflect immediate pressures. H1FY26 revenue is down 2.4% as production fell and offtake dipped. Auction premiums moderated to about 55% over FSA prices compared to 69% a year ago. Costs per tonne increased. This combination pushed earnings before interest, tax, depreciation and amortisation down 16% year-on-year. Analysts responded by modelling modest volume growth and assuming muted auction premiums and incremental pressure from captive mining in the coming years. Coal India’sinternal commentary, however, points to operational rather than structural issues. Subsidiaries affected by rainfall and delayed clearances expect normalisation as conditions improve. Evacuation capacity has risen meaningfully. Rake loading moved from 72.7 rakes/day to 87.1 rakes/day, with a target of 100 rakes/day for FY26. New silos are being deployed across subsidiaries to improve dispatch stability. On the demand side, more stressed power units are returning to service, reducing dependence on imports for blending. Long-term linkages for non-power consumers have increased from 90 million tonnes to 115 million tonnes in two years. None of this fits the narrative of shrinking relevance. Moreover,Coal India’sformal guidance further widens this gap. The company expects production of 875 million tonnes in FY26 and more than 900 million tonnes in FY27. Coal India’s plans for the coming years are not about reinvention. They’re about doubling down on the parts of the system that still need hard infrastructure. Start with the money. The company spent Rs 21,776 crore in FY25 on capital expenditure. For FY26, Coal India has a Rs 16,000-crore capex plan. More than a third of it, about Rs 5,622 crore, goes into evacuation: first-mile connectivity, rapid-loading silos, rail sidings and coal-handling plants. These are the small things that determine whether higher production can actually leave the pit. Rs 2,382 crore is set aside for land. Another Rs 1,950 crore will go into heavy earthmoving machinery, washeries and assorted equipment. Solar, JVs and mine development take the rest. The project list tells the same story. None of this shifts the company away from coal. Instead, it shows where Coal India believes the bottlenecks are, evacuation, quality and small shifts in efficiency and how it is choosing to spend money in response. What the spending does not capture, however, is the value sitting inside the company’s subsidiaries. Two subsidiaries, Bharat Coking Coal Limited and Central Mine Planning and Design Institute Limited, have filed draft documents for listing. Bharat Coking Coal Limited owns scarce coking coal reserves that steel plants depend on. Central Mine Planning and Design Institute Limited provides geological, environmental and mining expertise that the larger coal ecosystem depends on. These are not easily replaceable assets. Other subsidiaries hold washeries, silos, loading systems, land parcels and first-mile connectivity infrastructure. These carry long-term strategic value but none of it is visible in the parent’s market valuation. Coal India is priced as if it were a single-line thermal coal miner, not a company that owns an entire ecosystem of mining and evacuation assets. Coal India’s balance sheet does not resemble that of a company in structural decline. The company operates with near-zero debt and generates steady operating cash flows even in weaker quarters. It paid a total dividend of Rs 26.50/share in FY25, translating into a dividend yield of roughly 6–7% at current prices. Brokerages expect the dividend yield to remain 6–7% over FY26–FY28. A debt-light, cash-generating, high-dividend business is not behaving like a company whose relevance is collapsing. Coal India trades at a price-to-earnings ratio of 7.6 times, close to its 5-year median PE. The stock has carried a low valuation for years, as if the business were on a steady path to irrelevance. The difficulty is that the larger energy system has not followed that script. Electricity demand keeps rising while renewable generation remains limited by storage and grid constraints. Coal-based power continues to carry most of the load. Coal India’s subsidiaries hold assets the market ignores, its capex is concentrated on evacuation and quality, it operates with almost no debt and its dividend yield is one of the highest among large caps. None of this shows up in the share price, which still reflects an argument about long-term decline that the energy system itself does not support. The power system depends on coal. Coal India is building capacity to move more of it. Its subsidiaries hold strategic assets that are not priced. Its balance sheet signals stability, not erosion. Yet the stock trades as if the company’s relevance is fading. A few weak quarters are visible. The structural dependence is not. The real story lies in that gap. Note: We have relied on data fromwww.Screener.inthroughout this article. Only in cases where the data was not available, have we used an alternate, but widely used and accepted source of information. The purpose of this article is only to share interesting charts, data points and thought-provoking opinions. It is NOT a recommendation. If you wish to consider an investment, you are strongly advised to consult your advisor. This article is strictly for educative purposes only. Manvi Aggarwal has been tracking the stock markets for nearly two decades. She spent about eight years as a financial analyst at a value-style fund, managing money for international investors. That’s where she honed her expertise in deep-dive research, looking beyond the obvious to spot value where others didn’t. Now, she brings that same sharp eye to uncovering overlooked and misunderstood investment opportunities in Indian equities. As a columnist for LiveMint and Equitymaster, she breaks down complex financial trends into actionable insights for investors. Disclosure: The writer and her dependents do not hold the stocks discussed in this article. The website managers, its employee(s) and contributors/writers/authors of articles have or may have an outstanding buy or sell position or holding in the securities, options on securities or other related investments of issuers and/or companies discussed therein.  The content of the articles and the interpretation of data are solely the personal views of the contributors/ writers/authors.  Investors must make their own investment decisions based on their specific objectives, resources and only after consulting such independent advisors as may be necessary.</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>LIVE: Vidya Wires IPO opens today; Check GMP, subscription status and key details here</t>
+          <t>Hospital stocks are ‘safe’ havens, but at upto 77x P/E, are you overpaying?</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Vidya Wires IPO GMP Live, Vidya Wires IPO Open for Subscription Live Updates: Vidya Wires IPO opens for subscription Dec 3-5 at Rs 48-52 per share; apply now to secure your stake before listings on Dec 10.</t>
+          <t>Hospital stocks are viewed as "safe" as they are not subject to US FDA inspections and Trump rhetoric. Leading hospital chains have shown strong growth in the September 2025 quarter, and they are also expanding capacity aggressively. Hospital stocks trade at rich valuations, given rapid growth expectations from investors over the next few quarters.</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2025-12-03T10:14:10+05:30</t>
+          <t>2025-11-19T05:30:00+05:30</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/ipo-news-vidya-wires-ipo-live-updates-gmp-subscription-status-allotment-listing-date-2025-mufg-intime-4063314/</t>
+          <t>https://www.financialexpress.com/market/stock-insights/hospital-stocks-are-safe-havens-but-at-upto-77x-pe-are-you-overpaying/4048921/</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>Vidya WiresIPO GMP, Subscription Status Live Updates:Vidya Wires, a key player in the winding and conductive products industry, will open itsinitial public offering (IPO)for subscription today, Wednesday, December 3. The issue will remain open for investors until Friday, December 5. The price band of the issue is set between Rs 48-52 per share. Each share carries a face value of Rs 1. For those planning to apply, the minimum investment begins with a lot of 288 shares, and investors can bid for more in multiples of this lot size. Vidya Wires plans to raise a total of Rs 300 crore through the public issue. This includes a fresh issue worth Rs 274 crore. This will bring new funds into the company, and an offer for sale (OFS) of 50.01 lakh shares, estimated at Rs 26 crore, by existing shareholders. TheIPOallotment is expected to be finalised on Monday, December 8. Refunds to non-allottees and credit of shares to successful applicants are scheduled on the same day. The company’s shares are likely to debut on the BSE and NSE on Wednesday, December 10. The issue is being managed by Pantomath Capital Advisors and IDBI Capital Markets &amp; Securities, while MUFG Intime India is handling the registrar responsibilities for the IPO. Vidya Wires IPO Opens for Subscription Live: Follow Live Coverage on Vidya Wires IPO GMP, Subscription Status, Allotment, Listing Date and More The Winding &amp; Conductivity Products industry is a core enabler for India’s power infrastructure, automotive/EV ecosystem, industrial machinery, appliances, and renewable energy, with a total output of 343,000 MTPA in FY25. Growth is driven by accelerating electrification, grid modernisation, and rising manufacturing activity. Vidya Wires is heavily dependent on the power transmission, general engineering, and electrical sectors for its revenue generation. For Q2FY26, the company generated 80% of its total revenue from this sector. The company, in its DRHP, has stated this as a risk factor, adding that any disruption in this sector can affect the company's profitability. At the upper price band of Rs 52 per share, Vidya Wires is valued at a post-issue P/E of 22.94x, which appears reasonable compared to peers. Supported by strong sector demand and upcoming ALCU capacity expansion expected to improve scale and margins, we assign a 'Subscribe for Long Term' rating," said Angel One in an IPO note. Vidya Wires exports to 18+ countries and serves 19+ global customers, supported by UL certification for entry into developed markets. Its Gujarat facilities benefit from proximity to Hazira and Mundra ports, providing logistics advantages. Vidya Wires raised Rs 90 crore from anchor investors by allotting around 1.73 crore shares ahead of its IPO. Each share was priced at Rs 52, including a face value of Rs 1 and a premium of Rs 51. The anchor investors include LIC Mutual Fund, Bandhan Mutual Fund, Bank of India Mutual Fund, Alchemy, MAIQ, and Maybank Securities. The company has maintained profitability over recent years. It reported a profit after tax of Rs 25.68 crore in FY24, up from Rs 21.53 crore in FY23. Vidya Wires is based in Gujarat and manufactures winding and conductivity products used across industries. Its portfolio primarily includes copper and aluminium wires. These products are supplied to sectors like automotive components, electrical machinery, and consumer appliances. The company operates in a segment that supports essential industrial applications. Vidya Wires plans to raise Rs 300 crore through this IPO. The fresh issue component is Rs 274 crore, while the remaining Rs 26 crore will be sold by promoters Shyamsundar Rathi and Shailesh Rathi under the offer for sale route. The IPO is priced between Rs 48 and Rs 52 per share, with a face value of Rs 1. Retail investors must apply for at least 288 shares, translating to a minimum investment of around Rs 14,976 at the upper price. The Vidya Wires IPO opens today, December 3, and closes on December 5. The allotment is expected on December 8, with refunds and Demat credits scheduled for December 9. The tentative listing date is December 10. According to the company, the money raised from the fresh issue will be directed toward several key purposes. A major portion is planned for capital expenditure to support new projects under its subsidiary, ALCU. The funds will also be used to repay certain borrowings and cover general corporate expenses.</t>
+          <t>Hospital stockshave been viewed as “safe” by investors on Dalal Street vis-a-vis generic pharma exporters, as these chains do not face regulatory risks from the US FDA or subject to Trump rhetoric. And with the growing formalisation of healthcare in the country along with the government promotinghealth insurancethrough various schemes, hospital chains have been the key beneficiary. However, a key question for investors in hospital stocks – the high valuations, in terms of PE for these stocks and is justified. For instance,Apollo Hospitals Enterprisetrades at a consolidated P/E of 63.5times, according to Screener.in, whileMax Healthcare Institutetrades at 77 times, and it is 47.2 times forJupiter Life Line Hospitals. Hospital chains are aggressively expanding their presence at new locations and more beds along with improved average revenue per patient, and this has fuelled strong investor interest for stocks in this sector. Q2 FY26: A Tale of Three Hospital Chains Max Healthcare Institute, the second-largest hospital chain in the country, declared its results on Friday, and its consolidated revenue from operations grew 25.1 % y-o-y to Rs 2,135.5 crore in the September 2025 quarter.  Its ARPOB (Average Revenue Per Occupied Bed) per OBD was Rs 77,300 in Q2FY26 was Rs 76,200 a year earlier. OBD refers to occupancy bed days (OBD) which is a hospital management metric. Max Healthcare Institute had nearly 5,200 beds at the end of Q2FY26 vis-a-vis 5,000 beds a year earlier, with a significant presence in north India. The Mumbai-based chain also highlighted its In-patient volume was 87,629 in Q2 FY26 vis-a-vis 71,534 a year earlier. As a result, its consolidated net profit grew 74.7% y-o-y to Rs 491.3 crore in the September 2025 quarter. Earlier,Apollo Hospitals, the largest hospital chain in India, reported that its consolidated revenue from operations grew 12.8% y-o-y to Rs 6303.5 crore in the September 2025 quarter. The Chennai-based hospital chain highlighted that it had 8,050 operating beds in Q2FY26 vis-a-vis 7,994 a year earlier. Occupancy was 69 % in the September  2025 quarter vis-a-vis 73% a year earlier, however, the hospital chain saw its average revenue per In-patient rise nearly 8.7% to Rs 1.73 lakh in the quarter under review. Its consolidated net profit also grew 25% y-o-y to Rs 494 crore in the September 2025 quarter. And Jupiter Life Line Hospitals’ consolidated revenue from operations grew 17.5% y-o-y to Rs 393.6 crore in the September 2025 quarter. Its operational bed capacity was 1,061 at the end of Q2 FY26 vis-a-vis 983 a year earlier. It has also highlighted that while average occupancy rate was 62.2 % in the September 2025 quarter vis-a-vis 68.5 % a year earlier, however, its ARPOB grew 14.6% y-o-y to Rs 66,100 in the first half of FY26. Max Healthcare Institute’s 268-bed brownfield tower at Nanavati-Max, Mumbai, will be commissioned shortly. And Apollo Hospitals has highlighted that it has soft launched a 42-bed Apollo Athenaa, branded as Asia’s first dedicated cancer center for women in Defense Colony Delhi and a multi-specialty tertiary care hospital, 384-bed Royal Mudhol Apollo Hospitals in Pune. ForJupiter Life Line Hospitals, the first phase of its hospital at Dombivali, Mumbai with 220 beds is expected to be operationalized in the first quarter of FY27. The race for expanding number of beds is intense, and over the coming years, the overall sector should see tremendous growth. One will need to see how this impacts overall occupancy levels and ARPOBs. Apollo Hospitals Enterprise stock price fell 1.4% to Rs 7,384 on Tuesday, and not too far from its 52-week high of Rs 8,099 that was reached on 23 October, 2025. And the Max Healthcare Institute stock was broadly flat at Rs 1,118 on Tuesday, and not too far from its 52-week high of Rs 1,314.3 that was reached on 4 July 2025. Meanwhile, Jupiter Life Line Hospitals stock price fell 1.5% to Rs 1,432 and not too far from its 52-week high of Rs 1,759 that was reached on 25 March, 2025. Apollo Hospitals Enterprise has a ROE of 18.4% during the current financial year, according to Screener.in, while it is 12.7% for Max Healthcare Institute, and 15% for Jupiter Life Line Hospitals. The growth outlook for hospital chains appears rosy with additional beds being added at different locations across the country, and strong higher ARPOBs. On the other hand, one needs to be watchful of regulation which could limit the ability of hospitals to increase prices of various procedures. The valuation of hospital stocks is rich, given the high growth expected from hospital chains over the next few quarters. Note: We have relied on data from www.Screener.in throughout this article. Only in cases where the data was not available, have we used an alternate, but widely used and accepted source of information. The purpose of this article is only to share interesting charts, data points and thought-provoking opinions. It is NOT a recommendation. If you wish to consider an investment, you are strongly advised to consult your advisor. This article is strictly for educative purposes only. Amriteshwar Mathur is a financial journalist with over 20 years of experience. Disclosure: The writer and his family do not hold the stocks discussed in this article. The website managers, its employee(s), and contributors/writers/authors of articles have or may have an outstanding buy or sell position or holding in the securities, options on securities or other related investments of issuers and/or companies discussed therein. The content of the articles and the interpretation of data are solely the personal views of the contributors/ writers/authors. Investors must make their own investment decisions based on their specific objectives, resources and only after consulting such independent advisors as may be necessary.</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>5.5% dividend yield, zero debt: 2 ‘silent’ compounders smart investors are holding</t>
+          <t>Morgan Stanley sees Sensex at 107,000 by Dec ’26</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>While the market chases high-flying risky bets, two quiet underdogs are doing the unthinkable. Carrying zero debt and paying yields as high as 5.5%. From a Honda group outlier to a TVS group hidden gem, here are the two stocks grabbing attention of smart investors.</t>
+          <t>Base case prediction puts the benchmark index at 95,000 by end of next year.</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2025-12-03T05:30:00+05:30</t>
+          <t>2025-11-18T23:34:57+05:30</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/stock-insights/5-5-dividend-yield-zero-debt-2-silent-compounders-smart-investors-are-holding/4063518/</t>
+          <t>https://www.financialexpress.com/market/morgan-stanley-sees-sensex-at-107000-by-dec-26-4048920/</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>When smart investors look for stocks to pick, they are very particular about a few parameters. They look for the company’s ability to efficiently manage money. In simple terms, they look for companies that use profits to keep operations debt free. Without heavy interest payments, the company has money at its disposal that it can use for growing the business, buying back shares or giving back to investors by means of dividends. Here are two lesser-known small cap stocks that are checking all the boxes when it comes to being debt free and using the profits to give back to their  investors by means of dividends. Incorporated in 1985,Honda India Power Products Ltdis engaged inmanufacturingand marketing of portable gensets, water pumps, general purpose engines, lawn mowers, brush cutters and tillers. In July 2020, the company changed its name from ‘Honda Siel Power Products Ltd’ to ‘Honda India Power Products Ltd. With a market cap of Rs 2,425 cr, the company is part of theHonda Group, a multinational conglomerate manufacturer ofautomobiles, motorcycles, and power equipment headquartered in Tokyo, Japan. The company is almost debt free and has a current dividend yield of 5.5% (as per Trendlyne), possibly among the highest when compared to peers from the same industry. Which means that for every Rs 100 invested in the company one would get back Rs 5.5 a year in dividends. No wonder domestic institutional investors likeNippon India,Tata Mutual FundsandQuant Mutual Fundshave 8.8%, 5.25% and 4.3% stake respectively in the company as of the quarter ending September 2025. The financials of the company tell a different story. The company’s sales have seen a jump over the last 5 years but have seen a drop in the most recent financial year. For H1FY26, sales of Rs 331 cr have been recorded. The EBITDA (earnings before interest, taxes, depreciation, and amortization) has also seen a similar trajectory. And for H1FY26, EBITDA of Rs 19 cr has been logged. As for the net profits, the company has seen a drop in FY25… For H1FY26, profits of Rs 20 cr have been recorded. Theshare prices of Honda India Power Products Ltdwere around Rs 1,016 in December 2020, and as on 2ndDecember 2025 it was Rs 2,404, which is a jump of over 135% in 5 years. As for valuations, the company’s current PE is 32x, while the current industry median is 34x. The 10-year median PE for the company is 25x and the industry median for the same period is 29x. In the past 12 months, Honda Power has declared an equity dividend amounting to Rs 131.50 per share. Incorporated in 1954,India Motor Parts &amp; Accessories Ltdis engaged in the distribution ofautomobile spare partsand accessories through its distribution network representing over 50 manufacturers. With a market cap of Rs 1,270 cr, the company is a part of theTSF Groupand caters to more than 40 auto component manufacturers including Brakes India, Rane (Madras) Limit, Sundram Fasteners and ZF Commercial Vehicle Control Systems India. The company is almost debt free and has a current dividend yield of 2.9% (as per Trendlyne), while the current industry median is 2.6%. Let us look at the financials of the company. (These are standalone figures as the annual consolidated figures for FY25 are not available on screener or trendlyne) The company’s sales have seen a compounded growth of 7% in the last 5 years. For H1FY26, sales of Rs 395 cr have been recorded. The EBITDA has grown at a compounded rate of 12% in the last 5 years. And for H1FY26, EBITDA of Rs 29 cr has been logged. The net profits of the company have seen a 15% compounded growth in the last 5 years. For H1FY26, profits of Rs 46 cr have been recorded. Theshare price of India Motor Parts &amp; Accessories Ltdwas around Rs 525 in December 2020, and as on 2ndDecember 2025 it was Rs 1,018 which is a jump of 94% in 5 years. The stock is trading at just 0.5 times of its book value, making it a classicBenjamin Grahamstyle cigar-butt stock. It is cheap for a reason (holding company structure), but financially very safe compared to a distressed company. As for valuations, the company’s current PE is 14x, while the current industry median is 11x. The 10-year median PE for the company is 18x and the industry median for the same period is 13x. In the past 12 months, India Motor Parts has declared an equity dividend amounting to Rs 30 per share. The two stocks we saw today are silently giving back to its investors by means of dividends. With a dividend yield that is making peers envious, the companies are also debt free, which gives them the freedom to use the money they would otherwise pay towards hefty interest payments, towards growing the business and/or paying back to investors. And that is what they are exactly doing. While the financials for both companies are not completely in the green when it comes to net profits, both show promise and a hold on capital utilisation, which is a green flag for many smart investors. The question now remains if these two lesser-known companies that are beating some of thebiggest names in terms of dividend yields, continue their streak. Only time will tell. But it would be smart to add these stocks to a watchlist and keep an eye on them. Note: We have relied on data from www.Screener.in and www.trendlyne.com throughout this article. Only in cases where the data was not available, have we used an alternate, but widely used and accepted source of information. The purpose of this article is only to share interesting charts, data points and thought-provoking opinions. It is NOT a recommendation. If you wish to consider an investment, you are strongly advised to consult your advisor. This article is strictly for educative purposes only. Suhel Khan has been a passionate follower of the markets for over a decade. During this period, He was an integral part of a leading Equity Research organisation based in Mumbai as the Head of Sales &amp; Marketing. Presently, he is spending most of his time dissecting the investments and strategies of the Super Investors of India. Disclosure: The writer and his dependents do not hold the stocks discussed in this article. The website managers, its employee(s), and contributors/writers/authors of articles have or may have an outstanding buy or sell position or holding in the securities, options on securities or other related investments of issuers and/or companies discussed therein.  The content of the articles and the interpretation of data are solely the personal views of the contributors/ writers/authors.  Investors must make their own investment decisions based on their specific objectives, resources and only after consulting such independent advisors as may be necessary.</t>
+          <t>Strategists atMorgan Stanleysee a 30% probability of the Sensex hitting 107,000 points by December 2026 — a 27% rise — if a bull market prevails in the next year. Even in the base case, which has a 50% probability, it predicts the Sensex to rise by 13% to 95,000, the brokerage said in a report on Tuesday. It noted that this follows Indian equities’ worst underperformance in three decades in 2025. The base case prediction forSensexassumes a continuation in India’s gains in macro stability via fiscal consolidation, increased private investment, and a positive gap between real growth and real rates. In a bull case scenario, it said that if oil prices are persistently below $65/barrel, resulting in better terms of trade, reflation policies start to achieve success and result in higher growth estimates, and the global trade war is curtailed by reversals in positions on tariffs, leading to improved growth prospects. “Robust domestic growth, steady global growth, and benign oil prices are also part of our assumptions,” wrote Ridham Desai and Nayant Parekh in the report, adding that they are also anticipating a resolution to the tariff situation between India and the US in the weeks ahead. The Morgan Stanley report comes 10 days afterGoldman Sachsgave a prediction of 29,000 for theNiftyby the end of 2026. “Indian equities have had a lackluster year… This is in sharp contrast to the broader emerging markets that have seen one of the strongest years in the past eight years,” the report said. The Morgan Stanley report pointed out that the growth slowdown that started in the second half of 2024 and rich relative valuations appear to be the fundamental drivers of India’s underperformance. “That India does not offer explicit AI-related trades is another reason. The delay in the US trade deal has also contributed to volatility. And India’s low beta does not help in a global equity bull market,” the report stated. However, the biggest risk for India is that global growth slows down from its current forecasts. “India could easily outperform a global selloff given its low beta, but such a selloff would likely impede absolute upside in Indian stocks,” it said. While market participants appear to worry about the expanding issuance pipeline, a threat to domestic flows in view of poor trailing equity returns, elevated absolute valuations, and growth uncertainty. Morgan Stanley prefers domestic cyclicals over defensives and external-facing sectors and is overweight financials, consumer discretionary, and industrials, underweight energy, materials, utilities, and healthcare. “The market is transitioning into one that will be driven by macro factors (stock-picking loses importance). We are capitalisation agnostic,” the report added. The strategists believe that the earnings cycle is about midway through its journey and the key macro drivers of earnings will be an emerging private capex cycle, the releveraging of corporate balance sheets, a robust banking system, improving terms of trade – via both a higher share in global trade and a lower share of oil in GDP – and the unfolding of a structural rise in discretionary consumption.</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>TVS vs. Hero vs. Bajaj: Who actually won the post- festive race?</t>
+          <t>Shares worth Rs 21,253 cr sold via large deals</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Two-wheeler companies have seen a sustained pick-up in vehicle sales after the festive season thanks to strong demand for new models launched, lower GST rates and a surge in exports.</t>
+          <t>On the NSE, SAIF III Mauritius Company and SAIF Partners India IV sold shares worth Rs 1,556 crore in Paytm at Rs 1,305. The stock closed down 3% at Rs 1,292.90.</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2025-12-03T05:30:00+05:30</t>
+          <t>2025-11-18T22:48:24+05:30</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/stock-insights/tvs-vs-hero-vs-bajaj-who-actually-won-the-post-festive-race/4063526/</t>
+          <t>https://www.financialexpress.com/market/shares-worth-rs-21253-cr-sold-via-large-deals-4048895/</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>Investors are keen to understand if the festive season buoyancy, aided by recent GST cuts, will sustain. The above trend comes at a time with leading two-wheeler stocks that have raced ahead on Dalal Street. For instance,Hero MotoCorpwas down 0.4% to Rs 6,270 in Tuesday trade, and it had reached its 52-week high of Rs 6,335 earlier in the day. Bajaj Autowas flat at Rs 9,090.6 in Tuesday trade, and not too far from its 52-week high of Rs 9,471 that was reached on 8 September 2025. AndTVS Motor Companywas broadly flat at Rs 3,671.9 in Tuesday trade, hovering not too far from its 52-week high of Rs 3,704 that was reached on 23 October, 2025. To understand the current trends in the two-wheeler industry, we looked at monthly sales data of these leading two-wheeler players in October, 2025 and November, 2025. Hero MotoCorp had a near 31.5% y-o-y jump in its November 2025 sales to 6.04 lakh units. The company’s performance was stronger than its peers. The New-Delhi based company has highlighted strong demand for its recently launched models like the Xtreme 125R, GlamourX 125, Destini 110 and Xoom 160. It has also pointed out to a revival in rural spending in November 2025. Hero MotoCorp’svehicle sales had declined nearly 6% y-o-y to 6.35 lakh units in October, 2025, as it tried to stabilise its operations post the GST cut and the operational difficulties that its dealer network had faced. Its combined vehicles sales in October and November 2025 grew 8.9% to 12.4 lakh units on a y-o-y basis. Smaller rival, Chennai-based TVS Motor Company grew its November 2025 sales by 29.5% y-o-y to 5.19 lakh units. This player benefited from its exports that jumped  58.2% y-o-y to 1.48 lakh units in November 2025 along with electric vehicle sales, like TVS Orbiter, that grew 45.7% y-o-y to 38,307 units in the month. TVS Motor Company had grown its October 2025 by 11.2% y-o-y to 5.43 lakh units, and for the two months they grew 19.4% y-o-y to 10.6 lakh units. Pune-based Bajaj Auto benefited from a 13.8% y-o-y jump in its export sales to 2.05 lakh units in November 2025, and it helped total sales in the month to grow 7.6% y-o-y to 4.53 lakh. In October 2025, there was a similar trend, exports grew 16.6% y-o-y, and it helped total sales in the month grow 8% y-o-y to 5.18 lakh units. Total vehicle sales for this player in October and November 2025 grew 7.8% y-o-y to 9.7 lakh units. Hero MotorCorphad declared its September 2025 quarter results much later than its peers on November 13.  Its two-wheelers sold grew 11.2% y-o-y to 16.9 lakh units in the September 2025 quarter. The company has highlighted strong demand for its Vida electric two-wheeler range in the quarter. And in the 100 to 125 cc range better demand for its models like Passion, Splendor and Glamor X in Q2FY26. As a result, its standalone revenue from operations grew 15.9% y-o-y to Rs 12,126.4 crore in the September 2025 quarter, and its core operating profit margin grew 60 basis points y-o-y to 15.1 % in the quarter under review. Its net profit grew 15.7% y-o-y to Rs 1,392.8 crore in the September 2025 quarter. Earlier,Bajaj Auto’svehicle sales grew 5.9% y-o-y to 1.29 million units in September 2025 quarter. The Pune-based company benefited from its export sales at 553,327 units in the September 2025 quarter, a growth of 24.4% y-o-y. The company’s standalone revenue from operations grew 13.7% y-o-y to Rs 14,922 crore. Strong exports helped its core operating profit margin improve nearly 30 basis points y-o-y to 20.4% in the second quarter of FY26. Its standalone net profit also rose 23.6% y-o-y to Rs 2,479.7 crore in the September 2025 quarter, even though there was a high tax base in the previous year. AndTVS Motor Companyreported a 22.7% y-o-y growth to 1,506,950 units in the September 2025 quarter. The company recorded its highest ever sales of vehicles in a quarter in terms of units sold. Strong demand for its motorcycles like TVS Apache and HLX in overseas markets helped two-wheeler exports rise 31% y-o-y to 3.63 lakh units in the second quarter of FY26. The Chennai-based company’s standalone revenue from operations grew 29 % y-o-y to Rs 11,905.4 crore, and its core operating profit margin rose 130 basis points y-o-y to 13% in the quarter in the review. Strong demand for its vehicles helped TVS Motor Company’s standalone net profit rise 36.9% y-o-y to Rs 906.1 crore in the second quarter of FY26. TVS Motor Companyhas a ROCE on a standalone basis of 34.7% for the current financial year, according to Screener.in, while it is 37.6 % for Bajaj Auto. Hero MotoCorp has a ROCE of 31.5% on a standalone base, according to Screener.in. To leverage the pick-up in demand over the few quarters, various new models are expected to be launched. TVS Motor Companyunveiled 6 new models at an exhibition in Milan, Italy. These include TVS Tangent RR Concept, a super sport bike with a monocoque sub-frame, and TVS M1-S, its first electric maxi scooter. Meanwhile, Bajaj Auto’s new launches planned include the Avenger EX  450, a new 125cc motorcycle, and an electric Pulsar. Hero MotoCorp has several launches planned for 2026, and it includes the Hero Xpulse 160 and 400, and new models in its electric Vida brand. Bajaj Auto trades at a standalone P/E of 29.1, according to Screener.in, while it is more than 50 times for TVS Motor Company.  Hero MotoCorp trades at a standalone P/E of 26.1 times. Note: We have relied on data fromwww.Screener.inthroughout this article. Only in cases where the data was not available, have we used an alternate, but widely used and accepted source of information. The purpose of this article is only to share interesting charts, data points and thought-provoking opinions. It is NOT a recommendation. If you wish to consider an investment, you are strongly advised to consult your advisor. This article is strictly for educative purposes only. Amriteshwar Mathur is a financial journalist with over 20 years of experience. Disclosure: The writer and his family do not hold the stocks discussed in this article. The website managers, its employee(s), and contributors/writers/authors of articles have or may have an outstanding buy or sell position or holding in the securities, options on securities or other related investments of issuers and/or companies discussed therein. The content of the articles and the interpretation of data are solely the personal views of the contributors/ writers/authors. Investors must make their own investment decisions based on their specific objectives, resources and only after consulting such independent advisors as may be necessary.</t>
+          <t>Shares worth around Rs 21,253 were sold through block and bulk deals on Tuesday. The most valuable trade took place in Mphasis shares where promoter BCP TOPCO IX sold stake worth Rs 4,726.06 crore through a bulk deal on theBSEat Rs 2,625.59 per share, a discount of 2.34% from the previous close. Among the buyers wereKotak Mahindra Mutual FundandICICI Prudential Mutual Fund. In Emcure, BC Investments IV sold shares worth Rs 610 crore in two bulk deals. On the NSE, SAIF III Mauritius Company and SAIF Partners India IV sold shares worth Rs 1,556 crore in Paytm at Rs 1,305. The stock closed down 3% at Rs 1,292.90. Meanwhile, Reliance Trust Institutional Retirement Trust sold its stake in five of theAdani Groupcompanies andBharti Airtelthrough 16 block deals on the NSE. Shares were purchased by GQG Partners. The trust also sold shares worth more than Rs 5,151 crore in GMR Airports, ICICI Bank, ITC, ITC Hotels, JSW Energy, JSW Steel, Lodha Developers, Patanjali Foods, PFC, State Bank of India, and Sun Pharma.</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>3 hated metal stocks with hidden turnaround signals (one just restarted its plant)</t>
+          <t>Premiums in silver fall sharply as import eases prices</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>While most investors chase headline metal majors, a handful of low-valuation producers have quietly improved volumes, expanded capacities, and strengthened balance sheets. Their numbers reveal a different story; one that the market hasn’t priced in yet, making these stocks worth a closer look.</t>
+          <t>Total silver import in the first 10 months of the calendar year 2025 stood at 5,500 tonne, against the full-year import of 7,669 tonne in 2024.</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2025-12-03T05:30:00+05:30</t>
+          <t>2025-11-18T21:41:52+05:30</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/stock-insights/3-hated-metal-stocks-with-hidden-turnaround-signals-one-just-restarted-its-plant/4063498/</t>
+          <t>https://www.financialexpress.com/market/premiums-in-silver-fall-sharply-as-import-eases-prices-4048831/</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Very rarely does themetal sectorgo quiet. Normally, product cycles, steel prices, and global signs are noisy enough to pull investor attention for sure. However, a quieter shift is happening.  A few mid-tier metal players have silently cleaned their balance sheets, guarded margins, and increased their incomes. Yet they still trade at valuations that seem frozen in a past cycle. This detachment is strange. India’s industrial expansion, infrastructure growth, mounting industrial output, and even green-energy hardware demand suggest a long-term need formetals. Yet some of the best-positioned businesses seem to be overlooked completely because they’re not gracing the headlines. So, we chose three such metal stocks that have a low P/E + low EV/EBITDA compared to industry medians and exhibit strong fundamentals, all drawn from Screener in, and company filings. Both P/E and EV/EBITDA are valuation metrics. Maithan Alloysflies under the radar, a fact that is often obscured by the cyclic instability of the metal sector. And it may not receive the same level of attention as most steel companies, but its numbers prove one thing: the company could be sturdier than the market gives it credit for. The ferro-alloys maker had a consolidated net profit of ₹758 crores in FY25 (excluding a one-time adjustment), a ~182% YoY jumpbacked by effective gains and better price realizations. The revenue for the second quarter was ₹491 crores, marking a ~5.37% growth YoY. However, the volatile demand environment meant marginal growth compared to the previous quarter.  The net loss this quarter was ₹119 crores, marking a 184% drop from the same quarter in FY25.  The company saw lower-than-expected manufacturing and sales due to rising power costs affecting plants in several cities, weak demand, and low realisations. Share Price Trend 1-Year The average return on equity has been 17% over the last three years. A look at the valuations will show the stock trades at a deep discount.Its EV/EBITDA is around just 4.51×, below the broader metals’ median of 10.92. It has a P/E multiple of 6.20x, much lower than the median P/E of 15.48x. A cutback in debt during FY24–FY26 has improved its balance sheet, providing the company with a strong financial profile in the ferro-alloys segment. Maithan is a prominent producer of manganese-based ferro-alloys in India, which are crucial inputs for manufacturing steel. As India’s infrastructure, construction, and trade push rises, the demand for high-quality steel increases, eventually leading to a growth in ferro-alloys demand. Maithan also benefits from long-term customer stickiness and cost discipline, considering that it has restarted its wholly-owned subsidiary Impex Metal and Ferro Alloys in November this year. Given Maithan’s decrease in long-term debt, efficient operations, the reward-to-risk ratio seems favourable: solid earnings, steady cash flows, and a valuation that appears to discount the company’s long-term capability. It’s a mid-cap in a sector overshadowed by giants. But that’s precisely where the underlying mispricing perhaps lies. Ferro-alloys are used as a base of the steel value chain. When steel demand rises, input manufacturers like Maithan may see first-mover advantages. Also, with EV/EBITDA still low, even small corrections in pricing or volume could potentially prompt a re-rating. Jindal SAWcombines industrial metals manufacturing and downstream pipes/tubular supply, an under-explored position that spans both metal demand and infrastructure usage. The company lies at a rare junction of metals and infrastructure through its products for water systems, oil &amp; gas, and manufacturing networks. Despite its tactical significance, the market appears to overlook its improving fundamentals. The company posted a revenue of ₹4,234 crores in Q2FY26, a drop of ~24% YoY compared to the previous financial year. Its net profit of ₹139 crores was ~70% lower than the same quarter in FY25. Share Price Trend 1-Year The company currently trades at a P/E of around 7.63x, lower than the median of 22.01x. The EV/EBITDA is ~5.3x, far below most peers in the pipes/tubes and industrial metals segments. The stock price grew at a compounded annual rate of 52% over three years, while the average ROE was 15% during the same period. Jindal SAW supplies pipes, tubes, and related industrial-metal products that are essential for the oil &amp; gas, water supply, urban utilities, and infrastructure sectors. The energy-sector capex globally, proposed extensions, Indian city-gas distribution, and water infrastructure directly feed into Jindal SAW’s core business. As order flows recover, income visibility increases. With reasonable valuations, the stock may be structurally strong despite cyclicality. It falls between two stories, neither a pure-play metal stock nor a conventional infrastructure name, which has made investors wrongly bucket it as cyclical. If the industrial expenditure in the energy, pipelines, and infrastructure sectors in India and abroad picks up, the demand for tubular products could see a rapid increase. NALCOis among the most integrated aluminium players in India. However, it is still undervalued compared to its structural strengths. The company’s mining-to-metal model guarantees it limits raw material costs, a vital moat in unpredictable markets. Though not a small-cap as the previous two,NALCOstays under-loved, notably by retail investors who favour the bigger, high-visibility metal firms. That means the stock is mispriced, considering the high demand for aluminium because of India’s infrastructural push. The recent quarters show higher alumina and metal output, strong power-plant performance, and improved cost efficiency. The company posted a revenue of ₹4,292 crores in Q2FY26, marking a rise of 7.27% YoY from the previous financial year. It had a net profit of ₹1,430 crores, showing a jump of 37% YoY during the same period. The stock price grew at a CAGR of 50% over three years, while the return on equity was 20% for the same period. Share Price Trend 1-Year The valuation remains attractive at 7.97x compared to the aluminium industry median P/E of 20.95x. The EV/EBITDA levels are remarkably relevant at 4.60x, much lower than the industry median of 11.63, considering the company’s integrated model and strategic significance. Aluminium demand is connected to high-growth sectors such as green-energy firms, EV production, railways, power transmission, and industrial lightweighting. With India advocating indigenisation and capacity growth, unified players like NALCO could see a demand pickup without being overly susceptible to supply-side cost spikes. Short-term commodity-price fluctuations often overshadow long-term demand opportunities. If global aluminium prices increase or local demand picks up, NALCO’s valuation could rerate significantly. All three companies are trading at EV/EBITDA multiples well below typical industry averages, indicating that the market isn’t pricing in a full recovery or rally. Each has a reasonably healthy balance sheet, minimal debt or net-cash position, which offers a buffer against cyclical shifts, a rare quality among metal firms. Their business models link directly to underlying macro themes: infrastructure expansion, steel/metal demand, energy, and industrial growth, areas where India is observing gradual long-term investment. Finally, the valuation gap appears wide, not just on earnings metrics, but on an enterprise-value basis, offering lopsided benefits relative to drawbacks, if the demand recovers. The metals sector is volatile and often comes with risks. A drop in aluminium, ferro-alloys, or steel demand globally could squeeze margins sharply. The growing energy and raw-material costs, notably coal and power, can dent Earnings before interest, tax, depreciation, and amortisation for smelters and alloy producers. Global demand cycles affect realisations for players with overseas exposure. Changes in tariffs, export duties, or anti-dumping measures from global allies can alter pricing. The three companies represent the unusual mix of clean balance sheets, low valuations, and strategic significance, especially when India is moving to a multi-year industrial and infrastructure growth. Their valuations suggest uncertainty, but their operating performance shows broad stability and readiness for the next metals up-cycle. For investors, if industrial growth stays positive, these “quiet misfits” may become the biggest surprises in the metals space. Note: We have relied on data from www.Screener.in throughout this article. Only in cases where the data was not available have we used an alternate, but widely used and accepted source of information. The purpose of this article is only to share interesting charts, data points, and thought-provoking opinions. It is NOT a recommendation. If you wish to consider an investment, you are strongly advised to consult your advisor. This article is strictly for educative purposes only. Archana Chettiar is a writer with over a decade of experience in storytelling and, in particular, investor education. In a previous assignment, at Equentis Wealth Advisory, she led innovation and communication initiatives. Here she focused her writing on stocks and other investment avenues that could empower her readers to make potentially better investment decisions. Disclosure: The writer and her dependents do not hold the stocks discussed in this article. The website managers, its employee(s), and contributors/writers/authors of articles have or may have an outstanding buy or sell position or holding in the securities, options on securities or other related investments of issuers and/or companies discussed therein.  The content of the articles and the interpretation of data are solely the personal views of the contributors/ writers/authors.  Investors must make their own investment decisions based on their specific objectives, resources and only after consulting such independent advisors as may be necessary.</t>
+          <t>Premiums in thesilvermarket which were ruling at a whopping Rs 30,000/kg have sharply fallen to Rs 550/kg, after 2,200 tonne of the white metal was imported in the past couple of months. In September, 1,012 tonne was imported while in October 1,200 tonne, valued $2.72 billion, was shipped into the country. In fact, the October silverimportbill was higher than the first nine months. The fizzling out of the festival demand has also made things better for traders. “Silver was trading at a small premium in the local market, as demand has eased now after the festive-season euphoria when premiums had touched about $5-7/oz. The earlier supply tightness has also normalised, with adequate metal now being available”, said Adarsh Diwe, Research Consultant, Metals Focus. Silver spot silver stood at Rs 153,466/kg on Tuesday, down 1.25%. Last month, the FOMO (fear of missing out) factor led to a huge rally in the white metal. This resulted in buyers paying very high premiums for ready delivery. During last month’s frenzy, silver was sold at Rs 2 lakh/kg, with average premiums ruling at 12-17%. In the Ahmedabad market, it went as high as 20%. However, the official Mumbai price was quoted at an all-time high of Rs 176,467/kg on October 14. Chirag Thakkar, director, Amrapali Gujarat Group, one of the largest players in silver, said, “With every price correction, we see silver buying returning.” He suggested staggered buying. Total silver import in the first 10 months of the calendar year 2025 stood at 5,500 tonne, against the full-year import of 7,669 tonne in 2024. High inflow, coupled with easing festive-season euphoria and moderating FOMO sentiment after a sudden correction in prices a few weeks ago, has resulted in prices reading at a discount since the last few days. Prices were quoting at a marginal premium on Tuesday. Gold import in October was estimated at 110 tonne, and the import bill stood at $14.7 bn, compared with $4.9 billion in the year-ago period, according to trade data released by the government on Monday. In the current financial year, from April to October, the gold import bill stood at $41.2 billion (21% higher than the same period last year). The seven-month silver import bill at $5.9 billion was 138% higher than last fiscal.</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>Why FIIs and DIIs are piling into this defence stock despite its 60% profit drop</t>
+          <t>New trade analytics platform launched</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>This is the only defence stock both FIIs and DIIs are still buying significantly, driven by its strong order book, expansion in clean energy components, and long-term growth potential. And all this inspite of weak quarterly results.</t>
+          <t>The portal offers more than 270 interactive visualisations across over 28 dashboards.</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2025-12-03T05:30:00+05:30</t>
+          <t>2025-11-18T21:19:05+05:30</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/stock-insights/why-fiis-and-diis-are-piling-into-this-defence-stock-despite-its-60-profit-drop/4063491/</t>
+          <t>https://www.financialexpress.com/market/new-trade-analytics-platform-launched-4048804/</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Thedefence sectorhas been one of the top-performing sectors this year, given all the geopolitical developments. This is very well indicated by the surge in theNifty India Defence Indexby 18.5% over the last year. (Source: NSE) Interest in stocks in the defence sector skyrocketed during the months of June and July, taking valuations to record highs. Since then, the sector has remained more or less flat with a few instances of profit booking. While both foreign institutional investors (FIIs) and domestic institutional investors (DIIs) invested heavily in these stocks during the past months, generally speaking, they started booking profits as well or just holding on to their previous investments. While broad sector buying has cooled, one stock stands out as a high-conviction bet for both FIIs and DIIs: MTAR Technologies. Let’s try to understand the possible rationale behind their joint interest in this defence engineering stock. MTAR Technologies Ltd.is one of the leading manufacturers of engineered components and equipment for defence, aerospace, nuclear, andclean energysectors. It offers critical and differentiated engineered products that are used across industries. During the July-September quarter, FIIs increased their stake in this company by 1.64% points while DIIs increased their stake by 1.3% points, taking the total holding to 9.21% and 24.81% respectively. So, what made these institutional investors pour more money into this stock? MTAR Technologies caters to different sectors with a prime focus on the aerospace &amp; defence,nuclear power, and clean energy sectors. For the defence sector, it develops and manufactures missile components for Agni ballistic missiles, Prithvi missiles, and others. It also develops gearboxes, actuation systems, and aerostructures for different uses in the defence space. For the naval system, it develops subsystems such as Air Independent Propulsion (AIP) systems, which are used in submarines. The company is also engaged in developing air-breathing engine technology for future defence programs and a lot more. For the aerospace segment, MTAR manufactures liquid propulsion engines, cryogenic engine sub-systems, electro-pneumatic modules, satellite valves, space launch vehicles, etc. For the nuclear power and clean energy sector, this company manufactures a wide range of complexengineeringcomponents. It includes fuel machining head, bridge, and column, and drive mechanisms for nuclear reactors. The clean energy sector offers power units, especially hot boxes, prototype hydrogen boxes, electrolyzers, and more. MTAR’s order book can be another reason for the institutional investors piling into the company’s stocks. As of 30 September 2025, the orderbook stood at ₹1,297 crore with new orders worth ₹498 crore being added during the quarter. Note: As of 5 November 2025, the orderbook surged again after an additional order worth ₹480 crore was booked by the company. Management expects the orderbook to surge to ₹2,800 crore by the end of FY26, with orders mainly from the clean energy and nuclear segments. The institutional investors are likely looking at the expansion plans of the company, especially designed to ramp up the hot boxes products, which are critical in the clean energy sector. Currently, the capacity is 8,000 units per year, and the company wants to increase it to 12,000 units annually by the end of FY26, and that too within the existing plants/manufacturing units. The company has plans of infusing ₹35 crore to ₹40 crore as capex for these expansion plans and has already placed purchase orders for furnaces and balancing equipment. While these are the near-term plans, the company also has further plans to expand the production of hot boxes up to 20,000 units per year by the end of FY27. This will require a capex investment of around ₹60 crore, as indicated by the management. During the Q2FY26, sales of MTAR have, however, dropped to ₹135.6 crore from ₹190.2 crore in Q2FY25, declining 28.7% YoY. The company’s profits also dipped to ₹4.6 crore from ₹18.8 crore during the period. The numbers are definitely disappointing. But even then FIIs and DIIs have been buying into the company. Perhaps the institutional investors are looking beyond these quarterly numbers and focusing more on the future prospects of the company. This brings us to the management outlook for the business. As per the management, the revenue for the whole of FY26 will surge by 30%-35% instead of their previous forecast of 25%. They also expect the FY26 Earnings Before Interest, Tax, Depreciation, and Amortization (EBITDA) margin to be around 21%. The stock is trading at a price/earnings (PE) ratio of 167.3x, which is way higher than the industry median of 63.3x, indicating a premium valuation. 1-year Share Price Chart of MTAR Technologies Ltd. It is a rare occasion when both FIIs and DIIs invest in the same stock and especially when it is from the defence space. However, MTAR Technologies stood out even when some of the other defence stocks are witnessing the exit of institutional investors lately. It even attracted more investments when its own sales were dipping. It is perhaps the future prospects of the company that are driving the institutional investors to not only stay put, but actually increase their stake. We have relied on data from www.Screener.in throughout this article. Only in cases where the data was not available have we used an alternate, but widely used and accepted source of information. The purpose of this article is only to share interesting charts, data points, and thought-provoking opinions. It is NOT a recommendation. If you wish to consider an investment, you are strongly advised to consult your advisor. This article is strictly for educative purposes only. Maumita Mitra is a seasoned writer specializing in demystifying the world of investment for a broad audience. She has a keen eye for detail and a knack for explaining complex financial concepts in the simplest manner possible. Disclosure: The writer and her dependents do not hold the stocks discussed in this article. The website managers, its employee(s), and contributors/writers/authors of articles have or may have an outstanding buy or sell position or holding in the securities, options on securities or other related investments of issuers and/or companies discussed therein.  The content of the articles and the interpretation of data are solely the personal views of the contributors/ writers/authors.  Investors must make their own investment decisions based on their specific objectives, resources and only after consulting such independent advisors as may be necessary.</t>
+          <t>Commerce and Industry ministerPiyush Goyalon Tuesday launched the Trade Intelligence and Analytics (TIA) Portal designed to enhance trade analytics and foster data-driven evidence-based policymaking through a comprehensive and integrated platform. This one-stop solution caters to various perspectives, including India, global, and bilateral trade, with multiple databases covering trade and macro-economic indicators, providing trade insights crucial for informed decision-making. TIA Portal serves as a centralized digital hub that consolidates diverse trade databases—both global (UN Comtrade) and bilateral—into a single integrated system, a statement by theMinistry of Commerce and Industrysaid . The portal offers more than 270 interactive visualisations across over 28 dashboards. With the phasing out of legacy trade information dissemination portals such as the Department of Commerce Monitoring Dashboard, Niryat Portal and Tradestat Portal, the new and more exhaustive capabilities of the TIA Portal significantly improve accessibility and usability of trade data at one place.</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>Wakefit to challenge Ikea with jumbo stores: CEO</t>
+          <t>PhysicsWallah rises 44% on debut</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>At the upper end of the price band, Peak XV's 22.47% stake in Wakefit is valued at Rs 1,368 crore. This is around 850% rise from the invested amount. Peak had exited brokerage Groww and fintech Pine Labs with astounding returns, in November.</t>
+          <t>Rigorous recruitment and intensive Faculty Training Program, centralized content development with 4,382 books and 8.66M question banks, and AI-driven tools are among the company's strengths.</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2025-12-03T00:06:46+05:30</t>
+          <t>2025-11-18T20:51:59+05:30</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/ipo-news-wakefit-to-challenge-ikea-with-jumbo-stores-ceo-4063484/</t>
+          <t>https://www.financialexpress.com/market/ipo-news-physicswallah-rises-44-on-debut-4048772/</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>Wakefit Innovations, India’s largest D2C home furnishings firm, plans to challenge Swedish affordable-furniture retailer Ikea in domestic market, leveraging on its backward-integration edge. The firm on Tuesday set a price band at Rs 185-195 for its Rs 1,288-croreinitial public offering (IPO). “We will open jumbo stores showcasing home furnishings within the next eighteen months,” said Ankit Garg, co-founder and CEO of Wakefit, in an exclusive interview. “Ikea is the closest competitor in this segment. Three stores will initially be opened in Bangalore and then in other cities.” Wakefit offers home solutions across mattresses, furniture and furnishings. Consumer-sector IPOs are in vogue, afterUrban Company’sfloat received more than 100 times bids. Wakefit IPO opens alongside e-commerce unicorn Meesho, among the first few in about two dozen issuances anticipated in December. Both Meesho and Wakefit are backed by global venture fund Peak XV. At the upper end of the price band, Peak XV’s 22.47% stake in Wakefit is valued at Rs 1,368 crore. This is around 850% rise from the invested amount. Peak had exited brokerage Groww and fintech Pine Labs with astounding returns, in November. The VC major is “likely to stay invested (in Wakefit) at least for the next two years, given the large stake it owns,” said Garg. The furnishing vertical resembles fashion industry in terms of design, color and seasonality, said the founders. It takes several years for “a Western-trend to come to India. We bring it instantly,” they said. The firm has complete grip on its supply chain. The IPO bidding window will remain open from December 8 to 10. Axis Capital, IIFL Capital and Nomura Financial are the book runners (BRLMs). Investors expressed mixed views on the December IPOs rush even asforeign investors (FPIs)continue to rotate capital from secondary to primary markets this year. “While sentiments are positive for the markets, the abundant supply in primary markets has slowed the rise in secondary market,” said Sunil Singhania, founder of Abakkus Asset that manages Rs 40,000 crore in alternates.</t>
+          <t>The shares of Noida-based edtechPhysicsWallah (PW)listed at 33% premium to its issue price of Rs 109, and ended the debut trade session at Rs 156.49 with total gain of 43%. Having joined the top 500 listed companies in India, the firm will strive to be in top 100, said foundersAlakh Pandeyand Prateek Maheshwari. After the Rs 3,480 crore initial share offer (IPO), promoter ownership declined from 80.62% to 72%. PW has built the country’s largest student community with 98.8M YouTube subscribers. Pandey mentioned creating doctors and engineers from 500 villages across India and said the firm will continue expanding until it reaches “chappa chappa” (every nook and corner) of India. On its position among the edtech players in India, Pandey said “ladka accha hai, mohalla kharab hai! That loosely translates into ‘the boy is good but the sector is bad’. Of the funds raised, Rs 710 crore will be used for marketing to strengthen brand visibility, Rs 548 crore for lease payments of new offline and hybrid centres, Rs 460 crore for capital expenditure such as classroom equipment and infrastructure and Rs 471 crore for investment in subsidiary Xylem Learning. PW reduced its loss from Rs 1,131 crore in FY24 to Rs 243 crore in FY25. Rigorous recruitment and intensive Faculty Training Program, centralized content development with 4,382 books and 8.66M question banks, and AI-driven tools are among its strengths. It has a 548-member tech team leveraging AI, ML, and big data for continuous innovation. The open-access model continues to serve as a lead generation funnel, where free content attracts customers to paid batches. “We recommend subscribing to the issue as a good long-term opportunity, backed by PW’s deep regional presence, accelerating paid user growth, rapid offline scale-up, ” said the IPO note from Smifs. SBI Securities gave a neutral recommendation with a note: “PhysicsWallah does not have any listed like-to-like industry peers in India.”</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>13 states raise close to Rs 30,000 crore</t>
+          <t>Record high prices fail to keep Indians off gold</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>10-year G-Sec and SGS spread widens up to 97 bps.</t>
+          <t>Rising imports fuelled more by domestic demand than export production .</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2025-12-02T23:57:44+05:30</t>
+          <t>2025-11-18T20:09:09+05:30</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/13-states-raise-close-to-rs-30000-crore-4063468/</t>
+          <t>https://www.financialexpress.com/market/record-high-prices-fail-to-keep-indians-off-gold-4048728/</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>In the largest state government securities (SGS) auction of Q3FY26, 13 states collectively raised Rs 29,725 crore on December 2, marking a sharp rebound in issuance after weeks of restraint. The auction size was 41.5% higher than the Rs 21,000 crore initially indicated, reflecting renewed funding needs as the cushion from October’s double tranche of tax devolution has faded. “With issuance magnitude rising and dimming hopes of a rate cut from the MPC, SGS cut-offs have hardened despite a slight decline in tenor,” said Aditi Nayar, chief economist atICRA. Cut-offs in the 10 to 12 year segment came in between 7.17% and 7.49% against the 10 year G -Sec at 6.52%, leaving spreads in a wider 65 to 97 basis point range. The 10-year G-Sec itself softened from 6.56% to 6.51% during the day, with the market expecting RBI’s possible secondary market purchases of the 10-year benchmark. “Cut-offs for 10-year papers revealed wide interstate disparities withBihar,Meghalayaand Punjab priced at 7.40–7.49%, while Tamil Nadu and Rajasthan managed lower levels of 7.20–7.24%. This pushed the inter-state spread to an a typical 20–29 basis points, highlighting how investors are increasingly differentiating states by fiscal strength,” said Nayar. “The surge in supply coincided with firm cut-offs, highlighting rising borrowing costs. Weighted average SGS yields climbed to 7.39%, up from 7.29% last week, even as the average tenor dipped marginally to 14 years,” she added. “Persistent firmness in long-tenor SGS is becoming a concern,” said Venkatakrishnan Srinivasan, Founder of Rockfort Fincap LLP further adding that elevated yields may push states toward shorter maturities, raising rollover risks, while reduced participation from long-duration investors is prompting markets to demand clearer premiums for duration and fiscal credibility. Table</t>
+          <t>Undeterred by all-time high international prices, Indian demand for gold in the international markets rose 172% on year in October to 165 tonnes from 60 tonnes in the same month of the previous year, an analysis byGems and JewelleryExport Promotion Council (GJEPC) said. The demand was fulfilled through purchases of the yellow metal worth $ 14.72 billion overseas, which was 200% more than last year’s $ 4.92 billion. The difference between volume and value growth can be attributed to more than 25% increase in prices of yellow metal in April-October as compared to last year. The surge insilverexports was even higher – 528% on year $ 2.71 billion. October’sgoldimport surge was a continuation of the trend seen in September, when imports rose 77.8% on year to 110 tonnes. The surge in gold and silver is notable because India’s gems and jewellery exports fell 29.5% in October, indicating that most of the gold and silver inflows are feeding domestic demand rather than export production, founder of Global Trade Research Initiative Ajay Srivastava said. The domestic demand drivers were retailers stocking for wedding and festive season. For April-October the exports of gems and jewellery sector – one of the worst hit by US tariffs – were down 4.08% to $ 16.4 billion. “As anticipated, October was comparatively softer. This is a regular pattern for the sector, with global retailers completing their holiday-season stocking during August–September, and domestic manufacturing activities slowing during the Diwali break. At the same time, demand in a few key markets remained uneven due to tariff-related uncertainty in the U.S. and continued softness in China,” chairman of GJEPC Kirit Bhansali said. However, for the first seven months of this fiscal the difference in quantity of gold imports is not substantial. In April-October this year gold imports stood at 472.53 tonnes, up from 461.85 tonnes in the same period  of last year. The import bill for gold this year so far has been $ 41.23 billion, up from $ 33.95 billion. “Looking ahead, we see strong foundations for a steady rebound. The Government’s continued support — through the Export Promotion Mission, the Credit Guarantee Scheme for Exporters, and the RBI’s trade-relief measures, directly addresses long-standing pain points such as high-cost finance, tight liquidity, extended export cycles, and limited access for smaller exporters,” Bhansali said. The council is also actively expanding India’s presence in high-potential markets, including the Middle East, Latin America, Cambodia and Vietnam. “Our trade delegations, buyer–seller meets, and promotional initiatives are opening new avenues for exporters and strengthening long-term partnerships,”  Bhansali added.</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>Bitcoin’s largest corporate holder shocks Wall Street – Strategy’s business value shrinks to negative $10.2 billion</t>
+          <t>Gold price slides to Rs 1,25,800/10g as markets scale back Fed rate-cut bets</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Strategy’s market cap now trades below its Bitcoin holdings, triggering fears of forced selling, index exclusion, massive debt pressure and renewed volatility in corporate Bitcoin adoption.</t>
+          <t>A rate cut in December has become less likely due to the absence of US data over the last six weeks and hawkish comments made by a number of Fed officials," Renisha Chainani, Head - Research at Augmont, said.</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2025-12-02T22:39:43+05:30</t>
+          <t>2025-11-18T19:11:20+05:30</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/cryptocurrency/bitcoins-largest-corporate-holder-shocks-wall-street-strategys-business-value-shrinks-to-negative-10-2-billion/4063412/</t>
+          <t>https://www.financialexpress.com/market/gold-price-slides-to-rs-12580010g-as-markets-scale-back-fednbsprate-cutnbspbets-4048631/</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>Strategy Inc, the world’s largest corporate holder ofBitcoin, has entered a situation many believed would never happen. For the first time, the company’s market cap has dropped below the value of itsBitcoin holdings. The firm owns 650,000 Bitcoin, currently valued at around $55.9 billion. Yet investors have pushed Strategy’s market capitalisation down to about $45.7 billion, meaningWall Streetis effectively valuing the underlying business at negative $10.2 billion. The slide has been steep. The stock plunged 12% on Monday and has now fallen 57% since October 6. Strategy still holds a massive Bitcoin stash worth more than the entire company, even after subtracting its $8.2 billion debt. On a net basis, its Bitcoin is worth almost $46.8 billion, higher than its current valuation on the market. Warning signs have been emerging for months. The company recently created a $1.44 billion emergency cash reserve to support dividend payments. For the first time in five years, the leadership openly admitted that selling Bitcoin could happen As reported by CEO Phong Le told in an interview, “Now, as we are looking at Bitcoin winter, as we see ourmNAVcompressing, my hope is our mNAV doesn’t go below one. But if we do and we didn’t have other access to capital, we would sell Bitcoin.” The company’s founder Michael Saylor has always insisted Bitcoin would never be sold. An investor presentation on Monday confirmed the company will sell BTC if mNAV (Market Net Asset Value) the ratio of Bitcoin value to market value falls below 1. The turmoil has already hit related investments. Leveraged exchange-traded funds that track Strategy, MSTX and MSTU (both are leveraged exchange-traded funds) have lost over 80% of their value, Bloomberg reported. Along with a third ETF, MSTP, they have shed $1.5 billion in the past month. Patrick Horsman, CIO at BNB Plus, told Wall Street Journal, “I think we could see Bitcoin get all the way back to $60,000 … We don’t think the pain is over.” In 44 days, MSCI will decide whether Strategy should remain in its global stock indices. A removal could lead $8.8 billion in forced selling by index funds, according to JPMorgan. The company also has $7.8 billion in preferred stock, bringing total financial obligations to around $16 billion. This crisis is now about more than one company. Strategy controls just over 3% of the total Bitcoin supply. If it is forced to sell a meaningful chunk, it could create further panic. Strategy’s Bitcoin-first strategy once made it a Wall Street sensation and a crypto icon. Now that strategy faces its hardest test yet. Investors point to a crucial milestone, January 15, 2026, MSCI’s decision deadline.</t>
+          <t>Gold pricesplunged by Rs 3,900 to Rs 1,25,800 per 10 grams in the national capital on Tuesday, tracking a decline in global rates amid fading expectations of an interest rate cut by the US Federal Reserve next month. The precious metal of 99.5 per cent purity tanked by Rs 3,900 to Rs 1,25,200 per 10 grams (inclusive of all taxes), according to the All India Sarafa Association. Silver prices were also under pressure as the white metal tumbled by Rs 7,800 to Rs 1,56,000 per kilogram (inclusive of all taxes).”Gold and silver experience steep selloffs, as investors wait for hints on the Federal Reserve’s policy course from a succession of US economic data releases this week, amid waning hopes for a US interest rate cut.” A rate cut in December has become less likely due to the absence of US data over the last six weeks and hawkish comments made by a number of Fed officials,” Renisha Chainani, Head – Research at Augmont, said. In the overseas markets, spot gold extended the losing run for the fourth consecutive session, slipping marginally lower at USD 4,042.32 per ounce. In the last four sessions, the precious metal dropped by USD 152.82, or 3.64 per cent, from USD 4,195.14 an ounce, recorded on November 12.”Spot gold has extended its decline to the fourth straight day as doubts about the Fed rate cut linger amid hawkish comments from the Federal Reserve (Fed) officials.” The rate cut probability in December has fallen to 41 per cent, down sharply from around 63 per cent as seen on November 5,” Praveen Singh, Head of Commodities, Mirae Asset ShareKhan, said.Spot silver snapped a three-day losing run by gaining 0.57 per cent to USD 50.49 an ounce.” Market participants will be closely watching the Federal Reserve’s most recent meeting minutes, set to be released on Wednesday and monitor the September jobs report to be released on Thursday for insights into the strength of the US economy.” The data release and meeting minutes are expected to provide further clarity on the interest-rate outlook and may influence gold prices in the near term,” Saumil Gandhi, Senior Analyst – Commodities at HDFC Securities, said.</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>Meesho IPO: Raises Rs 2,439 crore from anchor investors; Fidelity, BlackRock, Tiger Global and Goldman participate</t>
+          <t>Waaree Energies Vs Premier Energies: What’s a better renewable energy bet? Watch for these 7 key factors</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Meesho is aiming to raise Rs 5,421 crore through its IPO, which opens for subscription on December 3 and concludes on December 5. The company has fixed a price band of Rs 105-111 per share, valuing Meesho at Rs 50,096 crore (USD 5.6 billion) at the upper end.</t>
+          <t>As India’s solar cell demand surges, Waaree and Premier Energies take divergent routes; one betting on exports, the other on domestic strength.</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2025-12-02T22:29:58+05:30</t>
+          <t>2025-11-18T19:17:29+05:30</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/ipo-news-meesho-ipo-raises-rs-2439-crore-from-anchor-investors-fidelity-blackrock-tiger-global-and-goldmannbspparticipate-4063406/</t>
+          <t>https://www.financialexpress.com/market/waaree-vs-premier-energies-solar-manufacturing-india-2025-4048376/</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>SoftBank-backed e-commerce firmMeeshoon Tuesday said it has garnered a little over Rs 2,439 crore from anchor investors, including SBI Mutual Fund, Fidelity Funds, andBlackRock, ahead of its initial public offering (IPO) opening for subscription. The anchor book witnessed demand of over Rs 80,000 crore, translating into nearly 30 times oversubscription, sources said. The anchor book saw participation from 60 investors, including major domestic institutional investors and leading global names such as the Government of Singapore, the Monetary Authority of Singapore, Tiger Global, Goldman Sachs, and Morgan Stanley, according to a circular uploaded on the BSE website. On the domestic front, SBI Mutual Fund (MF), UTI MF, Tata MF, Motilal Oswal MF, Axis MF, Motilal Oswal MF, Bandhan MF, and HSBC MF, among others, have been allotted shares. As per the circular, the company has allocated 21.97 crore equity shares at Rs 111 apiece, raising a total of Rs 2,439.5 crore. Meesho is aiming to raise Rs 5,421 crore through its IPO, which opens for subscription on December 3 and concludes on December 5. The company has fixed a price band of Rs 105-111 per share, valuing Meesho at Rs 50,096 crore (USD 5.6 billion) at the upper end. TheIPOwill comprise a fresh issue of shares worth Rs 4,250 crore, along with an offer for sale (OFS) of 10.55 crore shares valued at Rs 1,171 crore at the upper band, taking the total issue size to Rs 5,421 crore. The offer for sale includes the sale of equity shares by some of Meesho’s early investors, including Elevation, Peak XV, Venture Highway and Y Combinator, among others. Meesho plans to utilise proceeds for investment in cloud infrastructure, marketing and brand initiatives, as well as funding inorganic growth through acquisitions and other strategic initiatives, and general corporate purposes. The company will make its debut on the stock market on December 10. Overall, 75 per cent of the issue size has been reserved for qualified institutional buyers, 15 per cent for non-institutional investors and the remaining 10 per cent for retail investors. In FY25, Meesho connected over 5 lakh transacting sellers with 199 million annual transacting users, facilitating 1.8 billion placed orders. The company’s Net Merchandise Value (NMV) grew 29 per cent year-on-year to Rs 29,988 crore in FY25, following 21 per cent growth in FY24. In e-commerce, NMV refers to the cumulative checkout value of successfully delivered orders, inclusive of taxes. It is a core measure of platform health as it reflects the strength of customer adoption and repeat usage, making it a key driver of revenue, margins, and cash flow across the ecosystem. Financially, the company posted a net loss of Rs 3,942 crore for FY25, primarily due to one-time exceptional items, including reverse flip tax and perquisite tax, which were necessary for the company’s transition to a public structure.The company substantially narrowed its losses to Rs 700.72 crore in the first half of FY26 from Rs 2,513 crore a year ago. Its revenues from operations rose to Rs 5,577.54 crore in the six-month period ending September 2025 from Rs 4,311.29 crore a year earlier.</t>
+          <t>The renewable energy sector is poised at an interesting juncture as India’s solar manufacturing sector enters a phase where upstream security is becoming as important as module capacity. The country still depends heavily on imported wafers, and this remains the point where margins can weaken across the sector. Two key players, Waaree Energies and Premier Energies, released their Q2 FY26 numbers. Both companies reported strong growth in Q2FY26 but how are they poised to achieve future growth? Waaree reported an order book of Rs 47,000 crore in Q2 FY26. The management told analysts that about 60% of this came from overseas customers, while the rest was from domestic institutional buyers. Waaree Energies is trying to balance more than one demand cycle, because its capacity is spread across markets that operate under different policies and pricing signals. Premier reported an order book of Rs 13,246 crore for the same period and secured Rs 6,511 crore of fresh orders during the quarter, all domestic. This pattern suggested that Premier’s dependence on local programmes is now one of its key strengths, especially given the scale of schemes that require domestic cells. Waaree Energies posted Q2 FY26 revenue of Rs 6,226.54 crore, EBITDA of Rs 1,567.30 crore, and Profit after tax of  Rs 878.21 crore. The PAT included a one-time gain of Rs 523.2 crore from the Indosolar OFS. The company said on its call that operational earnings benefited from both export lines and domestic DCR deliveries, and it reaffirmed EBITDA guidance of Rs 5,500 – 6,000 crore for FY26. The quarter showed that Waaree’s blended exposure makes its performance sensitive to shifts in multiple geographies. Premier Energies reported Q2 FY26 revenue of Rs 1,836.86 crore, EBITDA of Rs 645.38 crore, and Profit after tax of Rs 353.44 crore. Its EBITDA margin stood at 33.56%. The firm remained in a net cash position and reported operating cash flow of Rs 616.68 crore for H1 FY26. The management, during the analyst call, specified that demand from each customer segment had remained steady through the quarter. Premier’s stronger cell contribution continues to support earnings at a time when cell supply in India is not abundant. Waaree produced 2.64 GW of modules and 0.6 GW of cells in Q2 FY26. It operates 18.7 GW of module capacity and 5.4 GW of cell capacity and plans to increase these to 26.7 GW and beyond 10 GW, respectively. The expansion plan made it evident that Waaree expects to manage larger volumes across domestic tenders and overseas shipments once new lines stabilise. Premier produced 661 MW of modules and 507 MW of cells in the quarter. It operates 5.1 GW of module capacity and 3.2 GW of cell capacity. The company revised its earlier 4.8 GW cell expansion plan and is now building 7 GW by modifying existing infrastructure. The managing director said on the call that “we took a decision that we would increase this to 7 GW from 4.8 GW with a nominal incremental capex and we’ll be able to pull this off quickly” and noted that it would be funded through internal accruals with “no new debt being taken.”This shift in plan showed that Premier is strengthening upstream output without increasing financial risk. Schemes such as PM Surya Ghar, PM-KUSUM, and CPSU programmes continue to rely on domestic cell supply. Premier’s exclusively domestic presence places it directly within that demand pool. Waaree participates too, but because it covers international and Indian customers, the effect of domestic programmes on its order flow is different.It became visible in Q2 FY26 that Premier’s domestic bias is supporting steady demand at a time when local content rules remain active. Anand Rathi assigned Buy ratings to both companies with targets of Rs 4,654 for Waaree Energies and Rs 1,321 for Premier Energies. It was valued both at 30 times average FY27-FY28 earnings and applied different PEG treatments. Premier received a full PEG because of its track record with cell operations, while Waaree received a lower PEG due to the number of expansion areas it is handling. The brokerage targets imply more room for both stocks. Waaree has an upside potential of about 41.5% from its current price, while Premier has about 32.6% based on the same calculations. The brokerage estimated that Premier may grow revenue faster over FY25 to FY28 because of rising cell volumes, while Waaree may expand EBITDA faster once its upstream additions begin contributing more meaningfully. Premier Energies’ share pricehas slipped about 5% in the past month and is down more than 25% year to date (YTD). Meanwhile,Waaree Energies share pricehas fallen about 6% over the past month but remains nearly 15% higher on YTD basis. The next phase of India’ssolarmanufacturing cycle hinges on upstream execution. Module additions alone may not support earnings once supply rises further. Premier is enhancing its cell base and entering wafers with a staged plan that fits its balance sheet. Waaree is attempting to build a broader upstream chain with larger wafer capacity and additional verticals. If their plans progress on schedule, the projects show how each company may help reduce India’s dependence on imported wafers. Premier’s approach supports its cell-focused model while Waaree’s larger target gives it a wider foundation across markets. The period between FY26 and FY28 will reveal which firm can establish stable upstream operations sooner and how that affects pricing and competitiveness across the sector. India’s wafer shortage is now central to the sector’s future.Anand Rathi’s September 2025 report described wafers as the missing link in the domestic chain. The brokerage wrote that while module and cell capacity is rising, wafer additions are still limited. It is estimated that module capacity could reach about 265 GW by FY28, but wafer production would remain behind. The report highlighted that India remains dependent on imported wafers to keep cell and module lines running, and this gap is large enough to influence costs and margins over time. Waaree Energies has approved about Rs 8,175 crore of capex across BESS, inverters, electrolysers, and wafer-ingot facilities. It plans to build 10 GW of wafer-ingot capacity by 2027. The size and timing of this project suggest that Waaree expects to cover a meaningful part of the wafer shortfall if ramp-up proceeds as planned. Premier Energies is building 5 GW of wafer-ingot capacity due for completion by December 2027. It is also entering BESS in smaller steps of around Rs 300 crore each, funded through internal resources. This places the firm inside the same upstream space, though in a more controlled manner that reflects its cell-led approach.</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>Aequs IPO subscription opens on December 3: Check IPO GMP, issue price and 4 critical details</t>
+          <t>Capillary Technologies IPO subscribed nearly 53x : From GMP to issue price, here are 5 ‘must know’ details</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Aequs IPO opens Dec 3 with Rs 921 crore issue—review key details, GMP, and risk factors before subscribing!</t>
+          <t>Capillary Technologies IPO subscribed nearly 53x; learn key details, GMP, and important dates before the shares list soon!</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2025-12-02T19:28:04+05:30</t>
+          <t>2025-11-18T18:41:10+05:30</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/aequs-ipo-subscription-opens-on-december-3-check-ipo-gmp-issue-price-and-4-critical-details-4063217/</t>
+          <t>https://www.financialexpress.com/market/ipo-news/capillary-technologies-ipo-subscribed-nearly-53x-from-gmp-to-issue-price-here-are-5-must-know-details/4048589/</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>Contract manufacturing firmAequsis set to hit the public markets on December 3. With IPOs from Vidya Wires andMeeshoalso scheduled for the same day, investor attention is likely to remain high. Aequs’ Rs 921 crore issue will be closely watched, but before placing bids, investors should assess the key monitorables. Here’s a breakdown of the important details related to the public offering. Aequs’ IPO of Rs 921.81 crore is a combination of both fresh issue and offer for sale. Of the total float, Rs 670 crore will be raised through a fresh issue of 5.40 crore shares, while 2.03 crore shares worth Rs 251.81 crore will be offloaded through the OFS route. Aequs has fixed its price band between Rs 118-124 per share. As per the latest update, the company’s shares are trading at Rs 171 in the unlisted market, marking a grey market premium of nearly 38% on the upper end. However,GMPis not an official metric for the listing price. It fluctuates based on market conditions and at best shows investor sentiment. Aequs’ IPO will open for bidding on December 3 and close on December 5. Share allotment is expected by December 8, and the credited shares, along with initiation of refunds for unsuccessful bids, will take place on December 9. The company is likely to be listed on the stock exchanges on December 10. Aequs plans to deploy around Rs 433.1 crore of the proceeds towards repayment of borrowings and penalties. Approximately Rs 64 crore will be used to acquire new machinery and equipment for the company and its subsidiaries, including AeroStructure Manufacturing India and Aequs Consumer Products. The remaining funds will support expansion plans, potential acquisitions, and general corporate requirements. Investors should be mindful of key risks. Aequs relies heavily on the aerospace sector, which contributed over 89% of  itsFY25 revenue, this could make it vulnerable to demand fluctuations. The company’s capital-intensive business model and high leverage may also limit its financial flexibility, Angel One said in a report. Additionally, long working capital cycles and strict certification-based quality requirements may disrupt its order completion timeline which could materially affect cash flows, margins, and operational stability, as highlighted in the company’s DRHP.</t>
+          <t>Capillary Technologies’IPO  saw a very strong response from investors. TheIPOwas subscribed nearly 53x times overall on its last day. As per the latest available update the grey market premium for the IPO was up nearly 8% at Rs 46. This indicates that the issue may list at a 8% higher rate compared to the upper end of the issue price- Rs577 per share. However, readers must remember that the GMP is an unofficial metric of investor sentiment. The actual listing price can be very different. Here is a detailed analysis of the issue  – The IPO has been subscribed 52.94 times, seeing a notably high subscription in the non-institutional category (NII) which was subscribed 69.83 times. The qualified institutional buyer segment was subscribed 52.27 times, while theretail portionwas subscribed 15.79 times. The IPO is a book build issue of Rs 877.50 crore. The company had set the IPO price band at  Rs 549 to Rs 577 per share. The offer includes a fresh issue of 60 lakh shares worth Rs 345 crore and an offer of sale component of 92 lakh shares aggregating to Rs 532.5 crore. Investors can bid for a minimum of 25 shares in multiples of 25. Retail may bid for a minimum of 25 shares worth Rs 14,425 (based on the upper price). Small non-institutional investors (NIIs) can bid for 14 lots, which equals 350 shares worth Rs 2,01,950. The lot size for big NIIs is 70 lots, equating to 1,750 shares worth Rs 10,09,750. Through the issue, the company plans to utilise about Rs 151.54 crore for research and development purposes. The tech firm plans to allot  Rs 120 crore towards cloud infrastructure costs, followed by the allocation of  Rs 10.32 crore funds towards its  for inventory purchases.  The remaining funds are likely to be used for inorganic growth initiatives and other corporate purposes. Minimum 75% of the net offer shall be available to the Qualified institutional buyers. Further, up to 15% of the offer shall be allocated to non-institutional investors, and 10% of the offer shall be made available to retail individual bidders. Retail institutional investors may bid up to shares worth Rs 1.8 lakhs. In certain cases, employees will be given a discount if the bidding goes up to the amount of Rs 2 lakhs. The company’s IPO is expected to be finalised by November 19 and the shares are likely to be credited to the demat account of the subscribers by November 20. The initiation of refunds will also likely take place on November 20. The listing of shares onNSEandBSEis expected by November 21. JM Financial, IIFL Capital, and Nomura Financial Advisory are managing the Capillary’s IPO, while MUFG India is the registrar to the offer.</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>Vidya Wires IPO opens on Dec 3: From GMP, price band to issue size, 5 ‘must know’ details</t>
+          <t>Markets lose 6-day winning streak: Nifty closes around 25,900, Sensex falls 270 points – Here are key highlights</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Vidya Wires IPO opens Dec 3 with a Rs 300.01 crore issue; check price band, GMP, and key dates to invest now.</t>
+          <t>Markets today at close, November 18: Nifty and Sensex end lower, snapping a 6-day rally as profit booking hits markets; check key market highlights and updates.</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>2025-12-02T19:16:59+05:30</t>
+          <t>2025-11-18T17:53:21+05:30</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/vidya-wires-ipo-opens-on-dec-3-from-gmp-price-band-to-issue-size-5-must-know-details-4063200/</t>
+          <t>https://www.financialexpress.com/market/markets-lose-6-day-winning-streak-nifty-closes-around-25900-sensex-falls-270-points-here-are-key-highlights-4048345/</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>Vidya Wires will launch its public offering on December 3. WithAequsandMeeshoalso entering the market on the same day, investors will keep a close watch on the wire manufacturing company’s IPO, which reported a strong 25% revenue growth in FY25. Here’s a detailed look at theIPO, including the issue size, share price band,grey market premium, tentative allotment date, and other key details. Vidya Wires IPO: Issue size Vidya Wires’ IPO is a book-build issue totaling Rs 300.01 crore. The company plans to raise Rs 274 crore through a fresh issue of 5.27 crore shares, while 50 lakh shares worth Rs 26.01 crore will be offered through an offer for sale (OFS) by existing shareholders. The IPO price band has been set between Rs 48 and Rs 52 per share. In the unlisted market, Vidya Wires’ shares are currently trading around Rs 58, indicating a grey market premium of nearly 12% over the upper end of the price band. However, the GMP is an unofficial metric of assessing investor sentiment. The actual listing price can be very different. The IPO opens on December 3 and closes on December 5. Share allotment is expected by December 8, with credited shares and initiation of refunds for unsuccessful bids scheduled for December 9. Listing on the stock exchanges is likely on December 10. According to the company’s DRHP, Rs 140 crore will be used to set up a new ALCO unit, a wholly owned subsidiary focused on aluminium-based conductivity products. An additional Rs 100 crore will be allocated for debt repayment, while the remaining proceeds will be used for general corporate purposes. Vidya Wires derives a significant portion of its revenue from the electrical sector, with around 80% of Q2FY26 revenue coming from power and transmission, general engineering, and electrical segments. This dependence could pose a risk if any disruptions occur in these sectors. The company is also reliant on key raw materials such as copper and aluminium, without long-term supply contracts, exposing it to price volatility and potential supply disruptions, Angel One said. Any fluctuations in these areas could impact margins and overall profitability, it added</t>
+          <t>Indian equity benchmarks closed Tuesday’s trade on a lower note, losing their six-day winning streak. TheNifty 50ended the day 103 points or 0.40% lower at 25,910, while theBSE Sensexfell 278 points or 0.33% to end at 84,673. TheNifty Banksettled 63 points or 0.11% lower at 58,899. The midcap and smallcap stocks also fell in today’s trade. The BSE Midcap finished 313 points or 0.66% higher at 47,500. The BSE Smallcap finished 313 points or 0.59% higher at 53,443. “The domestic equity market edged lower as investors booked profits after the recent rebound, mirroring weak global sentiment. Expectations of a U.S. Fed rate cut in December have diminished, weighing on sentiment, with IT, metal, and realty stocks declining amid a stronger dollar, while private banks offered some support. Investors now await this week’s U.S. jobs data, which will be key in shaping the Fed’s policy outlook,” said Vinod Nair, Head of Research at Geojit Investments. Big highlights from today’s market action- The indices closed the trade on a higher note. During the session, out of 3,214 trading stocks, 969 advanced, while 2,168 declined, and 77 remained unchanged. Today, 69 stocks hit a fresh 52-week high. Meanwhile, 150 stocks touched a new 52-week low. Bharti Airtelwas the top gainer in the Nifty 50 in Tuesday’s session, closing 1.6% higher. It was followed byAxis Bank, Asian Paints,Shriram Finance, and Titan. Tata Consumer Products’ shareswere the biggest losers in today’s trade, declining 2.3%. It was followed byTech Mahindra, Jio Financial Services,InterGlobe Aviation (IndiGo), and Eternal (Zomato) were the only losers.</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>Smid cap underperformance likely to continue</t>
+          <t>El Salvador sees opportunity as Bitcoin drops below $90,000; buys BTC worth nearly $100 million in single day</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>As of Tuesday close, the trailing twelve month price-to earnings multiple for BSE Largecap was 23.54x while BSE Midcap was 32.34x, and BSE Smallcap was 32.70x.</t>
+          <t>Bukele posted a screenshot on social media to announce the purchase --- revealing that the country now owned a crypto reserve worth $688 million.</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>2025-12-02T19:14:21+05:30</t>
+          <t>2025-11-18T15:09:23+05:30</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/smid-cap-underperformance-likely-to-continue-4063199/</t>
+          <t>https://www.financialexpress.com/market/cryptocurrency/el-salvador-sees-opportunity-as-bitcoin-drops-below-90000-buys-btc-worth-nearly-100-million-in-single-day/4048301/</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>While the benchmark indices –Sensexand Nifty – are hovering close to their all-time high, small and midcap (Smid) indices, which constitute of higher growth companies than large caps, have underperformed on a year-to-date basis so far – the first time since 2022. This comes after a substantial outperformance seen in 2024 as well as 2023. In 2025, , while large cap benchmarksNifty50 and Sensex rose around 9-10%, the BSE Midcap index has only risen by 1.3% and the BSE Smallcap has fallen 6.1%. According to experts, this the primarily because of the expensive valuations ruling in the broader market. Saurabh Mukherjea, co-founder of Marcellus Investement Managers attributed this performance to the economy and earnings growth seen during this period.  “The valuations are also punchy hence it is difficult for Smid-caps to make a move,” he said. As of Tuesday close, the trailing twelve month price-to earnings multiple for BSE Largecap was 23.54x while BSE Midcap was 32.34x, and BSE Smallcap was 32.70x. Ashwini Shami, Executive Vice President &amp; Portfolio Manager at Omniscience Capital, believes that there is more runway left for the large cap stocks and the second half of this financial year will be a play on predicting the large cap versus mid and small cap performance. He said that a shift will only happen if the valuation differential narrows further. According to him, this was expected as the index heavyweights had gone ahead of the fundamentals. He said, “Nifty was also undergoing a time correction and facing constraint from FIIs flows and mutual fund inflows were also higher in multicap and small and mid-schemes, so large cap liquidity was not there.” However, he is not negative on the overall small cap universe as he sees multiple mispriced opportunities, in the mid cap space he said it is difficult given a smaller number of stocks. Kranthi Bathini, Director of Equity Strategy at WealthMills Securities also noted that the flow is going towards large caps due to attractive valuations. He expects consolidation to continue in the small and mid-cap segments in the next quarter as well and noted that the Nifty sustaining above 26,000 and more earnings upgrades will be key for a reversal in this trend. A Motilal Oswal report said Friday that after (large cap indices) having reclaimed the highs, it expects a new leg of uptrend in markets, especially as the corporate earnings environment has improved owing to multiple factors such as stimulative fiscal and monetary measures, better liquidity, a likely thaw in the abruptly strained Indo-US relationships, and a softer base for demand and earnings.</t>
+          <t>Bitcoin slipped below the $90,000 mark for the first time in seven months on Tuesday — the latest sign that investors have lost their risk appetite. But the fall has proved an unexpected boon for El Salvador as President Nayib Bukele leads a steady push for accumulation. The Central American country purchased Bitcoin worth $100 million over the past seven days to increase its total holdings to 7474.37 BTC. Bukele posted a screenshot on social media to announce the purchase — revealing that the country now owned a crypto reserve worth $688 million. He had shocked the world in June 2021 after announcing that El Salvador would adopt bitcoin as legal tender. Only two countries have adopted such a policy to date, with the Central African Republic recognising bitcoin within its own borders a year after Bukele. Hooah!pic.twitter.com/KxMVbUrcGE El Salvador had introduced a policy in November 2022 to buy “one bitcoin every day” for the foreseeable future. The policy has undergone some changes over the years but the push for digital currencies continues unabated. An IMF agreement in late 2024 had forced the country to curtail official bitcoin purchases and triggered flexible interpretations — such as management of purchases via non-public entities and outside the fiscal sector to ensure compliance. The details posted by Bukele on Tuesday morning indicated that the country currently holds 7474.37 BTC worth $688,397,327. Purchase had been gradually ramped up throughout November before surging sharply on Monday. The risk-sensitive cryptocurrency has erased 2025 gains and is now down nearly 30% from a peak above $126,000 in October. It traded down 2% at $89,953 in the Asia afternoon, having collapsed through chart support around $98,000 last week. Market participants told Reuters that a combination of doubts around future US interest rate cuts and the mood in broader markets (which have wobbled after a long rally) was dragging down crypto.</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>Motilal Oswal’s top 4 banking sector picks – Check full list</t>
+          <t>Morgan Stanley’s big India call: 50% chance of Sensex at 95,000 by 2026—But what could derail the rally?</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Motilal Oswal’s latest banking sector update places ICICI Bank, HDFC Bank, SBI, and AU Small Finance Bank on its top Buy list banking on cooling deposit costs, strong margins, and rising loan yields.</t>
+          <t>Morgan Stanley’s Ridham Desai bets on India’s policy pivot driving a market surge, but warns oil or global shocks could derail the rally.</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2025-12-03T10:04:54+05:30</t>
+          <t>2025-11-18T15:26:29+05:30</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/motilal-oswals-top-banking-sector-picks-icici-bank-hdfc-bank-sbi-au-small-finance-bank-among-key-buys-for-fy27fy28-4063120/</t>
+          <t>https://www.financialexpress.com/market/morgan-stanleys-big-india-call-50-chance-of-sensex-at-95000-by-2026but-what-could-derail-the-rally-4048322/</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>Motilal Oswal’s latest banking sector update points to rising loan yields, cooling deposit costs and steady credit demand. The brokerage has recommended Buy on four banking sector stocks. While the report does not include target prices or upside %, the earnings outlook across these names remains strong. Here is what the brokerage says about each bank. Motilal Oswalhas kept a Buy rating on ICICI Bank. The bank has one of the highest shares of repo-linked and EBLR loans in the sector at 55%, which helps capture improvements in fresh lending rates.The report notes healthy earnings traction. ICICI Bank’s profit is estimated to rise 14% in FY27 and 16% in FY28, supported by stable margins and controlled credit costs. Asset quality remains strong and provisioning coverage stays comfortable.The brokerage expects the bank to benefit from easing term deposit rates and rising loan yields through FY26 and FY27. HDFC Bank stays on the Buylist of the brokerage. The bank has cut its one-year MCLR by 95 bps YoY, helping lower borrowing costs within its deposit franchise. PAT is expected to grow 11% in FY27 and 18% in FY28, driven by better liability mix, expanding credit demand and the full effect of the recent CRR reduction. Motilal Oswal notes that funding costs across the system are easing, which adds support for HDFC Bank’s margin outlook over the next two years. State Bank of Indiaremains a Buy on the list of the brokerage. SBI has cut its MCLR by only 20 to 40 bps YoY, which helps protect spreads even as deposit rates move lower.The brokerage expects PAT growth of 7% in FY27 and 12% in FY28, backed by loan growth, steady recoveries and softening credit provisions.According to the report, SBI’s blended funding cost is easing in line with the system, supporting the earnings profile across FY27 and FY28. AU Small Finance Bankis the fourth Buy pick of the brokerage. The bank reported a NIM of 5.50% in 2QFY26, one of the best levels in the sector, supported by its retail-heavy book. Motilal Oswal estimates profit growth of 36% in FY27 and 32% in FY28, driven by higher operating leverage and rising loan volumes.The bank continues to add branches and widen customer reach, which the brokerage sees as a long-term driver of earnings.</t>
+          <t>As the countdown to a new year begins, Morgan Stanley is upbeat about the prospects for Indian markets in 2026. They expect a strong bounce in Indian stocks over the next 12 months. According toMorgan Stanley‘s projections, there is a 50% probability of theSensexscaling to 95,000 by December 2026 if the ongoing policy shift gathers pace. Morgan Stanley India’s Managing Director and Equity Strategist, Ridham Desai’s 2026 India outlook indicates that, “the long-term story is gaining strength with government policy action – cyclical recovery is backed by policy pivot. Most risks to our views come from outside India.” According to Morgan Stanley, “policy has pivoted, supporting a strong recovery in nominal growth, which should take earnings growth out of the mid-cycle slowdown experienced over the past 12 months,” in the Indian perspective. Ridhan Desai, in this report, highlighted that “relative valuations are consistent with improved forward performance. FPI exposure remains the lightest in history. The structural domestic bid is intact. India’s long-term story has been reinforced with a slew of reforms. Thus, Indian equities appear set to reverse their worst performance relative to EM in 31 calendar years.” The report has presented three possible scenarios about how the market may pan out going forward. They see  50% probability of the base case scenario being played out. In this case, Morgan Stanley expects the Sensex to rise to 95,000 by December 2026. This implies around 13% upside from current levels. The firm said the outcome assumes macro stability, stronger private investment, a positive gap between real growth and real rates, steady global conditions, and manageable oil prices. It also expects one more 25-basis-point rate cut in the current quarter, along with a supportive liquidity backdrop and no heavy bunching of new equity issuances. The brokerage projects Sensex earnings to grow at 17% a year through FY28. It expects nominal GDP growth to average 10% to 11% over the next five years. It said trend earnings are still trailing nominal GDP, leaving room for a catch-up. This is the earnings leg it believes will pull the index toward the target. The implied trailing P/E at 95,000 is about 23.5 times, slightly above the long-term average of 22 times. Morgan Stanley expects this to be reasonable if inflation stays steady and policy remains consistent. If conditions turn more favourable, they see 30% probability of the bull case playing out. In this case, they have a Sensex target of 1,07,000. It assumes oil below $65, a calmer global trade environment, and stronger results from reflationary policies. Under this outcome, the firm expects earnings to grow at nearly 19% a year between FY25 and FY28. They also have a bear case projection – Morgan Stanley sees a 20% probability of Sensex at 76,000. This, they believe, can play out if the crude spikes above $100 and there is a forced policy tightening by the RBI along with a deeper global slowdown and a US recession. The brokerage expects earnings to grow at about 15% annually in this scenario, though valuation multiples would contract. A central theme of the report is the policy pivot already underway. The government and the RBI reduced policy rates, cut the cash reserve ratio, eased several banking regulations, and provided liquidity. Public capex was advanced. The firm said close to Rs 1.5 lakh crore in GST cuts were applied to mass consumption categories. It also noted movement toward an India-US trade agreement and a more stable relationship with China. Morgan Stanley expects this combination to lift nominal growth. It described the current stance as the strongest reflation effort since the pandemic years and said such a policy position is unusual in periods without a crisis. The firm expects clearer evidence of the shift in high-frequency data over the next few quarters. The brokerage’s valuation framework rests on three expectations. Real interest rates are likely to soften as inflation stabilises. Fluctuations in both inflation and growth are expected to remain contained. Structural growth is expected to rise as private capex recovers. Morgan Stanley said India’s dependence on oil has reduced over time and services exports have increased. This reduces exposure to external shocks. It also expects the rising share of domestic investors to make the market less reliant on foreign flows. These conditions, in its view, support a more stable valuation range. The report added that the earnings cycle is at its midpoint. Corporate balance sheets remain healthy, and capacity utilisation has improved. Private capex is gaining traction. Banks are well capitalised, and credit growth is firm. Discretionary consumption has held up and is expected to strengthen as employment improves. The brokerage’s model suggests broad market earnings will grow by 22% in FY27 and 20% in FY28. It expects the profit share of GDP to move into the high single digits from about 5%. The firm said better margins and improving demand conditions are likely to support this shift. Morgan Stanley listed a set of events that will shape market direction in early 2026. A rate cut from the RBI this quarter is one. Further financial sector deregulation is another. For the Union Budget 2026, the firm expects a reaffirmation of the goal of achieving a primary balance. It also expects possible corrections to inverted duties, an expansion of production-linked incentives (PLI), and adjustments to rules around buybacks and offshore participation. The expected India-US trade deal is viewed as a stabilising factor for export-driven sectors. The firm also cited the AI Impact Summit 2026 as an event that could shift sentiment if global technology companies outline investment plans for Indian digital infrastructure. State elections in mid-2026 may add volatility, though the firm does not expect them to alter the medium-term trend. Global growth is the biggest risk for India, as per Morgan Stanley.  A sharper slowdown would reduce absolute returns even if India maintains relative strength.Oilabove $100 would strain the current account and force a policy shift. A US recession would weaken technology and business services exports. On the domestic side, the risks include a wave of issuances, softer retail flows, uneven state finances, and climate-related disruptions. Agriculture-related constraints were also listed as longer-term risks. Morgan Stanley’s Ridham Desai pointed out that, “India’s recent bull market has been underpinned by a focus on macro stability sourced in inflation-targeting, fiscal consolidation and the declining oil intensity of the economy.” This, as a result, has made growth more predictable. He concludes saying, “India has a more reliable supply of risk capital, dovetailing into less volatility in equities and more predictable growth – a virtuous cycle we have never seen before in India.”</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>Nifty Bank Index rejig: Why HDFC Bank, ICICI Bank shares are under pressure? Here’s what you should know</t>
+          <t>Motilal Oswal sees 10% upside for this leading digital finance play: 3 key drivers behind the bullish outlook</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>HDFC Bank and ICICI Bank shares slid as investors brace for Nifty Bank’s structural shake-up that trims their dominance and brings PSU banks like Yes Bank and Union Bank into focus.</t>
+          <t>Motilal Oswal sees a 10% upside for PB Fintech driven by digital dominance and margin growth—explore this investment opportunity now.</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2025-12-02T17:53:25+05:30</t>
+          <t>2025-11-18T15:04:05+05:30</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/nifty-bank-index-rejig-why-hdfc-bank-icici-bank-shares-are-under-pressure-heres-what-you-should-know-4063075/</t>
+          <t>https://www.financialexpress.com/market/motilal-oswal-sees-10-upside-for-pb-fintech-leading-digital-finance-play-3-key-drivers-behind-the-bullish-outlook-4048298/</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>HDFC Bank andICICI Bankclosed in the red on December 2, while the Nifty Bank Index  closing over 400 points down.HDFC Bankclosed near Rs 991, down around 1.1%, while ICICI Bank slipped a little over 1%. The weakness was most pronounced in these two names because they stand to be the most affected by the upcoming index changes. The selling pressure is seen as an impact of investors repositioning ahead of a major structural overhaul that will reduce the dominance of the index’s largest private-sector lenders. According to a report byNuvama Alternative and Quantitative Research, the Nifty Bank index will move to a fixed 14 constituents, selected based on a 6-month average free-float market capitalisation, with the requirement that stocks be eligible for trading in the F&amp;O segment. The most significant shift is the introduction of fixed weight caps: Combined, the top three cannot exceed 43% of the index. This is materially lower than HDFC Bank’s and ICICI Bank’s current weights. The methodology also requires all other stocks to follow a strict descending order, preventing smaller banks from receiving disproportionate weights. Nuvama’s analysis shows clear impacts on the two heavyweights. By the end of the transition window, the firm expects: These reductions translate into estimated passive outflows of USD 322 million for HDFC Bank and USD 348 million for ICICI Bank across the full transition. The index overhaul will be implemented in four monthly tranches. The first tranche is scheduled for December 2025, with the adjustment taking place on December 30 and becoming effective on December 31. The second tranche will follow in January 2026, the third in February 2026 and the final tranche in March 2026. Because the top two  banks face the largest weight cuts, they aprivatere the earliest targets for repositioning. Even though the first tranche is still weeks away, traders are adjusting exposures gradually to avoid concentrated execution around the December window. Alongside the weight reductions, the revised index will bring Yes Bank and Union Bank of India into the benchmark in a single step, starting with the first tranche. Nuvama projects their weights to rise to 3.9% and 2.6% respectively by the end of March 2026. Several PSU and mid-tier banks, including Bank of Baroda, PNB, Canara Bank, AUBank, IDFC First Bank, and Federal Bank, are also expected to see meaningful weight increases as the top three lose share.</t>
+          <t>Motilal Oswalhas initiated coverage onPB Fintechwith a ‘Neutral’ rating. The brokerage kept the target price at Rs 2,000, implying an upside of 10% from the current market price. PB Fintech is a compelling platform story that provides exposure to both near-term growth and long-term disruption across India’s largest household financial products, insurance and credit. The brokerage said that the company is known as a dominant digital marketplace in both insurance and consumer credit. These sectors gain advantage from increasing financial literacy, digital advancement, and considerable under-penetration in India. In particular, the company commands around a 90% market share in the online insurance distribution space (Policy Bazaar). The company has quickly enhanced its importance as a mainstream distribution channel. Its market share of total industry premiums has significantly increased, climbing from 1.3% in FY20 to an expected 3% in FY25. This notable growth highlights the platform’s rising importance. The business has successfully transitioned from a high-growth phase to a high-quality model, achieving positive adjusted EBITDA for Policy Bazaar and Paisa Bazaar. Motilal Oswal said that this provides clear visibility into self-sustaining cash flows and unit economics. Apart from that,PB Fintechis well-positioned for long-term margin expansion, driven by operating leverage in the core business and stabilisation of early-stage investments. Motilal Oswal expects the consolidated EBITDA margin to expand significantly, from 2% in FY25 to approximately 13% by FY28. This expansion is supported by the compounding effect of the high annuity base and strong renewal economics.</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>Rupee slides to historic lows Vs dollar – closes at 89.87 per $ levels</t>
+          <t>3 ‘Buy’ recommendations by Jefferies, with up to 25% upside potential</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>The Indian rupee closed at a record low of 89.87/$, pressured by stalled US-India trade talks, weak flows, and persistent FPI selling despite strong GDP growth.</t>
+          <t>Jefferies has issued ‘Buy’ calls on Torrent Power, Max Healthcare and Marico, forecasting up to 25% upside. Here’s what the brokerage report says.</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>2025-12-02T17:02:11+05:30</t>
+          <t>2025-11-18T13:47:53+05:30</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/rupee-slides-to-historic-lows-vs-dollar-closes-at-89-87-per-levels-4063026/</t>
+          <t>https://www.financialexpress.com/market/jefferies-picks-3-stocks-with-up-to-25-upside-torrent-power-max-healthcare-marico-on-buy-list-4048245/</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>TheIndian rupeecontinued its losing streak on Tuesday, closing at a record low of 89.87 against the USdollar. The stalledIndia–US trade dealand persistentFPIoutflows from equities have added to the downward pressure on the currency. The rupee fell for the fifth straight session, touching a fresh low of 89.95 per dollar — down 0.45% from Monday’s close of 89.54. The currency briefly hit the90-per-dollarlevel in the inter-bank order matching system before recovering some losses. Analysts quoted by Reuters said the rupee may weaken further, although continuedRBIintervention is expected to help limit volatility. “The 90 level is a major psychological barrier — and a cluster of buy-stop orders likely sits above it. This is precisely why the RBI must remain active below 90; if the pair starts sustaining above this zone, the market could quickly shift into a higher trending phase toward 91.00 or even higher,” said Anindya Banerjee, Head, Commodity and Currency at Kotak Securities. At this stage, it is essential for the central bank to prevent speculators from becoming too comfortable with a one-way trend, as that can trigger an unnecessary spike in USD-INR volatility, Banerjee added. The psychologically crucial 90-per-dollar level remains the immediate resistance for the currency. Despite strong GDP growth, analysts expect the rupee may eventually breach the 91 mark. Market now awaits the RBI’s MPC meeting scheduled for December 3-5 which is expected to provide a clearer stance on the rupee’s future trajectory. Additionally, some economists expect a 25-basis rate cut by the central bank owing to low inflation, while others expect no change given the strong GDP growth rate and the declining value of the Indian currency.</t>
+          <t>The brokerage firmJefferieshas turned positive on three well-known companies across the power, healthcare and consumer goods space. According to the brokerage report, each of these stocks could see meaningful upside over the next 12 months, with the highest potential return estimated at around 25%. Let’s take a look at the detailed analysis of the investment rationale driving the bullish call- Jefferies has given a ‘Buy’ call toTorrent Powerand set a target price of Rs 1,485. This indicates an upside potential of around 15% from current market levels. According to the brokerage report, Torrent Power stands out for its stable growth, strong return on equity, and comparatively lower debt. The report noted that “Torrent Power is unique in listed Indian power utilities with its steady growth, high ROE (Return on Equity) and relatively low debt levels.” Nearly 60% of the company’s earnings before interest, tax, depreciation and amortisation (EBITDA) is generated from the distribution business, which Jefferies says is increasing at an 8% compound annual growth rate (CAGR) while maintaining a “16%+ ROE (regulated ROE + incentives) profile.” Meanwhile, the remaining 40% comes from power generation, and this segment is expected to grow significantly. As per the brokerage, the company’s generation portfolio is set to expand “1.6x (13% CAGR) over FY26-30, primarily through renewable energy projects.” The report also highlighted that Jefferies has factored in 6 gigawatts (GW) of capacity by 2030, adding that “3 GW is already awarded to TPL and the company only has to win 1.7 GW in the next 3 years to achieve our estimates.” Jefferies has maintained its ‘Buy’ call onMax Healthcare Institutewith a target price of Rs 1,400. This implies an upside of around 25% from current market prices. According to the brokerage report, Max Healthcare is entering a major expansion cycle which could significantly influence its operations over the next two years. The brokerage report states that “Max is on-track to add 1,300 capacity beds during in H2FY26, with ~800 being brownfield (faster ramp-up).” These new beds, which include both brownfield and greenfield projects, are expected to become operational in phases, which Jefferies says will “limit -ve impact on margins.” Important additions include new facilities in Saket and Nanavati, along with expansions in Lucknow and Gurgaon. Jefferies noted that the combination of new capacity, an improved schedule for the Central Government Health Scheme (CGHS) rates and the performance of recently acquired assets places Max at an important growth point. The brokerage noted that “Max should continue to deliver 20%+ EBITDA growth during the next 2 years.” Consumer goods companyMaricois the third stock on Jefferies list, with the brokerage assigning a ‘Buy’ rating and a target price of Rs 865. This indicates an expected upside of around 17% from current levels. According to the brokerage report, Marico’s pricing actions in key products have not led to any major volume disruptions. Jefferies pointed out that “Marico’s pricing power was evident as the company reported only a marginal volume decline (flat on packs sold) despite a sharp 60% YoY price increase in its flagship brand, Parachute.” Domestic volume growth of 7% has also helped the company stand out among its peers. The brokerage highlights the performance of its digital-first brands, noting that these businesses “continue to gain traction and remain on-track to deliver robust growth with rising profitability.” At the same time, the brokerage remains cautious on raw material trends, as prices of copra and edible oil have been volatile. But Jefferies expects improvements ahead, stating that management is forecasting a “25% price-led revenue growth in FY26” and a potential recovery in margins by financial year 2027.</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>Meesho IPO GMP surges 43% ahead of Dec 3 launch — Should investors Subscribe or Avoid? Analysts weigh in</t>
+          <t>Stocks making the biggest moves midday: Groww, SBI, PhysicsWallah, Emmvee Photovoltaic, Paytm</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Meesho IPO opens on December 3 with a price band of Rs 105-111 per share and a strong grey market premium of over 40%. Experts from SBI Securities and Angel One suggest subscribing for the long term.</t>
+          <t>Markets stayed flat but action surged in SBI, Groww, and Paytm as investors reacted to fresh listings, block deals, and new-age bets.</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>2025-12-02T16:20:41+05:30</t>
+          <t>2025-11-18T13:45:30+05:30</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/ipo-news-meesho-ipo-gmp-surges-43-ahead-of-dec-3-launch-should-investors-subscribe-or-avoid-analyst-weigh-in-4062969/</t>
+          <t>https://www.financialexpress.com/market/stocks-making-the-biggest-moves-midday-groww-sbi-physicswallah-emmvee-photovoltaic-paytm-4048249/</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>TheMeesho IPOis gearing up for its December 3 launch. However, itsGMPis already on a high, up well over 40%. The price band of the Rs 5,421 crore issue has been set between Rs 105-111 per share. But is it a subscribe at current levels? Here are some expert views and key highlights of theIPOahead of its opening. Before any IPO hits the market, the GMP becomes a key conversation starter. In Meesho’s case, according to the latest unlisted market data, the stock is trading at a premium of around Rs 48. This translates roughly around 43% above the upper end of the price band. As of now, this indicates a possible listing price of about Rs 159. However, it is important to note that GMP is merely an informal indicator. It can change rapidly, depending on mood swings in the market, and does not guarantee the final listing price. One of the major talking points is the structure of the offering. The fresh issue portion worth Rs 4,250 crore. However, the offer for sale (OFS) has been significantly reduced. Instead of over 17 crore shares planned earlier, existing investors will now sell about 10.55 crore shares, valuing the OFS at approximately Rs 1,172 crore. Meesho operates on a zero-commission model and primarily generates revenue through its logistics services and advertisements. One of the key concerns is that the company has been making losses on net basis even after adjusting for exceptional items. Further, Meesho reported tax expense of Rs 2,487 cr and Rs 72 cr in FY25/1HFY26 respectively on account of business combination. SBI Securities recommend investors to Subscribe to the issue at the cut-off price for a long-term investment horizon. They pointed out that as “these event are over and there would likely be no exceptional tax expense going forward which should help reduce losses. At the upper price band of Rs 111, Meesho is valued at FY25 price-to-sales ratio of 5.3x on post issue capital. Going forward, Meesho’s path to sustainable profitability will be a key monitorable especially as it continues to make investments in technology, marketing and engineers.” According to Angel One, “Meesho’s risk profile is driven by high dependence on CoD with elevated return/failed delivery costs, sustained losses despite scale, execution and quality-control challenges across a fragmented seller/logistics ecosystem.” Angel One too suggested a ‘Subscribe for long-term’. According to them, “at the upper end of the price band, Meesho is valued at roughly Rs 50,096 crore post-issue; the company remains loss-making, so P/E is negative and not a meaningful valuation metric. On operating metrics the IPO price implies an FY25 price-to-sales of ~5.3x, underpinned by a robust GMV run-rate of $6.2 billion and improving marketplace contribution margins.” In addition to the marketplace, Meesho has expanded into new initiatives, including a cost-effective local logistics network for daily essentials and a digital financial services platform.They are looking at long-term profitability as a key metric at this point.</t>
+          <t>The markets are flat in afternoon trade with the Nifty at 25,938, down 75 points, while the Sensex stood at 84,844. The mid-day session was marked by strength in some recent listings’ and sharp reactions to block deals and corporate updates. Here are some of the biggest  movers and shakers at this hour: Theshare price of SBIdrew attention after a comment from the bank’s managing director about talks with the government on a credit guarantee scheme for risky, new-age sectors. The stock jumped  to a fresh high, testing Rs 976.70 intraday before the counter cooled off in the midday session. The bank is also advocating the inclusion of green finance under priority sector lending, a proposal that meets resistance because of potential crowding-out effects. PhysicsWallah share pricemade a stellar debut, listing at Rs 145 on the NSE, about 33.03% above the IPO price of Rs 109. The stock however, turned volatile after the strong listing. It has been see-sawing between 4% surge and a 2% downmove in intra-day trade. Most analysts said that the long-term outlook would depend on the company’s profitability outlook going forward. Emmvee Photovoltaic share pricelisted at par with the IPO issue price of Rs 217 on both exchanges, producing no immediate listing gains for allotment holders. The Rs 2,900 crore fundraising was sizable Rs 2,143.86 crore as a fresh issue and Rs 756.14 crore via OFS and included clear use of proceeds for loan repayment. One 97 Communications Theshare price of One 97 Communications(the Paytm parent firm) weakened after a large block deal saw 1.32 crore shares change hands at Rs 1,307, a transaction valuing the trade at roughly Rs 1,722 crore. Market reports linked the sellers to existing investors such as Saif III Mauritius, SAIF Partners and Elevation Capital. The share price of Groww continued its momentum after the listing run, spiking as much as 11% to Rs 193.80 and settling the midday session comfortably higher near Rs 187.50. The broker’s parent also scheduled its Q2 results board meeting, which added to the speculative volume. WeWork India share priceclimbed over 7% after Jefferies initiated coverage with a buy rating and a target implying roughly 30% upside. The thesis rests on rising office demand and increasing flex-space penetration, with analysts forecasting steady seat additions and margin improvement as centres mature. Theshare price of Emcure Pharmaceuticalsbegan the session under pressure after reports of a large potential block deal by a Bain Capital affiliate. The stock opened weak and slid to roughly Rs 1,326, before settling slightly higher but still below the prior close.</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>India vs South Africa Live Score, 2nd ODI: Ranchi thriller sets up fiery ODI showdown in Raipur</t>
+          <t>‘Worked 16-18 hours for 1.5 years, and no one complained’: Aditya Dhar on Ranveer Singh’s Dhurandhar amid Deepika Padukone’s workday row</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>India vs South Africa Live Cricket Score Streaming online, IND vs SA Live Score, 2nd ODI: With captain Temba Bavuma and Keshav Maharaj set to return, the visitors will arrive in Raipur sharper, stronger and ready to hit back.</t>
+          <t>Aditya Dhar reveals that the cast and crew on Dhurandhar’s worked 16–18-hour days.</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2025-12-03T10:20:12+05:30</t>
+          <t>2025-11-19T08:43:09+05:30</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/sports/ind-vs-sa-live-cricket-score-2nd-odi-check-india-vs-south-africa-full-scorecard-live-streaming-raipur-weather-updates/4063830/</t>
+          <t>https://www.financialexpress.com/life/entertainment-worked-16-18-hours-for-1-5-years-and-no-one-complained-aditya-dhar-on-ranveer-singhs-dhurandhar-amid-deepika-padukones-workday-row-4049093/</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>India vs South Africa Live Score, 2nd ODI:While ODI cricket struggles for relevance elsewhere, in India the format remains essential — a perfect middle ground between the drama of T20s and the patience of Tests. And when legends likeVirat KohliandRohit Sharmadeliver vintage performances, as they did in Ranchi, the format feels more alive than ever. There is a reason why ODIs remain the format closest to India’s heart. It doesn’t demand the emotional endurance of Tests, yet provides enough time for stars to build innings and show skill under pressure. And when two of the greatest of the modern era explode into form together, a three-match series suddenly feels like a blockbuster event. While ODIs are less reliant on luck than T20Is, the Ranchi thriller also showed how much extra work the team losing the toss has to do. Despite all their pedigree and a commanding total, India found themselves sweating in the final over against a South African side that has rotated a massive 37 players this year. South Africa, meanwhile, walked away with more belief than disappointment. From 11/3 to nearly chasing down 350 — the fight was fierce. With captain Temba Bavuma and Keshav Maharaj set to return after a rest post their historic Test-series win, the visitors will arrive in Raipur sharper, stronger and ready to hit back. ODIs have always been India’s quiet love story — not as demanding as Test cricket, yet rich enough to build heroes across 50 overs. On a charged night in Ranchi, Virat Kohli and Rohit Sharma reminded everyone why that love has never faded. Two days after the Sunday match, the Proteas will meet Men in Blue again in Raipur for the second ODI. SA will see Temba Bavuma and Keshav Maharaj return to the camp. Ruturaj Gaikwad will return in India camp for the game. While the Raipur crowd will be on a high as the city will get to see two white-ball greats play, we will keep you posted with all match updates here live from the ground. Stay tuned.</t>
+          <t>One of Ranveer Singh’s most-awaited movies,Dhurandhar, is all set for a December release. As the trailer rolled out on Monday, fans could not keep calm about the action-packed film, marking Singh’s comeback after 2 years. Directed by Aditya Dhar, the movie is set to release on December 5, ahead of Christamas weekend. At a recent press conference, director Dhar expressed how everyone on set worked way beyond 8 hours on the sets of Dhurandhar. He said, “Everyone, from actors, HODs, assistants, and even spot boys,” was ready to give their everything for this film. “We have worked 16-18 hours continuously for 1.5 years, and not even once has anyone complained, ‘Sir, you are making us do a lot of work’, everybody has given their 100 per cent,” theDhurandhar directorremarked. “That’s how this film happened,” Dhar added. The Internet took Aditya Dhar’s comment in close context to the time when actors had a public fallout over movie projects due to working hour constraints. Bollywood’s leading actress and Ranveer Singh’s wife, Deepika Padukone, has been at the centre of this discussion. From advocating for mental health to rallying for an8-hour workday, Padukone lost out on two major projects, Sandeep Reddy Vanga’s Spirit and Nag Ashwin’s Kalki 2. After being accused of not being committed enough, Padukone was reportedly dropped from the projects. As Dhar extended his support towards working for more than 8 hours a day and making a project by giving it 16 to 18 hours, netizens found it as a subtle nod of disapproval towards Padukone’s stand. While the Internet speculated thatRanveer Singhshould have quit the film, others could not help but notice the divide. At the same time, netizens opined that Singh should have taken a stand for his wife as Dhar seemed to be ‘taking shots at her’. #Dhurandhardirector Aditya Dhar emphasises the intent of the actors rather than crying over working hours: “Everybody has worked 16-18 hours continuously &amp; nobody ever cribbed about working hours. It was 100% dedication &amp; bcz of that we pulled off what we are seeing on screen.”pic.twitter.com/5byLHMLgFW — Raymond. (@rayfilm)November 18, 2025 While there was no overt condemnation of those who worked for 8 hours a day or advocated for the same, Dhar praised the dedication the team displayed throughout the making of Dhurandhar. Deepika Padukone, on multiple occasions, has pointed out the need for fixed working hours. She has reiterated that several ‘male actors’ do it and nobody raises an eyebrow. Being a new mother herself, she lobbied for fixed working hours. Several actors like Ishan Khatter and Rashmika Mandanna backed her claims. StarringR Madhavan, Sanjay Dutt, Akshaye Khanna, and Arjun Rampal in key roles, Dhurandhar is set to release on December 5.</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>Zoho’s Sridhar Vembu fires back at US Venture Capitalist, says ‘focussed on productivity, not tech debt’</t>
+          <t>‘Insubordinate’, Trump blasts reporters for questioning Saudi Crown Prince over Khashoggi’s death</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Y Combinator President Garry Tan questioned whether Zoho’s business could survive the rise of AI-built custom apps.</t>
+          <t>Trump’s remarks seemed to go against a 2021 US intelligence report that concluded the crown prince had approved the operation that led to Khashoggi’s death at the Saudi consulate in Istanbul.</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>2025-12-03T10:09:23+05:30</t>
+          <t>2025-11-19T08:45:00+05:30</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/trending/zohos-sridhar-vembu-fires-back-at-us-venture-capitalist-says-focussed-on-productivity-not-tech-debt/4063796/</t>
+          <t>https://www.financialexpress.com/world-news/insubordinate-trump-blasts-reporters-for-questioning-saudi-crown-prince-over-khashoggis-death/4049075/</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>A pointed remark from Y Combinator President Garry Tan questioning the future ofZoho’s businessturned into a heated exchange after Zoho founder Sridhar Vembu stepped in with a strong response. What began as a passing comment on “vibe coding” soon became a back-and-forth about how modern software actually works, with Vembu ultimately challenging Tan, vowing to “outshine and outlast his vibe-coding companies!” Earlier, Tan reacted to an article discussing Vembu’s doubts about the fast-growing trend of vibe coding. In his post on X on December 2, Tan claimed Zoho would be among the first companies to lose customers to people who build their own customised apps using AI tools. He wrote, “Zoho’s business would be first to be competed away by people building their own custom software built by people using Replit, emergentlabs and Taskade.” He added, “Why pay $30/seat/month for over-bundled SaaS when soon even nontech ops ppl can vibe-code a custom solution in a weekend?” Vembu didn’t let it pass. He replied by asking why email, spreadsheet or accounting apps built through vibe coding still don’t exist if the technology is really that capable. He also said Zoho continues to see strong momentum, claiming the company is growing rapidly with customer growth above 50%. “If our business would be the first to be competed away by vibe coded apps, why are we seeing such rapid customer growth (exceeding 50%)  right now? And why don’t we see vibe coded email or spreadsheet or accounting app or messaging apps yet?” He wrote. Vembu explained why he remains sceptical. He said vibe coding may help people create quick prototypes, but without strong security, privacy and compliance guarantees, it builds dangerous “tech debt” that eventually crashes under its own weight. He added that his own personal research is focused on combining AI and compiler technology to boost programmer productivity in a way that still maintains these protections. “My own personal R&amp;D project is to enable huge gains in programmer productivity by _combining_ compiler technology with AI. Our goal is to enable a quantum leap in programmer productivity while being able to provide security, privacy and compliance guarantees. Without those guarantees, vibe coding just piles up tech debt faster and faster until the whole thing collapses,” Vembu added. Vembu suggested that people like Tan treat tech debt lightly and pass it on to “unsuspecting acquirers.” In the same breath, he confidently saidZohowould outperform the new wave of vibe-coding startups. “Let me make a bet with Garry Tan: we will outshine and outlast his vibe coding companies!” If our business would be the first to be competed away by vibe coded apps, why are we seeing such rapid customer growth (exceeding 50%) right now? And why don't we see vibe coded email or spreadsheet or accounting app or messaging apps yet?My own personal R&amp;D project is to… https://t.co/2ozug26IQQ Vibe coding allows people to describe what they want in simple language, while AI platforms like Google’s AI Studio, Cursor, Replit or Windsurf generate the actual code. The idea, flaunted by OpenAI cofounder Andrej Karpathy, has led to an explosion of startups like Emergent, Composio, Bolt and TableSprint. But tech leaders are split on this new trend.Google CEO Sundar Pichaihas praised vibe coding, saying it makes coding more fun and more accessible. Sridhar Vembu, however, believes it oversimplifies a more skilled craft. “All code is magic until it is lowered by the compiler to another form of code, and that code is magic until magic all the way down,” he wrote on X.</t>
+          <t>US President Donald Trumpon Tuesday said thatSaudi Crown Prince Mohammed bin Salmanhad known nothing about the 2018 killing of journalist Jamal Khashoggi as he welcomed him to the White House. Trump’s remarks seemed to go against a 2021 US intelligence report that concluded the crown prince had approved the operation that led to Khashoggi’s death at the Saudi consulate in Istanbul. The crown prince, who has denied any wrongdoing, said at theWhite Housethat Saudi Arabia “did all the right things” to investigate Khashoggi’s death, which he described as “painful”. This was his first visit to the United States since the assassination, an event that deeply strained ties between Washington and Riyadh. Trump pushed back on Tuesday when a reporter raised a question about the Khashoggi killing. He responded by saying the journalist she mentioned was a highly divisive figure and that many people did not like him. Trump added that, regardless of opinions about Khashoggi, “things happen,” and insisted that the crown prince had no role in the murder. He told the reporter not to put their guest in an uncomfortable position. “You don’t have to embarrass our guests,” Trump said. Responding to the question Prince Mohammed said Saudi Arabia had taken every proper step in its investigation, describing the killing as painful and a serious mistake. A US intelligence report released in 2021 duringformer president Joe Biden’s term found that the crown prince had approved a plan to “capture or kill” Khashoggi in Istanbul. During Trump’s first term, his administration chose not to make the report public. After the killing, several Saudi officials were sanctioned, but the measures did not directly target the crown prince. Saudi Arabia dismissed the report as false and unacceptable. On Tuesday, Khashoggi’s widow urged the crown prince to apologise for her husband’s murder, saying it could not be excused. She posted on X that he had said he was sorry, and therefore should meet her, apologise directly and compensate her. She now lives in the Washington DC area under political asylum. Former US president Biden did not host the crown prince and once vowed to isolate Saudi Arabia over its human rights record. However, in 2022, Biden travelled to the kingdom to secure cooperation on other key issues.</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>Who is Alexandr Wang? 28-year-old hired for 14 billion US dollar by Mark Zukerberg to lead Meta superintelligence labs</t>
+          <t>Indian student death case: Aussie teen behind Deepinderjeet Singh’s fatal drowning granted suspended sentence</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>No synopsis available</t>
+          <t>Indian student Deepinderjeet Singh drowned after a bag-snatching attempt in Australia last year. The latest verdict in his death-related case has sparked outrage.</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>No date available</t>
+          <t>2025-11-19T08:55:08+05:30</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/life/technology-who-is-alexandr-wang-28-year-old-hired-for-14-billion-us-dollar-by-mark-zukerberg-to-lead-meta-superintelligence-labs-4063832/</t>
+          <t>https://www.financialexpress.com/world-news/indian-student-death-case-aussie-teen-behind-deepinderjeet-singhs-fatal-drowning-granted-suspended-sentence/4049077/</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>Indian studentDeepinderjeet Singh, 27, died in a fatal drowning incident in Australia last year. A 19-year-old from the city Hobart has since been sentenced to four years in prison, according to Australian reports. The development in the Indian student’s drowning death case has particularly sparked outrage this past week. According to Australia’s ABC news outlet, the held responsible for the robbery-fuelled death pleaded guilty to Singh’s fatal drowning. At the time of the incident, the person was 17 years old. Singh was in theAustraliancity Hobart to study at the University of Tasmania. The final two years of offender’s sentence have now been suspended, with new orders to complete 100 hours of community service. The now-19-year-old wrongdoer has also been told to report regularly to a probation officer and stay off alcohol. Yet to be named in public reports due to legal reasons, the individual recently appeared in the Supreme court of Tasmania. In light of the offender’s young age, the decided-upon condition have been held up to drive the attention towards his rehabilitations, according to Chief Justice Christopher Shanahan. “These are not normal conditions … if you breach these conditions, you may be brought back for re-sentencing,” the chief justice said Friday. Seeing the unusual extent of support from the offender’s friends and family at the supreme court, Shanahan added, “Nothing can bring back the life that has been taken, but this gives you the best chance at rehabilitation … whether you take it, that is up to you.” The chief justice also believed that the offender has displayed genuine remorse over what happened. As a result, the teenager is scheduled to be released from Ashley Youth Detention Centre in early 2026, according to the Pulse Tasmania. On January 29, 2024, Singh was out on a first date with a woman he’d met online. They were sitting on Hobart’s waterfront when the then-17-year-old pushed both of them into the water in an attempt to steal the lady’s bag. According to Australian report, neither of the two knew how to swim. Nonetheless, the woman was saved after having fortunately clung to a nearby railing. A different fate befell Singh. Despite some bystanders trying their all rescue him at the time, the 27-year-old was ultimately found unresponsive in the water. An autopsy eventually linked his death to drowning. A total of four people, including three teens and an adult, were arrested in connection with the incident in 2024. They were all charged with aggravated robbery, with the then-17-year-old being charged with manslaughter as well. As per the Supreme Court, the teen in question was fishing with his friends and family when someone among his acquaintances urged him to push Singh and the woman into the water and snatch the latter’s handbag. At the time, the teen is said to have fled the scene in a vehicle, as per Pulse Tasmania. He eventually called a relative saying, ““I f—ing pushed them in. I got the f—ing bag.” Chips and chocolate were bought at Kmart using the stolen credit card. The gravity of the situation only hit the person when the news of Singh’s death hit social media. The regret-ridden individual then told acquaintances, “What have I done? And why do I let people talk me into things?”</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>MCD By-Election Results 2025 Winners List: Complete list of AAP, BJP, Congress Delhi MCD bypolls winners</t>
+          <t>De De Pyaar De 2 box office day 5: Ajay Devgn’s rom-com stays unstoppable, storms past Rs 60 crore worldwide</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Delhi MCD By-Poll Election 2025 Results Full Winners List: Voting was reported as largely peaceful, with no serious technical glitches in EVMs or law-and-order disturbances, as security forces and election staff managed polling at over 500 booths across the city.</t>
+          <t>De De Pyaar De 2 box office collection: The Ajyar Devgn-R Madhavan duo comeback has been received well by the De De Pyaar De fans.</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>2025-12-03T10:23:02+05:30</t>
+          <t>2025-11-19T07:57:38+05:30</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/india-news/mcd-by-election-results-2025-winners-list-delhi-mcd-bypolls-bjp-aap-congress-shalimar-bagh-chandni-chowk-mcd/4063823/</t>
+          <t>https://www.financialexpress.com/life/entertainment-de-de-pyaar-de-2-box-office-day-5-ajay-devgns-rom-com-grosses-over-rs-60-crore-worldwide-4049044/</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>MCD Election Results 2025 Full Winner Candidate List: In a first test for Chief MinisterRekha Gupta-ledBJPgovernment in Delhi, the MCD bypolls in the national capital will give an outlook as to if people are happy with the saffron party or not. The results are coming out across the 12 seats, and would paint a picture of how strongly the BJP and AAP continue to connect with urban voters. It would also tell the how the Congress is performing on the ground ahead of the full MCD elections due in 202 The Aam Aadmi PartyAam Aadmi Party(AAP), which lost its glory in the Delhi assembly elections. The Delhi MCD by-elections 2025 were held to fill 12 vacant seats in the Municipal Corporation of Delhi after 11 councillors moved to the Delhi Assembly and one to Parliament. Polling took place on 30 November 2025 across wards including Greater Kailash, Shalimar Bagh B, Ashok Vihar, Chandni Chowk, Chandni Mahal, Dwarka B, Dichaon Kalan, Naraina, Sangam Vihar A, Dakshin Puri, Mundka and Vinod Nagar, with major parties BJP, AAP andCongressfielding 51 candidates in total. The overall voter turnout was 38.51%, which was lower than the 50.47% recorded in the 2022 full MCD polls. Voting was reported as largely peaceful, with no serious technical glitches in EVMs or law-and-order disturbances, as security forces and election staff managed polling at over 500 booths across the city. The bypolls are seen as a barometer of public sentiment after the Bharatiya Janata Party’s sweeping win in the 2025 Delhi Assembly elections and as the first major municipal test for Chief Minister Rekha Gupta’s leadership and “Viksit Delhi” agenda. Of the 12 wards, nine were previously held by the BJP and three by AAP, so even small shifts can affect the balance in the 250-member MCD House, where BJP currently holds a narrow majority over AAP, with Congress and smaller parties playing a supporting role.</t>
+          <t>De De Pyaar De 2 box office collection day 5:Ajay Devgnis back again, and not as a cop this time. Returning to the romantic-comedy genre, Devgn continues the De De Pyaar De series with the sequel, which was released on Friday, November 14. Set to complete a week on the big screen, De De Pyaar De 2 has received wide acclaim from its fans and new audiences worldwide. De De Pyaar De 2has had a smooth-sailing weekend and is ready for another, as the week progresses. Stuck in the middle of societal expectations and family pressures, a ‘young’ couple struggles to seal the deal. Rakul Preet Singh, playing the significantly younger partner for Ajay Devgn, they set out to convince their families to bless their union in their signature romantically comic way.R Madhavan, the ‘father of the bride’, is sceptical of the characters’ age gap and becomes the primary challenge to their marriage. Interestingly, Anil Kapoor, was supposed to play the role, but was later replaced by Madhavan. After a decent opening day of Rs 8.75 crore, De De Pyaar De 2 saw a sudden 40% jump for its first Saturday. Entering the debut weekend on a high note, the Ajay Devgn-R Madhavan starrer made over Rs 12 crore. With Sunday came a 12% spike, taking the total De De Pyaar De 2 weekend collection to more than Rs 25 crore alone. As the weekday slump kicked in, the collections of De De Pyaar De 2 saw a 69% decline. After collecting Rs 4.25 crore on Monday, the film made Rs 5 crore on its fifth day, Tuesday. According to these Sacnilk numbers, the domestic collection for De De Pyaar De 2 inched towards the Rs 50 crore mark, with Rs 44 crore in the kitty. Globally, the internationalbox office collection for De De Pyaar De 2totalled more than Rs 60 crore across the five days since its theatrical release. Occupancy rates remained relatively healthy, as night shows filled nearly 30% of the seats. But overall, it remained just above 16.5% across the 5000 shows running across India. The Anshul Sharma directorial also stars R Madhavan, Ishita Dutta, Meezaan Jaffrey, Javed Jaffrey, and Gautami Kapoor in key roles.</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>SC upholds SEBI’s Rs 30 lakh penalty on Reliance Industries for delayed Jio-Facebook disclosure</t>
+          <t>US housing crash predictor Michael Burry ‘still active in markets’ after recent hedge fund exit</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>The Supreme Court dismissed Reliance Industries’ appeal and upheld SEBI’s Rs 30 lakh penalty for failing to promptly clarify media reports on the Facebook-Jio stake sale</t>
+          <t>Michael Burry, who predicted the 2008 US housing market crash and ultimately profited from it, is not going anywhere. Here's what we know.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>2025-12-03T09:52:05+05:30</t>
+          <t>2025-11-19T07:40:11+05:30</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/industry-sc-upholds-sebis-rs-30-lakh-penalty-on-reliance-for-delayed-jio-facebook-disclosure-4063762/</t>
+          <t>https://www.financialexpress.com/business/investing-abroad-us-housing-crash-predictor-michael-burry-still-active-in-markets-after-recent-hedge-fund-exit-4049043/</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>TheSupreme Courton Tuesday dismissed an appeal ofReliance Industriesand two of its officials against a Securities Appellate Tribunal’s decision upholding a penalty imposed by markets regulatorSEBIfor not making prompt clarification to stock exchange about theJio–Facebookdeal. “The bigger the company, the greater the responsibility. You must meticulously comply with the regulations,” a bench comprising Chief Justice Surya Kant and Justice Joymalya Bagchi observed during the hearing. The top court declined to interfere with the Securities Appellate Tribunal (SAT) ruling and effectively affirmed SEBI’s findings that Reliance Industries (RIL) and its compliance officers failed to promptly disclose unpublished price-sensitive information (UPSI) concerning the high-profile stake sale. In June 2022, theSecurities and Exchange Board of India (SEBI)imposed a penalty totalling Rs 30 lakh on RIL and two individuals, Savithri Parekh and K Sethuraman, for not making prompt clarification to the stock exchange pertaining to the Jio-Facebook deal, which was disclosed through media reports. The SEBI penalty was upheld by the SAT on May 2, 2025. “In our considered view, the conclusion drawn by the SEBI with respect to the violation of the 2015 regulation, whereby there is a statutory embargo on insider trading, we are satisfied that there is no case made out for interference. That apart, the issues dealt with by the SEBI and the SAT are substantially issues of fact giving rise to no substantial question of law for consideration by this court,” the bench said in the order. The top court said the SAT findings did not merit interference and moreover, no question of law was there needing adjudication. During the hearing, the counsel for RIL said that the firm had complied with the regulations and there was no insider training or unlawful gains. The prior selective news leaks about the Facebook-Jio deal should not be a ground to impose liability on the company, he said. He also said there was no obligation on any listed firm to “verify, confirm or deny such market rumours” under relevant regulations. “The moment this news came thatFacebookis making such a huge investment, if it was not correct, you should have immediately denied. If everybody knows that such a huge investment is coming, the market price will rise on speculation. You are the best person to say if it is correct or not,” the CJI said during the hearing. SEBI’s adjudicating officer had in June 2022 imposed the Rs 30 lakh combined penalty after concluding that RIL violated Principle 4 of Schedule A of the Prohibition of Insider Trading (PIT) Regulations. As per Principle 4, listed companies have the obligation to make “prompt dissemination of unpublished price sensitive information that gets disclosed selectively, inadvertently or otherwise to make such information generally available”. The capital markets regulator held that the company did not issue timely confirmations or denials in response to widespread media reports in March-April 2020 speculating on Facebook’s investment in Jio Platforms. SAT upheld the SEBI’s order. “I find that the news pertaining JIO-Facebook deal came out on March 24 and 25, 2020, and the information to the stock exchanges about the media release titled ‘Facebook to invest Rs 43,574 crore in Jio Platforms for a 9.99 per cent stake’ was made on April 22, 2020, i.e. after 28 days and this calls for an appropriate penalty,” SEBI Adjudicating Officer Barnali Mukherjee had said in an order. The regulator saidReliance Industrieshad the obligation to have enveloped the unpublished price-sensitive information. However, having come to know about the selective availability of the information it was incumbent upon the company to provide due clarification on its own. Thus, Parekh and Sethurama should have clarified the exchanges on the news item, he had said. It was observed that Reliance Industries, Parekh and Sethuraman did not comply with the provision of principles of fair disclosure of UPSI, which states there should be prompt dissemination of unpublished price sensitive information that gets disclosed selectively, inadvertently or otherwise to make such information generally available and did not issue any clarification on the same as required under LODR regulations. Under the LODR (Listing Obligations and Disclosure Requirements) rules, the listed entity may on its own initiative also confirm or deny any reported event or information to stock exchanges. Accordingly, SEBI held them liable for the violation of the provisions of principles of fair disclosure for purposes of the code of practices and procedures for Fair Disclosure of UPSI under LODR regulations.</t>
+          <t>Michael Burryrecently announced he was “on to much better things Nov 25th, after his hedge fund Scion Asset Management’s registration with the US Securities and Exchange Commission (SEC)terminated earlierthis month. Despite his prior declaration on no longer managing money for external clients, the man who predicted the 2008 crash still claims to be very much active in markets. Shedding light on his current status, the American investor said in an email to Bloomberg News, “I am still running my money and active in markets.” He added, “This last go-around was always essentially a friends and family fund. I didn’t market it or treat it like most do, and I wasn’t trying to grow assets by acquiring investors I didn’t already know. I didn’t want the problems I had the first go around with Scion Capital.” The firm Burry is referring to here is one he shut down in 2008. Thereafter, he set out on the Scion Asset Management path in 2013. The high-profile investor’s Scion Asset Management exit resembles his 2008 move, in which he pulled the plug on his Scion Capital. The decision was prompted amid severe scrutiny and pressure, as clients demanded their money be returned before the housing market crashed. With a relaunch through Scion Asset Management in 2013, he decided to control the number of external clients. He has long gained the status of a cult figure on the Internet. Michael particularly became the poster child of the 2010 nonfiction book “The Big Short,” which portrays the chaos surrounding his unforgettable bet against US housing. The 2008 financial crisis eventually became the subject matter of the same-titled Hollywood flick, with Christian Bale coming in to play Burry. According to regulatory filings, Burry’s hedge fund was deregistered merely days ago. As per its most recent Form ADV filing, it managed about $155 million for 4 account in late March, the Business Insider reported. The Big Short-famed investor often dips out of the picture, only to make a resounding splash with his renewed market and economy-related predictions and warnings in the United States. In addition to making headlines for his big final decision tied to Scion Asset Management, he also shook the financial scene when the firm’s Q3 portfolio reveal. The update indicated that his fund owned bearish positions on two leadingAI stocks, Nvidia and Palantir, as of September 30. In a sharp retort, Burry hit back at Palantir CEO Alex Karp as a crossfire ensued between the two. The man who profited from the 2008 housing market crash took aim at reports suggesting he’d bet $912 million against the AI giant.</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>Inside Samantha Ruth Prabhu and Raj Nidimoru’s quiet temple wedding that stunned the internet</t>
+          <t>In pictures: PM Modi shares glimpses of spectacular Dev Deepawali celebrations in Varanasi</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/photos/lifestyle-gallery/4061845/inside-samantha-ruth-prabhu-and-raj-nidimorus-quiet-temple-wedding-that-stunned-the-internet/</t>
+          <t>https://www.financialexpress.com/photos/lifestyle-gallery/4034255/in-pictures-pm-modi-shares-glimpses-of-spectacular-dev-deepawali-in-varanasi/</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>No content available</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>In pictures: SRK, Aishwarya, Salman, Rekha and more attend Dharmendra’s emotional memorial in Mumbai</t>
+          <t>PM Modi celebrates Diwali aboard INS Vikrant with Navy personnel – In Pictures</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/photos/lifestyle-gallery/4058950/in-pictures-srk-aishwarya-salman-rekha-and-more-attend-dharmendras-emotional-memorial-in-mumbai/</t>
+          <t>https://www.financialexpress.com/photos/business-gallery/4016621/pm-modi-celebrates-diwali-aboard-ins-vikrant-with-navy-personnel-in-pictures/</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>No content available</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>Hema Malini unlocks rare memories of Dharmendra; shares never-seen pictures of the late actor</t>
+          <t>In Pictures | India gets ready for Diwali amid record shopping and rising pollution</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/photos/lifestyle-gallery/4058162/hema-malini-unlocks-rare-memories-of-dharmendra-shares-never-seen-pictures-of-the-late-actor/</t>
+          <t>https://www.financialexpress.com/photos/lifestyle-gallery/4015828/in-pictures-india-gets-ready-for-diwali-amid-record-shopping-and-rising-pollution/</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>No content available</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>Market</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:F28"/>
@@ -12821,899 +12238,899 @@
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Content</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Gold surges to six-week high as rate cut hopes rise; silver scales new record</t>
+          <t>SEBI cautions investors- ‘Digital gold products different from SEBI regulated gold products’</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Gold hits six-week high and silver reaches record as US rate cut bets rise, weaker dollar boosts bullion demand, and precious metals outlook strengthens.</t>
+          <t>SEBI has cautioned investors against buying ‘Digital Gold’ or ‘E-Gold’ from unregulated online platforms, warning that such products are lack investor protection.</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2025-12-02T17:08:39+05:30</t>
+          <t>2025-11-08T16:48:09+05:30</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities-gold-surges-to-six-week-high-as-rate-cut-hopes-rise-silver-scales-new-record-4061924/</t>
+          <t>https://www.financialexpress.com/market/sebi-cautions-investors-digital-gold-products-different-from-sebi-regulated-gold-products-4036556/</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Gold pricesclimbed to their highest level in six weeks on Monday, driven by expectations of aU.S. interest rate cutthis month and shifts inFederal Reserveleadership, while silver touched a record. Spot gold was up 0.6% at $4,255.04 per ounce as of 1054 GMT, its highest since October 21. U.S.gold futuresfor February delivery gained 0.8% to $4,290.40. Silver was up 2.2% to $57.63 per ounce after hitting an all-time high of $57.86 earlier. “Market participants are now starting to price in again a rate cut for the Fed in December, as well the expectation is the new FOMC chairman will be a dove… that is supporting investment demand for gold,” said UBS analyst Giovanni Staunovo. “Silver benefits from the same factor as gold, plus the expectation of further improving industrial demand next year.” Traders have increased December rate-cut bets over the last few weeks following softer U.S. data and dovish comments by several policymakers, including Federal Reserve Governor Christopher Waller and New York Fed President John Williams. Markets are pricing an 88% chance of a rate cut, according to the CME’s FedWatch tool. Lower borrowing costs tend to support non-yielding bullion. White House economic adviser Kevin Hassett said on Sunday that, if chosen, he would be happy to serve as the next Fed chairman. Like U.S. President Donald Trump, Hassett believes rates should be lower. Trump is likely to announce a new chair before Christmas, said Treasury Secretary Scott Bessent. The November ADP employment report on Wednesday and core U.S. Personal Consumption Expenditures September figures on Friday could give markets further cues on the Fed’s policy path. Meanwhile, the U.S. dollar fell to a two-week low, making greenback-priced bullion cheaper for holders of other currencies. “We expect gold to rise to $4,500/oz next year (and) silver to rise to $60/oz next year,” said Staunovo. Among other precious metals, platinum rose 1.6% to $1,698.85, while palladium gained 1.7% to $1,475.02.</t>
+          <t>TheSecurities and Exchange Board of India (SEBI)has issued a public statement cautioning investors  against dealing in ‘Digital Gold’ or ‘E-Gold’ products by unregulated online platforms. The market regulator said such investments are not under its regulatory framework and may pose significant risks to investors. “It has come to the notice of SEBI that some digital/online platforms are offering investors an opportunity to invest in ‘Digital Gold/E-Gold Products’. In this context, it is informed that such digital gold products are different from SEBI-regulated gold products as they are neither notified as securities nor regulated as commodity derivatives. They operate entirely outside the purview of SEBI,” the regulator said. SEBIsaid it has enabled several regulated options for investing in gold, including goldexchange-traded funds (ETFs)offered by mutual funds and electronic gold receipts (EGRs) traded on stock exchanges, and exchange-traded commodity derivative contracts. These instruments, SEBI said, are governed by its regulatory framework and can be accessed through SEBI-registered intermediaries. However, “digital gold” products being sold online are not the same as SEBI-regulatedgoldproducts. “Such digital gold products may entail significant risks for investors and may expose investors to counterparty and operational risks,” SEBI noted in the release. SEBI urged the public to be cautious and choose only SEBI-regulated instruments for gold investment. “Investors should verify whether the products and intermediaries they deal with are regulated by SEBI before making any investment,” it said. The regulator further warned that investing in such unregulated digital gold could expose investors to “counterparty and operational risks.” “None of the investor protection mechanisms under the securities market purview shall be available for investments in such Digital Gold/E-Gold products,” SEBI added.</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Oil drops to one-month low amid fresh signals of movement on Russia-Ukraine peace talks</t>
+          <t>Oil prices rise as OPEC+ pauses production hikes for Q1 amid glut fears</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>An end to the war in Ukraine could pave the way for the unwinding of Western sanctions against Moscow's energy trade, potentially adding more supply at a time when commodity prices have been battered by expectations of a glut next year.</t>
+          <t>The Organisation of the Petroleum Exporting Countries and its allies, known as OPEC+, agreed on Sunday to raise output by 137,000 barrels per day in December, the same as for October and November.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2025-11-26T07:59:51+05:30</t>
+          <t>2025-11-03T06:39:03+05:30</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities-oil-drops-to-one-month-low-amid-fresh-signals-of-movement-on-russia-ukraine-peace-talks-4056105/</t>
+          <t>https://www.financialexpress.com/market/oil-prices-rise-as-opec-pauses-production-hikes-for-q1-amid-glut-fears-4029873/</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>Oil pricessettled over 1% lower on Tuesday afterUkrainehinted that an intense diplomatic push by the U.S. administration to end Russia’s war against it could be yielding fruit. An end to the war in Ukraine could pave the way for the unwinding of Western sanctions against Moscow’s energy trade, potentially adding more supply at a time when commodity prices have been battered by expectations of a glut next year. Brent crude futures fell 89 cents, or 1.4%, to $62.48 a barrel, while U.S. West Texas Intermediate crude futures also fell 89 cents, or 1.5%, to $57.95 a barrel. Both benchmarks hit their lowest levels since October 22 during intraday trading. Ukrainian President Volodymyr Zelenskiy could visit the U.S. in the next few days to finalise a deal with U.S. PresidentDonald Trumpto end the war, Kyiv’s national security chief Rustem Umerov said. Still, Russia stressed it would not let any deal stray too far from its objectives, which helped keep oil’s losses in check as Russia’s position raises doubts about whether a formal agreement will be reached, said Ed Hayden-Briffett, oil analyst at Onyx Capital Group. The uncertainty was underscored by Russia’s barrage of missiles on the Ukrainian capital Kyiv on Tuesday, which killed six people, wounded 13, and disrupted electricity and heating systems. “It needs two to tango, and it remains unclear if Russia agrees as well,” UBS analyst Giovanni Staunovo said. The difficult part of negotiations to end the war is yet to come, with major gaps between the parties needing to be filled, analysts at oil trading advisory firm Ritterbusch and Associates cautioned. A growing consensus of experts forecasts that crude oil supply growth in 2026 will exceed gains in demand. Deutsche Bank sees a surplus of at least 2 million barrels per day next year and no clear path back to deficits even by 2027, it said in a note on Monday. A peace deal could help Russia raise oil production to its agreed OPEC+ volume, Commerzbank Research analysts said. Sanctions on Russian oil majors Rosneft and Lukoil and rules against selling oil products refined from Russian crude to Europe have pushed some Indian refiners to cut back their purchases of Russian oil. That has caused a decline in Russian oil exports and an increase in crude oil from Russia stored in tankers at sea, which would become available if a peace deal leads to lifting sanctions against Rosneft and Lukoil, Commerzbank noted. Russia has also been discussing ways to expand exports to China, Russian Deputy Prime Minister Alexander Novak said on Tuesday. U.S. crude stocks fell last week while fuel inventories rose, market sources said on Tuesday, citing American Petroleum Institute figures. U.S. crude stocks were previously estimated in a Reuters poll to have risen by 1.86 million barrels in the week ended November 21. Official stockpile data from the Energy Information Administration is due on Wednesday at 10:30 a.m. ET (1530 GMT).</t>
+          <t>Oilprices climbed in early Asian trade on Monday after OPEC+ decided to hold off production hikes in the first quarter of next year, easing rising fears of a supply glut. Brent crudefutures rose 47 cents, or 0.73%, to $65.24 a barrel by 2336 GMT after closing 7 cents higher on Friday. U.S. West Texas Intermediate crude was at $61.43 a barrel, up 45 cents, or 0.74%, after settling up 41 cents in the previous session. The Organisation of the Petroleum Exporting Countries and its allies, known as OPEC+, agreed on Sunday to raise output by 137,000 barrels per day in December, the same as for October and November. “Beyond December, due to seasonality, the eight countries also decided to pause the production increments in January, February, and March 2026,” the group said in a statement. RBC Capital analyst Helima Croft said: “There is ample ground for a cautious approach given the uncertainty over the Q1 supply picture and the anticipated demand softness.” She added that Russia remains a key supply wildcard in the wake of the U.S. imposing sanctions on Rosneft and Lukoil as well as the ongoing strikes on Russian energy infrastructure. A Ukrainian drone attack struck on Sunday the Tuapse port, one of Russia’s main Black Sea oil ports, causing a fire and damaging at least one ship. Brent and WTI fell more than 2% for a third straight month in October, hitting a five-month low on October 20 on fears of a supply glut and economic concerns about U.S. tariffs. Analysts are holding their oil price forecasts largely unchanged as rising OPEC+ output and lacklustre demand offset geopolitical risks to supply, a Reuters poll showed. Estimates of oil market surplus ranged anywhere from 0.19 to 3 million bpd. The Energy Information Administration reported on Friday that U.S. crude oil output rose 86,000 bpd to a record 13.8 million bpd in August. On Friday, President Donald Trump denied he was considering strikes inside Venezuela amid intensifying expectations that Washington may soon expand drug-trafficking-related operations.</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>SEBI cautions investors- ‘Digital gold products different from SEBI regulated gold products’</t>
+          <t>Gold prices dip Rs 1,649 weekly as Fed signals end to rate cuts, trade deal hopes rise</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>SEBI has cautioned investors against buying ‘Digital Gold’ or ‘E-Gold’ from unregulated online platforms, warning that such products are lack investor protection.</t>
+          <t>The price of 10 grams of 24-carat gold dipped Rs 4 on a daily basis on Saturday to Rs 1,20,770, according to data published by the India Bullion and Jewellers Association (IBJA).</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2025-11-08T16:48:09+05:30</t>
+          <t>2025-11-01T15:53:38+05:30</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/sebi-cautions-investors-digital-gold-products-different-from-sebi-regulated-gold-products-4036556/</t>
+          <t>https://www.financialexpress.com/market/commodities/gold-prices-dip-rs-1649-weekly-as-fed-signals-end-to-rate-cuts-trade-deal-hopes-rise/4028766/</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>TheSecurities and Exchange Board of India (SEBI)has issued a public statement cautioning investors  against dealing in ‘Digital Gold’ or ‘E-Gold’ products by unregulated online platforms. The market regulator said such investments are not under its regulatory framework and may pose significant risks to investors. “It has come to the notice of SEBI that some digital/online platforms are offering investors an opportunity to invest in ‘Digital Gold/E-Gold Products’. In this context, it is informed that such digital gold products are different from SEBI-regulated gold products as they are neither notified as securities nor regulated as commodity derivatives. They operate entirely outside the purview of SEBI,” the regulator said. SEBIsaid it has enabled several regulated options for investing in gold, including goldexchange-traded funds (ETFs)offered by mutual funds and electronic gold receipts (EGRs) traded on stock exchanges, and exchange-traded commodity derivative contracts. These instruments, SEBI said, are governed by its regulatory framework and can be accessed through SEBI-registered intermediaries. However, “digital gold” products being sold online are not the same as SEBI-regulatedgoldproducts. “Such digital gold products may entail significant risks for investors and may expose investors to counterparty and operational risks,” SEBI noted in the release. SEBI urged the public to be cautious and choose only SEBI-regulated instruments for gold investment. “Investors should verify whether the products and intermediaries they deal with are regulated by SEBI before making any investment,” it said. The regulator further warned that investing in such unregulated digital gold could expose investors to “counterparty and operational risks.” “None of the investor protection mechanisms under the securities market purview shall be available for investments in such Digital Gold/E-Gold products,” SEBI added.</t>
+          <t>Theprice of 24-carat gold(10 grams) dipped by Rs 1,649 on a weekly basis till Saturday, due to fading expectations of Federal Reserve rate cuts and hopes ofUS trade dealswith India and China. The price of 10 grams of 24-carat gold dipped Rs 4 on a daily basis on Saturday to Rs 1,20,770, according to data published by the India Bullion and Jewellers Association (IBJA). The price move at the weekend was also due to weakness in international bullion prices amid a strong dollar. Bullion has gained 3.9 per cent so far this month, withUS goldfutures for December delivery trading flat at $4,016.70 per ounce. Sentiment turned cautious after the US Federal Reserve cut its benchmark interest rate by 25 basis points to the 3.75 per cent–4 per cent range, but hinted that the rate cut might be the final one in 2025, which dampened hopes of further near-term easing. Markets are now pricing in a 74.8 per cent probability of a 25-basis-point cut from the Fed in December compared with a 91.1 per cent chance a week ago, according to the CME Group’s FedWatch tool. Meanwhile, US PresidentDonald Trumpsaid he had agreed with Chinese PresidentXi Jinpingto trim tariffs on China in exchange for Beijing cracking down on the illicit fentanyl trade, resuming US soybean purchases and keeping rare earths exports flowing. Analysts however hinted that some uncertainty remains over the durability of the deal. The yellow metal is up around 50 per cent this year, supported by strong central bank demand. “Elevated risk sentiment continues to offer support to bullion, with key levels seen near Rs 1,18,000 as support and Rs 1,24,000 as resistance. Markets now await clarity on trade balance discussions between theUS-Chinaand US-India, which are likely to set the short-term direction,” said Jateen Trivedi, VP Research Analyst – Commodity and Currency, LKP Securities. Until then, gold is expected to remain volatile within the mentioned range, he added.</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Oil prices rise as OPEC+ pauses production hikes for Q1 amid glut fears</t>
+          <t>Explainer: What’s sparking the interest in gold and silver combo FoFs</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>The Organisation of the Petroleum Exporting Countries and its allies, known as OPEC+, agreed on Sunday to raise output by 137,000 barrels per day in December, the same as for October and November.</t>
+          <t>These open-ended passive schemes are ideal for those investors who cannot decide on the optimal portfolio allocation to the two metals that have given the highest returns this year.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2025-11-03T06:39:03+05:30</t>
+          <t>2025-10-28T08:28:37+05:30</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/oil-prices-rise-as-opec-pauses-production-hikes-for-q1-amid-glut-fears-4029873/</t>
+          <t>https://www.financialexpress.com/market/commodities-explainer-whats-sparking-the-interest-in-gold-and-silver-combo-fofs-4023544/</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>Oilprices climbed in early Asian trade on Monday after OPEC+ decided to hold off production hikes in the first quarter of next year, easing rising fears of a supply glut. Brent crudefutures rose 47 cents, or 0.73%, to $65.24 a barrel by 2336 GMT after closing 7 cents higher on Friday. U.S. West Texas Intermediate crude was at $61.43 a barrel, up 45 cents, or 0.74%, after settling up 41 cents in the previous session. The Organisation of the Petroleum Exporting Countries and its allies, known as OPEC+, agreed on Sunday to raise output by 137,000 barrels per day in December, the same as for October and November. “Beyond December, due to seasonality, the eight countries also decided to pause the production increments in January, February, and March 2026,” the group said in a statement. RBC Capital analyst Helima Croft said: “There is ample ground for a cautious approach given the uncertainty over the Q1 supply picture and the anticipated demand softness.” She added that Russia remains a key supply wildcard in the wake of the U.S. imposing sanctions on Rosneft and Lukoil as well as the ongoing strikes on Russian energy infrastructure. A Ukrainian drone attack struck on Sunday the Tuapse port, one of Russia’s main Black Sea oil ports, causing a fire and damaging at least one ship. Brent and WTI fell more than 2% for a third straight month in October, hitting a five-month low on October 20 on fears of a supply glut and economic concerns about U.S. tariffs. Analysts are holding their oil price forecasts largely unchanged as rising OPEC+ output and lacklustre demand offset geopolitical risks to supply, a Reuters poll showed. Estimates of oil market surplus ranged anywhere from 0.19 to 3 million bpd. The Energy Information Administration reported on Friday that U.S. crude oil output rose 86,000 bpd to a record 13.8 million bpd in August. On Friday, President Donald Trump denied he was considering strikes inside Venezuela amid intensifying expectations that Washington may soon expand drug-trafficking-related operations.</t>
+          <t>Asset management companies have come out withgold-silvercombo Fund of Funds (FoFs) forretail investors. As it is difficult for such investors to decide on how much and when to allocate to gold or silver, these funds can help them avoid timing the market and de-risk the portfolio exposure, explains Saikat Neogi. These are Fund of Funds (FoFs) which invest in the units of goldexchange traded funds(ETFs)and silver ETFs. These open-ended passive schemes are ideal for those investors who cannot decide on the optimal portfolio allocation to the two metals that have given the highest returns this year. At present, four fund houses are offering the combo FoFs —Motilal Oswal, Mirae,Edelweiss and Kotak, which concluded its new fund offer on Monday. An in-house quantitative model determines the allocation between gold and silver based on their price movements. The model allows for periodic rebalancing, helping capture relative value shifts between gold and silver. The fund manager also adjusts the allocation based on other relevant macro factors. Individuals can invest lumpsum amounts or through systematic investment plans and the funds are benchmarked to the domesticprices of goldand silver. Unlike ETFs, it is not mandatory to have a demat account to invest in FoFs. Gold and silver offer good downside protection and tend to outperform in bear markets. Silver tends to outperform when the market is recovering from a bear phase and a combination of both offers optimal returns. As investing in precious metals offers a hedge against global uncertainties, a gold and silver FoF can offer retail investors a balanced strategy and de-risk exposure.These funds can help investors to potentially benefit from long-term appreciation in gold and silver, even with the current short-term volatility in the prices of the two metals. The combo FoF can protect against long-term downside in either of the two metals by rebalancing the portfolio. In fact, silver prices are very volatile and can remain depressed for extremely long periods. For example, silver prices in the global market fell 75% from the highs of $48 per ounce in April 2011 to the lows of $12 per ounce in March 2020 and recovered to new highs this year. Gold FoFs invest in gold ETFs, where each unit of the ETF is backed by physical gold. Similarly, silver FoFs invest in silver ETFs. Due to a significant supply deficit of physical silver in the spot market, silver ETFs are currently trading at a premium on the exchange. Once the physical supply situation stabilises, the premium is expected to normalise, which could affect short-term returns. As a result, six fund houses have suspended new investments in silver ETF FoFs, though existing SIP contributions have been allowed to continue. Silver ETFs, though, remain open for direct subscriptions. In contrast, gold ETFs have a more stable physical market and are less affected by such premiums. In the domestic market, inflows into silver ETFs have more than doubled to `14,000 crore in the January-September period, compared with `6,500 crore in the same period last year. Inflows into gold ETFs have grown 2.7 times to `19,800 crore during the same period. Gold prices have been driven by geopolitical tensions and silver too has joined the sprint on the back of strong investor inflows and tight supply in the spot market. In the last one year, domestic gold prices have risen 65% and silver prices have shot up by 95%. Over a three-year period, gold and silver have yielded 36% and 47% returns, respectively. Throughout 2025, gold dazzled the markets, recording 39 new all-time highs. However, last week, both gold and silver witnessed a sharp decline from their recent peaks, marking a potential trend reversal after historically overbought levels. In the international market, gold had fallen the most in over a decade last Wednesday and even silver recorded its steepest one-day decline since February 2021. Central banks led by China, India and Turkey have made record purchases of gold, underlining a gradual diversification away from the US dollar. On the other hand, the demand for silver has outstripped supply for five consecutive years pushing up global prices. Over half of silver demand now comes from industrial users. Just like ETFs, if gold silver FoFs are held for more than 24 months, the profit will be classified as a long-term capital gain and will be taxed at 12.5% flat without the indexation benefit. If an investor sells before that, it will be considered a short-term capital gain, added to the individual’s income and taxed at his applicable income tax slab rate. Non-resident Indians (NRIs) can invest in these gold and silver FoFs, unlike Sovereign Gold Bonds (SGB), as per RBI and FEMA norms. The tax rates for NRIs are the same as for Indian residents. However, TDS applies to gold and silver FoF on redemptions only for NRIs. In fact, sale of gold and silver in any form will attract capital gains tax, except for SGB if held till maturity of eight years.</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Gold prices dip Rs 1,649 weekly as Fed signals end to rate cuts, trade deal hopes rise</t>
+          <t>Gold breaks 9-week winning streak ahead of US inflation data – JPMorgan eyes $5,055/oz levels by 2026</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>The price of 10 grams of 24-carat gold dipped Rs 4 on a daily basis on Saturday to Rs 1,20,770, according to data published by the India Bullion and Jewellers Association (IBJA).</t>
+          <t>Gold prices eased after a record rally as traders await US CPI data and a possible Fed rate cut. Despite profit-booking, JP Morgan says bullion could average $5,000 by 2026 on persistent inflation and central-bank buying.</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2025-11-01T15:53:38+05:30</t>
+          <t>2025-10-24T18:24:46+05:30</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities/gold-prices-dip-rs-1649-weekly-as-fed-signals-end-to-rate-cuts-trade-deal-hopes-rise/4028766/</t>
+          <t>https://www.financialexpress.com/market/gold-prices-today-fall-us-cpi-fed-rate-cut-outlook-jp-morgan-forecast-2025-4020104/</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Theprice of 24-carat gold(10 grams) dipped by Rs 1,649 on a weekly basis till Saturday, due to fading expectations of Federal Reserve rate cuts and hopes ofUS trade dealswith India and China. The price of 10 grams of 24-carat gold dipped Rs 4 on a daily basis on Saturday to Rs 1,20,770, according to data published by the India Bullion and Jewellers Association (IBJA). The price move at the weekend was also due to weakness in international bullion prices amid a strong dollar. Bullion has gained 3.9 per cent so far this month, withUS goldfutures for December delivery trading flat at $4,016.70 per ounce. Sentiment turned cautious after the US Federal Reserve cut its benchmark interest rate by 25 basis points to the 3.75 per cent–4 per cent range, but hinted that the rate cut might be the final one in 2025, which dampened hopes of further near-term easing. Markets are now pricing in a 74.8 per cent probability of a 25-basis-point cut from the Fed in December compared with a 91.1 per cent chance a week ago, according to the CME Group’s FedWatch tool. Meanwhile, US PresidentDonald Trumpsaid he had agreed with Chinese PresidentXi Jinpingto trim tariffs on China in exchange for Beijing cracking down on the illicit fentanyl trade, resuming US soybean purchases and keeping rare earths exports flowing. Analysts however hinted that some uncertainty remains over the durability of the deal. The yellow metal is up around 50 per cent this year, supported by strong central bank demand. “Elevated risk sentiment continues to offer support to bullion, with key levels seen near Rs 1,18,000 as support and Rs 1,24,000 as resistance. Markets now await clarity on trade balance discussions between theUS-Chinaand US-India, which are likely to set the short-term direction,” said Jateen Trivedi, VP Research Analyst – Commodity and Currency, LKP Securities. Until then, gold is expected to remain volatile within the mentioned range, he added.</t>
+          <t>Gold prices eased on Friday and were on course for their first weekly decline in nine weeks, weighed down by a stronger US dollar and investor caution ahead of keyUS inflation datadue later in the day. Spot gold fell 0.2% to $4,116.09 per ounce as of 0504 GMT, while US gold futures for December delivery slipped 0.4% to $4,131.10 per ounce, according to Reuters. Bullion has lost about 3% so far this week, its steepest fall since mid-May as traders booked profits after a prolonged rally that drove prices to record highs earlier this month. The dollar index gained for a third consecutive session, making gold more expensive for non-US buyers and dampening sentiment. “A meeting between the US and Chinese leaders stands a decent chance of de-escalating trade tensions, which is aiding the dollar and drying up some safe-haven demand for gold,” said Tim Waterer, Chief Market Analyst at KCM Trade, as reported by Reuters. The White House confirmed thatUS President Donald Trumpwill meet Chinese President Xi Jinping next week during his Asia trip, a move that could ease trade tensions that have dragged on global growth. Market attention was now centered on theUS Consumer Price Index(CPI) data, expected to show core inflation holding at 3.1% in September. The report, delayed by the government shutdown, will set the tone for theFederal Reservemeeting next week, where traders have nearly priced in a 25-basis-point rate cut, Reuters reported. “From gold’s perspective, a tame CPI print would be welcomed as this would keep the Fed on track to cut rates twice before year-end,” Waterer said. “But any upside surprises in inflation would likely see the dollar gain further traction higher, which could be to the detriment of gold.” Gold tends to perform better when interest rates are low, as it reduces the opportunity cost of holding non-yielding assets. A stronger inflation reading, however, could strengthen the dollar and prolong the correction. Analysts said the correction was largely technical after a rapid rally that left valuations stretched. Gold-backed exchange-traded funds (ETFs) saw their largest single-day decline in holdings in five months, signaling portfolio rebalancing by institutional investors. “Gold prices fell to around $4,110 per ounce on Friday, on track to end its nine-week winning streak, pressured by heavy selling after repeatedly hitting record highs in recent sessions,” said Jigar Trivedi, Senior Research Analyst at Reliance Securities. “The metal dropped more than 5% early in the week, marking its largest intraday loss in five years.” Trivedi added that “MCX GoldDecember may drop to Rs 1,23,000 per 10 grams as the undertone in world markets is weak.” Despite the pullback, he noted that gold remains up more than 50% year-to-date, supported by trade tensions and expectations of further Fed rate cuts. The upcoming meeting between Trump and Xi has created cautious optimism among traders. Hopes of progress in trade negotiations have reduced near-term demand for safe-haven assets. “Gold prices are set to break their nine-week winning streak after a sharp decline from recent highs,” said Darshan Desai, CEO of Aspect Bullion &amp; Refinery. “The drop comes as investors book profits amid stretched valuations, renewed optimism over a potential US-China trade deal, and a stronger US dollar. “Looking ahead, markets will focus on the release of US CPI data later today, updates on the US government shutdown, and next week’s meeting between US President Donald Trump and Chinese President Xi Jinping. A successful trade agreement between the two nations could put additional downward pressure on gold prices, while any escalation in US-Russia tensions or sanctions could help support prices at lower levels,” Desai said. Meanwhile, the US has imposed new sanctions on Russia, aiming to push Moscow toward a ceasefire in Ukraine. Analysts said the geopolitical backdrop remains complex and could keep volatility high across commodities. Despite the pullback, global investment bankJPMorganhas reiterated its bullish stance, forecasting that gold will average $5,055 per ounce by the fourth quarter of 2026, as reported by Reuters. The forecast assumes sustained investor interest and central-bank purchases averaging 566 tonnes a quarter in 2026. “Gold remains our highest conviction long for the year, and we see further upside as the market enters a Fed rate-cutting cycle,” said Natasha Kaneva, Head of Global Commodities Strategy at JP Morgan. Gregory Shearer, Head of Base &amp; Precious Metals Strategy, added that the combination of “a Fed cutting cycle with overlays of stagflation anxiety, concerns around Fed independence, and broader debasement hedging” supports continued upside. The bank also emphasized that the recent rally is not purely a de-dollarisation move. “The rally is not a de-dollarization or debasement story, but it is most likely a dollar diversification story,” JP Morgan said, noting that foreign investors are gradually reallocating small portions of their US asset holdings into gold. JPMorgan analysts described the latest pullback as a “healthy consolidation” after rapid price gains since August. “It’s normal if you’re paralyzed with fear, because the price moved so fast,” Kaneva said. “It’s just a very clean story. You have a lot of buyers, and you have no sellers.” The bank maintained a long-term target of $6,000 per ounce by 2028, urging investors to adopt a multi-year view rather than focusing on short-term volatility. Among other precious metals, spot silver fell 0.5% to $48.67 per ounce, marking a 6% weekly decline, the sharpest since March. Platinum gained 0.3% to $1,630.60, while palladium slipped 1.8% to $1,430.35, Reuters reported. The divergence noted that while gold and silver trade largely on macro and monetary cues, industrial metals such as platinum and palladium are more sensitive to manufacturing and supply trends. Market watchers largely view this week’s decline as a pause rather than the start of a reversal. With inflation uncertainty, monetary easing expectations, and geopolitical risks still in play, analysts believe gold’s structural uptrend remains intact. For now, all eyes are on the CPI release. A softer print could reignite the rally by bolstering rate-cut bets, while a hotter reading might deepen the correction. Still, the broad takeaway from both brokers and global banks is clear: gold’s short-term weakness does little to dim its long-term shine.</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Explainer: What’s sparking the interest in gold and silver combo FoFs</t>
+          <t>Oil prices dip after surge, remain on track for weekly gain amid supply fears</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>These open-ended passive schemes are ideal for those investors who cannot decide on the optimal portfolio allocation to the two metals that have given the highest returns this year.</t>
+          <t>Brent crude futures fell 17 cents, or 0.3%, to $65.82 by 0024 GMT. U.S. West Texas Intermediate crude futures were down 17 cents, or 0.3%, at $61.62.</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2025-10-28T08:28:37+05:30</t>
+          <t>2025-10-24T07:37:58+05:30</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities-explainer-whats-sparking-the-interest-in-gold-and-silver-combo-fofs-4023544/</t>
+          <t>https://www.financialexpress.com/market/commodities-oil-prices-dip-after-surge-remain-on-track-for-weekly-gain-amid-supply-fears-4019789/</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>Asset management companies have come out withgold-silvercombo Fund of Funds (FoFs) forretail investors. As it is difficult for such investors to decide on how much and when to allocate to gold or silver, these funds can help them avoid timing the market and de-risk the portfolio exposure, explains Saikat Neogi. These are Fund of Funds (FoFs) which invest in the units of goldexchange traded funds(ETFs)and silver ETFs. These open-ended passive schemes are ideal for those investors who cannot decide on the optimal portfolio allocation to the two metals that have given the highest returns this year. At present, four fund houses are offering the combo FoFs —Motilal Oswal, Mirae,Edelweiss and Kotak, which concluded its new fund offer on Monday. An in-house quantitative model determines the allocation between gold and silver based on their price movements. The model allows for periodic rebalancing, helping capture relative value shifts between gold and silver. The fund manager also adjusts the allocation based on other relevant macro factors. Individuals can invest lumpsum amounts or through systematic investment plans and the funds are benchmarked to the domesticprices of goldand silver. Unlike ETFs, it is not mandatory to have a demat account to invest in FoFs. Gold and silver offer good downside protection and tend to outperform in bear markets. Silver tends to outperform when the market is recovering from a bear phase and a combination of both offers optimal returns. As investing in precious metals offers a hedge against global uncertainties, a gold and silver FoF can offer retail investors a balanced strategy and de-risk exposure.These funds can help investors to potentially benefit from long-term appreciation in gold and silver, even with the current short-term volatility in the prices of the two metals. The combo FoF can protect against long-term downside in either of the two metals by rebalancing the portfolio. In fact, silver prices are very volatile and can remain depressed for extremely long periods. For example, silver prices in the global market fell 75% from the highs of $48 per ounce in April 2011 to the lows of $12 per ounce in March 2020 and recovered to new highs this year. Gold FoFs invest in gold ETFs, where each unit of the ETF is backed by physical gold. Similarly, silver FoFs invest in silver ETFs. Due to a significant supply deficit of physical silver in the spot market, silver ETFs are currently trading at a premium on the exchange. Once the physical supply situation stabilises, the premium is expected to normalise, which could affect short-term returns. As a result, six fund houses have suspended new investments in silver ETF FoFs, though existing SIP contributions have been allowed to continue. Silver ETFs, though, remain open for direct subscriptions. In contrast, gold ETFs have a more stable physical market and are less affected by such premiums. In the domestic market, inflows into silver ETFs have more than doubled to `14,000 crore in the January-September period, compared with `6,500 crore in the same period last year. Inflows into gold ETFs have grown 2.7 times to `19,800 crore during the same period. Gold prices have been driven by geopolitical tensions and silver too has joined the sprint on the back of strong investor inflows and tight supply in the spot market. In the last one year, domestic gold prices have risen 65% and silver prices have shot up by 95%. Over a three-year period, gold and silver have yielded 36% and 47% returns, respectively. Throughout 2025, gold dazzled the markets, recording 39 new all-time highs. However, last week, both gold and silver witnessed a sharp decline from their recent peaks, marking a potential trend reversal after historically overbought levels. In the international market, gold had fallen the most in over a decade last Wednesday and even silver recorded its steepest one-day decline since February 2021. Central banks led by China, India and Turkey have made record purchases of gold, underlining a gradual diversification away from the US dollar. On the other hand, the demand for silver has outstripped supply for five consecutive years pushing up global prices. Over half of silver demand now comes from industrial users. Just like ETFs, if gold silver FoFs are held for more than 24 months, the profit will be classified as a long-term capital gain and will be taxed at 12.5% flat without the indexation benefit. If an investor sells before that, it will be considered a short-term capital gain, added to the individual’s income and taxed at his applicable income tax slab rate. Non-resident Indians (NRIs) can invest in these gold and silver FoFs, unlike Sovereign Gold Bonds (SGB), as per RBI and FEMA norms. The tax rates for NRIs are the same as for Indian residents. However, TDS applies to gold and silver FoF on redemptions only for NRIs. In fact, sale of gold and silver in any form will attract capital gains tax, except for SGB if held till maturity of eight years.</t>
+          <t>U.S.crudefutures eased in early trade on Friday, trimming part of the previous day’s surge but remaining on track for a weekly gain, as fresh U.S. sanctions on Russia’s two biggest oil companies over the war in Ukraine fuelled supply concerns. Brent crudefutures fell 17 cents, or 0.3%, to $65.82 by 0024 GMT. U.S. West Texas Intermediate crude futures were down 17 cents, or 0.3%, at $61.62. Both benchmarks jumped more than 5% on Thursday and were set for about a 7% weekly gain, the biggest since mid-June. Russian President Vladimir Putin remained defiant on Thursday after U.S. President Donald Trump hit Russia’s Rosneft and Lukoil with sanctions to pressure the Kremlin leader to end the war in Ukraine. Rosneft and Lukoil together account for more than 5% of global oil output. The U.S. sanctions prompted Chinese state oil majors to suspend Russian oil purchases in the short term, trade sources told Reuters. Refiners in India, the largest buyer of seaborne Russian oil, are set to sharply cut their crude imports, according to industry sources. “Buying driven by supply tightness concerns over U.S. sanctions on Russia has subsided,” said Satoru Yoshida, a commodity analyst with Rakuten Securities. “With OPEC holding spare capacity, a one-sided rally is unlikely,” he said, predicting that WTI is expected to trade within about $5 above or below $65. Kuwait’s oil minister said that the Organization of the Petroleum Exporting Countries would be ready to offset any shortage in the market by rolling back output cuts. The U.S. said it was prepared to take further action, while Putin derided the sanctions as an unfriendly act, saying they would not significantly affect the Russian economy and talked up Russia’s importance to the global market. European Union countries also approved a 19th package of sanctions on Moscow that included a ban on Russian liquefied natural gas imports, while Britain hit Rosneft and Lukoil with sanctions last week. Russia was the world’s second-biggest crude oil producer in 2024 after the U.S., according to U.S. energy data. Investors are also focusing on a planned meeting between Trump and Chinese President Xi Jinping next week. Trade tensions between Washington and Beijing have been escalating, marked by tit-for-tat retaliatory measures announced by both sides.</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Gold breaks 9-week winning streak ahead of US inflation data – JPMorgan eyes $5,055/oz levels by 2026</t>
+          <t>Gold rally a ‘red alert that global order is fracturing’, expert shares 9 warning signs</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Gold prices eased after a record rally as traders await US CPI data and a possible Fed rate cut. Despite profit-booking, JP Morgan says bullion could average $5,000 by 2026 on persistent inflation and central-bank buying.</t>
+          <t>Sujit Bangar, founder of Tax Buddy, has warned that this trend is a warning signal - 'A red alert that the global order may be fracturing at its core.'</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2025-10-24T18:24:46+05:30</t>
+          <t>2025-10-23T10:58:05+05:30</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/gold-prices-today-fall-us-cpi-fed-rate-cut-outlook-jp-morgan-forecast-2025-4020104/</t>
+          <t>https://www.financialexpress.com/market/commodities-gold-rally-a-red-alert-that-global-order-is-fracturing-expert-shares-9-warning-signs-4018897/</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>Gold prices eased on Friday and were on course for their first weekly decline in nine weeks, weighed down by a stronger US dollar and investor caution ahead of keyUS inflation datadue later in the day. Spot gold fell 0.2% to $4,116.09 per ounce as of 0504 GMT, while US gold futures for December delivery slipped 0.4% to $4,131.10 per ounce, according to Reuters. Bullion has lost about 3% so far this week, its steepest fall since mid-May as traders booked profits after a prolonged rally that drove prices to record highs earlier this month. The dollar index gained for a third consecutive session, making gold more expensive for non-US buyers and dampening sentiment. “A meeting between the US and Chinese leaders stands a decent chance of de-escalating trade tensions, which is aiding the dollar and drying up some safe-haven demand for gold,” said Tim Waterer, Chief Market Analyst at KCM Trade, as reported by Reuters. The White House confirmed thatUS President Donald Trumpwill meet Chinese President Xi Jinping next week during his Asia trip, a move that could ease trade tensions that have dragged on global growth. Market attention was now centered on theUS Consumer Price Index(CPI) data, expected to show core inflation holding at 3.1% in September. The report, delayed by the government shutdown, will set the tone for theFederal Reservemeeting next week, where traders have nearly priced in a 25-basis-point rate cut, Reuters reported. “From gold’s perspective, a tame CPI print would be welcomed as this would keep the Fed on track to cut rates twice before year-end,” Waterer said. “But any upside surprises in inflation would likely see the dollar gain further traction higher, which could be to the detriment of gold.” Gold tends to perform better when interest rates are low, as it reduces the opportunity cost of holding non-yielding assets. A stronger inflation reading, however, could strengthen the dollar and prolong the correction. Analysts said the correction was largely technical after a rapid rally that left valuations stretched. Gold-backed exchange-traded funds (ETFs) saw their largest single-day decline in holdings in five months, signaling portfolio rebalancing by institutional investors. “Gold prices fell to around $4,110 per ounce on Friday, on track to end its nine-week winning streak, pressured by heavy selling after repeatedly hitting record highs in recent sessions,” said Jigar Trivedi, Senior Research Analyst at Reliance Securities. “The metal dropped more than 5% early in the week, marking its largest intraday loss in five years.” Trivedi added that “MCX GoldDecember may drop to Rs 1,23,000 per 10 grams as the undertone in world markets is weak.” Despite the pullback, he noted that gold remains up more than 50% year-to-date, supported by trade tensions and expectations of further Fed rate cuts. The upcoming meeting between Trump and Xi has created cautious optimism among traders. Hopes of progress in trade negotiations have reduced near-term demand for safe-haven assets. “Gold prices are set to break their nine-week winning streak after a sharp decline from recent highs,” said Darshan Desai, CEO of Aspect Bullion &amp; Refinery. “The drop comes as investors book profits amid stretched valuations, renewed optimism over a potential US-China trade deal, and a stronger US dollar. “Looking ahead, markets will focus on the release of US CPI data later today, updates on the US government shutdown, and next week’s meeting between US President Donald Trump and Chinese President Xi Jinping. A successful trade agreement between the two nations could put additional downward pressure on gold prices, while any escalation in US-Russia tensions or sanctions could help support prices at lower levels,” Desai said. Meanwhile, the US has imposed new sanctions on Russia, aiming to push Moscow toward a ceasefire in Ukraine. Analysts said the geopolitical backdrop remains complex and could keep volatility high across commodities. Despite the pullback, global investment bankJPMorganhas reiterated its bullish stance, forecasting that gold will average $5,055 per ounce by the fourth quarter of 2026, as reported by Reuters. The forecast assumes sustained investor interest and central-bank purchases averaging 566 tonnes a quarter in 2026. “Gold remains our highest conviction long for the year, and we see further upside as the market enters a Fed rate-cutting cycle,” said Natasha Kaneva, Head of Global Commodities Strategy at JP Morgan. Gregory Shearer, Head of Base &amp; Precious Metals Strategy, added that the combination of “a Fed cutting cycle with overlays of stagflation anxiety, concerns around Fed independence, and broader debasement hedging” supports continued upside. The bank also emphasized that the recent rally is not purely a de-dollarisation move. “The rally is not a de-dollarization or debasement story, but it is most likely a dollar diversification story,” JP Morgan said, noting that foreign investors are gradually reallocating small portions of their US asset holdings into gold. JPMorgan analysts described the latest pullback as a “healthy consolidation” after rapid price gains since August. “It’s normal if you’re paralyzed with fear, because the price moved so fast,” Kaneva said. “It’s just a very clean story. You have a lot of buyers, and you have no sellers.” The bank maintained a long-term target of $6,000 per ounce by 2028, urging investors to adopt a multi-year view rather than focusing on short-term volatility. Among other precious metals, spot silver fell 0.5% to $48.67 per ounce, marking a 6% weekly decline, the sharpest since March. Platinum gained 0.3% to $1,630.60, while palladium slipped 1.8% to $1,430.35, Reuters reported. The divergence noted that while gold and silver trade largely on macro and monetary cues, industrial metals such as platinum and palladium are more sensitive to manufacturing and supply trends. Market watchers largely view this week’s decline as a pause rather than the start of a reversal. With inflation uncertainty, monetary easing expectations, and geopolitical risks still in play, analysts believe gold’s structural uptrend remains intact. For now, all eyes are on the CPI release. A softer print could reignite the rally by bolstering rate-cut bets, while a hotter reading might deepen the correction. Still, the broad takeaway from both brokers and global banks is clear: gold’s short-term weakness does little to dim its long-term shine.</t>
+          <t>Reserve Bank’s gold reserves have crossed 880 metric tonnes, with total value of USD 95 billion as of September 26, 2025. It’s not just India central banks across the world added 3,16,000 kg of gold over the past year, whilegold pricessurged 63%. The central bank’s bulletin has highlighted that rise in international gold prices, driven by heightened global economic and geopolitical uncertainty encouraged safe haven buying. Sujit Bangar, founder of Tax Buddy, has warned that this trend is a warning signal – ‘A red alert that the global order may be fracturing at its core.’ Concluding the post, Bangar noted that this is not about greed, but about fear, faith, and fragility. “Every Tone bought is a vote against uncertainty. And until trust returns to currencies, gold will keep shining,” he said.</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Oil prices dip after surge, remain on track for weekly gain amid supply fears</t>
+          <t>A gold flight to safety has its limits</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Brent crude futures fell 17 cents, or 0.3%, to $65.82 by 0024 GMT. U.S. West Texas Intermediate crude futures were down 17 cents, or 0.3%, at $61.62.</t>
+          <t>Gold is a safe haven in times of
+uncertainty, but if gold prices reach very high levels, as they have thus far, a correction would be inevitable, says Dr Duvvuri Subbarao, economist and former governor of the Reserve Bank of India.</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2025-10-24T07:37:58+05:30</t>
+          <t>2025-10-23T09:54:33+05:30</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities-oil-prices-dip-after-surge-remain-on-track-for-weekly-gain-amid-supply-fears-4019789/</t>
+          <t>https://www.financialexpress.com/market/commodities-a-gold-flight-to-safety-has-its-limits-4018765/</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>U.S.crudefutures eased in early trade on Friday, trimming part of the previous day’s surge but remaining on track for a weekly gain, as fresh U.S. sanctions on Russia’s two biggest oil companies over the war in Ukraine fuelled supply concerns. Brent crudefutures fell 17 cents, or 0.3%, to $65.82 by 0024 GMT. U.S. West Texas Intermediate crude futures were down 17 cents, or 0.3%, at $61.62. Both benchmarks jumped more than 5% on Thursday and were set for about a 7% weekly gain, the biggest since mid-June. Russian President Vladimir Putin remained defiant on Thursday after U.S. President Donald Trump hit Russia’s Rosneft and Lukoil with sanctions to pressure the Kremlin leader to end the war in Ukraine. Rosneft and Lukoil together account for more than 5% of global oil output. The U.S. sanctions prompted Chinese state oil majors to suspend Russian oil purchases in the short term, trade sources told Reuters. Refiners in India, the largest buyer of seaborne Russian oil, are set to sharply cut their crude imports, according to industry sources. “Buying driven by supply tightness concerns over U.S. sanctions on Russia has subsided,” said Satoru Yoshida, a commodity analyst with Rakuten Securities. “With OPEC holding spare capacity, a one-sided rally is unlikely,” he said, predicting that WTI is expected to trade within about $5 above or below $65. Kuwait’s oil minister said that the Organization of the Petroleum Exporting Countries would be ready to offset any shortage in the market by rolling back output cuts. The U.S. said it was prepared to take further action, while Putin derided the sanctions as an unfriendly act, saying they would not significantly affect the Russian economy and talked up Russia’s importance to the global market. European Union countries also approved a 19th package of sanctions on Moscow that included a ban on Russian liquefied natural gas imports, while Britain hit Rosneft and Lukoil with sanctions last week. Russia was the world’s second-biggest crude oil producer in 2024 after the U.S., according to U.S. energy data. Investors are also focusing on a planned meeting between Trump and Chinese President Xi Jinping next week. Trade tensions between Washington and Beijing have been escalating, marked by tit-for-tat retaliatory measures announced by both sides.</t>
+          <t>In times of uncertainty with faith shaken globally in paper wealth, expect agoldrush – it is a sage counsel “not of an age, but for all time.” The good old bard of Avon cautioned against falling for all things that glitter but Indian women knew better and the central bankers globally have endorsed their wisdom with unprecedented investments in gold. In keeping with the trends globally and increasingly in the Eastern part of the planet, theReserve Bank of Indiahas also seen its gold reserves cross 880 metric tonnes in the first half of 2025-26 with the central bank adding 0.2 metric tonnes in the last week of September. But what are the options when uncertainty looms large and the high price of gold begins to hurt? “Gold is a flight to safety in times of uncertainty. It is a safe haven in such times but there is a limit to which it can be seen as a safe haven and at some point there is bound to be a correction and it is hard to say if it will be a violent correction or a gradual one,” says Dr Duvvuri Subbarao, economist, author and the former governor of the Reserve Bank of India. The gold prices did in fact hit a pause and have just witnessed a reversal. Typically, Dr Subbarao explains, when the dollar value goes down, the gold price go up but surprisingly now both the dollar is still holding up and so is the price of the yellow metal. A former bureaucrat, who has been closely associated with policy planning in the past but did not wish to be named, has this to say: “it is basically a feeling that no other financial asset in the present circumstances will do as well as gold. Consider this: The stock valuations are too high and do not reflect the underlying profitability and even if it is true in some big countries making a correction in the stock prices inevitable, there will be subsequent correction here in India too  and in such an environment people tend to invest in gold.” On his advice oninvestmentsinto gold, he says, “while there are enough and more experts that people to seek guidance from, I for one, would not advise anyone to buy gold at the moment as the gold prices are inflated.” On the movement thus far and the sustained demand for gold even during the Diwali festival, the former bureaucrat opines: “The people are moving away from financial assets and when you get a speculative boom in things like bitcoins and it not surprising that gold follows in lockstep, more so, it is limited in quantity and therefore bound to see its price rise.” Navneet Munot, CEO, HDFC Asset Management Company perhaps sums it up best for investors with a pithy observation: “Investors should not extrapolate last year’s returns ofgoldandsilver. Historically, they have had very long periods of underperformance and are also prone to high volatility.”</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Gold rally a ‘red alert that global order is fracturing’, expert shares 9 warning signs</t>
+          <t>Samvat 2081: Global headwinds take a toll on rupee</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Sujit Bangar, founder of Tax Buddy, has warned that this trend is a warning signal - 'A red alert that the global order may be fracturing at its core.'</t>
+          <t>The Indian Rupee was the second-worst performing Asian currency in Samvat 2081, depreciating 4.62% to close at 87.97 due to global headwinds like US tariffs and geopolitical tensions.</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2025-10-23T10:58:05+05:30</t>
+          <t>2025-10-20T00:05:51+05:30</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities-gold-rally-a-red-alert-that-global-order-is-fracturing-expert-shares-9-warning-signs-4018897/</t>
+          <t>https://www.financialexpress.com/market/commodities/samvat-2081-global-headwinds-take-a-toll-on-rupee/4015923/</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>Reserve Bank’s gold reserves have crossed 880 metric tonnes, with total value of USD 95 billion as of September 26, 2025. It’s not just India central banks across the world added 3,16,000 kg of gold over the past year, whilegold pricessurged 63%. The central bank’s bulletin has highlighted that rise in international gold prices, driven by heightened global economic and geopolitical uncertainty encouraged safe haven buying. Sujit Bangar, founder of Tax Buddy, has warned that this trend is a warning signal – ‘A red alert that the global order may be fracturing at its core.’ Concluding the post, Bangar noted that this is not about greed, but about fear, faith, and fragility. “Every Tone bought is a vote against uncertainty. And until trust returns to currencies, gold will keep shining,” he said.</t>
+          <t>In Samvat 2081, therupeeremained under pressure because of global headwinds like the US government’s tariff pressure and geopolitical tensions. As a result, it fell by 4.62% – the highest in three years and the third highest in the last decade. It would have done worse had theReserve Bank of India (RBI)not aggressively stepped in last week to stop the slide. The $5-billion intervention on a single day helped arrest the depreciation, which had gone up to 5.6% when the rupee hit a lifetime low of 88.80. The rupee finally closed at 87.97, down 4.6% for Samvat 2081. Under governor Sanjay Malhotra, the RBI was quite happy for the large part of the year to let the currency find its own levels, and help exporters, especially after tariffs were imposed. But last week, the RBI intervened when speculators continued to push the rupee towards 89. The Diwali message is clear: Speculation will not be tolerated. Said Ritesh Bhansali, deputy CEO at Mecklai Financial Services, “During Governor Shaktikanta Das’ regime, theRBIintervened almost on a daily basis to keep the rupee within a tight 10-20 paisa range. After Malhotra took charge as the governor, the RBI shifted its approach, allowing more day-to-day rupee volatility.” He added that the intervention last week helped reduce long positions. Due to this sharp fall, the rupee was the worst-performing currency among its Asian peers after the Indonesian rupiah. The Taiwanese dollar rose the most at 4.4%, followed by Malaysian ringgit at 3.6% and Thai bhat at 3.3%. The dollar weakness could not support the rupee, unlike for most other currencies. The RBI’s latest bulletin showed the real effective exchange rate (REER) dropped to 98.79 in August from 100.19 in July, its lowest since February 2019, indicating the rupee is undervalued against a basket of 40 currencies. Since the Trump administration took charge in January, the rupee has been weak due to concerns over trade tariffs. The subsequent geopolitical tensions, such as the Russia-Ukraine war and the Israel-Iran conflict, along with India-Pakistan tension, also contributed to the headwinds. When Trump imposed a 50% tariff on Indian goods, the rupee weakened further along with shocks from the H-1B visa fee hike. Further, consistent foreign outflows and higher gold prices impacted the rupee performance. Going ahead, market participants expect a trade deal by November, which can help the rupee appreciate. “If the trade deal happens, the rupee is expected to trade between 87.5 and 87.9, supported by a weak dollar,” said Madhavankutty G, chief economist, Canara Bank. Agreed Kunal Sodhani, treasury head, Shinhan Bank, “Any positive outcome on the trade front may help the rupee. But overall, a slow and steady depreciation can be expected.” According to him, it will also be important to watch out for the rupee-yuan pair. “The RBI may also look to keep a track on the Chinese yuan as China is a big exporter and competitor to India. Therefore, it may not intervene aggressively to maintain the export competitiveness,” Sodhani said.</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>A gold flight to safety has its limits</t>
+          <t>Investment demand outweighs jewellery this Dhanteras</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Gold is a safe haven in times of
-uncertainty, but if gold prices reach very high levels, as they have thus far, a correction would be inevitable, says Dr Duvvuri Subbarao, economist and former governor of the Reserve Bank of India.</t>
+          <t>Despite record high gold and silver prices (up 60-75% from last Samvat), Dhanteras 2025 saw stronger-than-expected investment demand for gold bars and coins, helping to match last year's total volume of 35-39 tons.</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2025-10-23T09:54:33+05:30</t>
+          <t>2025-10-18T22:09:12+05:30</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities-a-gold-flight-to-safety-has-its-limits-4018765/</t>
+          <t>https://www.financialexpress.com/market/commodities/investment-demand-outweighs-jewellery-this-dhanteras/4015070/</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>In times of uncertainty with faith shaken globally in paper wealth, expect agoldrush – it is a sage counsel “not of an age, but for all time.” The good old bard of Avon cautioned against falling for all things that glitter but Indian women knew better and the central bankers globally have endorsed their wisdom with unprecedented investments in gold. In keeping with the trends globally and increasingly in the Eastern part of the planet, theReserve Bank of Indiahas also seen its gold reserves cross 880 metric tonnes in the first half of 2025-26 with the central bank adding 0.2 metric tonnes in the last week of September. But what are the options when uncertainty looms large and the high price of gold begins to hurt? “Gold is a flight to safety in times of uncertainty. It is a safe haven in such times but there is a limit to which it can be seen as a safe haven and at some point there is bound to be a correction and it is hard to say if it will be a violent correction or a gradual one,” says Dr Duvvuri Subbarao, economist, author and the former governor of the Reserve Bank of India. The gold prices did in fact hit a pause and have just witnessed a reversal. Typically, Dr Subbarao explains, when the dollar value goes down, the gold price go up but surprisingly now both the dollar is still holding up and so is the price of the yellow metal. A former bureaucrat, who has been closely associated with policy planning in the past but did not wish to be named, has this to say: “it is basically a feeling that no other financial asset in the present circumstances will do as well as gold. Consider this: The stock valuations are too high and do not reflect the underlying profitability and even if it is true in some big countries making a correction in the stock prices inevitable, there will be subsequent correction here in India too  and in such an environment people tend to invest in gold.” On his advice oninvestmentsinto gold, he says, “while there are enough and more experts that people to seek guidance from, I for one, would not advise anyone to buy gold at the moment as the gold prices are inflated.” On the movement thus far and the sustained demand for gold even during the Diwali festival, the former bureaucrat opines: “The people are moving away from financial assets and when you get a speculative boom in things like bitcoins and it not surprising that gold follows in lockstep, more so, it is limited in quantity and therefore bound to see its price rise.” Navneet Munot, CEO, HDFC Asset Management Company perhaps sums it up best for investors with a pithy observation: “Investors should not extrapolate last year’s returns ofgoldandsilver. Historically, they have had very long periods of underperformance and are also prone to high volatility.”</t>
+          <t>Despite high prices, investment demand forgoldandsilveron the auspicious day of Dhanteras was stronger than expected, with bars and coins leading the demand. Jewellery demand is, however, estimated to be lower by 25-30 per cent. Surendra Mehta, National Secretary, Indian Bullion and Jewellers Association, said that “in volume terms, we estimate that we will be able to meet last year’s figure of 35 to 39 tons. However, jewellery demand is expected to be lower by 25 – 30 per cent, high investment demand for bars and coins will match the total volume.” With gold prices over 60 per cent higher than last Samvat and silver 75 per cent higher, there was apprehension in the market, but buyers continued to throng the market. In Mumbai, gold was trading at Rs 1,31,000-1,32,000 per 10 grams, while silver was quoted above Rs 1,70,000, including spot delivery premiums. However, silver bars making charges were quoted at a much higher rate than usual. Sachin Jain, Regional CEO, India, World Gold Council, said, “We are getting reports from all centres suggesting consumers are excited to buy gold this Dhanteras. Even though prices have risen, consumer confidence in gold has continued to stay strong. In fact, purchases for next quarter’s marriage season have also been advanced.” Interestingly, what is helping jewellers is buying new jewellery by recycling old jewellery. In recent quarters, 30-35 per cent demand was for exchanging old for new, but now “we see it has increased significantly and is estimated between 45 and 55 per cent,” said Sachin. In many centres, Dhanteras muhurat is for two days. This is expected to help the festive demand further. Ramesh Kalyanaraman, Executive Director, Kalyan Jewellers, said, “This year, Dhanteras Muhurat is on two days (18th and 19th of October), so the festive buying momentum is still underway. In the last 3-4 weeks, our festive pre-book offer has seen encouraging participation – notably, about 40% of the buyers this season are first-time customers. In the jewellery category, diamond sets are seeing renewed interest, and customers are choosing design-led jewellery sets from within the studded category.” Retail chains are promoting low-karat jewellery also to budget customers. Suvankar Sen, MD &amp; CEO, Senco Gold &amp; Diamonds, “This Dhanteras, consumers prefer budget-savvy choices. We’re seeing customers move to 18K, 14K and even 9K options to keep the joy of gifting alive without stretching household budgets, and many are using digital and EMI options to plan purchases.” Digital gold and ETFs were also preferred avenues to invest in gold. Both these instruments have to actually buy a matching amount of gold from the physical market. Samit Guha, Managing Director &amp; CEO at MMTC-PAMP, said, “This year, we have witnessed approximately twice the billing value compared to last year. The industry is further seeing record inflows into digital gold and gold ETFs, along with rising acceptance of silver.”</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>Samvat 2081: Global headwinds take a toll on rupee</t>
+          <t>Gold, Silver prices fall sharply on MCX amid profit-taking and global cues</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>The Indian Rupee was the second-worst performing Asian currency in Samvat 2081, depreciating 4.62% to close at 87.97 due to global headwinds like US tariffs and geopolitical tensions.</t>
+          <t>The decline came amid a profit-taking wave triggered by specific external market factors that temporarily eased geopolitical and economic anxieties.</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2025-10-20T00:05:51+05:30</t>
+          <t>2025-10-18T10:16:24+05:30</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities/samvat-2081-global-headwinds-take-a-toll-on-rupee/4015923/</t>
+          <t>https://www.financialexpress.com/market/commodities-gold-silver-prices-fall-sharply-on-mcx-amid-profit-taking-and-global-cues-4014615/</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>In Samvat 2081, therupeeremained under pressure because of global headwinds like the US government’s tariff pressure and geopolitical tensions. As a result, it fell by 4.62% – the highest in three years and the third highest in the last decade. It would have done worse had theReserve Bank of India (RBI)not aggressively stepped in last week to stop the slide. The $5-billion intervention on a single day helped arrest the depreciation, which had gone up to 5.6% when the rupee hit a lifetime low of 88.80. The rupee finally closed at 87.97, down 4.6% for Samvat 2081. Under governor Sanjay Malhotra, the RBI was quite happy for the large part of the year to let the currency find its own levels, and help exporters, especially after tariffs were imposed. But last week, the RBI intervened when speculators continued to push the rupee towards 89. The Diwali message is clear: Speculation will not be tolerated. Said Ritesh Bhansali, deputy CEO at Mecklai Financial Services, “During Governor Shaktikanta Das’ regime, theRBIintervened almost on a daily basis to keep the rupee within a tight 10-20 paisa range. After Malhotra took charge as the governor, the RBI shifted its approach, allowing more day-to-day rupee volatility.” He added that the intervention last week helped reduce long positions. Due to this sharp fall, the rupee was the worst-performing currency among its Asian peers after the Indonesian rupiah. The Taiwanese dollar rose the most at 4.4%, followed by Malaysian ringgit at 3.6% and Thai bhat at 3.3%. The dollar weakness could not support the rupee, unlike for most other currencies. The RBI’s latest bulletin showed the real effective exchange rate (REER) dropped to 98.79 in August from 100.19 in July, its lowest since February 2019, indicating the rupee is undervalued against a basket of 40 currencies. Since the Trump administration took charge in January, the rupee has been weak due to concerns over trade tariffs. The subsequent geopolitical tensions, such as the Russia-Ukraine war and the Israel-Iran conflict, along with India-Pakistan tension, also contributed to the headwinds. When Trump imposed a 50% tariff on Indian goods, the rupee weakened further along with shocks from the H-1B visa fee hike. Further, consistent foreign outflows and higher gold prices impacted the rupee performance. Going ahead, market participants expect a trade deal by November, which can help the rupee appreciate. “If the trade deal happens, the rupee is expected to trade between 87.5 and 87.9, supported by a weak dollar,” said Madhavankutty G, chief economist, Canara Bank. Agreed Kunal Sodhani, treasury head, Shinhan Bank, “Any positive outcome on the trade front may help the rupee. But overall, a slow and steady depreciation can be expected.” According to him, it will also be important to watch out for the rupee-yuan pair. “The RBI may also look to keep a track on the Chinese yuan as China is a big exporter and competitor to India. Therefore, it may not intervene aggressively to maintain the export competitiveness,” Sodhani said.</t>
+          <t>After a bumper rally over the past few weeks, the precious metals market witnessed a sharp correction on Friday, as bothGoldandSilverprices tumbled on the Multi Commodity Exchange (MCX). The decline came amid a profit-taking wave triggered by specific external market factors that temporarily eased geopolitical and economic anxieties. Gold prices of 24 kt on MCX, which had recently touched a record high of Rs 1,32,294 per 10 grams, fell by around 3 per cent to Rs 1,25,957 per 10 grams. Silver saw an even steeper fall, declining by more than 8 per cent, slipping from Rs 1,70,415 per kg to Rs 1,53,929 per kg. Market experts described the correction as a healthy and expected development following an extraordinary rally in recent months. Ajay Bagga, Banking and Market Expert, told ANI that Friday’s price fall was a “necessary tactical retreat” driven by short-term sentiment shifts and natural profit-taking after a historic rally. He pointed out that one of the key factors behind the sudden pullback was the more conciliatory tone from U.S. President Donald Trump regarding the threatened high tariffs on China, which helped ease global tensions. “The strategic case for Gold and Silver remains highly compelling, supported by structural factors including global de-dollarization, persistent supply deficits in Silver, central bank accumulation, and an environment of low real interest rates and high geopolitical risk,” Bagga added. He advised investors to view the correction as an opportunity to establish or add to long-term positions. According to Bagga, Silver’s outlook remains even stronger than Gold’s due to its dual nature as both a precious metal and a critical industrial metal. “Given the recent speculative frenzy and physical market dislocation, traders must be cautious. However, the long-term trend remains firmly upward, supported by industrial growth,” he said. MCX, which stands for Multi Commodity Exchange of India, is India’s first listed electronic commodity derivatives exchange where online trading of commodity futures and options takes place. It functions similarly to stock exchanges like the BSE and NSE, but focuses on commodity contracts such as gold, silver Echoing a similar sentiment, Ajay Kedia, Founder and Director of Kedia Commodities, told ANI the sudden fall was on expected lines. “Just as we witnessed a parabolic rise in the last two months, this correction was overdue. From August till now, we’ve seen the biggest rally in nine weeks — a one-sided surge,” he explained. Kedia said that apart from profit-booking, the planned talks between the U.S. and China, as well as discussions between the U.S. and Russia regarding peace, also contributed to the pullback. “All these developments together triggered the fall, and technically, the market was highly overbought, which made a correction necessary,” he noted. However, Kedia emphasized that the fall does not mean the market has taken a complete U-turn. “No one knows when Donald Trump might make a move. As of now, this is the first major drop in eight weeks. The next week will be important,” he said. He added that on Dhanteras, people can still buy gold and silver for ceremonial purposes, but for those seeking returns, the market remains uncertain. “Silver can fall 8 per cent in a single day even though it has doubled in a year, so a correction is still due,” Kedia said. Despite the sharp fall, both experts agreed that the broader outlook for precious metals remains strong in the long run, with the current correction being part of a normal market cycle following a sustained rally.</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>Investment demand outweighs jewellery this Dhanteras</t>
+          <t>Silver hits record high; gold surges past $4,100 for the first time as US-China trade tensions rise</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Despite record high gold and silver prices (up 60-75% from last Samvat), Dhanteras 2025 saw stronger-than-expected investment demand for gold bars and coins, helping to match last year's total volume of 35-39 tons.</t>
+          <t>Spot gold was up 2.2% to $4,106.48 per ounce, as of 01:47 p.m. ET (1747 GMT), after hitting a record $4,116.77.</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2025-10-18T22:09:12+05:30</t>
+          <t>2025-10-14T07:44:51+05:30</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities/investment-demand-outweighs-jewellery-this-dhanteras/4015070/</t>
+          <t>https://www.financialexpress.com/market/commodities/gold-surges-past-4100-for-the-first-time-as-us-china-trade-tensions-rise/4009714/</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Despite high prices, investment demand forgoldandsilveron the auspicious day of Dhanteras was stronger than expected, with bars and coins leading the demand. Jewellery demand is, however, estimated to be lower by 25-30 per cent. Surendra Mehta, National Secretary, Indian Bullion and Jewellers Association, said that “in volume terms, we estimate that we will be able to meet last year’s figure of 35 to 39 tons. However, jewellery demand is expected to be lower by 25 – 30 per cent, high investment demand for bars and coins will match the total volume.” With gold prices over 60 per cent higher than last Samvat and silver 75 per cent higher, there was apprehension in the market, but buyers continued to throng the market. In Mumbai, gold was trading at Rs 1,31,000-1,32,000 per 10 grams, while silver was quoted above Rs 1,70,000, including spot delivery premiums. However, silver bars making charges were quoted at a much higher rate than usual. Sachin Jain, Regional CEO, India, World Gold Council, said, “We are getting reports from all centres suggesting consumers are excited to buy gold this Dhanteras. Even though prices have risen, consumer confidence in gold has continued to stay strong. In fact, purchases for next quarter’s marriage season have also been advanced.” Interestingly, what is helping jewellers is buying new jewellery by recycling old jewellery. In recent quarters, 30-35 per cent demand was for exchanging old for new, but now “we see it has increased significantly and is estimated between 45 and 55 per cent,” said Sachin. In many centres, Dhanteras muhurat is for two days. This is expected to help the festive demand further. Ramesh Kalyanaraman, Executive Director, Kalyan Jewellers, said, “This year, Dhanteras Muhurat is on two days (18th and 19th of October), so the festive buying momentum is still underway. In the last 3-4 weeks, our festive pre-book offer has seen encouraging participation – notably, about 40% of the buyers this season are first-time customers. In the jewellery category, diamond sets are seeing renewed interest, and customers are choosing design-led jewellery sets from within the studded category.” Retail chains are promoting low-karat jewellery also to budget customers. Suvankar Sen, MD &amp; CEO, Senco Gold &amp; Diamonds, “This Dhanteras, consumers prefer budget-savvy choices. We’re seeing customers move to 18K, 14K and even 9K options to keep the joy of gifting alive without stretching household budgets, and many are using digital and EMI options to plan purchases.” Digital gold and ETFs were also preferred avenues to invest in gold. Both these instruments have to actually buy a matching amount of gold from the physical market. Samit Guha, Managing Director &amp; CEO at MMTC-PAMP, said, “This year, we have witnessed approximately twice the billing value compared to last year. The industry is further seeing record inflows into digital gold and gold ETFs, along with rising acceptance of silver.”</t>
+          <t>Goldbroke through $4,100 per ounce for the first time on Monday, hitting another record high on renewedU.S.-China trade tensionsand expectations of U.S. interest rate cuts, while silver also rose to an all-time high. Spot gold was up 2.2% to $4,106.48 per ounce, as of 01:47 p.m. ET (1747 GMT), after hitting a record $4,116.77. U.S. gold futures for December settled 3.3% higher at $4,133. Gold has climbed 56% this year and scaled the $4,000 milestone for the first time last week, driven by factors including geopolitical and economic uncertainties, expectations of U.S. interest rate cuts and robust central bank buying. “Gold could easily continue its upward momentum. We could see prices north of $5,000 by the end of 2026,” said Phillip Streible, chief market strategist at Blue Line Futures. Steady central bank purchases, firm ETF inflows, U.S.-China trade tensions and the prospect of lower U.S. interest rates are providing structural support for the market, Streible added. On the geopolitical front, U.S. President Donald Trump reignited trade tensions with China on Friday, ending an uneasy truce between the world’s two largest economies. Meanwhile, traders are pricing in a 97% probability of a 25-basis-point Federal Reserve rate cut in October and a 100% chance for December. Gold, a non-yielding asset, tends to do well in low-interest-rate environments. Analysts at Bank of America and Societe Generale now expect gold to reach $5,000 in 2026, while Standard Chartered has raised its forecast to an average of $4,488 next year. “This rally has legs in our view, but a near-term correction would be healthier for a longer-term uptrend,” said Suki Cooper, global head, commodities research at Standard Chartered Bank. Spot silver rose 3.1% to $51.82, touching a record high of $52.12 earlier in the session, buoyed by the same factors supporting gold and spot market tightness. Technical indicators show both are overbought, with the relative strength index (RSI) at 80 for gold and 83 for silver. Platinum rose 3.9% to $1,648.25, and palladium gained 5.2% to $1,478.94.</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>Gold, Silver prices fall sharply on MCX amid profit-taking and global cues</t>
+          <t>Gold hits record high amid US-China trade tensions; silver soars to $51.52</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>The decline came amid a profit-taking wave triggered by specific external market factors that temporarily eased geopolitical and economic anxieties.</t>
+          <t>Spot silver jumped 2% to a record high of $51.52/oz, driven by similar factors as gold alongside tightness in the spot market.</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2025-10-18T10:16:24+05:30</t>
+          <t>2025-10-13T09:43:06+05:30</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities-gold-silver-prices-fall-sharply-on-mcx-amid-profit-taking-and-global-cues-4014615/</t>
+          <t>https://www.financialexpress.com/market/commodities/gold-hits-record-high-amid-us-china-trade-tensions-silver-soars-to-51-52/4008592/</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>After a bumper rally over the past few weeks, the precious metals market witnessed a sharp correction on Friday, as bothGoldandSilverprices tumbled on the Multi Commodity Exchange (MCX). The decline came amid a profit-taking wave triggered by specific external market factors that temporarily eased geopolitical and economic anxieties. Gold prices of 24 kt on MCX, which had recently touched a record high of Rs 1,32,294 per 10 grams, fell by around 3 per cent to Rs 1,25,957 per 10 grams. Silver saw an even steeper fall, declining by more than 8 per cent, slipping from Rs 1,70,415 per kg to Rs 1,53,929 per kg. Market experts described the correction as a healthy and expected development following an extraordinary rally in recent months. Ajay Bagga, Banking and Market Expert, told ANI that Friday’s price fall was a “necessary tactical retreat” driven by short-term sentiment shifts and natural profit-taking after a historic rally. He pointed out that one of the key factors behind the sudden pullback was the more conciliatory tone from U.S. President Donald Trump regarding the threatened high tariffs on China, which helped ease global tensions. “The strategic case for Gold and Silver remains highly compelling, supported by structural factors including global de-dollarization, persistent supply deficits in Silver, central bank accumulation, and an environment of low real interest rates and high geopolitical risk,” Bagga added. He advised investors to view the correction as an opportunity to establish or add to long-term positions. According to Bagga, Silver’s outlook remains even stronger than Gold’s due to its dual nature as both a precious metal and a critical industrial metal. “Given the recent speculative frenzy and physical market dislocation, traders must be cautious. However, the long-term trend remains firmly upward, supported by industrial growth,” he said. MCX, which stands for Multi Commodity Exchange of India, is India’s first listed electronic commodity derivatives exchange where online trading of commodity futures and options takes place. It functions similarly to stock exchanges like the BSE and NSE, but focuses on commodity contracts such as gold, silver Echoing a similar sentiment, Ajay Kedia, Founder and Director of Kedia Commodities, told ANI the sudden fall was on expected lines. “Just as we witnessed a parabolic rise in the last two months, this correction was overdue. From August till now, we’ve seen the biggest rally in nine weeks — a one-sided surge,” he explained. Kedia said that apart from profit-booking, the planned talks between the U.S. and China, as well as discussions between the U.S. and Russia regarding peace, also contributed to the pullback. “All these developments together triggered the fall, and technically, the market was highly overbought, which made a correction necessary,” he noted. However, Kedia emphasized that the fall does not mean the market has taken a complete U-turn. “No one knows when Donald Trump might make a move. As of now, this is the first major drop in eight weeks. The next week will be important,” he said. He added that on Dhanteras, people can still buy gold and silver for ceremonial purposes, but for those seeking returns, the market remains uncertain. “Silver can fall 8 per cent in a single day even though it has doubled in a year, so a correction is still due,” Kedia said. Despite the sharp fall, both experts agreed that the broader outlook for precious metals remains strong in the long run, with the current correction being part of a normal market cycle following a sustained rally.</t>
+          <t>Goldsoared to a record high on Monday, lifted by safe-haven demand amid renewedUS-China trade tensionsand expectations ofUS Federal Reserveinterest rate cuts, while silver also surged to an all-time high. Spot gold was up 0.7% at $4,044.29 per ounce, as of 0253 GMT, after hitting a record high of $4,059.30 earlier in the session. U.S. gold futures for December delivery rose 1.6% to $4,062.50. U.S. PresidentDonald Trumpon Friday imposed 100% tariffs on Chinese goods to the United States and announced new export controls on critical software effective November 1 in response to China’s curbs on rare earth elements and equipment, which Beijing defended on Sunday as justified while stopping short of imposing additional levies onUS goods. “It’s interesting because developments in the Middle East recently had been a diminished tailwind for the gold market, but now we’ve got this reemergence of risks due to inflamed trade tensions between the U.S. and China,” Capital.com analyst Kyle Rodda said. Spot silver jumped 2% to a record high of $51.52/oz, driven by similar factors as gold alongside tightness in the spot market. Goldman Sachs said on Sunday that silver prices were expected to rise in the medium term due to private investment flows, but warned of heightened near-term volatility and downside risks compared to gold. Non-yielding bullion has gained 54% year-to-date, driven by geopolitical risks, alongside strong central bank gold-buying, exchange-traded funds inflows, Fed rate cut expectations and economic uncertainties stemming from tariffs. Markets are pricing in a near-certain chance of a 25-basis-point rate cut in October followed by a similar reduction in December. Fed Chair Jerome Powell is set to address the NABE annual meeting on Tuesday, which may provide fresh rate cut cues. Other Fed officials are scheduled to speak throughout the week. Elsewhere, Trump blamed Democrats for his decision to lay off thousands of federal workers during the ongoing government shutdown, which began on October 1, and has delayed key economic data releases. On the geopolitical front, several world leaders, including Trump, are meeting in Egypt on Monday to discuss ceasefire plans for Gaza. Platinum, rose 2.6% to $1,628.80 and palladium gained 2.6% to $1,442.06.</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>Silver hits record high; gold surges past $4,100 for the first time as US-China trade tensions rise</t>
+          <t>Oil rebounds 1% as hopes rise for Trump–Xi talks to ease trade tensions</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Spot gold was up 2.2% to $4,106.48 per ounce, as of 01:47 p.m. ET (1747 GMT), after hitting a record $4,116.77.</t>
+          <t>US West Texas Intermediate crude was at $59.77 a barrel, up 87 cents, or 1.48%, following a 4.24% loss to reach its lowest since May 7.</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2025-10-14T07:44:51+05:30</t>
+          <t>2025-10-13T06:35:25+05:30</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities/gold-surges-past-4100-for-the-first-time-as-us-china-trade-tensions-rise/4009714/</t>
+          <t>https://www.financialexpress.com/market/commodities/oil-rebounds-1-as-hopes-rise-for-trumpxi-talks-to-ease-trade-tensions/4008417/</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>Goldbroke through $4,100 per ounce for the first time on Monday, hitting another record high on renewedU.S.-China trade tensionsand expectations of U.S. interest rate cuts, while silver also rose to an all-time high. Spot gold was up 2.2% to $4,106.48 per ounce, as of 01:47 p.m. ET (1747 GMT), after hitting a record $4,116.77. U.S. gold futures for December settled 3.3% higher at $4,133. Gold has climbed 56% this year and scaled the $4,000 milestone for the first time last week, driven by factors including geopolitical and economic uncertainties, expectations of U.S. interest rate cuts and robust central bank buying. “Gold could easily continue its upward momentum. We could see prices north of $5,000 by the end of 2026,” said Phillip Streible, chief market strategist at Blue Line Futures. Steady central bank purchases, firm ETF inflows, U.S.-China trade tensions and the prospect of lower U.S. interest rates are providing structural support for the market, Streible added. On the geopolitical front, U.S. President Donald Trump reignited trade tensions with China on Friday, ending an uneasy truce between the world’s two largest economies. Meanwhile, traders are pricing in a 97% probability of a 25-basis-point Federal Reserve rate cut in October and a 100% chance for December. Gold, a non-yielding asset, tends to do well in low-interest-rate environments. Analysts at Bank of America and Societe Generale now expect gold to reach $5,000 in 2026, while Standard Chartered has raised its forecast to an average of $4,488 next year. “This rally has legs in our view, but a near-term correction would be healthier for a longer-term uptrend,” said Suki Cooper, global head, commodities research at Standard Chartered Bank. Spot silver rose 3.1% to $51.82, touching a record high of $52.12 earlier in the session, buoyed by the same factors supporting gold and spot market tightness. Technical indicators show both are overbought, with the relative strength index (RSI) at 80 for gold and 83 for silver. Platinum rose 3.9% to $1,648.25, and palladium gained 5.2% to $1,478.94.</t>
+          <t>Oil pricesclawed back some gains on Monday after hitting five-month lows in the previous session as investors hoped potential talks between the presidents of theUSandChinacould ease trade tensions between the world’s two largest economies and oil consumers. Brent crudefutures rose 87 cents, or 1.39%, to $63.60 a barrel by 0045 GMT after settling down 3.82% on Friday to the lowest since May 7. U.S. West Texas Intermediate crude was at $59.77 a barrel, up 87 cents, or 1.48%, following a 4.24% loss to reach its lowest since May 7. U.S.-China trade tensions flared up last week after China expanded its rare earth export controls and drew a response from U.S. President Donald Trump on Friday to impose 100% tariffs on China’s U.S.-bound exports, along with new export controls on “any and all critical software” by November 1. The moves come ahead of a potential Trump-Xi meeting on the sidelines of the Asia-Pacific Economic Cooperation forum in South Korea, which U.S. Trade Representative Jamison Greer said could still happen later this month. “The key question for markets is whether these are ultimately implemented, with severe effects on global supply chains and especially high-tech production, or remain just efforts to gain negotiating leverage ahead of bilateral talks on the sidelines of the APEC meeting in South Korea late this month,” Goldman Sachs analysts said in a note. “The most likely scenario seems to be that both sides pull back on the most aggressive policies and that talks lead to a further – and possibly indefinite – extension of the tariff escalation pause reached in May,” they said, although there is still the risk of trade tensions escalating that may lead to higher tariffs or more serious export restrictions, at least temporarily. Oil prices tumbled in March and April during the height of trade tensions between the two countries. In the Middle East, Trump declared on Sunday that the Gaza war has ended as he heads to Israel ahead of the expected release of Israeli hostages and Palestinian prisoners as part of the fragile ceasefire he brokered.</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>Gold hits record high amid US-China trade tensions; silver soars to $51.52</t>
+          <t>Gold prices may see a sharp correction</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Spot silver jumped 2% to a record high of $51.52/oz, driven by similar factors as gold alongside tightness in the spot market.</t>
+          <t>International gold prices reached a historic $4,000/ounce, fueling a 37.5% rally in India this financial year.</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2025-10-13T09:43:06+05:30</t>
+          <t>2025-10-10T13:14:53+05:30</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities/gold-hits-record-high-amid-us-china-trade-tensions-silver-soars-to-51-52/4008592/</t>
+          <t>https://www.financialexpress.com/market/commodities/gold-prices-may-see-a-sharp-correctionnbsp/4004837/</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>Goldsoared to a record high on Monday, lifted by safe-haven demand amid renewedUS-China trade tensionsand expectations ofUS Federal Reserveinterest rate cuts, while silver also surged to an all-time high. Spot gold was up 0.7% at $4,044.29 per ounce, as of 0253 GMT, after hitting a record high of $4,059.30 earlier in the session. U.S. gold futures for December delivery rose 1.6% to $4,062.50. U.S. PresidentDonald Trumpon Friday imposed 100% tariffs on Chinese goods to the United States and announced new export controls on critical software effective November 1 in response to China’s curbs on rare earth elements and equipment, which Beijing defended on Sunday as justified while stopping short of imposing additional levies onUS goods. “It’s interesting because developments in the Middle East recently had been a diminished tailwind for the gold market, but now we’ve got this reemergence of risks due to inflamed trade tensions between the U.S. and China,” Capital.com analyst Kyle Rodda said. Spot silver jumped 2% to a record high of $51.52/oz, driven by similar factors as gold alongside tightness in the spot market. Goldman Sachs said on Sunday that silver prices were expected to rise in the medium term due to private investment flows, but warned of heightened near-term volatility and downside risks compared to gold. Non-yielding bullion has gained 54% year-to-date, driven by geopolitical risks, alongside strong central bank gold-buying, exchange-traded funds inflows, Fed rate cut expectations and economic uncertainties stemming from tariffs. Markets are pricing in a near-certain chance of a 25-basis-point rate cut in October followed by a similar reduction in December. Fed Chair Jerome Powell is set to address the NABE annual meeting on Tuesday, which may provide fresh rate cut cues. Other Fed officials are scheduled to speak throughout the week. Elsewhere, Trump blamed Democrats for his decision to lay off thousands of federal workers during the ongoing government shutdown, which began on October 1, and has delayed key economic data releases. On the geopolitical front, several world leaders, including Trump, are meeting in Egypt on Monday to discuss ceasefire plans for Gaza. Platinum, rose 2.6% to $1,628.80 and palladium gained 2.6% to $1,442.06.</t>
+          <t>Internationalgold priceshit $4,000/ounce on Tuesday, an all-time high, continuing the trend of rising amid global headwinds. In this financial year,internationalgold prices have risen 30%. In India, things have been better. In the current financial year, the yellow metal has rallied 37.5%. In October itself, it is up 6% in the first 8 days. \ However experts believe that there are signs that there could be some profit-booking coming soon. Globally, issues like US shutdown and possibility of a Israel-Hamas peace deal are being keenly watched. The dollar index is also trading at a two-month high, nearing the 99 level, a potential trigger for profit booking in gold and silver. Anuj Gupta, Director at Ya Wealth Global, said that “The dollar index rose 1.27% this week and is trading at 98.7. This is the first signal for profit-booking in gold &amp; silver.” Agreed Nigam Arora, a US-based algo analyst and author of the Arora report, said that, “Gold is very overbought and is vulnerable to a pullback.” He cites the triggers like the strengthening dollar, US government shutdown ending and the Federal Reserve’s decision not to cut interest rates in October. Among other reasons, bond yields are rising in France and Japan. If a new government in France can get the budget through, or in Japan, the prime minister-to-be clarifies that she is not going to let fiscal policy run amok, and not put pressure on the Bank of Japan on the interest rates, there could be a correction in gold prices. It’s not just gold, but even silver prices are rising steadily.  Arora expects silver to move 1.7 times gold in either direction. This means the price fall, when it happens, will be 1.7 times faster in silver. The correction, when it happens, could be sharp as the rally was also very fast. In the past few decades in a bullish market, very sharp corrections were seen in a short time, but in the medium term the rally continued. Chirag Mehta, CIO, Quantum AMC, said that, “While the underlying factors are still positive for gold, given the sharp 30%-odd rally in a short period, we can’t rule out some correction. A 10-15% correction will be healthy in an overbought market, akin to what we have seen in previous bull markets of the 1970s or 2000s.” However, he believes that there is underlying bullishness among investors in gold. Chirag Sheth, principal consultant at Metal Focus, a London-based bullion research firm, added that they continue to remain bullish and overall momentum will continue.</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>Oil rebounds 1% as hopes rise for Trump–Xi talks to ease trade tensions</t>
+          <t>Gold hits record $3,924 as Yen falls and US government shutdown fuels safe-haven demand</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>US West Texas Intermediate crude was at $59.77 a barrel, up 87 cents, or 1.48%, following a 4.24% loss to reach its lowest since May 7.</t>
+          <t>The yen tumbled against the U.S. dollar by the most in five months after fiscal dove Sanae Takaichi was elected to lead the ruling party and become the next prime minister.</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2025-10-13T06:35:25+05:30</t>
+          <t>2025-10-06T09:34:11+05:30</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities/oil-rebounds-1-as-hopes-rise-for-trumpxi-talks-to-ease-trade-tensions/4008417/</t>
+          <t>https://www.financialexpress.com/market/commodities/gold-hits-record-3924-as-yen-falls-and-us-government-shutdown-fuels-safe-haven-demand/3999703/</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>Oil pricesclawed back some gains on Monday after hitting five-month lows in the previous session as investors hoped potential talks between the presidents of theUSandChinacould ease trade tensions between the world’s two largest economies and oil consumers. Brent crudefutures rose 87 cents, or 1.39%, to $63.60 a barrel by 0045 GMT after settling down 3.82% on Friday to the lowest since May 7. U.S. West Texas Intermediate crude was at $59.77 a barrel, up 87 cents, or 1.48%, following a 4.24% loss to reach its lowest since May 7. U.S.-China trade tensions flared up last week after China expanded its rare earth export controls and drew a response from U.S. President Donald Trump on Friday to impose 100% tariffs on China’s U.S.-bound exports, along with new export controls on “any and all critical software” by November 1. The moves come ahead of a potential Trump-Xi meeting on the sidelines of the Asia-Pacific Economic Cooperation forum in South Korea, which U.S. Trade Representative Jamison Greer said could still happen later this month. “The key question for markets is whether these are ultimately implemented, with severe effects on global supply chains and especially high-tech production, or remain just efforts to gain negotiating leverage ahead of bilateral talks on the sidelines of the APEC meeting in South Korea late this month,” Goldman Sachs analysts said in a note. “The most likely scenario seems to be that both sides pull back on the most aggressive policies and that talks lead to a further – and possibly indefinite – extension of the tariff escalation pause reached in May,” they said, although there is still the risk of trade tensions escalating that may lead to higher tariffs or more serious export restrictions, at least temporarily. Oil prices tumbled in March and April during the height of trade tensions between the two countries. In the Middle East, Trump declared on Sunday that the Gaza war has ended as he heads to Israel ahead of the expected release of Israeli hostages and Palestinian prisoners as part of the fragile ceasefire he brokered.</t>
+          <t>Goldsurged past the $3,900-an-ounce level for the first time on Monday, driven by safe-haven demand following a fall in the yen and aUS government shutdown, while growing expectations of additionalFederal Reserve rate cutsalso lent support. Spot gold was up 0.9% at $3,922.28 per ounce by 0208 GMT, after hitting an all-time high of $3,924.39 earlier in the session. U.S. gold futures for December delivery gained 1% to $3,947.30. “Yen weakness on the back of the Japanese LDP elections has left investors with one less safe-haven asset to go to, and gold was able to capitalise,” said KCM Trade Chief Market Analyst Tim Waterer. “The enduring U.S. government shutdown means that a cloud of uncertainty still hangs over theUS economyand the potential size of any GDP impact.” Gold is a go-to asset for investors under these circumstances, particularly with the Fed expected to cut rates further this month, Waterer said. The yen tumbled against the U.S. dollar by the most in five months after fiscal dove Sanae Takaichi was elected to lead the ruling party and become the next prime minister. The Trump administration will start mass layoffs of federal workers if U.S. President Donald Trump decides negotiations with congressional Democrats to end a partial government shutdown are “absolutely going nowhere,” a senior White House official said on Sunday. Fed Governor Stephen Miran pressed for an aggressive rate cut trajectory again on Friday, citing the impact of Trump administration’s economic policies. Gold has climbed 49% so far this year after a 27% rise in 2024, helped by strong central bank buying, increased demand for gold-backed exchange-traded funds, a weaker dollar and growing interest from retail investors seeking a hedge amid rising trade and geopolitical tensions. The rally found fresh support last month after the Fed cut rates by a quarter of a percentage point and indicated it would steadily lower borrowing costs for the rest of the year. According to the CME FedWatch tool, investors are pricing in additional 25-basis-point cuts in both October and December, with probabilities of 95% and 83%, respectively. Non-yielding gold thrives in a low interest rate environment and during economic uncertainties. Spot gold broke the $3,000-per-ounce level for the first time in March and $3,700 in mid-September. Many brokerages have turned bullish on the rally. Elsewhere, spot silver climbed 0.8% to $48.33 per ounce, platinum rose 1.1% to $1,621.90 and palladium gained 0.8% to $1,270.25.</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>Gold prices may see a sharp correction</t>
+          <t>A raft to measures to promote rupee globalisation</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>International gold prices reached a historic $4,000/ounce, fueling a 37.5% rally in India this financial year.</t>
+          <t>The Reserve Bank of India (RBI) announced key measures to internationalise the rupee, including introducing reference rates for major trading partner currencies.</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2025-10-10T13:14:53+05:30</t>
+          <t>2025-10-01T22:26:36+05:30</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities/gold-prices-may-see-a-sharp-correctionnbsp/4004837/</t>
+          <t>https://www.financialexpress.com/market/commodities/a-raft-to-measures-to-promote-rupee-globalisation/3995973/</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>Internationalgold priceshit $4,000/ounce on Tuesday, an all-time high, continuing the trend of rising amid global headwinds. In this financial year,internationalgold prices have risen 30%. In India, things have been better. In the current financial year, the yellow metal has rallied 37.5%. In October itself, it is up 6% in the first 8 days. \ However experts believe that there are signs that there could be some profit-booking coming soon. Globally, issues like US shutdown and possibility of a Israel-Hamas peace deal are being keenly watched. The dollar index is also trading at a two-month high, nearing the 99 level, a potential trigger for profit booking in gold and silver. Anuj Gupta, Director at Ya Wealth Global, said that “The dollar index rose 1.27% this week and is trading at 98.7. This is the first signal for profit-booking in gold &amp; silver.” Agreed Nigam Arora, a US-based algo analyst and author of the Arora report, said that, “Gold is very overbought and is vulnerable to a pullback.” He cites the triggers like the strengthening dollar, US government shutdown ending and the Federal Reserve’s decision not to cut interest rates in October. Among other reasons, bond yields are rising in France and Japan. If a new government in France can get the budget through, or in Japan, the prime minister-to-be clarifies that she is not going to let fiscal policy run amok, and not put pressure on the Bank of Japan on the interest rates, there could be a correction in gold prices. It’s not just gold, but even silver prices are rising steadily.  Arora expects silver to move 1.7 times gold in either direction. This means the price fall, when it happens, will be 1.7 times faster in silver. The correction, when it happens, could be sharp as the rally was also very fast. In the past few decades in a bullish market, very sharp corrections were seen in a short time, but in the medium term the rally continued. Chirag Mehta, CIO, Quantum AMC, said that, “While the underlying factors are still positive for gold, given the sharp 30%-odd rally in a short period, we can’t rule out some correction. A 10-15% correction will be healthy in an overbought market, akin to what we have seen in previous bull markets of the 1970s or 2000s.” However, he believes that there is underlying bullishness among investors in gold. Chirag Sheth, principal consultant at Metal Focus, a London-based bullion research firm, added that they continue to remain bullish and overall momentum will continue.</t>
+          <t>The Reserve Bank of India on Wednesday announced various steps to promote internationalisation of therupee. The central bank plans to introduce reference rates for currencies of India’s major trading partners to facilitate rupee-based transactions. “This is expected to further deepen the onshore forex market and encourage banks to quote directly in a larger set of currency pairs, thus eliminating the need for multiple currency conversions and making trade more efficient,” theRBIsaid. The rupee rose 10 paise to 88.69 on Wednesday. “The rupee has witnessed some depreciation, accompanied by phases of volatility. The RBI is keeping a close watch on movements of the rupee and will take appropriate steps, as warranted,” said RBI governor Sanjay Malhotra. “We are currently considering currencies such as the Indonesian rupiah and theUAEdirham, with more to follow. As active transactions are limited initially, the FBIL (financial benchmarks) will need to establish pricing references first, allowing the market to respond. The benchmark methodology will evolve as themarketdeepens, helping to gradually enhance the rupee’s international role,” deputy governor T. Rabi Sankar said in the press conference. Currently, India has reference rates for dollar, euro, pound, and yen against the domestic currency. These rates are used for settlement of forex transactions, including derivatives. To promote cross-border transactions, the RBI has allowed authorised dealer banks in India and their overseas branches to lend in rupee to residents of Bhutan, Nepal, and Sri Lanka. Additionally, the RBI has permitted to invest the balances of special rupee vostro account (SRVA) in corporate bonds and commercial papers. In 2022, the central bank had allowed invoicing, payment, and settlement of trade in rupee to promote exports, allowing to invest balances in these accounts in government securities. A vostro account is an account held by a bank on behalf of a foreign lender.</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>Gold hits record $3,924 as Yen falls and US government shutdown fuels safe-haven demand</t>
+          <t>Gold hits all-time high of $3,800/oz on continued dollar weakness</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>The yen tumbled against the U.S. dollar by the most in five months after fiscal dove Sanae Takaichi was elected to lead the ruling party and become the next prime minister.</t>
+          <t>Gold surges to a record $3,800/oz on a weaker dollar and Fed rate cut hopes—track the latest market moves now.</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>2025-10-06T09:34:11+05:30</t>
+          <t>2025-09-29T13:41:43+05:30</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities/gold-hits-record-3924-as-yen-falls-and-us-government-shutdown-fuels-safe-haven-demand/3999703/</t>
+          <t>https://www.financialexpress.com/market/commodities-gold-hits-all-time-high-of-3800oz-on-continued-dollar-weakness-3993250/</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>Goldsurged past the $3,900-an-ounce level for the first time on Monday, driven by safe-haven demand following a fall in the yen and aUS government shutdown, while growing expectations of additionalFederal Reserve rate cutsalso lent support. Spot gold was up 0.9% at $3,922.28 per ounce by 0208 GMT, after hitting an all-time high of $3,924.39 earlier in the session. U.S. gold futures for December delivery gained 1% to $3,947.30. “Yen weakness on the back of the Japanese LDP elections has left investors with one less safe-haven asset to go to, and gold was able to capitalise,” said KCM Trade Chief Market Analyst Tim Waterer. “The enduring U.S. government shutdown means that a cloud of uncertainty still hangs over theUS economyand the potential size of any GDP impact.” Gold is a go-to asset for investors under these circumstances, particularly with the Fed expected to cut rates further this month, Waterer said. The yen tumbled against the U.S. dollar by the most in five months after fiscal dove Sanae Takaichi was elected to lead the ruling party and become the next prime minister. The Trump administration will start mass layoffs of federal workers if U.S. President Donald Trump decides negotiations with congressional Democrats to end a partial government shutdown are “absolutely going nowhere,” a senior White House official said on Sunday. Fed Governor Stephen Miran pressed for an aggressive rate cut trajectory again on Friday, citing the impact of Trump administration’s economic policies. Gold has climbed 49% so far this year after a 27% rise in 2024, helped by strong central bank buying, increased demand for gold-backed exchange-traded funds, a weaker dollar and growing interest from retail investors seeking a hedge amid rising trade and geopolitical tensions. The rally found fresh support last month after the Fed cut rates by a quarter of a percentage point and indicated it would steadily lower borrowing costs for the rest of the year. According to the CME FedWatch tool, investors are pricing in additional 25-basis-point cuts in both October and December, with probabilities of 95% and 83%, respectively. Non-yielding gold thrives in a low interest rate environment and during economic uncertainties. Spot gold broke the $3,000-per-ounce level for the first time in March and $3,700 in mid-September. Many brokerages have turned bullish on the rally. Elsewhere, spot silver climbed 0.8% to $48.33 per ounce, platinum rose 1.1% to $1,621.90 and palladium gained 0.8% to $1,270.25.</t>
+          <t>Goldjumped to a record high above $3,800 per ounce on Monday, supported by a weakerdollarand growing expectations that theFederal Reservewill cut interest rates further this year. Spot gold rose 1.5% to $3,814.91 per ounce by 0624 GMT. U.S. gold futures for December delivery gained 0.9% to $3,844. TheU.S. dollar indexeased 0.2% against its rivals, making greenback-priced bullion less expensive for overseas buyers. The U.S. Commerce Department said on Friday its Personal Consumption Expenditures Price Index (PCE) rose 0.3% in August, versus a 0.2% increase in July, matching the estimate of economists polled by Reuters. “That benign inflation print in the United States has given the markets reason to believe further Fed cuts are coming in October and December,” said Capital.com analyst Kyle Rodda. “Sentiment is very bullish, and we are on track to retest another record high this week. The gold market is positioned quite long at the moment, and that may be pointed to as being a reason to be cautious about future upside.” Traders are currently pricing in a 90% chance of a Fed rate cut in October, with around a 65% probability of another easing in December, according to the CME FedWatch Tool. Safe-haven bullion thrives in a low-interest-rate environment and in times of geopolitical and economic uncertainty. Share markets got off to a cautious start in Asia on Monday as investors braced for a possible shutdown of the U.S. government. Investors now await U.S. data on job openings, private payrolls, the ISM manufacturing PMI, and the non-farm payrolls report for further clues on the economy’s health. SPDR Gold Trust, the world’s largest gold-backed exchange-traded fund, said its holdings rose 0.89% to 1,005.72 metric tons on Friday from 996.85 tons on Thursday. Elsewhere, spot silver rose 2.3% to $47.04 per ounce, platinum climbed 3.6% to $1,623.88, and palladium gained 2% to $1,295.19</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>A raft to measures to promote rupee globalisation</t>
+          <t>High gold prices, festive demand adds pressure on rupee</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>The Reserve Bank of India (RBI) announced key measures to internationalise the rupee, including introducing reference rates for major trading partner currencies.</t>
+          <t>The Indian Rupee hit a fresh intra-day low of 89.80 against the US Dollar as high international gold prices and surging domestic demand ahead of the festive and wedding seasons triggered a sharp rise in gold imports.</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>2025-10-01T22:26:36+05:30</t>
+          <t>2025-09-26T22:22:39+05:30</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities/a-raft-to-measures-to-promote-rupee-globalisation/3995973/</t>
+          <t>https://www.financialexpress.com/market/commodities-high-gold-prices-festive-demand-adds-pressure-on-rupee-3990896/</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>The Reserve Bank of India on Wednesday announced various steps to promote internationalisation of therupee. The central bank plans to introduce reference rates for currencies of India’s major trading partners to facilitate rupee-based transactions. “This is expected to further deepen the onshore forex market and encourage banks to quote directly in a larger set of currency pairs, thus eliminating the need for multiple currency conversions and making trade more efficient,” theRBIsaid. The rupee rose 10 paise to 88.69 on Wednesday. “The rupee has witnessed some depreciation, accompanied by phases of volatility. The RBI is keeping a close watch on movements of the rupee and will take appropriate steps, as warranted,” said RBI governor Sanjay Malhotra. “We are currently considering currencies such as the Indonesian rupiah and theUAEdirham, with more to follow. As active transactions are limited initially, the FBIL (financial benchmarks) will need to establish pricing references first, allowing the market to respond. The benchmark methodology will evolve as themarketdeepens, helping to gradually enhance the rupee’s international role,” deputy governor T. Rabi Sankar said in the press conference. Currently, India has reference rates for dollar, euro, pound, and yen against the domestic currency. These rates are used for settlement of forex transactions, including derivatives. To promote cross-border transactions, the RBI has allowed authorised dealer banks in India and their overseas branches to lend in rupee to residents of Bhutan, Nepal, and Sri Lanka. Additionally, the RBI has permitted to invest the balances of special rupee vostro account (SRVA) in corporate bonds and commercial papers. In 2022, the central bank had allowed invoicing, payment, and settlement of trade in rupee to promote exports, allowing to invest balances in these accounts in government securities. A vostro account is an account held by a bank on behalf of a foreign lender.</t>
+          <t>Highergold pricesand increased demand for yellow metal ahead of the festive and wedding season puts additional strain on the rupee, according to forex traders and currency analysts. “Historic highs of gold is also putting the rupee under pressure apart from the usual oil buying. There has been increased demand for gold in the last 3-4 days. Around $100 million worth of gold has been imported every day in the last few days in our bank on account of the festive season and upcoming wedding season,” said a chief dealer at abank. This has also played a role in pushing the rupee to a record low, he added. The rupee hit another fresh intra-day low of 89.80 on September 23. On Friday, the rupee closed at 88.72 against the dollar. Gold prices have surged significantly this year, reaching record highs in India due to global demand, and expectations of US Fed rate cuts.Internationalgold prices touched a record high of $ 3,764 per ounce on September 23. Currently, it is at $ 3,752 per ounce. The gold import rose 36% to $5.4 billion in August, reaching a nine-month high and marking the second consecutive month of high imports. The growth can be attributed to higher value and partly due to higher imports. The rupee hit record lows against the US dollar, adding to the rally in gold prices domestically. “Seasonal demand during festivals like Navratri and upcoming wedding season continues to support strong consumption despite high prices,” Anil Kumar Bhansali. head of treasury and executive director, Finrex Treasury Advisors LLP. He further said that demand for the gold has grown in the last few days despite higher prices and the import has been seen higher, mostly due to the festive and wedding season. “Investors also view gold as a hedge against inflation and currency depreciation, increasing demand for gold when the rupee weakens or inflation is high,” said Bhansali. Agreeing to that, Jateen Trivedi, VP research analyst – commodity and currency at LKP Securities, said that uptick in gold purchases can be also attributed to importers’ panic buying ahead of festive and wedding season in fear of further rise in prices. “Higher gold price is already weighing on the rupee since last one month. If gold price remains above Rs 1,10,000, rupee will keep facing hurdles,” said Trivedi. The domestic currency has been under pressure since a while on account of global headwinds. Currency experts believe rupee will breach to 89 level soon, considering persistent global uncertainties and absence of a US-India trade deal.</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>Trump says illegal immigration down to ‘zero’ as authorities braces for immigration crackdown in Minnesota</t>
+          <t>Trump gives warm welcome to Saudi Crown Prince, seals major defence deal – Key Takeaways</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Trump claims illegal immigration is down to “zero” as US authorities plan a sweeping crackdown targeting Somali immigrants in Minnesota, escalating tension and deportation fears.</t>
+          <t>At one point, Trump took the prince’s hand and used the moment to criticise former US president Joe Biden for greeting MBS with only a fist bump during his 2021 trip to Riyadh, when COVID-19 precautions were still in place.</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2025-12-03T07:53:39+05:30</t>
+          <t>2025-11-19T07:13:46+05:30</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/world-news/us-news/trump-says-illegal-immigration-down-to-zero-as-authorities-braces-for-immigration-crackdown-in-minnesota/4063517/</t>
+          <t>https://www.financialexpress.com/world-news/trump-gives-warm-welcome-to-saudi-crown-prince-seals-major-defence-deal-key-takeaways/4049048/</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>US President Donald Trump on Tuesday claimed that no illegal immigrants had been released into the United States in the past six months as his administration continues its tough approach to immigration. Trump explained during a cabinet meeting, “For six months in a row, zero illegal aliens have been admitted into the United States. Do you believe that? Zero. We had millions of people coming in a year. Millions. Now we have zero for six months.” He argued the country had moved from “millions” of arrivals to “zero,” presenting it as a major achievement in his border crackdown. Trump’s comments came as federal officials prepare for a sweeping immigration enforcement operation in Minnesota. As reported by AP, the operation would primarily focus on Somali immigrants in the Minneapolis–St. Paul region who already have final orders of deportation. Teams of immigration officers are expected to conduct a high-priority sweep in the coming days, although the plan may still change. This will likely heighten tensions in the state, which has the largest Somali population in the US. Community leaders say Trump’s repeated comments about Somalis — including claims that they “have caused a lot of trouble” — are increasing fears of profiling and distrust. Many Somalis arrived in Minnesota as refugees fleeing civil war in the 1990s. With strong resettlement support and a growing diaspora, they have since become an important part of the state’s communities and politics. Trumpposted onTruth Socialon November 21 that “Somali gangs are terrorizing the people of that great State, and BILLIONS of Dollars are missing,” while announcing an end to Temporary Protected Status for Somalis “effective immediately.” He added, “Send them back to where they came from. It’s OVER!” Homeland Security spokesperson Tricia McLaughlin declined to confirm details of the planned operation, saying the agency does not comment on “future or potential operations”. “Every day, ICE enforces the laws of the nation across the country. What makes someone a target of ICE is not their race or ethnicity, but the fact that they are in the country illegally,” McLaughlin said to AP. Homeland Security Secretary Kristi Noem said the administration has already removed two million illegal immigrants this year. “Two million have gone home already, people that were here illegally you have removed and sent home,” she said during the Cabinet meeting. “We’re going to send more home for the holidays, too.” She also said ICE has hired 10,000 new officers. Trump added that deportation efforts are aimed at “the bad ones.” Noem recently suggested expanding the travel ban to more than 30 countries she claimed were “flooding our nation with killers, leeches and entitlement junkies.” Trump has repeatedly criticised Minnesota’s acceptance of Somali refugees, once saying leaders brought them in “without considering the impact on schools and communities and taxpayers.” The state is also home to Rep. Ilhan Omar, the first Somali-American in Congress and a frequent target of Trump’s attacks.</t>
+          <t>Saudi Crown Prince Mohammed bin Salman, also known as MBS, arrived at theWhite Houseto an elaborate welcome fromUS President Donald Trump, marking a moment that underlined the growing closeness between the two countries. The White House rolled the red carpet and gave a full ceremonial reception to the Prince complete with marching bands, flag-bearers on horseback and a military flyover. Inside the Oval Office, the two leaders took questions from reporters and spoke about business deals, new technologies and hopes for stability in the region. But as they focused on future cooperation, pressing issues such as the humanitarian crisis in Gaza drew little attention during their public remarks. Trump and Prince Mohammed appeared in high spirits throughout the visit, trading warm remarks from the moment the crown prince stepped into the White House. At one point, Trump took the prince’s hand and used the moment to criticiseformer US president Joe Bidenfor greeting MBS with only a fist bump during his 2021 trip to Riyadh, when COVID-19 precautions were still in place. Trump said he had no hesitation in offering a full handshake. “I grabbed that hand. I don’t give a hell where that hand’s been,” Trump said. He went on to praise the crown prince, calling him “fantastic” and “brilliant”. Trump said that he had long considered him a close friend and that he is proud of the work the prince has done, noting MBS’ progress on “human rights and everything else”. The mood shifted when a reporter from ABC News asked Prince Mohammed a difficult question. Trump scolded her, saying she had shown disrespect to his guest. Later, when she asked Trump why he would not release government records connected toJeffrey Epstein, he lashed out again, saying the network should lose its licence. He accused her of starting the exchange with an inappropriate question and suggested she had been encouraged by others at ABC, calling her unprofessional and unfair. Trump and the Saudi Crown Prince signed several agreements on Tuesday covering a wide range of issues, including defence and civil nuclear cooperation. According to the White House, the deals are meant to strengthen the long-term partnership between the two countries, create well-paid jobs in the US, support key supply chains and add to stability in the region, all while prioritising American workers and security. Trump has agreed to supply Saudi Arabia with advanced F-35 stealth fighter jets. The White House did not say how many aircraft would be included or which version, but said the jets would be part of a large defence package. Reports have suggested that Saudi Arabia had been hoping to acquire around two dozen F-35s. The details of overall value of the deal or other equipment involved has not been shared yet. The two leaders also completed a civil nuclear cooperation agreement that lays the groundwork for a long-term partnership on nuclear energy. The White House said the deal confirms that the US and its companies will be Saudi Arabia’s preferred partners in this field and that all cooperation will follow strong nonproliferation rules. Trump has been saying that he wants Saudi Arabia to join theAbraham Accords, the framework that opened formal ties between Israel and several Arab nations. Both Trump and Prince Mohammed, while speaking to the reporters, suggested that some movement was happening on this front, though they offered no clear details or timeline. The crown prince repeated that Saudi Arabia wants any agreement to include firm steps toward creating a Palestinian state. He told reporters that Riyadh sees value in building good relations across the Middle East and hopes to be part of the Abraham Accords, but also wants a guaranteed path toward a two-state solution. “We want also to be sure that we secure a clear path [to a] two-state solution. And today we have a healthy discussion with Mr President that we’ve got to work on that, to be sure that we can prepare the right situation as soon as possible to have that,” the crown prince said. Saudi leaders have long said Riyadh stands by the Arab Peace Initiative, which links any recognition of Israel to the creation of a Palestinian state. Trump, for his part, said he had “good talks” with MBS on the matter and noted that they discussed different possible outcomes, adding that the conversation would continue in the coming weeks. Trump thanked Saudi Arabia for the large investments it plans to make in theUnited States, saying the amount would reach hundreds of billions of dollars. He joked that, because of their close relationship, the total might even rise to a trillion. “I want to thank you because you’ve agreed to invest $600bn into the United States. And because he’s my friend, he might make it $1 trillion, but I’m going to have to work on him,” Trump said. He further added that the funds would help create jobs and support American companies and financial firms. Agreeing with Trump, Prince Mohammed said Saudi investments in the US could indeed grow to around a trillion dollars. He noted that the agreements being signed, covering areas such as technology, artificial intelligence, rare materials and magnets, would open up many new opportunities. The crown prince agreed with Trump’s view that the US is currently the most attractive market in the world and said Saudi Arabia hopes to play a key role in the country’s fast-growing tech sectors.</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>House panel for giving statutory authority to Statistical Commission</t>
+          <t>How will markets open today? GIFT Nifty in green, Nikkei, gold and 5 other cues at this hour</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>The parliamentary panel observed that the Rangarajan commission recommended creating a permanent, statutory body for official statistics, but the NSC was never given this legislative framework.</t>
+          <t>Track global cues, stock picks, and sector trends in today’s market update. Read more!</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2025-12-03T00:20:52+05:30</t>
+          <t>2025-11-19T07:06:09+05:30</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/india-news/house-panel-for-giving-statutory-authority-to-statistical-commission/4063487/</t>
+          <t>https://www.financialexpress.com/market/how-will-markets-open-today-gift-nifty-in-green-nikkei-gold-and-5-other-cues-at-this-hour-4049040/</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>In order to improve the credibility and reliability of India’s statistics, the Parliamentary Standing Committee on Finance has recommended that the National Statistical Commission (NSC) should be established as an autonomous body with statutory provisions. In its 27th report titled, “Performance Review of National Statistical Commission” pertaining toMinistry of Statisticsand Programme Implementation (MoSPI), tabled inLok Sabhaon Tuesday, the parliamentary panel underlined that the NSC, envisioned as the apex body for statistical governance, has yet to realize its full potential due to the absence of statutory backing and limited enforcement capacity. “Drawing from global best practices, particularly models like the UK Statistics Authority, the NSC should be restructured as an autonomous and accountable institution reporting to Parliament, supported by a professionally managed statistical office,” the panel said in its report. The NSC was established in 2005 following the recommendations of C Rangarajan Commission, which reviewed the Indian Statistical System in 2001. The NSC has four members besides a chairperson, each having specialization and experience in specified statistical fields. The parliamentary panel observed that the Rangarajan commission recommended creating a permanent, statutory body for official statistics, but the NSC was never given this legislative framework. The committee noted that the reliability and quality of official statistics are vital for effective policy making and public trust. The committee further observed that the existence of different data producers, including a growing number of private data providers, creates the possibility of discrepancies between their statistical estimates and those published by the NSC, particularly for key indicators likeGDP. “These potential inconsistencies, which can undermine stakeholder confidence, are largely a result of the NSC’s lack of statutory authority to enforce uniform standards and methodologies across all data producers, including those in the private sector,” the committee observed. Meanwhile, the MoSPI has told the committee that the NSC has autonomy to discharge its functions effectively and efficiently. “The NSC has developed adequate measures and mechanisms in this regard. In view of this, at present, regarding Statutory Body there is no such proposal under consideration,” the MoSPI told the committee on being asked about the status of the Draft National Statistical Commission (NSC) Bill, 2019. The bill proposed to establish NSC as an autonomous body. The standing committee also recommended the MoSPI to prioritise implementation of a comprehensive artificial integration strategy within the national sample survey. “This strategy should focus on capacity building through targeted training programs, collaboration with academic and research institutions, and continuous skill development,” the committee said in its report.</t>
+          <t>GIFT Niftystarted Wednesday with a mild gain, opening at 25,295, up 0.05%. Investors are watching global moves in crude oil, gold, and currency markets for direction. Indian markets slipped on Tuesday, ending their six-day winning run. TheNifty 50closed 103 points down at 25,910, while theSensexfinished 278 points lower at 84,673. Key global and domestic cues to know on November 19, 2025 Asia-Pacific markets were mixed on Wednesday. Japan opened weaker, with the Nikkei 225 slipping 0.36% and the Topix down 0.26%. In contrast, Australia’s S&amp;P/ASX 200 inched up 0.11%. The Dow Jones Industrial Average dropped 498.50 points, or 1.07%, ending at 46,091.74. The S&amp;P 500 fell 0.83% to 6,617.32. The Nasdaq Composite also moved lower, slipping 1.21% to close at 22,432.85 in the last trading session. TheUS Dollar Index (DXY), which measures the dollar’s value against a basket of six foreign currencies, was 0.03% up at 99.57 on Wednesday morning. The index evaluates the strength or weakness of the US dollar in comparison to major currencies. The basket contains currencies such as the British Pound, Euro, Swedish Krona, Japanese Yen, Swiss Franc, etc. The rupee depreciated 0.03%, closed at 88.61 to the dollar on November 18. Crude oil pricesslipped in early Wednesday trade, with West Texas Intermediate down 0.57% at $60.40 a barrel, while Brent crude dipped 0.51% to $64.56. Foreign investors (FIIs/FPIs)purchased Rs 729 crore worth of Indian equities on Tuesday, November 18, according to provisional exchange data.Domestic institutional investors (DIIs)also recorded net purchases, buying shares worth Rs 6,157 crore during the session. In the latest on the yellow metal, thegold rate in Dubai, 24-carat gold was priced at United Arab Emirates dirham (AED) 489.75 per gram, while 22-carat traded at AED 453.50 per gram and 18-carat at AED 372.50 per gram. As per Goodreturns, in India, the24-carat gold rate todayis Rs 1,23,650/10 gm, while 22-carat gold costs Rs 1,13,340/10 gm. For those preferring 18-carat gold, the price is Rs 92,730 for the same weight. Telecom stocksled the gains with a 1.11% rise, followed bypaints and pigmentsup 0.72%, whiletextilesinched higher by 0.71%. Wadia Grouptopped the charts with a sharp 7.47% jump, followed byGMR Group, which gained 5.9%.Raunaq Groupalso saw a mild rise of 2.61%. On the downside, Lakshmi Group Coimbatore slipped 2.9%, whileEssar GroupandJaipuria Groupdeclined 3.13% and 3.32%, respectively.</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>Wakefit to challenge Ikea with jumbo stores: CEO</t>
+          <t>The Turnaround Kings: How the Murugappa Group built a Rs 2.9 lakh crore empire</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>At the upper end of the price band, Peak XV's 22.47% stake in Wakefit is valued at Rs 1,368 crore. This is around 850% rise from the invested amount. Peak had exited brokerage Groww and fintech Pine Labs with astounding returns, in November.</t>
+          <t>Discover how the Murugappa Group turned around companies to build a Rs 2.9 lakh crore empire—explore their success stories now!</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>2025-12-03T00:06:46+05:30</t>
+          <t>2025-11-19T07:00:00+05:30</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/ipo-news-wakefit-to-challenge-ikea-with-jumbo-stores-ceo-4063484/</t>
+          <t>https://www.financialexpress.com/business/industry-the-turnaround-kings-how-the-murugappa-group-built-a-rs-2-9-lakh-crore-empire-4048953/</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>Wakefit Innovations, India’s largest D2C home furnishings firm, plans to challenge Swedish affordable-furniture retailer Ikea in domestic market, leveraging on its backward-integration edge. The firm on Tuesday set a price band at Rs 185-195 for its Rs 1,288-croreinitial public offering (IPO). “We will open jumbo stores showcasing home furnishings within the next eighteen months,” said Ankit Garg, co-founder and CEO of Wakefit, in an exclusive interview. “Ikea is the closest competitor in this segment. Three stores will initially be opened in Bangalore and then in other cities.” Wakefit offers home solutions across mattresses, furniture and furnishings. Consumer-sector IPOs are in vogue, afterUrban Company’sfloat received more than 100 times bids. Wakefit IPO opens alongside e-commerce unicorn Meesho, among the first few in about two dozen issuances anticipated in December. Both Meesho and Wakefit are backed by global venture fund Peak XV. At the upper end of the price band, Peak XV’s 22.47% stake in Wakefit is valued at Rs 1,368 crore. This is around 850% rise from the invested amount. Peak had exited brokerage Groww and fintech Pine Labs with astounding returns, in November. The VC major is “likely to stay invested (in Wakefit) at least for the next two years, given the large stake it owns,” said Garg. The furnishing vertical resembles fashion industry in terms of design, color and seasonality, said the founders. It takes several years for “a Western-trend to come to India. We bring it instantly,” they said. The firm has complete grip on its supply chain. The IPO bidding window will remain open from December 8 to 10. Axis Capital, IIFL Capital and Nomura Financial are the book runners (BRLMs). Investors expressed mixed views on the December IPOs rush even asforeign investors (FPIs)continue to rotate capital from secondary to primary markets this year. “While sentiments are positive for the markets, the abundant supply in primary markets has slowed the rise in secondary market,” said Sunil Singhania, founder of Abakkus Asset that manages Rs 40,000 crore in alternates.</t>
+          <t>What connects your favourite dessert to the cycle that you use to burn all the calories the next day? What connects your prized car to the loan that you took to fund it? Well, behind all of this is one Group with over Rs 90,200 crore turnover and a legacy of 125 years. It is the Murugappa Group. TheMurugappa Group, which has gone from strength to strength in recent years, is also synonymous with scripting successful turnaround stories. Most analysts we spoke to highlighted that the Group “has built a strong reputation for trust and prudence in financial services and beyond.” That’s saying a lot in a business world where trust and reputation is not very common. So, what’s the secret strategy that’s enabled the group to transition from being a so-called legacy player to a Group that stands out for its future focus? Before we delve deeper into that, here’s an interesting fact. The Murugappa family secured the seventh position in the top 10 most valuable Indian family businesses in 2025, as per the most recent Barclays Private Clients Hurun India Most Valuable Family Businesses List. With a value of Rs 2.9 lakh crore and led by Vellayan Subbiah, the family business was founded in 1900 and is now run by the fourth and fifth generations. It all started with a vision by Dewan Bahadur AM Murugappa Chettiar in 1900. Beginning as a banking and money-lending enterprise in Burma (Myanmar) before World War 1, it is a conglomerate today spread across diverse sectors, including agriculture, fertiliser, financial solutions and engineering. The Group has 10 listed entities in the Indian stock markets, including marquee names likeEID Parry,Cholamandalam Investment and Finance,Tube Investment, Coromandel International,Shanthi GearsandCG Power. Some of the best-known brands by the Group and ones that resonate with millions include the likes of Hercules, BSA, Chola MS, Gromor, Coromandel, Montra, Parry’s and a lot more. The Murugappa Group moved their assets to India before the Japanese invasion of then Burma (now Myanmar) in World War II. After establishing companies in core industrial sectors in independent India and re-entering the financial services sector, the 1980s saw the beginning of the big transition stories that the Murugappa Group has become synonymous with today. The Murugappa Group has manufacturing facilities across 10 countries and often refers to the ‘Presence that makes a difference’. While Indian companies expanding globally has become a norm, what stands out is the ‘success stories’ that the Group has had when it comes to takeovers and acquisitions. The acquisition of CG Power and Industrial Solutions is perhaps one of the best turnaround stories, not just for the Murugappa Group, but for Corporate India as well.  Tube Investments of India (TII), a multi-crore Murugappa Group company, acquired the controlling stake in CG Power and Industrial Solutions in 2020. As reported byFinancialExpress.comon November 27, 2020, and as per the exchange filing on November 26, 2020,Tube Investment completed acquisition of 50.62% stake in CG Poweron November 26, 2020. The share purchase agreement between the two was signed by the two in August 2020 and got the CCI nod in October of the same year. A careful study of theCG Power share pricegraph in the last 5 years perhaps brings forth the story best. CG Power had a debt of Rs 2,161 crore as of March 31, 2020. Crippled by accounting fraud, rising debt burden and promoter malpractices, the company’s financials and operations were in bad shape. Vellayan Subbiah, known for a few other success stories by the brand, spearheaded the transition and revival journey. Cut to 5 years since the acquisition, the once struggling company has guided for “sustained export growth, rising transformer and switchgear demand, a stable outlook in the industrial segment and a long-term scale-up in semiconductors. EV motors and GIS substations are identified as new growth areas.” In fact, working towards future-proofing the business, CG Semi launched one of India’s first end-to-end OSAT facilities in Sanand in August this year, establishing CG as a full-scale OSAT provider in both traditional and advanced packaging. Construction for a second OSAT facility is under way and likely to finish by 2026-end, scaling up to 14.5 million units/day. Today, CG Power’s market capitalisation is over Rs 1,15,000 crores. This is more than 100x the valuation of the company in early 2022. Talk about wealth creation. Another engineering firm that saw a similar turnaround is Shanthi Gears. The acquisition was again via Tube Investments of India. In 2012, Tube Investment bought 44.1% in this Coimbatore-based firm as it looked to diversify and get a stronger foothold in the non-auto sector. This acquisition made Shanthi Gears a leading gearbox manufacturer in India. At the time of acquisition, Shanthi Gears’ sales were slipping, it was not functioning at optimum level and was also facing some operational issues. Tracking the journey of the company over the last 13 years since the acquisition, Shanthi Gears’ FY13 revenue was Rs 146 crore and it closed FY25 with Rs 604.62 crore revenue. As Chairman, M A M Arunachalam put in his note to shareholders outlining the company’s focus, “Innovation remains central to our strategy. Leveraging global best practices, we’ve expanded our specialized product offerings catering to high-growth sectors such as renewable energy, infrastructure, mining, aerospace, defence and mobility.” As of Q2FY26, the unexecuted order book was Rs 254 crore. In Q2FY26, it has booked orders worth Rs 138 crore, up 7% compared to the same period last fiscal. The market capitalisation ofShanthi Gearstoday is over Rs 3,600 cr, which is 7.8 times the value at the start of 2012. Again, a solid turnaround this. The Murugappa Group buying out the DBS stake in its JV in Chola DBS and regaining controlling stake in Cholamandalam Investment and Finance is another classic example of the Murugappa family’s deep strategic value creation across the Group. In March 2010, under the leadership of Vellayan Subbiah, the Group companies, Tube Investment and New Ambadi Estates, bought out the 37.48% stake held by DBS. Since then, it’s seen an upward growth trajectory. The company demonstrated consistent profit growth and has seen significant addition to the assets under management. The market capitalisation of Cholamandalam Investment and Finance is Rs 1,42,604.51 crore now. This is more than 200 times the value at the start of 2010. Theshare price of Cholamandalam Investment and Financehas delivered over 34% return in 1 year and risen over 400% in the last 5 years. The steep surge in the share price of this NBFC since 2010 highlights investor confidence in the stock over the last 15 years. From being deeply impacted by the 2008 financial crisis globally, the NBFC has come a long way. In recent years, the company has expanded into consumer and small enterprise loans (CSEL), secured business and personal loans (SBPL), and SME finance, reinforcing its position as a diversified lender. As per the management guidance after the Q2FY26 results recently, the company is confident about growth pick-up in the second half of FY26. They maintained the “AUM growth guidance of 20% driven by a likely stronger recovery in demand in H2FY26.” According to the management, “credit losses in CSEL have now peaked, and the company expects the impact to moderate going forward.” Margins too are expected to improve 10–15 bps in H2FY26. The last in this list but surely not the least exciting – The Murugappa Group’s takeover ofEID Parryin 1981 made headlines. It was one of the oldest commercial names in India, and the management, struggling with debt, requested the Murugappa Group to take over. Today, EID Parry is not just the largest sugar manufacturer in southern India, Parry’s is the only sugar brand to be conferred the ‘SuperBrand’ status in India. EID Parry has also been recognised as the ‘Best Sugar Plant in Private Sector’ at the Sugar and Ethanol International Awards (SEIA) 2024. The company has not just made it big in agro products but is also expanding into bio-energy and clean fuel. However, what’s interesting is how the company continuously evaluates its business strategy to optimise gains ranging from biofuels to consumer products. Muthiah Murugappan – Whole Time Director – EID- Parry(India) highlighted, “We’re doing a strategy revisit or really an evaluation of where we stand and what our strategy needs to be going forward. We have certain product category areas which we are interested in.” He reiterated that the “the focus will be on the enablers for growth.” However, there are many other noteworthy diversification and inorganic expansion initiatives undertaken by this 125-year old group. Apart from the focus on innovation and strategic sectoral diversification, the Group’s holding structure and leadership have also carved out a unique place. Unlike many other family-run businesses, the leadership of the individual group companies has been handed over to professionals, with the family members moving to the board. Ambadi Investments is the primary holding company and has a key stake in most of the listed entities. The independent Group companies also have stake held by family members as well as unlisted companies of the Group. What started as a banking business in Burma employs over 94,000 employees today. Tracking the 125 years of the Group’s evolution, perhaps there are many changes with times and evolving customer dynamics; however, one aspect that stands out is the legacy of value built over years. Continuing the legacy also requires a fair bit of vision and focus on value creation. The Group is no doubt standing at a crucial juncture. One of the architects of the Group’s phenomenal expansion, former Chairman Arunachalam Vellayan passed away recently. Is this a start of a new chapter in the Group’s evolution? The continuing buzz seemed to indicate that the promoters may look at a new family settlement that can help carve out three equal groups in a tax-efficient manner. Talks about the possible three-way division of the group continues, though there has been no clear decision yet. For now, it’s a wait-and-watch game, as we await what the future unfolds.</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>13 states raise close to Rs 30,000 crore</t>
+          <t>PM-Kisan 21st instalment today: 70 lakh names removed for ineligibility — how to check payment status</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>10-year G-Sec and SGS spread widens up to 97 bps.</t>
+          <t>Under the PM-KISAN scheme, the central government provides income support of ₹6,000 to farmers every year. This amount is transferred in three installments of ₹2,000 every four months. The scheme was launched on February 24, 2019.</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>2025-12-02T23:57:44+05:30</t>
+          <t>2025-11-19T06:51:05+05:30</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/13-states-raise-close-to-rs-30000-crore-4063468/</t>
+          <t>https://www.financialexpress.com/money/pm-kisan-21st-instalment-today-70-lakh-names-removed-for-ineligibility-how-to-check-payment-status-4049023/</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>In the largest state government securities (SGS) auction of Q3FY26, 13 states collectively raised Rs 29,725 crore on December 2, marking a sharp rebound in issuance after weeks of restraint. The auction size was 41.5% higher than the Rs 21,000 crore initially indicated, reflecting renewed funding needs as the cushion from October’s double tranche of tax devolution has faded. “With issuance magnitude rising and dimming hopes of a rate cut from the MPC, SGS cut-offs have hardened despite a slight decline in tenor,” said Aditi Nayar, chief economist atICRA. Cut-offs in the 10 to 12 year segment came in between 7.17% and 7.49% against the 10 year G -Sec at 6.52%, leaving spreads in a wider 65 to 97 basis point range. The 10-year G-Sec itself softened from 6.56% to 6.51% during the day, with the market expecting RBI’s possible secondary market purchases of the 10-year benchmark. “Cut-offs for 10-year papers revealed wide interstate disparities withBihar,Meghalayaand Punjab priced at 7.40–7.49%, while Tamil Nadu and Rajasthan managed lower levels of 7.20–7.24%. This pushed the inter-state spread to an a typical 20–29 basis points, highlighting how investors are increasingly differentiating states by fiscal strength,” said Nayar. “The surge in supply coincided with firm cut-offs, highlighting rising borrowing costs. Weighted average SGS yields climbed to 7.39%, up from 7.29% last week, even as the average tenor dipped marginally to 14 years,” she added. “Persistent firmness in long-tenor SGS is becoming a concern,” said Venkatakrishnan Srinivasan, Founder of Rockfort Fincap LLP further adding that elevated yields may push states toward shorter maturities, raising rollover risks, while reduced participation from long-duration investors is prompting markets to demand clearer premiums for duration and fiscal credibility. Table</t>
+          <t>PM-Kisan yojana: Prime Minister Narendra Modi will release today the next installment of PM-Kisan to over 9 crore farmers in Coimbatore, Tamil Nadu. Agriculture Minister Shivraj Singh Chouhan confirmed yesterday that the next tranche will be transferred to eligible farmers across the country. PM Modi will also inaugurate the South India Natural Farming Summit 2025 in Coimbatore on the same occasion, from where he will digitally transfer the PM-Kisan amount. The Prime Minister will be on a day-long visit to Tamil Nadu and Andhra Pradesh. Modi will first travel to Andhra Pradesh, where he will participate in the birth centenary celebrations of spiritual guru Bhagwan Sri Sathya Sai Baba in Puttaparthi. He will then travel to Coimbatore to address a large farmers’ conference organized to promote natural farming. This event will be attended by over 50,000 farmers. The event is being organized by the Tamil Nadu Natural Farming Stakeholders Forum. According to an official statement, “The summit aims to promote sustainable, eco-friendly, and chemical-free agricultural practices, and to accelerate the shift towards natural and regenerative farming as a viable, climate-smart, and economically sustainable model for India’s agricultural future.” Under the PM-KISAN scheme, the central government provides income support of ₹6,000 to farmers every year. This amount is transferred in three installments of ₹2,000 every four months. The scheme was launched on February 24, 2019. In the previous installment (April-July FY26), 97.14 million farmers received the money. During the December-March 2024-25 period, the amount was transferred to 10.68 million farmers. The number of farmers eligible for the latest, 21st installment, has decreased by approximately 7 million. This is due to a rigorous campaign being launched by the government to identify farmers who are ineligible for the scheme. The government has currently paused the accounts and registration process of several thousand farmers. The ministry suspects that many of these farmers do not meet the scheme’s criteria. The Agriculture Ministry is also conducting a nationwide ‘saturation drive’ to ensure all eligible farmers are included in the scheme. A notice issued on the PM-Kisan portal states that the Agriculture Department has “identified certain suspected cases that may fall under the exclusion criteria outlined in the PM-KISAN scheme guidelines,” and farmers are advised to check their eligibility on the website. According to the PM-Kisan guidelines, state governments identify beneficiaries. Any land-owning farmer family can participate in this scheme, provided they do not fall under the exclusion criteria. These exclusion criteria include: Not falling within the income limit Farmers who pay income tax Government employees Elected public representatives People receiving a monthly pension of ₹10,000 or more The government aims to ensure that only eligible farmers receive PM-KISAN benefits and eliminate any possibility of erroneous payments.</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>Putin ‘ready for war with Europe’, threatens to ‘cut Ukraine off from sea’ as peace plan limps forward</t>
+          <t>From Infosys, HUL, TCS to Adani Green – Here are 8 stocks to watch</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>The remarks came even as US envoy Steve Witkoff and Jared Kushner reached Moscow for a meeting with Putin on Tuesday.</t>
+          <t>Infosys buyback, HUL spin-off, TCS NHS deal, and more put 8 stocks in focus—see the key updates for investors today!</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2025-12-03T05:41:09+05:30</t>
+          <t>2025-11-19T06:33:06+05:30</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/world-news/putin-ready-for-war-with-europe-threatens-to-cut-ukraine-off-from-sea-as-peace-plan-limps-forward/4063386/</t>
+          <t>https://www.financialexpress.com/market/from-infosys-hul-tcs-to-adani-green-here-are-8-stocks-to-watch-4048874/</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>Russian President Vladimir Putin delivered a sharp warning for European nations on Tuesday — insisting that his country was ready for a direct conflict. The Kremlin chief also threatened to “cut Ukraine off from the sea” following a drone attack against its ‘shadow fleet’ tankers in the Black Sea. The remarks came even as US envoy Steve Witkoff and Jared Kushner reached Moscow for a meeting with Putin on Tuesday. Meanwhile Ukrainian leader Volodymyr Zelensky continued his visits to supportive European nations. “The most radical solution is to cut Ukraine off from the sea, then piracy will be impossible in principle,” Putin said in televised remarks. He also claimed that Moscow would intensify its strikes on Ukrainian facilities and vessels, and take measures against tankers of countries that help Kyiv. He also accused Europe of amending peace proposals with “demands that are absolutely unacceptable to Russia,” thus “blocking the entire peace process” and blaming Moscow for it. “That’s their goal,” Putin said. He reiterated his long-held position that Russia has no plans to attack Europe — a concern regularly voiced by some European countries. “But if Europe suddenly wants to wage a war with us and starts it, we are ready right away. There can be no doubt about that,” Putin said. Russian President Vladimir Putin has indicated plans to discuss various economic issues with Prime Minister Narendra Modi during his upcoming visit tot India. He also insisted that it was a “goal” for Moscow to greatly elevate ties with China and India. The remarks came even as Putin lashed out at European powers for ‘derailing’ the Ukraine peace deal and prepared for a meeting with top US officials. India has found itself walking a diplomatic tightrope in recent months — facing vehement criticism from the US over continued purchase of oil from Moscow amidst the war.</t>
+          <t>Several companies have announced important updates that could draw investor attention in today’s session. Key developments span buybacks, record dates, project wins, new agreements and product launches. Here’s a quick look at the stocks likely to be in focus today. Indian stock markets ended lower on Tuesday, breaking their six-day winning streak. TheNifty 50slipped 103 points, or 0.40%, to close at 25,910. TheBSE Sensexalso fell 278 points, or 0.33%, finishing the session at 84,673. Stocks to watch today, November 19 Infosysconfirmed that its 2025 share buyback will open on November 20 and run till November 26. The company plans to repurchase up to 10 crore shares at Rs 1,800 each, totalling Rs 18,000 crore, through the tender route. The buyback covers 2.41% of its standalone equity base. Hindustan Unileverhas set December 5, 2025 as the record date for shareholders eligible to receive shares of Kwality Wall’s (India) (KWIL). This comes after HUL received the NCLT-certified order approving the spin-off and completed all required filings. Tata Consultancy Servicessecured a five-year deal with NHS Supply Chain to upgrade its business systems and cloud platforms. The project aims to streamline healthcare supply operations using cloud and AI tools. Adani Energy Solutionsreceived a Letter of Intent from PFC Consulting for a major transmission system in Gujarat’s Khavda renewable energy zone. The project falls under Phase-V (8 GW) and will move ahead once final agreements are signed. Azad Engineeringentered a long-term arrangement with Pratt &amp; Whitney Canada. Under a new Master Terms Agreement and Purchase Agreement, the company will work on developing and manufacturing aircraft engine components. GR Infraprojectsannounced that Western Railways has assigned November 15, 2025 as the appointed date for its gauge conversion project. Covering nearly 39 km between Kosamba and Umarpada, the work includes bridges, station facilities, platforms, drainage, water supply and track-related tasks. RITESsigned an MoU with the Andhra Pradesh Economic Development Board to offer consultancy support. The collaboration will focus on attracting investments and developing infrastructure and industrial projects across the state. Escorts Kubotalaunched its next-generation KA6 and KA8 ride-on rice transplanters. The new models will be available across key rice-growing states, including Tamil Nadu, Andhra Pradesh, Punjab and Kerala.</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>Inside Samantha Ruth Prabhu and Raj Nidimoru’s quiet temple wedding that stunned the internet</t>
+          <t>In pictures: PM Modi shares glimpses of spectacular Dev Deepawali celebrations in Varanasi</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/photos/lifestyle-gallery/4061845/inside-samantha-ruth-prabhu-and-raj-nidimorus-quiet-temple-wedding-that-stunned-the-internet/</t>
+          <t>https://www.financialexpress.com/photos/lifestyle-gallery/4034255/in-pictures-pm-modi-shares-glimpses-of-spectacular-dev-deepawali-in-varanasi/</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>No content available</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>In pictures: SRK, Aishwarya, Salman, Rekha and more attend Dharmendra’s emotional memorial in Mumbai</t>
+          <t>PM Modi celebrates Diwali aboard INS Vikrant with Navy personnel – In Pictures</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/photos/lifestyle-gallery/4058950/in-pictures-srk-aishwarya-salman-rekha-and-more-attend-dharmendras-emotional-memorial-in-mumbai/</t>
+          <t>https://www.financialexpress.com/photos/business-gallery/4016621/pm-modi-celebrates-diwali-aboard-ins-vikrant-with-navy-personnel-in-pictures/</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>No content available</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>Hema Malini unlocks rare memories of Dharmendra; shares never-seen pictures of the late actor</t>
+          <t>In Pictures | India gets ready for Diwali amid record shopping and rising pollution</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/photos/lifestyle-gallery/4058162/hema-malini-unlocks-rare-memories-of-dharmendra-shares-never-seen-pictures-of-the-late-actor/</t>
+          <t>https://www.financialexpress.com/photos/lifestyle-gallery/4015828/in-pictures-india-gets-ready-for-diwali-amid-record-shopping-and-rising-pollution/</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>No content available</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 