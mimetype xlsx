--- v1 (2026-01-27)
+++ v2 (2026-03-28)
@@ -1,77 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Hindustan Times(Real estate)" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Hindustan Times(Analysis)" sheetId="2" state="visible" r:id="rId2"/>
     <sheet name="Indian Express Real Estate" sheetId="3" state="visible" r:id="rId3"/>
     <sheet name="Indian Express Business" sheetId="4" state="visible" r:id="rId4"/>
-    <sheet name="Realty Plus" sheetId="5" state="visible" r:id="rId5"/>
-[...8 lines deleted...]
-    <sheet name="G&amp;M Real Estate" sheetId="14" state="visible" r:id="rId14"/>
+    <sheet name="FE Market" sheetId="5" state="visible" r:id="rId5"/>
+    <sheet name="FE Commodities" sheetId="6" state="visible" r:id="rId6"/>
+    <sheet name="FE Banking &amp; Finance" sheetId="7" state="visible" r:id="rId7"/>
+    <sheet name="FE Real Estate" sheetId="8" state="visible" r:id="rId8"/>
+    <sheet name="ET Stock Market" sheetId="9" state="visible" r:id="rId9"/>
+    <sheet name="ET Commodities" sheetId="10" state="visible" r:id="rId10"/>
+    <sheet name="ET Cryptocurrency" sheetId="11" state="visible" r:id="rId11"/>
+    <sheet name="ET Real Estate" sheetId="12" state="visible" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
@@ -156,51 +152,51 @@
       <rgbColor rgb="0099CCFF"/>
       <rgbColor rgb="00FF99CC"/>
       <rgbColor rgb="00CC99FF"/>
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet14.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet10.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet12.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -501,4707 +497,2563 @@
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Content</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Nov 19, 2025 08:43 am</t>
+          <t>Mar 19, 2026 08:10 am</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/bengaluru-real-estate-are-security-deposits-now-passive-income-for-landlords-tenants-ask-101763487702774.html</t>
+          <t>https://www.hindustantimes.com/real-estate/from-60-000-to-25-crore-heres-why-buyers-are-betting-big-on-farmlands-in-high-growth-corridors-101773855668683.html</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Bengaluru’s rental market is once again under scrutiny, with Redditors residing along major real estate corridors reporting soaring rents, steep security deposits, and what they call landlords’ ‘passive income’. Small 400–600 sq. ft. units are renting for  ₹30,000– ₹40,000, with deposits ranging from  ₹1.2 lakh to  ₹2 lakh. Many of these homes, users noted, come with ‘dungeon-core architecture… 2008 tiles… no sunlight, no ventilation.’ One tenant reported that a landlord closed the terrace and then asked them to pay for using it, while another was charged  ₹2,500 per month for parking, on top of already high rents. “Bangalore landlords be like: Rent is income, Security Deposit is passive income. At this point I’m convinced: Rent = income | Security Deposit = passive income | Standard Deduction = festival bonus | Tenant = walking treasury,” read the post. One Redditor searching for a 1BHK apartment under 750 metres from the Indiranagar metro station said the market “felt like a social experiment,” with houses of 400–600 sq. ft. costing  ₹30,000– ₹40,000 in rent and deposits reaching  ₹1.2 lakh to  ₹2 lakh. Many of these units, he said, came with “dungeon-core architecture… 2008 tiles… no sunlight, no ventilation.” Tenants called the most challenging thing the so-called “standard deduction”, a full month’s rent automatically taken from the deposit at move-out. “Actual repainting and cleaning costs are  ₹8,000– ₹20,000,” one Redditor said, adding that some landlords act as if tenants “spent the year scratching hieroglyphics into the walls.”Also Read: Bengaluru tenants turn to property investment to escape rental exploitation by landlords Several tenants wrote about sudden, unilateral rent and deposit hikes. One Redditor in Domlur said their landlord woke up one morning and announced: “Property prices around are increasing, so rent will go up by 40% and the deposit by 25%, or your notice starts today.” Others described landlords implementing charges for the most ordinary spaces. One comment noted that a landlord “closed the terrace and then asked us to pay for using it.” In another property, tenants were being charged  ₹2,500 per month for parking, on top of already high rents. A prospective tenant who attempted to negotiate a capped painting deduction of  ₹20,000 said it was rejected instantly. Paraphrasing their reaction, they said the landlord behaved as though the walls required “paint extracted from the tear glands of Himalayan unicorns.” Some tenants faced far more serious financial consequences. One user reported that they never recovered their  ₹1 lakh deposit, stating that pursuing legal action was too expensive. “I hope they never find happiness with such unjust money,” the Redditor wrote. Another resident recounted how their rent in Indiranagar shot up from  ₹50,000 to  ₹70,000 the moment they vacated; a friend nearby saw their rent jump from  ₹80,000 to  ₹1.1 lakh. “Ridiculous,” they said. Amid escalating costs, some Redditors advised looking slightly outside the immediate Indiranagar radius. Neighbourhoods like Michael Palya, Thippasandra, and Jeevan Bima Nagar were recommended for offering more options without being too far from metro connectivity. Others compared flats with PG accommodations. While PGs costing  ₹10,000– ₹20,000 with food were acknowledged as economical, renters noted the trade-offs: shared rooms, no privacy, limited guest comfort, and a dorm-like environment. Flats, they said, at least allow “your own space, your own routine, and guests who can sit and talk without awkwardness.”Also Read: Planning to rent in Bengaluru? Netizens warn of hidden costs and water issues; even suggest checking with society guards Redditors agree that “cleaning and repainting are basic housekeeping,” and most say it’s fair for outgoing residents to cover a reasonable portion of those costs. According to tenants, rent already includes the cost of routine wear and tear. They argue that when you rent a home, you’re paying for the property as a service and maintaining that service is the owner’s responsibility, unless the tenant has caused direct damage. Also Read: Bengaluru real estate: One month’s rent for a fresh coat of paint now the norm in the IT Capital’s rental market They said that long-lasting fixtures like fans, geysers, tube lights, doors, and bathroom fittings, items that should last a decade or more, shouldn’t be treated as consumables billed to the tenant at move-out. Lawyers emphasise the importance of examining the rental agreement in detail before signing. “There are several critical clauses that both the landlord and tenant must agree on,” said Priyanka Kwatra, an advocate at the Karnataka High Court. She said that “I’ve frequently come across cases where landlords demand large security deposits, and in many instances, the full amount is not returned at the end of the lease.” Advocate Srinivas G advises tenants to record the state of the home as soon as they move in. “Capturing photos or videos of the apartment at the start of the tenancy can serve as vital evidence,” he said. “It helps protect tenants if the landlord later tries to deduct money from the deposit for damages or repairs.”</t>
+          <t>In a now-viral X (formerly Twitter) post, stock market trader Swapnil Kommawar revealed that his uncle once bought four acres of land in their hometown for just  ₹60,000. As the area grew into a full-fledged district, the land’s value skyrocketed, with retail giant DMart acquiring two acres of the plot for  ₹25 crore. Such stories of modest land purchases turning into multi-crore windfalls highlight the long-term potential of real estate, especially in rapidly urbanising regions. Experts note that while farmlands can indeed become real estate jackpots, the extent of appreciation largely depends on the plot’s location and connectivity to infrastructure.Also Read: How farmlands turned into a real estate jackpot — no trading, no flipping, just patience and timing In Kommawar’s example, the remaining land retains its value. At the proceeds from the partial sale have been reinvested into fixed deposits, reportedly generating a steady monthly income, the user wrote on X. A similar pattern emerges from another Reddit anecdote: a Delhi-NCR family purchased 3 bighas of farmland in Noida for  ₹6 lakh nearly 2 decades ago. Over time, the land was acquired by the authority, with compensation payouts rising from  ₹23 lakh in 2009 to an additional  ₹15 lakh in 2013 after revision. Instead of liquidating gains, the family reinvested the proceeds into a residential plot in Greater Noida West and farmland near the upcoming Noida International Airport. Today, these assets are estimated to be worth over  ₹5 crore, the Redditor said. Real estate experts say that investing in land continues to appeal to buyers seeking long-term optionality, be it for future construction, capital preservation, or eventual resale gains. Unlike built properties, plotted assets typically do not generate immediate rental yields, but they have historically delivered stronger capital appreciation over longer holding periods, market observers note. “Returns in land investments are fundamentally driven by micro-market dynamics and developer quality,” Manjesh S Rao, Chief Real Estate Officer at BrokerInBlue, said. He also said that buyers should prioritise well-planned, gated layouts with strong connectivity and essential infrastructure, as these are more likely to sustain long-term appreciation.Also Read: Bengaluru apartment body urges state govt to pass new apartment Act, seeks rollback of steep waste charges on apartments Experts caution that while farmland can deliver outsized returns, it comes with a distinct set of risks, particularly around documentation and legal clarity. Ensuring a clean and marketable title remains one of the biggest challenges for buyers, often requiring detailed due diligence before any transaction. “Clear title verification is critical in farmland deals, as ownership records can sometimes be fragmented or unclear,” Sunil Singh, director at Realty Corp, said. He pointed out that location plays an equally important role, with parcels closer to infrastructure corridors and within an accessible distance of urban areas centres commanding stronger long-term appreciation. According to Singh, farmland within a 100-km radius of Bengaluru is now priced at  ₹1–2 crore per acre, reflecting heightened investor interest following regulatory changes that allow individuals to purchase agricultural land. “Earlier, restrictions limited participation, but with policy easing, demand has increased significantly, pushing up prices,” he noted. He emphasised that investors need a long holding horizon to realise meaningful gains. “If someone is buying land at around  ₹1 crore per acre today, it could take 10–15 years to scale that into  ₹15–20 crore, depending on how the surrounding infrastructure develops,” he said. Citing recent transactions, Singh pointed to deals in Chikkaballapur, where farmland purchased at around  ₹90 lakh per acre a few years ago is now valued at approximately  ₹2.5 crore per acre. He said that road access is another key factor, recommending plots close to at least 40-foot-wide roads that can be expanded in the future, further enhancing land value. (Disclaimer: This report is based on user-generated content from social media. HT.com has not independently verified the claims and does not endorse them.) Souptik Datta is a deputy chief content producer at Hindustan Times Digital, where he reports on southern India with a focus on real estate, urban infrastructure and environmental urban issues. His coverage tracks the intersection of policy, capital flows, regulation and sustainability, examining how these forces shape housing markets, commercial real estate and large-scale infrastructure development across rapidly transforming cities. He also closely tracks civic issues affecting urban residents, including property taxation, planning approvals, public transport expansion, water stress, waste management and the governance challenges that influence everyday life in India’s metros. Souptik’s reporting is driven by a strong interest in accountability, consumer rights and the lived realities of homebuyers and investors navigating volatile pricing cycles, regulatory changes and project delivery risks. He frequently analyses project launches, land monetisation strategies, planning frameworks, RERA-related developments and the broader implications of infrastructure investments on emerging growth corridors. His work blends on-ground reporting with data-backed analysis and long-form explainers aimed at demystifying complex real estate and infrastructure developments for readers.  He is an alumnus of the Indian Institute of Journalism and New Media. Before joining Hindustan Times Digital, Souptik was associated with Moneycontrol at Network 18, where he covered real estate, infrastructure and allied sectors, producing market insights, policy-led stories and in-depth features.  Outside the newsroom, Souptik is an avid solo traveller and documentary enthusiast, exploring diverse regions and visually documenting unique narratives through film and photography. In his early career, Souptik also freelanced as a documentary photographer, independently working on visual storytelling projects that captured grassroots narratives, urban change and everyday life. He can be reached at souptik.datta@htdigital.in.Read More</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Nov 18, 2025 07:03 pm</t>
+          <t>Mar 18, 2026 09:24 pm</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/delhi-court-sends-former-jaypee-infratech-md-to-14-days-judicial-custody-101763472556297.html</t>
+          <t>https://www.hindustantimes.com/real-estate/jsw-realty-signs-agreement-to-redevelop-malabar-court-in-south-mumbai-eyes-2-000-crore-potential-101773848563993.html</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>New Delhi, Nov 18 (PTI) A Delhi court on Tuesday sent former Jaypee Infratech MD Manoj Gaur, arrested in a money laundering case, to 14 days' judicial custody. On November 13, he was remanded to five-day custody of the Enforcement Directorate. Gaur was produced before a sessions court on completion of his custodial interrogation, following which it allowed the agency’s plea seeking 14-day jail for the accused. The ED arrested Gaur on November 13 in a case linked to a  ₹14,599 crore "fraud" with homebuyers. The federal agency alleged that the funds collected from thousands of homebuyers for the construction and completion of residential projects were diverted for purposes other than construction, defrauding the buyers and leaving their projects incomplete. It claimed that two companies, Jaiprakash Associates Ltd (JAL) and Jaypee Infratech Ltd (JIL), collected over  ₹33,000 crore for the construction of residential projects -- Jaypee Wishtown and Jaypee Greens -- in Noida and Greater Noida, respectively. The ED launched the investigation against the Jaypee Group based on multiple FIRs registered by the Economic Offences Wings (EOW) of Delhi and Uttar Pradesh police, based on complaints filed by homebuyers of Jaypee Wishtown and Jaypee Greens projects, alleging criminal conspiracy, cheating and criminal breach of trust against the company and its promoters. On May 23, the agency conducted searches at 15 locations in Delhi, Noida, Ghaziabad and Mumbai, including the offices and premises of JAL and JIL.</t>
+          <t>JSW Realty, the real estate arm of the JSW Group, has signed a development agreement (DA) to redevelop Malabar Court in South Mumbai’s upscale Malabar Hill, where it plans to develop a luxury project with an estimated revenue potential of over  ₹2,000 crore, featuring exclusive residences including single-floor homes, duplexes, and a signature penthouse, the company said in a statement on March 18. "The company today signed a development agreement with the Patel Family for Malabar Court, an exclusive property in Mumbai’s most established residential neighbourhood. Malabar Court has been home to the Patel family for over seven decades and holds a distinctive place in the neighbourhood’s residential fabric. The agreement reflects the confidence that long-standing property owners increasingly place in JSW Realty," according to a company statement. According to the company, the project spans an area of under one acre and is located adjacent to the Malabar Hill Club. The project draws from its Art Deco legacy while adopting a contemporary design approach, the company said. Also Read: Mumbai real estate: Adani Group subsidiary acquires over 48,000 sq ft of land in South Mumbai for  ₹170 crore The company said that the project is planned as a boutique luxury residential tower, and the development is expected to generate a topline of over  ₹2,000 crore. It will offer exclusive residences, including single-floor homes, duplexes and a signature penthouse. “Malabar Court is envisioned as a rare offering shaped by continuity rather than reinvention. Over the last five years, we have meticulously built a portfolio that prioritises quality and architectural integrity. With Malabar Court, we strengthen our commitment to developments that honour the legacy of the neighbourhood while delivering enduring institutional value,' said Sujal Shroff, CEO, JSW Realty. Also Read: Lodha Developers acquires development rights for a 17,403 sq mtrs land parcel in South Mumbai’s Malabar Hill The project is expected to feature a curated suite of wellness and lifestyle amenities designed to offer residents a private and tranquil retreat within the city, the company said in a statement. Also Read: MHADA sells 64 homes out of 118 under first-come, first-served scheme in Mumbai; premium flats priced  ₹4–8 crore unsold JSW Realty is the real estate development arm of the $23 billion JSW Group. Its portfolio includes bespoke residences, integrated townships, curated projects and mixed-use developments. The company combines architectural sensitivity, sustainability, and disciplined execution to deliver high-quality projects anchored in long-term value creation, the company statement said. Mehul R Thakkar is a Mumbai-based journalist who closely tracks the city’s ever-evolving real estate landscape. 
+He believes that Mumbai presents a unique reality that, while Mumbaikars deeply aspire to own a home in the city of dreams, many spend little actual time living in it due to long commutes and demanding work lives. 
+With over 11 years of experience in journalism, I have reported across a wide spectrum of beats, including real estate, housing, infrastructure, aviation, and education.  
+I have also extensively covered the workings of India’s wealthiest civic body, the Brihanmumbai Municipal Corporation (BMC), providing insight into the policy, governance, and urban planning decisions that directly influence Mumbai’s growth. 
+Before joining Hindustan Times, I worked in fast-paced digital and print newsrooms, including Moneycontrol.com and Deccan Chronicle, as well as national dailies such as The Asian Age and DNA.
+Outside the newsroom, I am an avid weather tracker, a fan of spy thrillers in both books and films, and a keen follower of international affairs.Read More</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>No published date</t>
+          <t>Mar 18, 2026 06:58 pm</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/saif-ali-khan-purchases-two-office-units-in-mumbais-andheri-for-30-75-crore-101763471742166.html</t>
+          <t>https://www.hindustantimes.com/real-estate/bengaluru-home-prices-increase-by-21-in-q4-2025-second-only-to-mumbai-report-101773837462580.html</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Bollywood actor Saif Ali Khan has purchased two commercial property units in Mumbai's Andheri East worth  ₹30.75 crore, according to property registration documents. The two units measure 5,681 sq ft in a building named Kanakia Wallstreet, along with six car parkings, according to the property registration documents accessed by Volney, a real estate advisory firm. The seller of the office space is Apiore Pharmaceutical, a US-based pharma Company, the documents show. The transaction was facilitated by Volney. The office space is located in Andheri East, which has become a preferred address for corporates, creative agencies, and global enterprises. A stamp duty of  ₹1.84 crore was paid along with a registration fee of  ₹60,000. The transaction was registered on November 18, 2025. Rohan Sheth, Founder at Volney, a real estate advisory and Investor Network firm said, “Andheri East has transformed into one of Mumbai’s most active commercial corridors, combining accessibility, infrastructure, and strong rental yields. With seamless connectivity to the airport and key business districts, it continues to attract both institutional and individual investors seeking long-term value.” “In recent years, we’ve seen growing interest from celebrities and high-net-worth individuals diversifying into Grade-A commercial real estate. It’s viewed as a stable, appreciating asset class that complements other investment avenues.” Volney Manages 3 Prominent Commercial building in Mumbai – Kanakia Boomerang at Chandivali, Andheri, Trade Centre at BKC &amp; Kanakia Wallstreet at Powai, Andheri," Sheth said. In the surroundings where Saif Ali Khan has purchased the office units, Elon Musk’s satellite internet venture, Starlink Satellite Communications Private Limited, recently, leased a 1,294 sq ft office space in Mumbai’s Chandivali area for five years, at a total rent of  ₹2.33 crore. Also Read: Lodha Developers eyes Gurugram as launchpad for NCR projects The commercial space was previously leased in the same building where Bollywood actor Hrithik Roshan and his father, Rakesh Roshan, had purchased three office units for  ₹31 crore earlier this year through their company, HRX Digitech LLP. Saif Ali Khan could not be reached for comment. An email query has been sent to Apicore Pharmaceutical. The copy will be updated if a response is received. Also Read: Maharashtra government’s new slum cluster redevelopment approach: 5 key things to knowSaif Ali Khan's real estate portfolio Saif Ali Khan lives in a luxury apartment in the posh Bandra West area of Mumbai. Besides the  ₹24 crore flat he bought almost a decade ago in the Satguru Sharan building, he also owns other properties in Mumbai. Saif Ali Khan’s over 6,500 sq ft apartment was purchased in April 2012 for  ₹23.50 crore from Satguru Builders, a real estate developer, according to property index-2 documents accessed by IndexTap.com Also Read: Elon Musk’s Starlink real estate deal in Mumbai has a Hrithik Roshan connectionBefore moving into the apartment, Saif Ali Khan and Kareena resided in the Fortune Heights apartment complex in Bandra. According to reports, the four-storeyed property, each consisting of 3BHK units, was valued at  ₹48 crores in 2013. In April 2016, Saif Ali Khan purchased an apartment measuring over 950 sq ft in Fortune Heights in Mumbai's Bandra for  ₹7 crore, according to property registration documents accessed by Zapkey.com</t>
+          <t>Bengaluru’s housing market witnessed a sharp uptick in home prices in Q4 2025, with average prices rising 21% quarter-on-quarter to  ₹9,500 per sq ft. This made it the second-most-expensive housing market after Mumbai MMR ( ₹14,000 per sq ft in Q4), surpassing Delhi NCR ( ₹9,167 per sq ft in Q4), according to a PropTiger report. The report highlighted pronounced fluctuations in sales throughout the year, driven more by timing-led demand than a steady recovery pattern. Sales stood at 11,731 units in Q1 2025 before surging 33.2% QoQ to 15,628 units in Q2, the strongest quarterly performance of the year.Also Read: Bengaluru real estate prices: Over 42% of homebuyers can no longer afford sub-  ₹1 crore homes “In Q4 2025, sales stabilised at 13,931 units, reflecting a 6.1% QoQ increase, though volumes remained below the Q2 peak. On a YoY basis, Q4 2025 sales were 5.3% higher than Q4 2024, indicating modest year-end improvement despite intra-year volatility,” the report said. Overall, Bengaluru recorded 12.7% YoY growth in residential sales in 2025, reflecting demand resilience. However, faster supply expansion kept the market in a calibrated adjustment phase rather than an acceleration cycle, the report said. “Bengaluru’s residential market in calendar year 2025 exhibited pronounced quarterly volatility, with sharp swings in sales volumes reflecting timing-driven demand rather than a linear recovery trend,” the PropTiger report said.Also Read: Bengaluru real estate: Planning to buy a  ₹2 crore property? Here’s how much you should earn per month On the supply side, PropTiger said developers maintained a strong launch pipeline, particularly in Q1 and Q4 2025, indicating continued confidence in the market. However, this optimism was not consistently reflected in absorption levels across all quarters, leading to periodic sales fluctuations. “On the supply side, new launches remained elevated, particularly in Q1 and Q4 2025, suggesting sustained developer confidence. However, this supply was not consistently matched by absorption across all quarters, contributing to periodic volatility in sales performance,” the report said. At the national level, the report noted that housing sales across the top eight cities declined 12% year-on-year to 3,86,365 units in 2025, marking the lowest annual sales since 2022. Quarterly sales in Q4 also fell 10% YoY to 95,049 units. New supply across India dropped 6% annually to 3,61,096 units, the lowest since 2021. Although Q4 supply saw a marginal 4% YoY increase, this indicates a cautious but steady approach by developers, the report said. Souptik Datta is a deputy chief content producer at Hindustan Times Digital, where he reports on southern India with a focus on real estate, urban infrastructure and environmental urban issues. His coverage tracks the intersection of policy, capital flows, regulation and sustainability, examining how these forces shape housing markets, commercial real estate and large-scale infrastructure development across rapidly transforming cities. He also closely tracks civic issues affecting urban residents, including property taxation, planning approvals, public transport expansion, water stress, waste management and the governance challenges that influence everyday life in India’s metros. Souptik’s reporting is driven by a strong interest in accountability, consumer rights and the lived realities of homebuyers and investors navigating volatile pricing cycles, regulatory changes and project delivery risks. He frequently analyses project launches, land monetisation strategies, planning frameworks, RERA-related developments and the broader implications of infrastructure investments on emerging growth corridors. His work blends on-ground reporting with data-backed analysis and long-form explainers aimed at demystifying complex real estate and infrastructure developments for readers.  He is an alumnus of the Indian Institute of Journalism and New Media. Before joining Hindustan Times Digital, Souptik was associated with Moneycontrol at Network 18, where he covered real estate, infrastructure and allied sectors, producing market insights, policy-led stories and in-depth features.  Outside the newsroom, Souptik is an avid solo traveller and documentary enthusiast, exploring diverse regions and visually documenting unique narratives through film and photography. In his early career, Souptik also freelanced as a documentary photographer, independently working on visual storytelling projects that captured grassroots narratives, urban change and everyday life. He can be reached at souptik.datta@htdigital.in.Read More</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Nov 18, 2025 06:48 pm</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/india-sotheby-s-international-realty-expands-top-leadership-101763460372001.html</t>
+          <t>https://www.hindustantimes.com/real-estate/quest-coworks-buys-five-office-units-spread-over-57-000-sq-ft-from-capgemini-technology-in-mumbais-andheri-for-55-8-cr-101773823477847.html</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>India Sotheby’s International Realty has appointed Vinamra Shastri to its Board of Directors. In his new role, he will provide strategic direction across the company’s advisory, and Alternate Investment Fund (AIF) businesses, the company said in a statement on November 18. Delhi-based real estate consultant India Sotheby’s International Realty is primarily focused on the luxury residential market. With 24+ years across leading global consulting firms, Vinamra has steered India’s top family-owned businesses on growth, transformation and governance. He specialises in guiding promoter-led enterprises as they professionalise, expand and prepare for long-term value creation, it said. “India Sotheby’s International Realty is at an inflection point, and I’m excited to support its next phase of growth. Having advised promoter-led and family-owned businesses through transformation and governance shifts, I look forward to bringing that perspective to the India SIR Board — especially as we scale the AIF business with stronger regulatory and compliance frameworks,” said Vinamra Shastri. Building on its strong presence in the National Capital Region, India Sotheby’s International Realty (India SIR) has also expanded its footprint with a new office in Gurugram. Also Read: Lodha Developers appoints Amandeep Singh as Regional CEO for Delhi-NCR Tina Talwar, a seasoned industry leader with over three decades of experience across luxury real estate and hospitality, will spearhead this expansion in one of India’s fastest-growing luxury housing markets. In her previous role as Regional Head at Sobha Ltd., she led business strategy, P&amp;L delivery, business development, and sales and marketing operations, driving sustained growth across key markets, the company said. Commenting on the appointments, Amit Goyal, MD, India Sotheby’s International Realty said, “Our business has experienced robust growth in both reach and reputation, and strengthening our top leadership is key to sustaining this momentum. Vinamra Shastri brings exceptional strategic depth, governance experience, and a nuanced understanding of growth markets, we are privileged to have him join our Board.” Also Read: Conscient Infrastructure appoints Rishi Raj as chief executive officer “Tina Talwar’s three decades of expertise in luxury real estate and hospitality make her an invaluable addition as she leads our expansion in Gurugram. These appointments reaffirm our commitment to scaling our operations, serving our growing client base, and deepening our real estate advisory capabilities,” he added.</t>
+          <t>Quest Coworks Private Limited has acquired over 57,500 sq ft of office space in Mumbai’s Andheri (East) for a total consideration of  ₹55.84 crore, according to property registration documents accessed by CRE Matrix. The seller in the transaction is Capgemini Technology Services India Limited. The deal involves five units at Akruti Softech Park located in the MIDC Marol Industrial Area. The transaction was registered on March 16, 2026, with a cumulative stamp duty payment of  ₹3.58 crore, the documents show. The acquisition includes five office units, with unit sizes ranging from 10,500 sq ft to 11,885 sq ft, and deal values ranging from  ₹10.18 crore to  ₹11.52 crore. The transaction also includes 51 car parking spaces. 'This acquisition is a significant milestone in our Mumbai growth story. We already operate an established coworking center in Andheri , and this new asset will allow us to meaningfully expand our footprint in the micro-market. The space will be developed to serve both our managed flexible workspace operations as well as enterprise clients seeking large, dedicated office solutions in one of Mumbai's most active commercial corridors," said Prasad Shinde, Founder, Quest Coworks. “Andheri East remains one of the most sought-after business districts in the city, and we believe this is the right time to deepen our presence here. This acquisition reflects Quest Coworks' broader strategy of owning and operating premium commercial assets, rather than purely leasing, giving us greater control over the quality and long-term value we deliver to our clients,” Shinde said. An email query was sent to Capgemini Technology Services India Ltd. The story will be updated if a response is received. Also Read: Capgemini sells Airoli Knowledge Park near Mumbai to Panchshil Realty arm for  ₹550 crore In September 2025, Capgemini Technology Limited sold Capgemini’s Knowledge Park in Airoli, Thane, near Mumbai, for  ₹550 crore, making it one of the largest commercial real estate transactions of the year in the Mumbai Metropolitan Region, according to property registration documents accessed by CRE Matrix. The park was sold to Prime Lohegaon Infraspaces LLP, a subsidiary of Pune-based Panchshil Realty. Also Read: US firm Eldridge's India arm signs  ₹64 crore office lease in Mumbai's Goregaon for five years According to the documents, the acquisition includes multiple land parcels and buildings in the Thane Creek Industrial Area at Dighe, Airoli, in the Thane district. Also Read: Office leasing hits record 86.4 million sq ft in 2025; Bengaluru leads with 28.7 million sq ft The deal covers multiple plots spread across 15.38 acres, which together comprise five commercial buildings, a training centre, utility buildings, a visitors' plaza, three cafes, and a guest house, the documents show. Mehul R Thakkar is a Mumbai-based journalist who closely tracks the city’s ever-evolving real estate landscape. 
+He believes that Mumbai presents a unique reality that, while Mumbaikars deeply aspire to own a home in the city of dreams, many spend little actual time living in it due to long commutes and demanding work lives. 
+With over 11 years of experience in journalism, I have reported across a wide spectrum of beats, including real estate, housing, infrastructure, aviation, and education.  
+I have also extensively covered the workings of India’s wealthiest civic body, the Brihanmumbai Municipal Corporation (BMC), providing insight into the policy, governance, and urban planning decisions that directly influence Mumbai’s growth. 
+Before joining Hindustan Times, I worked in fast-paced digital and print newsrooms, including Moneycontrol.com and Deccan Chronicle, as well as national dailies such as The Asian Age and DNA.
+Outside the newsroom, I am an avid weather tracker, a fan of spy thrillers in both books and films, and a keen follower of international affairs.Read More</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Nov 18, 2025 05:15 pm</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/dhl-supply-chain-india-pvt-ltd-leases-4-17-lakh-sq-ft-warehouse-space-in-bhiwandi-near-mumbai-101763464874500.html</t>
+          <t>https://www.hindustantimes.com/real-estate/gulshan-group-to-invest-1-000-crore-to-build-tallest-taj-hotel-and-branded-serviced-apartments-in-noida-101773832890775.html</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>DHL Supply Chain India Pvt Ltd has leased 4.17 lakh sq ft of warehouse space in Bhiwandi, near Mumbai, for over  ₹32 crore, according to property registration documents accessed by CRE Matrix. The property is located in a building named One Samruddhi Park, Bhiwandi, near the starting point of the 700 km-long Mumbai-Nagpur Samruddhi Expressway, according to the documents. The property is owned and leased by Merriment Properties Private Limited, and DHL will pay a starting monthly rent of  ₹91.90 lakh, along with a security deposit of  ₹2.76 crore, as per the documents. The deal values the starting rent at  ₹22 per sq ft, with a 36-month lease term from October 2025 to September 2028. October will serve as a rent-free period, with rentals commencing in November 2025. The lock-in period for the transaction is nine months, as indicated by the registration date, which is November 7, 2025, according to the documents. The stamp duty paid for the transaction is over  ₹9.04 lakh, and a registration fee of  ₹500 is also applicable, according to the property registration document. Also Read: FM India Supply Chain leases 1.31 lakh sq ft at Lodha Industrial Park near Mumbai for  ₹33 croreAn email query has been sent to DHL Supply Chain India Pvt. Ltd. and Meeriment Properties Pvt. Ltd. The story will be updated if a response is received. Zomato Hyperpure Private Limited, the B2B supply arm of food delivery platform Zomato, in September 2025, leased a large warehouse space measuring 5.53 lakh sq ft in Bhiwandi, Thane district, near Mumbai, for approximately  ₹1.7 crore per month, according to documents accessed by CRE Matrix. Also Read: Zomato Hyperpure leases 5.5 lakh sq ft warehouse in Bhiwandi, near Mumbai, for  ₹1.7 crore monthly rentThe warehouse has been leased from Zuijin Developers Private Limited for a period of four years and seven months. As per the lease agreement, the handover was scheduled for September 1, 2025, followed by a rent-free fit-out period of 150 days to enable the tenant to set up and operationalise the facility. Bhiwandi is located at the starting point of the 701-km-long Mumbai-Nagpur Expressway, also known as Samruddhi Mahamarg. Also Read: Tesla leases 24,565 sq ft warehouse space in Mumbai's Kurla for over  ₹24 crore for five yearsThe Maharashtra government has identified 24 development nodes for agri-processing, industrial estates, tourism, and skill hubs. Logistics and warehousing clusters are planned in key cities, including Nashik, Aurangabad, and Bhiwandi, to boost job creation and investment, particularly in underdeveloped districts such as Wardha, Washim, and Jalna.</t>
+          <t>Noida-based real estate developer Gulshan Group has partnered with Tata Group-owned Indian Hotels Company Ltd (IHCL) to invest  ₹1,000 crore in developing the country’s tallest Taj Hotel, along with Taj-branded serviced apartments in Noida. The project is expected to generate total revenue of around  ₹2,000 crore. Located in Sector 129 along the Noida Expressway, the development to be called ‘Skyscape’ is slated for completion over the next five years. The Taj-branded serviced apartments will span approximately 7,500 sq. ft, the company's top officials said. The 57-storey development will comprise both a hotel and branded residences, featuring a 150-room Taj hotel and 74 Taj-branded serviced apartments. Construction has commenced, and the project is expected to be completed within five years, they said. The project is being developed on a 10,500 sq meter land parcel acquired in 2021 and will be funded through internal accruals, sales collections and funding options through financial institutions, they said. This will be the tallest Taj Hotel in India and the first in Noida, Uttar Pradesh. It also marks the second Taj-branded residential project in the country after Chennai, they said. The company did not disclose the price of the serviced apartments. “Bringing Taj to Noida under Gulshan’s vision is our way of shaping the city’s luxury narrative and delivering an address that will stand as a benchmark for generations to come. We are investing  ₹1,000 crore to create not just an iconic development, but also one of India’s most distinctive branded serviced apartment offerings,” said Gulshan Nagpal, chairman, Gulshan Group, adding the project is expected to generate total revenue of around  ₹2,000 crore. He said that the group plans to partner with Taj for similar serviced apartment projects across other micro-markets. Also Read: IHG bets on branded residences as India’s luxury housing demand grows; targets Tier 1 cities and resort destinations Yukti Nagpal, director, Gulshan Group, said that “This project is our statement to the industry, reimagining luxury beyond traditional boundaries by blending the glamour of hospitality with the magnanimous scale of real estate. At Gulshan Group, we are driven by trust, design integrity, and a long-term vision. In partnership with Taj, we are envisioning what we believe will be India's tallest Taj, a global-standard address destined to become one of the most iconic landmarks in the country.” Puneet Chhatwal, Managing Director and CEO, IHCL said, “India is among the top five global economies and the rising affluence levels is leading to demand for luxury products and services including branded residences in urban centres. The unveiling today of this landmark development of a Taj hotel and branded residences will set a benchmark in luxury in the National Capital Region. We are delighted to progress this partnership with the Gulshan Group.” Also Read: From Elie Saab to Four Seasons: Why India’s ultra-rich are betting on branded residences For Taj, this is the second branded residence after Chennai. "This is the first of its kind in height and class. With branded residences, what we started as a journey in Chennai is finally coming to North India,” he said, adding “One white spot that was missing was Noida.”. The project will feature two apartments per floor, with residences spanning from the 17th to the 56th storey. The top floor will house a single penthouse, which will not be offered for sale. The lower floors will be dedicated to the hotel, with separate entrances for the hotel and residential sections. The hotel will include an all-day dining restaurant, a bar, and two speciality restaurants. It will also feature an 8,000 sq. ft. ballroom for conferences and events. While Gulshan Group will lead the investment, IHCL will serve as the hospitality operator. The project is expected to attract high-net-worth buyers, including Noida-based families looking to upgrade to serviced apartment living, South Delhi residents relocating to Noida, MSME owners, logistics entrepreneurs given the proximity to the upcoming airport, and senior corporate executives, officials said. Vandana Ramnani leads the real estate vertical at Hindustan Times Digital, bringing over two decades of journalism experience across real estate, education, human resources, and foreign affairs. She specialises in India’s real estate sector, covering residential and commercial markets in Delhi-NCR, Mumbai, and Bengaluru, with in-depth reporting on regulatory developments, urban policy, housing trends, and interviews with industry leaders.  
+Her work has also appeared in the Hindustan Times newspaper and HT Estates. 
+Earlier, Vandana played a key role in establishing the real estate vertical at Moneycontrol (NW18 Group), shaping its editorial direction and market coverage.  
+She has also written extensively on international education for HT Education, tracking global study destinations, policy changes, and student mobility trends, earning the Singapore Education Award 2009 for Best Media Coverage (Print). 
+Her reporting portfolio includes human resources and employment trends for HT ShineJobs and PowerJobs, as well as lifestyle and interior design features for HT Premium Homes. 
+Vandana began her career with the Press Trust of India, gaining strong editorial and reporting expertise. She was also selected for a prestigious fellowship at Fondation Journalistes en Europe in Paris, where she wrote for EuroMag. One of her notable reporting assignments included covering Germany’s capital relocation from Bonn to Berlin. 
+Outside of journalism, Vandana is a passionate traveller, constantly seeking out charming hideaways across India and the lesser-known, offbeat corners of Southeast Asia.Read More</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>Nov 18, 2025 02:11 pm</t>
+          <t>Mar 18, 2026 01:06 pm</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/from-luxe-to-simple-homeowners-weigh-in-on-interior-spending-with-some-saying-ghar-ko-ghar-hi-rakho-hotel-mat-banao-101763452258895.html</t>
+          <t>https://www.hindustantimes.com/real-estate/bengaluru-apartment-body-urges-state-govt-to-pass-new-apartment-act-seeks-rollback-of-steep-waste-charges-on-apartments-101773817719964.html</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>While there are some homeowners who spare no expense and spend as much as  ₹2.5 crore on interiors for a  ₹2 crore house, others prefer a more modest approach, barely  ₹4 lakh, saying, ‘Ghar ko ghar hi rakho, hotel mat banao.’ Experts say this trend, fuelled by post-pandemic lifestyle upgrades and a surge in luxury housing sales in Mumbai, Delhi-NCR and Gurugram, is reshaping the country’s premium real estate segment. On social media platform X, users highlighted the scale of spending now considered ‘normal’ among high-income homebuyers. One user cited a Gurugram couple who “spent 1.5 crore on interiors for a 6 crore apartment,” adding that even bathroom fittings from premium brands can run into lakhs. An investor noted that such an expenditure is not rare. “I’ve spent 80 lakhs on interiors for my flat, everything new,” he wrote, estimating that good-quality interior work typically costs ‘ ₹2,000–2,500 per sq ft.’ Interior budgets now scale dramatically with personal preferences. Another X user said it’s “very common” for interior design rates to range anywhere from “ ₹5,000 per sq ft to  ₹30,000 or more,” adding that there is “no upper limit” when homeowners opt for ultra-luxury fittings. He cited an example of someone who “spent 1 crore on their bathroom,” installing a sauna and high-end German and Japanese sanitaryware.Also Read: Millennials drive 30% YoY jump in interior spending in Bengaluru, Mumbai, and Pune Even mid-market housing buyers are feeling the pinch as basic move-in interiors become costlier. “For a 3 BHK flat, you have to spend  ₹12–25 lakh just to move in,” posted an X user. Others shared anecdotes of entire homes where interior spending equalled, or exceeded, the construction cost. One user wrote, “A relative built a house for  ₹2 crore and spent  ₹2.5 crore on interiors. Another built for  ₹45 lakh and spent the same amount on interiors.” While many celebrate the design upgrades, some voice caution over excess. A Thane-based homeowner wrote that he intentionally kept interiors minimal, spending only  ₹3.5 lakh on wardrobes and beds. “Ghar ko ghar hi rakho, hotel mat banao. Simple looks better,” he said, echoing a growing sentiment among buyers wary of overspending.Also Read: Bengaluru real estate: Millennials fuel demand for  ₹1–2 crore homes in the tech capital A growing wave of millennial homebuyers across Bengaluru, Mumbai, and Pune is transforming the interior design market, treating home styling as a long-term investment rather than a post-purchase add-on. Experts say that rising incomes, increased exposure to global design trends, and the growing role of women in key budget decisions have driven interior spending to new highs. NoBroker data shows that Bengaluru’s young buyers are prioritising functionality and premium finishes, while Pune homeowners are funnelling more money into spacious 3 BHK customisations, and Mumbai residents are upgrading compact 1BHKs with smarter, space-efficient interiors. Interior costs across major metropolitan areas continued to rise sharply in April–June 2025, with each city exhibiting distinct spending patterns. According to Nobroker, Mumbai, homeowners shelled out significantly more for compact units, with the cost of doing up a 1BHK rising 15% year-on-year, while 2BHK and 3BHK upgrades saw increases of 10% and 9%, respectively. Bengaluru posted the strongest surge for larger homes, where both 2BHK and 3BHK interiors jumped 25% over last year, and even 1BHKs saw a 12% rise. Pune also reported robust growth, with spending up 6% for 1BHKs, 15% for 2BHKs, and a striking 30% rise for 3BHK interiors compared to the same quarter in 2024. People are spending more on maximising the utility of smaller spaces rather than on furniture that lasts a lifetime. Social media and e-commerce have also expanded awareness of design choices, while organised players in interiors have made quality services more accessible,” said Amit Agarwal, CEO and co-founder of NoBroker. “People underestimate post-purchase costs; interiors alone can be expensive. Even basic work like cupboards and lighting can cost  ₹15 to  ₹20 lakhs, and if you want a premium look, expenses can go much higher,” said Suresh Sadagopan, founder of Ladder7 Financial Advisories. Also Read: From kitchen makeovers to balcony extensions: How home renovations can reduce capital gains tax for property sellers “Your first house doesn’t have to be your last. If the budget is tight, start with a smaller place, build savings, and upgrade in a few years rather than overcommitting now,” he advises</t>
+          <t>The Bangalore Apartments Federation (BAF) has urged the Karnataka government to pass the long-pending Karnataka Apartment Ownership and Management Act (KAOMA) 2025 in the ongoing Budget Session, while also calling for the withdrawal of what it termed ‘discriminatory’ solid waste management charges imposed on housing societies. The federation members have expressed concern over delays in introducing the legislation, which is expected to replace the existing 1972 Act governing apartment ownership and management in the state. Aimed at addressing long-standing gaps in the current regulatory framework, the proposed legislation is expected to replace the decades-old Karnataka Apartment Ownership Act, bringing greater clarity to issues such as land rights, ownership and maintenance of common areas. BAF claimed that, despite assurances by Deputy Chief Minister D K Shivakumar and the draft having been ready since July 2025, the bill has not yet been tabled in the Assembly. The federation noted that public consultations had already been completed, but no further legislative steps had followed.Also Read: Karnataka’s new Apartment Ownership Act nearly ready: What you need to know Satish Mallya, president of BAF, said that the absence of an updated legal framework is making it difficult for residents to manage associations, resolve disputes and safeguard ownership rights. This development follows a statement last year by Karnataka Deputy Chief Minister DK Shivakumar, who announced that the state was working on a uniform law to address homebuyers' concerns. “We will introduce a new apartment ownership Act under the purview of the RERA Act, which will replace the Karnataka Apartment Ownership Act, 1972,” he had said. The state government is already in the final stages of drafting a new Apartment Ownership Act, Hindustan Times Real Estate reported earlier. Any new framework governing apartment ownership in Karnataka must align with Section 17 of the Real Estate (Regulation and Development) Act, 2016, which requires developers to transfer common areas to the association of allottees in accordance with applicable laws, Akash Bantia, an advocate, said. He said that the Karnataka Apartment Ownership Act, 1972, no longer reflects current urban realities, noting that it has struggled to keep pace with the rapid growth of apartment-based housing in cities like Bengaluru, driven by the IT sector boom.Also Read: Karnataka government moves to roll out Apartment Bill 2025: All you need to know The federation also raised concerns about recent user-fee changes introduced by Bengaluru Solid Waste Management Limited (BSWML), under which apartment complexes with over 100 units are being classified as bulk waste generators. Under the revised structure, independent houses pay a nominal monthly fee of  ₹ 100 through property tax, while apartment residents are charged  ₹12 per kilogram of waste, plus 18% GST. According to BAF, this translates to roughly  ₹360 per flat per month, a 600% increase, placing a significant financial burden on large housing societies. "Our communities are committed to sustainable waste management and have followed in-situ wet waste processing and source segregation since 2016. However, punishing us with exorbitant fees and treating families in flats differently from those in independent houses is severe discrimination," BAF said. To address the issue, BAF proposed measures, including eliminating direct vendor payments to avoid GST implications, introducing a compost buyback system, and ensuring stakeholder consultation before revising charges. Souptik Datta is a deputy chief content producer at Hindustan Times Digital, where he reports on southern India with a focus on real estate, urban infrastructure and environmental urban issues. His coverage tracks the intersection of policy, capital flows, regulation and sustainability, examining how these forces shape housing markets, commercial real estate and large-scale infrastructure development across rapidly transforming cities. He also closely tracks civic issues affecting urban residents, including property taxation, planning approvals, public transport expansion, water stress, waste management and the governance challenges that influence everyday life in India’s metros. Souptik’s reporting is driven by a strong interest in accountability, consumer rights and the lived realities of homebuyers and investors navigating volatile pricing cycles, regulatory changes and project delivery risks. He frequently analyses project launches, land monetisation strategies, planning frameworks, RERA-related developments and the broader implications of infrastructure investments on emerging growth corridors. His work blends on-ground reporting with data-backed analysis and long-form explainers aimed at demystifying complex real estate and infrastructure developments for readers.  He is an alumnus of the Indian Institute of Journalism and New Media. Before joining Hindustan Times Digital, Souptik was associated with Moneycontrol at Network 18, where he covered real estate, infrastructure and allied sectors, producing market insights, policy-led stories and in-depth features.  Outside the newsroom, Souptik is an avid solo traveller and documentary enthusiast, exploring diverse regions and visually documenting unique narratives through film and photography. In his early career, Souptik also freelanced as a documentary photographer, independently working on visual storytelling projects that captured grassroots narratives, urban change and everyday life. He can be reached at souptik.datta@htdigital.in.Read More</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Nov 18, 2025 09:08 am</t>
+          <t>Mar 18, 2026 12:04 pm</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/explainer-5-key-things-to-know-about-maharashtra-s-slum-cluster-redevelopment-approach-101763435675694.html</t>
+          <t>https://www.hindustantimes.com/real-estate/india-office-market-set-to-cross-1-billion-sq-ft-in-2026-tech-parks-to-drive-future-supply-cbre-101773815348463.html</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>The Maharashtra Housing Department released a Government Resolution (GR) on November 13, introducing a new approach to slum cluster development in the state. The policy, approved by the Maharashtra government's cabinet on October 14, was notified on November 13 and will be applicable to cluster development of areas exceeding 50 acres. Here are five key points to note about the new changes introduced by the Maharashtra government. The Slum Rehabilitation Project (SRA) in Mumbai is a government-led scheme that redevelops slum areas by providing free, legal housing to eligible slum dwellers. In exchange, developers gain the right to utilise the freed-up land for saleable projects, thereby balancing social welfare with real estate development incentives. Under the SRA scheme, rehabilitated slum dwellers get a 1 BHK apartment of around 330 sq ft. During the construction of rehabilitation apartments, the slums are demolished, and the displaced slum dwellers are provided with interim rent. Also Read: Maharashtra ends requirement for slum-dwellers’ consent in cluster redevelopment projects; All you need to know In a major policy shift, the Maharashtra government's GR explicitly states that the consent of slum dwellers is not required for implementing the Slum Cluster Redevelopment Scheme. This represents a significant departure from the existing SRA framework, where the consent of the majority of slum dwellers is mandatory for standard redevelopment under the SRA scheme. According to the GR, cluster projects encompass large, contiguous areas of 50 acres or more, often combining slums with old buildings, dilapidated chawls, industrial units, and government land. According to Maharashtra government officials, removing the consent requirement allows faster execution in unsafe and highly congested zones where redevelopment has been stalled for decades. Also Read: MHADA update: 96 buildings declared 'extremely dangerous' in South Mumbai The new policy shift by the Maharashtra government has eliminated the requirement for consent from slum dwellers for the cluster slum redevelopment project. However, for all non-cluster projects, typically individual slum pockets or plots of less than 50 acres, the existing requirement for the consent of the majority of slum dwellers will be required, government officials told HT Real Estate. According to officials, the majority of ongoing and upcoming SRA proposals in Mumbai have the consent rule in effect. The consent-free mechanism is restricted strictly to government-declared clusters. According to the GR, not every slum area can automatically become a cluster. The GR defines strict criteria that a cluster must be a minimum of 50 acres of contiguous land. In this, not more than 51% of the area must be classified as slums. The threshold shows that the scheme is meant for large-scale, city-level interventions. The GR also authorises the Slum Rehabilitation Authority (SRA) CEO to identify such clusters. Once identified, the proposal is vetted and approved by a High-Power Committee (HPC) comprising senior state and municipal officials. Also Read: Maharashtra government approves slum cluster redevelopment scheme for Mumbai The cluster redevelopment scheme is designed to address not only slums but also the mixed and complex urban fabric typical of Mumbai. This includes slum structures, old and dilapidated buildings, tenanted properties, chawls, as well as industrial, commercial, and warehousing units.</t>
+          <t>India’s total office stock is likely to cross the 1 billion sq ft mark in 2026, underscoring strong momentum in the commercial real estate sector. A significant 65–68% of the projected office supply for 2026–27 is expected to be concentrated in integrated technology parks, highlighting a shift towards investment-grade, campus-style developments, according to a report by CBRE. The office market saw robust performance in 2025, with both leasing activity and new supply reaching record highs. Annual gross absorption surged to 83.1 million sq ft, marking the third consecutive year of peak demand, while new supply rose to an all-time high of 58.9 million sq ft, up 10% year-on-year, the report said. Bengaluru, Mumbai, Delhi-NCR, and Hyderabad dominated the market, collectively accounting for nearly three-quarters of total leasing activity, reinforcing their position as key demand drivers for office space in India. The report also highlighted a growing preference for high-quality developments, with around 45% of upcoming supply in 2026–27 expected to be Grade A assets. Sustainability continues to remain central, with green-certified buildings accounting for 87% of total completions in 2025.Also Read: From Google to Amazon: Why tech majors are doubling down on office expansion in Bengaluru Global Capability Centres (GCCs) remained a key occupier segment, contributing about 39% of total leasing, equivalent to 32.8 million sq ft, during 2025. Notably, Bengaluru, Hyderabad and Delhi-NCR together accounted for nearly 69% of GCC leasing activity, reflecting their strong talent ecosystems and infrastructure base. According to CBRE, GCCs are increasingly focusing on higher-value functions such as research and development and product ownership, with R&amp;D-led centres growing 1.3 times faster than the broader GCC market since 2020. This shift is expected to further drive demand for integrated tech parks that offer scale, flexibility and advanced infrastructure. Anshuman Magazine, chairman and CEO, India, South-East Asia, Middle East and Africa, CBRE, said that the rise in supply within integrated tech parks reflects a deliberate convergence between developer strategies and the evolving needs of institutional occupiers.Also Read: GCCs have leased about 100 million sq ft in India since 2021, the highest in Bengaluru and Hyderabad: report “As global capability centres (GCCs) deepen their mandates into research and development and product ownership, the quality of the real estate ecosystem they operate in becomes a direct input into their ability to attract and retain specialised talent. India is building that ecosystem at scale, and the leasing data confirms that occupiers are responding,” he said. The report noted that the preference of GCCs for integrated tech park environments has remained consistent, in line with their expansion plans. According to CBRE’s India Office Occupier Survey 2025, approximately 65% of GCC occupiers expect to expand their portfolios by 10% or more by 2027. “As GCCs deepen their presence in India, the bar is being raised further, with a growing need for infrastructure that can support highly specialised functions, including AI. It is becoming evident that digital infrastructure is now as critical as physical infrastructure and employee experience is a key driver of real estate decisions,” Ram Chandnani, managing director, Leasing, CBRE India, said. Souptik Datta is a deputy chief content producer at Hindustan Times Digital, where he reports on southern India with a focus on real estate, urban infrastructure and environmental urban issues. His coverage tracks the intersection of policy, capital flows, regulation and sustainability, examining how these forces shape housing markets, commercial real estate and large-scale infrastructure development across rapidly transforming cities. He also closely tracks civic issues affecting urban residents, including property taxation, planning approvals, public transport expansion, water stress, waste management and the governance challenges that influence everyday life in India’s metros. Souptik’s reporting is driven by a strong interest in accountability, consumer rights and the lived realities of homebuyers and investors navigating volatile pricing cycles, regulatory changes and project delivery risks. He frequently analyses project launches, land monetisation strategies, planning frameworks, RERA-related developments and the broader implications of infrastructure investments on emerging growth corridors. His work blends on-ground reporting with data-backed analysis and long-form explainers aimed at demystifying complex real estate and infrastructure developments for readers.  He is an alumnus of the Indian Institute of Journalism and New Media. Before joining Hindustan Times Digital, Souptik was associated with Moneycontrol at Network 18, where he covered real estate, infrastructure and allied sectors, producing market insights, policy-led stories and in-depth features.  Outside the newsroom, Souptik is an avid solo traveller and documentary enthusiast, exploring diverse regions and visually documenting unique narratives through film and photography. In his early career, Souptik also freelanced as a documentary photographer, independently working on visual storytelling projects that captured grassroots narratives, urban change and everyday life. He can be reached at souptik.datta@htdigital.in.Read More</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>No published date</t>
+          <t>Mar 18, 2026 10:54 am</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/puravankara-signs-lease-agreement-with-ikea-for-over-1-2-lakh-sq-ft-retail-space-in-bengaluru-101763390671763.html</t>
+          <t>https://www.hindustantimes.com/real-estate/telangana-rera-rejects-homebuyer-s-interest-claim-over-62-5-lakh-refund-says-buyer-cannot-dictate-sale-deed-format-101773767416878.html</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>Bengaluru-based real estate developer Puravankara Limited has signed a lease agreement with Swedish furniture retailer IKEA India for more than 1.2 lakh sq ft of retail space in Bengaluru’s Purva Zentech Park on Kanakapura Road, the company said in a statement. The Swedish home furnishings major will occupy the first and second floors of the upcoming mixed-use commercial project, with handover expected in Q1 2026 and operations slated to begin soon after. The company did not disclose the monthly rent or the duration of the lease. Purva Zentech Park, a 9.6-lakh-sq-ft IGBC Gold-certified development, features floor plates of approximately 50,000 sq ft and modular units ranging from 4,500 to 5,000 sq ft. Located near Konanakunte Metro Station and Forum Mall, the project is designed to accommodate large-format retailers as well as mid-sized occupiers, the statement said.Also Read: Puravankara inks joint development agreement for 5.5-acre project in East Bengaluru with GDV of over  ₹1,000 crore Real estate consultant Colliers’ office services team was the advisor on this transaction. Rajat Rastogi, CEO, West and Commercial Assets at Puravankara, said IKEA’s decision underscores the project’s strong appeal. “We are excited to onboard IKEA at Purva Zentech Park. Their decision to occupy retail space of more than 1.2 lakh square feet is a strong endorsement of the project’s strategic location, smart design, and adaptable retail layout,” he said, adding that the southern corridor continues to see steady leasing momentum. Puravankara is currently developing 3.2 million sq ft of commercial assets, with nearly 2 million sq ft expected to receive occupancy certificates this financial year. Its projects, including Purva Zentech and Purva Aerocity, are projected to generate a surplus of  ₹1,870 crore, strengthening the company’s commercial footprint in South Bengaluru’s growth corridor.</t>
+          <t>The Telangana Real Estate Regulatory Authority (TG RERA) dismissed a homebuyer’s complaint seeking interest on  ₹62.5 lakh paid for an apartment, which the buyer cancelled after the developer refused to amend the sale deed. TG RERA stated that a buyer cannot insist on a specific sale deed format because neither the Real Estate (Regulation and Development) Act, 2016, nor the Telangana RE(R&amp;D) Rules, 2017, mandate such a format. The buyer withdrew from the transaction, claiming the developer’s refusal forced the decision, and sought a full refund with interest. During the proceedings, the developer refunded the full  ₹62.5 lakh but contested the interest claim and denied any wrongdoing. TG RERA observed that the dispute primarily revolved around differences in the drafting of the sale deed rather than any proven legal violation, stating: “Neither the RE(R&amp;D) Act, 2016, nor the Telangana RE(R&amp;D) Rules, 2017, prescribe any mandatory or uniform format for a sale deed.” “In the absence of any established violation of the provisions of the Real Estate (Regulation and Development) Act, 2016, and in the absence of proof that the promoter failed to discharge any statutory obligation, this Authority is of the considered view that the Complainant is not entitled to the reliefs sought,” the order dated March 13 said.Also Read: Bengaluru Development Authority is a ‘promoter’; RERA provisions apply, Karnataka Tribunal upholds KRERA order The case relates to a homebuyer who booked a flat in a Hyderabad residential project in 2024 and paid over  ₹62.5 lakh, which is more than 65% of the total consideration of about  ₹93 lakh. The dispute arose when the developer shared a draft sale deed ahead of registration. “The promoter’s staff provided a draft copy of the Sale Deed via email for verification and requested the Complainant to communicate any required corrections. Upon scrutiny of the draft sale deed, the complainant noticed several omissions that were required to be incorporated in accordance with RERA and the registration rules,” the order mentioned. The buyer objected to several aspects of the draft, including alleged omissions regarding title documents, parking details, and TDS references, and other particulars. He sought revisions before proceeding with the final payment and registration. However, the developer maintained that the draft sale deed complied with applicable laws and refused to make the requested changes. “The staff refused to incorporate the omissions and insisted that the sale deed prepared by the promoter was final and non-negotiable, directing the buyers either to accept it as is or to withdraw from the purchase,” the order said. The buyer subsequently withdrew from the transaction, claiming he was compelled to do so due to the developer’s refusal, and sought a full refund, including interest. During the proceedings, the developer refunded the entire  ₹62.5 lakh to the buyer, though it contested the claim for interest and denied any wrongdoing.Also Read: Telangana RERA fines developer  ₹14.9 lakh for failing to register project, asks realtor to refund money to buyers TG RERA observed that the dispute centred largely on differences over the drafting of the sale deed rather than any proven violation of law. The Authority clarified that while RERA provides a model format for an agreement for sale, there is no prescribed or mandatory format for executing a sale deed under the Act or the Telangana Rules. “At the outset, this Authority finds it necessary to observe that neither the RE(R&amp;D) Act, 2016, nor the Telangana RE(R&amp;D) Rules, 2017, prescribe any mandatory or uniform format for a sale deed. The statutory framework under RERA provides a model format only for the agreement for sale, with the object of ensuring transparency at the pre-conveyance stage,” the authority said in its order. TG RERA held that the contents of a sale deed are governed by the agreement between the parties and general registration laws, and an allottee cannot insist on including clauses or formats that are not legally required. “The sale deed, being an instrument of conveyance, is governed primarily by the applicable laws, and the contractual understanding between the parties,” it said. The authority further noted that the buyer’s objections were largely related to drafting preferences and did not establish any statutory non-compliance by the developer. “Accordingly, this Authority holds that the complaint is devoid of merit and is liable to be dismissed,” the authority said. An email has been sent to the developer. The story will be updated if a response is received. Souptik Datta is a deputy chief content producer at Hindustan Times Digital, where he reports on southern India with a focus on real estate, urban infrastructure and environmental urban issues. His coverage tracks the intersection of policy, capital flows, regulation and sustainability, examining how these forces shape housing markets, commercial real estate and large-scale infrastructure development across rapidly transforming cities. He also closely tracks civic issues affecting urban residents, including property taxation, planning approvals, public transport expansion, water stress, waste management and the governance challenges that influence everyday life in India’s metros. Souptik’s reporting is driven by a strong interest in accountability, consumer rights and the lived realities of homebuyers and investors navigating volatile pricing cycles, regulatory changes and project delivery risks. He frequently analyses project launches, land monetisation strategies, planning frameworks, RERA-related developments and the broader implications of infrastructure investments on emerging growth corridors. His work blends on-ground reporting with data-backed analysis and long-form explainers aimed at demystifying complex real estate and infrastructure developments for readers.  He is an alumnus of the Indian Institute of Journalism and New Media. Before joining Hindustan Times Digital, Souptik was associated with Moneycontrol at Network 18, where he covered real estate, infrastructure and allied sectors, producing market insights, policy-led stories and in-depth features.  Outside the newsroom, Souptik is an avid solo traveller and documentary enthusiast, exploring diverse regions and visually documenting unique narratives through film and photography. In his early career, Souptik also freelanced as a documentary photographer, independently working on visual storytelling projects that captured grassroots narratives, urban change and everyday life. He can be reached at souptik.datta@htdigital.in.Read More</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/jaguar-land-rover-leases-an-additional-1-46-lakh-sq-ft-of-office-space-in-bengaluru-for-a-monthly-rent-of-1-67-crore-101763378680801.html</t>
+          <t>https://www.hindustantimes.com/real-estate/bengaluru-real-estate-godrej-properties-acquires-20-acre-land-parcel-near-whitefield-eyes-1-350-cr-101773808425065.html</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>Jaguar Land Rover Technology and Business Services India has expanded its office footprint by taking an additional 1.46 lakh sq ft on lease at Brigade Tech Gardens in Bengaluru, at a monthly rent of around  ₹1.67 crore for a five-year term, according to documents accessed by Propstack. The deal underscores the confidence multinational firms continue to place in the tech city as a leading GCC hub. The total rental over five years amounts to  ₹106 crore. The transaction highlights the automaker’s ongoing effort to scale its business capabilities in India. JLRTBSI, a subsidiary of JLR, serves as the company’s capability and technology hub in the country. With this addition, Jaguar now occupies a total of 2.04 lakh sq ft in Brigade Tech Gardens, further strengthening its presence in Bengaluru. "This major deal by a marquee brand like Jaguar Land Rover underscores the immense confidence global companies have in Bangalore as a premier GCC hub. This lease is part of a larger, significant wave of GCC activity we're tracking, as firms commit to large-scale, long-term operations in top-tier properties," Raja Seetharaman-cofounder Propstack The new deal spans parts of the ground and first floors, along with the 5th and 8th floors, with lease periods beginning in May and December 2024, and rent commencement in October and December 2024, as shown in the document. The company has leased the space for  ₹65 per square foot per month, with a security deposit of  ₹10.10 crore for a 5-year term. The agreement includes a 15% escalation every three months, it said. According to registration documents, these leases are part of Jaguar’s pre-commitments made in December 2023 and include two recently registered components, 67,065 sq. ft. and 79,751 sq. ft. Jaguar is also paying a fit-out rent of  ₹65.95 lakh for the 67,065 sq. ft. block, translating to  ₹98.35 per sq. ft. per month, according to Propstack.Also Read: TCS expands Bengaluru footprint with  ₹2,130 cr, 15‑year 1.4 million sq ft lease Brigade Tech Gardens is a large Grade-A office campus located in Brookfield, Bengaluru, developed by Brigade Group in partnership with GIC. The campus caters heavily to Global Capability Centres (GCCs) and tech-driven enterprises, offering flexible warm-shell and built-to-suit options. Email queries have been sent to Jaguar and Brigade Group. If a response is received, the copy will be updated.Also Read: GCCs have leased about 100 million sq ft in India since 2021, the highest in Bengaluru and Hyderabad: report In August, IT major Tata Consultancy Services (TCS) signed one of Bengaluru’s largest commercial real estate deals, leasing 1.4 million sq ft of office space for  ₹2,130 crore over 15 years, documents accessed by Propstack show. Earlier this year, Google opened its Ananta campus in Bengaluru, a 1.6 million sq ft facility in Mahadevapura that is also its largest office in India. In 2024, Morgan Stanley leased 1 million sq ft in Mumbai on a nine-year term, with a starting monthly rent of  ₹15.96 crore. Against this backdrop, the TCS deal is among the largest commercial real estate transactions Bengaluru has seen in recent years, experts said. In August, Apple India Pvt Ltd leased around 2.7 lakh sq ft of office space in real estate developer Embassy Group’s project Embassy Zenith in Bengaluru for a 10-year term, with a total rental outlay of over  ₹1,000 crore, setting a benchmark with lease rates touching almost  ₹235 per sq ft per month. The iPhone and iPad maker has leased nine floors, from the 5th to the 13th, with a carpet area of 1.96 lakh sq ft and a chargeable area of 2.68 lakh sq ft in Bengaluru’s Sankey Road from Mac Charles (India) Ltd. Apple will pay  ₹6.31 crore per month, translating to  ₹235 per sq ft. Global Capability Centers (GCCs) have leased around 100 million sq ft of office space across the top seven cities in India since 2021. Over the past few years, GCC demand has gained strong momentum, with leasing activity by global corporates estimated to touch 28 million square feet in 2025, nearly double the levels seen in 2021, according to a report by Colliers India, a real estate consultancy firm. The report said that Bengaluru and Hyderabad have established themselves as India’s leading GCC hubs, with more than 60 million square feet of GCC leasing since 2021. It said that Bengaluru stands out as the premier hub not only for technology GCCs but also for global engineering and manufacturing firms.</t>
+          <t>Mumbai-based listed real estate developer Godrej Properties has acquired a 20-acre land parcel near the Whitefield area of Bengaluru to develop a residential project with an estimated revenue potential of around  ₹1,350 crore, the company said in a regulatory filing on March 18. The land parcel is located along the NH-648 corridor in East Bengaluru, a micro-market that has evolved into a residential hub due to its proximity to major IT clusters. The site is connected to the Whitefield–ITPL region and provides access to key arterial routes linking East and South Bengaluru, the company said. The project also connects to metro stations like Kadugodi and Hope Farm on the Namma Metro Purple Line, in the eastern IT corridor of the city. “Over the past decade, this micro-market has matured with the development of a strong social infrastructure. Residential demand has remained stable, driven by consistent end-user interest across mid and premium housing categories,” the company statement said.Also Read: Godrej Properties acquires Kolkata, Gurugram land parcels with  ₹6,150 crore revenue potential Gaurav Pandey, managing director and CEO of Godrej Properties, said the company aims to develop a project aligned with evolving homebuyer preferences in Bengaluru. “Homebuyers in Bengaluru continue to prioritise thoughtfully designed communities that offer convenience, holistic amenities, and long-term liveability. We will endeavour to create a development that brings together quality design, functionality, and an enhanced living experience for our customers,” he said. On March 13, the company announced the acquisition of a 44-acre land parcel in Tamil Nadu’s Coimbatore to develop a premium plotted residential project with an estimated revenue potential of around  ₹450 crore. The project will have a developable potential of about 1.1 million sq ft and will mark the company’s entry into the Coimbatore residential market. The land parcel was acquired through an outright purchase, the statement said.Also Read: Tamil Nadu: Godrej Properties forays into Coimbatore with 44-acre plotted development project, eyes  ₹450 cr Earlier on March 5, the company had emerged as the highest bidder in an e-auction conducted by the West Bengal Housing Infrastructure Development Corporation Ltd (WBHIDCO) for a prime 5-acre land parcel off EM Bypass in Kolkata, and also acquired 11.36 acres in Gurugram, Haryana, through an outright purchase for residential development, with the two acquisitions together carrying an estimated revenue potential of  ₹6,150 crore. The company won the bid in an e-auction conducted by the West Bengal Housing Infrastructure Development Corporation Ltd (WBHIDCO) for a prime land parcel measuring 5 acres, located off EM Bypass, Kolkata. The proposed premium residential development is expected to offer an estimated revenue potential of approximately  ₹1,650 crore, the company said in a regulatory filing. Souptik Datta is a deputy chief content producer at Hindustan Times Digital, where he reports on southern India with a focus on real estate, urban infrastructure and environmental urban issues. His coverage tracks the intersection of policy, capital flows, regulation and sustainability, examining how these forces shape housing markets, commercial real estate and large-scale infrastructure development across rapidly transforming cities. He also closely tracks civic issues affecting urban residents, including property taxation, planning approvals, public transport expansion, water stress, waste management and the governance challenges that influence everyday life in India’s metros. Souptik’s reporting is driven by a strong interest in accountability, consumer rights and the lived realities of homebuyers and investors navigating volatile pricing cycles, regulatory changes and project delivery risks. He frequently analyses project launches, land monetisation strategies, planning frameworks, RERA-related developments and the broader implications of infrastructure investments on emerging growth corridors. His work blends on-ground reporting with data-backed analysis and long-form explainers aimed at demystifying complex real estate and infrastructure developments for readers.  He is an alumnus of the Indian Institute of Journalism and New Media. Before joining Hindustan Times Digital, Souptik was associated with Moneycontrol at Network 18, where he covered real estate, infrastructure and allied sectors, producing market insights, policy-led stories and in-depth features.  Outside the newsroom, Souptik is an avid solo traveller and documentary enthusiast, exploring diverse regions and visually documenting unique narratives through film and photography. In his early career, Souptik also freelanced as a documentary photographer, independently working on visual storytelling projects that captured grassroots narratives, urban change and everyday life. He can be reached at souptik.datta@htdigital.in.Read More</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>No published date</t>
+          <t>Mar 18, 2026 08:12 am</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/smartworks-leases-around-1-66-lakh-sq-ft-office-space-to-wolters-kluwer-in-pune-101763378406738.html</t>
+          <t>https://www.hindustantimes.com/business/adani-secures-1-7-bn-takeover-of-bankrupt-jaypee-group-in-major-infra-win-101773800889642.html</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>Smartworks Coworking Spaces Limited, a managed office platform, has leased around 1.66 lakh sq. ft. in Pune to Wolters Kluwer (India) Pvt. Ltd., an information, software solutions and services provider for professionals in healthcare, tax and accounting, financial and corporate compliance, legal and regulatory, corporate performance and ESG, the company said on November 17, The office is located at Smartworks’ Marisoft campus in Kalyani Nagar, one of Pune’s key micro-markets. The Marisoft campus is located in a well-connected commercial cluster. The centre includes collaboration areas, meeting rooms, recreation zones, a convenience store, wellness facilities, and tech-enabled workplace infrastructure as part of Smartworks’ campus-led managed office model, the company said. “Enterprises today need scale, speed, and a consistent experience across cities. Our large-format campuses are specifically designed for this purpose. The 1,000+ seats cohort which accounted for about 12% of our rental revenue three years ago, has now almost tripled to 35%, driven by our focus on large, enterprise clients and their need for consolidated, experience-led work environments. Our priority remains delivering unified, tech-enabled campuses that support large teams, and multi-city expansion across locations,” said Neetish Sarda, founder and managing director, Smartworks.Also Read: Smartworks leases 6.13 lakh sq ft office space in Pune for a starting rent of  ₹4.44 crore per month Smartworks combines scale, flexibility, and value-centricity in a single operating framework. The model allows enterprises to expand across multiple cities, grow within a city, or consolidate fragmented offices into larger, integrated workspaces. Its large-format campuses have also accelerated multi-city client growth, with over 30% of rental revenue now contributed by enterprises operating across multiple locations, the company said. Earlier this month, Smartworks announced Q2 FY26 results, reporting a 21% year-on-year increase in revenue to  ₹4,248 million, a 46% YoY rise in normalised EBITDA with a healthy 16.4% margin. The company also turned net-debt negative, with operating cash flow of  ₹614 million .These results underline Smartworks’ disciplined growth approach and the continued strength of its managed campus model across India’s key office markets. With a 12.7 million sq. ft. portfolio across 14 cities, Smartworks has a diverse client base that includes GCCs, Forbes 2000 companies, multinationals, and Indian enterprises that are establishing and expanding their operations in India.</t>
+          <t>The National Company Law Tribunal has approved Adani Enterprises Ltd.’s  ₹14,535 crore ($1.74 billion) resolution plan to acquire bankrupt infrastructure heavyweight Jaiprakash Associates Ltd. The ruling, delivered orally by NCLT’s Allahabad bench on Tuesday, 17 March 2026, marks the culmination of a high-stakes insolvency process and hands billionaire Gautam Adani a sprawling portfolio of cement, real estate, and hospitality assets. The landmark decision formally dismisses a legal challenge mounted by rival bidder Vedanta Ltd., clearing the path for one of India’s most significant corporate rescues under the Insolvency and Bankruptcy Code (IBC) of 2016. Following the NCLT’s approval, the resolution plan becomes legally binding, initiating the transfer of operational control to the Adani Group and setting the stage for overdue creditor payouts. Adani Enterprises emerged victorious after a fiercely contested bidding war, systematically outmanoeuvering industry peers Vedanta and Dalmia Bharat. The conglomerate secured an overwhelming 89% approval from JAL’s Committee of Creditors last November, comfortably surpassing the 66% legal threshold required by the IBC to push a resolution forward. The deciding factor in Adani’s favour was a structurally superior and front-loaded payout mechanism. The approved plan offers a realisable value of approximately  ₹15,343 crore, featuring an aggressive upfront cash component of roughly  ₹6,000 crore, with the remainder slated for disbursement within two years. In stark contrast, Vedanta’s competing  ₹12,505 crore offer proposed a prolonged payment schedule stretched over five years. Creditor support was overwhelmingly driven by National Asset Reconstruction Co. Ltd., which wielded 85.43% of the voting power after consolidating toxic debt from a consortium of lenders originally led by the State Bank of India. While the resolution brings commercial closure, creditors will take a substantial haircut against JAL’s massive admitted claims, reflecting the severe financial degradation the infrastructure group has suffered over the past decade. For the Adani Group, the acquisition is a strategic masterstroke that accelerates its aggressive consolidation across core infrastructure sectors. JAL’s “crown jewel” assets will immediately bolt onto Adani’s existing operations, offering significant synergies in building materials and real estate development. In the cement sector, Adani inherits an operational capacity of 6.5 million tonnes per annum across strategically located plants in Uttar Pradesh and Madhya Pradesh. Crucially, the deal includes access to captive leased limestone mines. This acquisition directly feeds into the broader ambitions of Adani Group firm Ambuja Cements Ltd., which is aggressively targeting a total production capacity of 155 million tonnes per annum by the financial year 2028. Beyond industrial assets, the takeover hands Adani a massive land bank and premium real estate footprint. JAL’s portfolio includes nearly 3,985 acres of prime land in the National Capital Region, encompassing the upscale Jaypee Greens in Greater Noida, segments of Wishtown in Noida, and the Jaypee International Sports City situated near the upcoming Jewar International Airport. Additionally, the Adani Group will absorb JAL's commercial office spaces in Delhi-NCR, along with a hospitality division comprising five premium hotel properties spread across the capital region, Mussoorie, and Agra. The NCLT’s verdict serves as the final chapter in the spectacular rise and fall of the Jaypee Group. Once a bellwether for Indian infrastructure—famed for constructing the Yamuna Expressway and India’s sole Formula One racing track—the company’s fortunes unraveled under the weight of relentless, debt-fuelled expansion. JAL’s vulnerabilities were exacerbated by the lingering effects of the 2008 global financial crisis and chronic delays in massive residential projects, which triggered an avalanche of homebuyer litigation. The company was formally admitted into the Corporate Insolvency Resolution Process in June of last year after defaulting on aggregate loans amounting to a staggering  ₹57,185 crore. While the NCLT’s approval intends to bring commercial finality, the legal manoeuvering may not be entirely over. Dissenting parties, including Anil Agarwal-led Vedanta, retain the right to challenge the order before the National Company Law Appellate Tribunal. Vedanta had previously alleged the creditor voting process was opaque, branding it a “commercial conspiracy”. However, legal experts note that appellate courts rarely interfere with the commercial wisdom of a committee of creditors. Crucially, an appeal does not automatically stay the implementation of an NCLT-approved resolution plan. Unless the NCLAT grants a specific injunction, Adani Group can proceed with the takeover, executing the implementation matrix directly or through a designated special purpose vehicle. The HT Business Desk provides comprehensive coverage of the Indian and global financial markets. Based in Mumbai and New Delhi, the team tracks everything from Sensex and Nifty movements to the latest from India Inc., trade deals, and macroeconomic policy. We aim to empower readers with timely, fact-checked news that clarifies the complexities of the business world.Read More</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>No published date</t>
+          <t>Mar 18, 2026 08:02 am</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/lodha-developers-eyes-gurugram-as-launchpad-for-ncr-projects-101763366207209.html</t>
+          <t>https://www.hindustantimes.com/real-estate/mhada-sells-64-homes-out-of-118-under-first-come-first-served-scheme-in-mumbai-premium-flats-priced-4-8-crore-unsold-101773763176745.html</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Mumbai-based Lodha Developers is expected to launch its first real estate project in Gurugram, marking the company’s entry into the Delhi NCR market, Managing Director and CEO Abhishek Lodha has said. He also said that the company is exploring other areas of the NCR. Responding to a question on whether the company’s NCR strategy includes Gurugram, Noida, or both, Lodha said during the October 31 investor call that "At this stage, our initial focus is most likely to be in Gurugram, but it does not mean that we do not look at any other part of the NCR, but it's quite likely that we will perhaps start off on the Gurugram side of the NCR." Abhishek Lodha also stated that the Gurugram real estate market is currently more than 50% of the NCR market. "Gurugram is probably right now, more than 50% of the NCR market, and we are telling you that at the end of the decade, Palava and Upper Thane (near Mumbai) will be 3.5% of the Mumbai Metropolitan Region (MMR) market. So, you can see the scale of the opportunity versus where we currently are projecting things to be," Lodha said about the opportunities within the company’s MMR projects. Also Read: India’s real estate market yet to enter ‘takeoff phase’, says Abhishek Lodha According to Lodha, the company anticipates achieving a 20% annual growth rate. "And as we now further move over in 2026 to starting our pilot in NCR, we hope that by covering these 4 major metros, Mumbai, Pune and Bangalore already and the pilot in NCR, we will see a long runway of growth which enables our company to continue to deliver on its medium-term strategy of having the approximately 20% annual growth and 20% ROE," Lodha said. In July 2025, Abhishek Lodha stated that the company anticipates concluding one or more land deals in the Delhi-NCR region this fiscal year, paving the way for its first project launch in the area in the following financial year. "We expect to enter Delhi NCR in the next 12 months and hope to launch in fiscal 2027. The Delhi NCR is an important market for us to get into. We obviously, as we have done in Pune and Bengaluru, will only enter in a gradual manner. We will be starting off with a pilot phase with a moderate number of projects and a moderate level of investment with a view to understanding better how the market operates and how we build out the supply chain for operations as well as sales," Lodha had said during an investors’ call in July 2025. Also Read: Lodha Developers expects to conclude one or more land deals this year, ahead of its Delhi-NCR foray: Abhishek Lodha At the investors' call in October, Lodha had also said that India's real estate market is "still on the runway, it hasn’t reached the takeoff phase yet” and is only beginning to gain momentum. “We (India's real estate market) are still sort of, I would say, the plane is on the runway. It is not even gotten to kind of takeoff phase. It is just kind of moving along on the runway. That is how we think the cycle is,” Lodha said during the company’s Q2 FY26 earnings call recently. "Yes, sometimes there will be a situation, there will be a backup on the runway. The plane will have to pause for a few minutes, or it might be a few quarters in this context. But we have many years ahead in the cycle," Lodha said. He noted that the Indian housing sector is undergoing a “once-in-a-lifetime transition” from low-income to mid-income housing. Also Read: DLF’s Rajiv Singh is the richest real estate developer, followed by Mangalprabhat Lodha and family: Grohe-Hurun India "Wherever such transitions have happened in large economies, they have witnessed very long real estate cycles, typically 15 to 20 years. We think India will also have a cycle that long. We are only four or five years out of that very long cycle. It does not mean we never had a bad year; we can, of course, have a bad year," Lodha had said during the call.</t>
+          <t>Nearly half of the 118 apartments, 64 units, have been sold by the Maharashtra Housing and Area Development Authority (MHADA) under its first-come, first-served (FCFS) scheme launched in February. The remaining unsold units are largely in the higher price bracket of  ₹4 crore to  ₹8 crore. In February 2026, MHADA announced the sale of 118 flats under an FCFS scheme. These apartments were earlier offered through several lottery schemes but remained unsold for various reasons and were put up for sale on a first-come, First-Served Basis. The flats were put up for sale in areas such as Kandivali, Charkop, Shimpoli, Antop Hill, Wadala, Powai, Malad, Mankhurd, Ghatkopar, Vikhroli, Byculla, Tardeo, Lower Parel, Sion, Juhu, and Andheri. Also Read: Mumbai real estate: Oberoi Realty inks deal to acquire Versova land with 17 lakh sq ft potential “We were able to sell 64 apartments under the FCFS scheme. The units sold were largely in the lower price brackets, while the unsold inventory is in the higher price range of  ₹4 crore,  ₹5 crore, and  ₹8 crore. The most expensive apartment, priced at  ₹8 crore in South Mumbai, also remains unsold," said Milind Borikar, CEO of MHADA's Mumbai Board. “We will continue efforts to sell the remaining units under the FCFS scheme. However, these units will not be included in the upcoming lottery since they remained unsold earlier. Instead, we are working to sell them through the open market,” Borikar said. Also Read: MHADA lottery 2026: Housing draw for 2,500 affordable homes in Mumbai in 10 days, says CEO More than 70% of the 118 MHADA apartments offered under the FCFS scheme in Mumbai were priced below  ₹2 crore. As per the price bifurcation on MHADA’s website, 40 flats are available below  ₹1 crore, over 70 units fall under the  ₹2 crore category, while 28 apartments are priced between  ₹2 crore and  ₹8 crore. The most expensive apartment put up for sale by MHADA is located at Crescent Tower in the Tardeo area of South Mumbai. The apartment has a built-up area of approximately 1,838 sq ft (170.76 sq m) and a carpet area of around 1,532 sq ft (142.3 sq m), according to details on the MHADA website. Apart from this, the MHADA has listed three additional apartments in the same building priced between  ₹6.27 crore and  ₹7.94 crore. The authority has also put several flats on sale in Juhu, Mumbai, with prices ranging from  ₹3 crore to  ₹5.50 crore, according to available data. Also Read: MHADA hands over 864 flats to tenants under Naigaon BDD Chawl redevelopment project The most affordable apartment offered by the MHADA is located in PMGP Colony, Mankhurd. The unit has a built-up area of around 247 sq ft (23 sq m) and a carpet area of approximately 225 sq ft (20.91 sq m). It is priced at  ₹31.17 lakh. Apart from this, MHADA has also listed apartments across locations such as Kandivali, Charkop, Wadala, Malad and Byculla, with prices ranging from  ₹35 lakh to  ₹3 crore. Mehul R Thakkar is a Mumbai-based journalist who closely tracks the city’s ever-evolving real estate landscape. 
+He believes that Mumbai presents a unique reality that, while Mumbaikars deeply aspire to own a home in the city of dreams, many spend little actual time living in it due to long commutes and demanding work lives. 
+With over 11 years of experience in journalism, I have reported across a wide spectrum of beats, including real estate, housing, infrastructure, aviation, and education.  
+I have also extensively covered the workings of India’s wealthiest civic body, the Brihanmumbai Municipal Corporation (BMC), providing insight into the policy, governance, and urban planning decisions that directly influence Mumbai’s growth. 
+Before joining Hindustan Times, I worked in fast-paced digital and print newsrooms, including Moneycontrol.com and Deccan Chronicle, as well as national dailies such as The Asian Age and DNA.
+Outside the newsroom, I am an avid weather tracker, a fan of spy thrillers in both books and films, and a keen follower of international affairs.Read More</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Nov 17, 2025 12:14 pm</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/shahrukhz-by-danube-debuts-in-dubai-similar-towers-to-come-up-in-new-york-london-delhi-and-mumbai-101763360830454.html</t>
+          <t>https://www.hindustantimes.com/cities/mumbai-news/55yearold-woman-duped-of-1-30-cr-promised-flat-in-bandra-101773774902849.html</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Danube Properties which is developing a 55-storey commercial tower in Dubai named after Bollywood star Shah Rukh Khan, also plans to launch similar ‘Shahrukhz’ towers in New York, London, Delhi and Mumbai. “Shah Rukh by Danube will not be only in Dubai, you will find it across the world. You will find Shahrukh tower it in New York, London, Delhi and Mumbai. This legacy will be taken across the world,” Danube Group founder and chairman Rizwan Sajan said at the launch event in Mumbai last week. For the Dubai tower, the company’s signature 1% payment plan will be available to buyers, along with a 10-year Golden Visa for eligible investors, he told Hindustan Times Real Estate. The commercial tower, called ‘Shahrukhz by Danube’ is slated for completion in 2029 and will feature a statue of Shah Rukh Khan in his iconic arms-outstretched pose at the entrance. The A-grade development will span over 1 million sq ft of built-up area, with prices starting at  ₹4 crore. “The company’s signature 1% payment plan, along with a 10-year Golden Visa, is also being offered to customers,” said founder and chairman of the Dubai-based Danube Group, Rizwan Sajan. “Commercial unit sizes range from 460 sq ft to 11,000 sq ft. Buyers pay a 20% down payment, followed by monthly installments of 1% of the  ₹4 crore price for six years.” he said. "Indians have always been among our top customers, and the trust they place in me and in Danube is truly immense. ‘Shahrukhz by Danube’ is a project inspired by King Khan himself and a reflection of my own journey of ambition and success. Before this, we launched ‘Aspirz,’ a mixed-use residential and commercial development, which turned out to be a remarkable success. With every project, we aim to set a new benchmark, and ‘Shahrukhz’ is another step in that direction,” he said. Shahrukhz’ will offer more than 40 world-class amenities, including a sky pool, helipad for air taxis, valet services, and exclusive business lounges. The tower will be located close to key Dubai landmarks, from the Burj Khalifa and Dubai Airport to the Gold Souk. Also Read: Danube launches commercial project in Dubai Sports City with 1% monthly payment plan Shah Rukh Khan, speaking at the launch, was quoted as saying that “It is humbling and deeply touching to have a landmark in Dubai carry my name. Dubai has always been a special place for me, a city that celebrates dreams, ambition, and possibility. " SRK owns a luxurious villa named Jannat in Dubai’s Palm Jumeirah, gifted by Nakheel, a Dubai-based real estate company. The villa is worth over  ₹100 crore and comes with a private beach, according to media reports. Also Read: SRK turns 60: Top 5 property investments by Bollywood superstar Shah Rukh Khan</t>
+          <t>The Bandra police have arrested a man for allegedly defrauding a 55-year-old polio-affected woman by luring her with the promise of a flat in an ongoing construction project in Bandra. The accused also told the victim that she would be refunded double her investment if the flat was not given to her in 15 months. According to the police, the complainant Yasmin Abdul Saudagar resides with her family in a residential apartment at LG Road in Mahim. Her husband, Khalil, is into the tours and travels business, while her brother Ashfaq Saudagar deals in luxury cars. Yasmin, who suffers from polio, told the police that in 2016, her brother introduced her to the accused, Fahid Mehmood Qadri. He told her that Quadri lived in Bandra and was a builder who had several ongoing projects. ALSO READ | Faridabad realtor duped of  ₹17cr in 7-month cyber fraud Ashfaq added that Quadri was in the process of constructing a building on Perry Cross road in Bandra for which he had gotten permission from the Brihanmumbai Municipal Corporation (BMC) to construct a two-storey structure. He mentioned that they needed more funds to complete their project and asked her to invest  ₹1.30 crore in the venture, promising her either a handsome financial return or a 1,050-sq-ft flat in their building. Trusting her brother, Yasmin handed over  ₹50 lakh in cash and a cheque worth  ₹50 lakh to Qadri. She then sent them an additional  ₹30 lakh in cash. An agreement regarding the sale and purchase was also carried out, and it stated that Yasmin would be allotted a flat on the 6th floor, and would get the flat by September 2021. The agreement further added that if the flat was not given to her, she would be paid  ₹2.60 crore, double her initial investment. ALSO READ | Retired army officer duped of  ₹10L in online investment fraud However, despite the additional funds, Quadri failed to finish the construction of the building. As of 2023, Yasmin had still not received the flat and she then began asking them for  ₹2.60 crore as per their agreement. “But, they neither handed over the flat nor refunded the invested amount. Fahid, acting in collusion with Bilkis Qadri and Mehmood Qadri, hatched a conspiracy to induce Yasmin Saudagar to invest in the building project; they subsequently misappropriated the  ₹1.30 crore obtained from her,” said a police officer from Bandra police station. The woman then approached Bandra Police. Acting on her complaint, the police registered a case against the accused on charges of criminal conspiracy, misappropriation of funds, and fraud and immediately upon the registration of the case, all three accused absconded. The police then launched a special operation to track them down. The accused, Fahid Mehmood Qadri, remained elusive for around two and a half years, however he was finally arrested on Monday. Following his arrest, he was produced before the local court in Bandra. The court has remanded him to police custody.</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/no-slowdown-in-bengaluru-and-hyderabad-housing-markets-brigade-group-md-pavitra-shankar-101763356621449.html</t>
+          <t>https://www.hindustantimes.com/real-estate/1000-acres-opened-for-cluster-redevelopment-in-mumbai-to-boost-livability-maharashtra-cm-devendra-fadnavis-101773745199141.html</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>Brigade Group Managing Director Pavitra Shankar has said that housing demand remains steady in cities such as Bengaluru and Hyderabad despite concerns around affordability and job market uncertainty. “There’s no slowdown per se,” she noted, adding that inventory continues to move well across projects. In Bengaluru, residential demand and prices remain strong even amid conversations about tech-sector layoffs. The city remains a “net job creator,” Shankar said, which helps sustain buyer sentiment and absorption levels. She said that demand in the mid-segment housing category is particularly robust, shaping the company’s approach to new project design and land acquisition. As a result, Brigade expects home prices to rise by around 5–7% annually, driven by ongoing sales momentum rather than aggressive discounting. “We look at based on badging out our inventory. So since the inventory is moving well in all of the projects, we're just taking the price hikes according to that,” Shankar said at the company’s Q2 FY 2025-26 earnings call. Brigade Group is preparing to roll out nearly 15 million sq ft of new project launches over the coming quarters, backed by steady residential demand and a land acquisition strategy. The company recorded  ₹2,034 crore in presales in Q2 FY26, up 12% from the same period last year, with sales volumes rising 13% to 1.90 million sq ft.Also Read: Brigade Group to add 8 million sq ft of office space, plans to double flex space portfolio Bengaluru continues to see strong residential demand and price growth despite conversations around layoffs in the tech sector, Shankar said, adding that the city remains a “net job creator,” which sustains buyer sentiment and absorption levels. “I think Bangalore seems like a favourable market, and that's why people are trying to enter here. So despite the conversations about job losses and so on, we still see there is still a conversation about job creation in different parts of the economy as well. So net-net, I think Bangalore is still a winner in terms of overall job creation, and that's why we continue to see a lot of demand in the city,” she said. Shankar also noted that several major developers are expanding into Bengaluru, increasing competition, but said the market has the depth to absorb new supply. “We've been able to see the pricing increase substantially, doubling pretty much on average, over the last few years. So I think it is still a very healthy market, able to absorb more competition from other players as well as price increase.”Also Read: Less than 1% of Indian developers' topline is invested in technology, says Nirupa Shankar of Brigade Group Addressing trends in the first half of the fiscal year, Shankar said residential demand remains strong across markets, but Bengaluru is seeing a clear rise in mid-segment homebuyers. “In Bangalore specifically, there is a lot more demand in the mid-segment category,” she said, adding that this is now influencing how the company approaches new project design and land acquisitions. She explained that the company categorises its homes by price range: properties priced between  ₹75 lakh and  ₹1.5 crore are considered mid-segment; those between  ₹1.5 crore and  ₹3 crore fall under the premium category; and units priced above  ₹3 crore are classified as luxury or ultra-luxury. “So we are also looking at that in terms of new projects when we are looking at design or land acquisition in terms of the location of properties. But that's a Bangalore-specific thing,” she said. Meanwhile, she noted that Hyderabad continues to show strong traction in the premium segment, particularly in homes priced above  ₹5 crore, though mid-segment interest remains healthy there as well. Chennai, she said, remains stable across categories. “It is still a very well-balanced market; we’re able to sell in mid-segment, premium, as well as high-end,” Shankar said. In the first half of FY26, Shankar said that the company launched 3 million sq ft of residential projects with a gross development value (GDV) of around  ₹3,200 crore. For the second half, the company has visibility of approximately 7 million sq ft of upcoming residential launches, with an estimated GDV between  ₹8,000 crore and  ₹8,300 crore. “Ideally, that number (7 million sq ft) would have been a little bit more. And that's also the reason why our sales numbers -- while we are targeting an initial number of around  ₹9,000 crores, a substantial amount of our H2 sales will come from launches. And therefore, we may not necessarily meet that number, but we'll be trying to do that as much as possible,” Shankar said. Of the 7 million sq ft planned for H2 launches, around 1 million sq ft is the second phase of Brigade Gateway Hyderabad in the Neopolis cluster, which has already been launched and is currently seeing active sales. Shankar said that the company is working on a large mixed-use development in North Bengaluru, which is in the design and approval stage and is likely to launch in Q4. Brigade also has several multi-phase residential projects lined up in East Bengaluru, which are expected to roll out toward the end of the fiscal.</t>
+          <t>Maharashtra Chief Minister Devendra Fadnavis said around 1,000 acres have been opened for cluster redevelopment in Mumbai to ensure residents are rehabilitated within the city, and their quality of life improves. The move, aimed at enhancing ease of living, includes redeveloping ageing housing layouts across the financial capital. Speaking at the key distribution ceremony for over 800 tenants of the BDD Chawl redevelopment, Fadnavis said the government is making consistent efforts to ensure ordinary and middle-class citizens in Mumbai receive the homes they rightfully deserve. "Redevelopment work is underway in areas such as Abhyudaya Nagar, Adarsh Nagar, Motilal Nagar, GTB Nagar, SVP Nagar and Kamathipura. Through these initiatives, nearly 1,000 acres of land in Mumbai will undergo redevelopment, bringing a major transformation to the city and significantly improving the standard of living for common citizens," Fadnavis said. "The government is making consistent efforts to ensure that ordinary and middle-class citizens in Mumbai receive homes they rightfully deserve. Redevelopment work is underway in several areas of the city that will bring a major transformation in the city and significantly improve the standard of living of common citizens," Fadnavis said. Also Read: Redevelopment or early exit? What Mumbai homeowners can learn from Preity Zinta’s apartment sale Cluster development is an urban redevelopment approach in which multiple adjoining buildings or plots are combined into a single large project. It allows for better planning, improved infrastructure, wider roads, open spaces, and amenities, while enabling the rehabilitation of existing residents and more efficient land use in crowded cities. enables better planning, improved infrastructure, wider roads, open spaces, and amenities, while facilitating Examples of cluster redevelopment in the Mumbai real estate market include MHADA layouts such as Motilal Nagar (Goregaon), Abhyudaya Nagar (Parel), Adarsh Nagar (Worli), Bandra Reclamation, and GTB Nagar (Sion), as well as Kamathipura. Several private housing societies also undergo cluster redevelopment. On March 16, Fadnavis, along with Deputy Chief Minister Eknath Shinde, who is also the Housing Minister of Maharashtra, and Deputy Chief Minister Sunetra Pawar, distributed keys to over 800 tenants being rehabilitated in the Naigain area of Dadar in Central Mumbai as part of the ongoing BDD redevelopment project. Also Read: Mumbai real estate: Do Bollywood celebrity home purchases push up apartment prices in a building? Fadnavis appealed to those receiving the keys to their new homes not to sell their flats under any circumstances, stating that these homes represent the struggles and memories of generations who lived in the BDD Chawls. The BDD Chawls were built in the 1920s by the British to provide low-cost housing in Mumbai. More than 200 chawls spread over 37 hectares in four areas are part of the BDD Chawl. Of this, Worli has around 22.14 hectares, NM Joshi Marg has 5.46 hectares, and Naigaon has 6.45 hectares. Around 2.32 hectares is also spread across Sewri in Central Mumbai; however, that land is under the Central government and not part of the Maharashtra government's BDD Chawl redevelopment project. The Maharashtra government had made MHADA the nodal agency for the redevelopment of the project around a decade ago, and in 2017, appointed Larsen &amp; Toubro to redevelop the BDD chawls at Naigaon in Dadar, while the contract to redevelop the chawls of NM Joshi Marg in Lower Parel has been awarded to Shapoorji Pallonji Group. Also Read: MHADA hands over 864 flats to tenants under Naigaon BDD Chawl redevelopment project Around 15,000 families lived in the BDD chawls, with rooms measuring about 160 sq ft. The tenants of this chawl are entitled to a flat with a carpet area of 500 sq ft. Mehul R Thakkar is a Mumbai-based journalist who closely tracks the city’s ever-evolving real estate landscape. 
+He believes that Mumbai presents a unique reality that, while Mumbaikars deeply aspire to own a home in the city of dreams, many spend little actual time living in it due to long commutes and demanding work lives. 
+With over 11 years of experience in journalism, I have reported across a wide spectrum of beats, including real estate, housing, infrastructure, aviation, and education.  
+I have also extensively covered the workings of India’s wealthiest civic body, the Brihanmumbai Municipal Corporation (BMC), providing insight into the policy, governance, and urban planning decisions that directly influence Mumbai’s growth. 
+Before joining Hindustan Times, I worked in fast-paced digital and print newsrooms, including Moneycontrol.com and Deccan Chronicle, as well as national dailies such as The Asian Age and DNA.
+Outside the newsroom, I am an avid weather tracker, a fan of spy thrillers in both books and films, and a keen follower of international affairs.Read More</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>Yeida allots 200 acres land to build₹8,200 crore solar hub</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>The new solar unit project will help facilitate large-scale manufacturing investment in renewable energy and advanced manufacturing segments, said Yeida CEO</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>Nov 17, 2025 05:52 am</t>
+          <t>Mar 17, 2026 04:58 pm</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/cities/noida-news/yeida-allots-200-acres-land-to-build-8-200-crore-solar-hub-101763320024281.html</t>
+          <t>https://www.hindustantimes.com/entertainment/bollywood/prabhu-deva-sells-two-flats-in-one-of-mumbai-s-tallest-towers-for-14-8-crore-bought-for-14-45-crore-in-2012-101773745961044.html</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>GREATER NOIDA: The Yamuna Expressway industrial development authority (Yeida) said it has allotted 200 acres of industrial land in Sector 8 to SAEL Solar P6 Private Limited, a subsidiary of SAEL Industries Limited, to set up an integrated solar manufacturing ecosystem with an investment of ₹8,200 crores. The step follows the State Government’s approval of the mega project to create jobs and business opportunities. The proposed project will include TOPCon technology based 5 gigawatts (GW) solar cell manufacturing (the process of fabricating individual solar cells) and 5 GW solar module manufacturing lines (a series of automated and semi-automated machines used to assemble solar panels from their components) in this mega unit, said officials. The Tunnel Oxide Passivated Contact (TOPCon) technology is considered as an advanced solar cell technology, which enhances efficiency and longevity, the Authority said. One gigwatt equals to one billion watts of power. Yeida issued the allotment letter after the state government issued the ‘Letter of Comfort’ to SAEL Industries Limited, said officials. Notably, the Letter of Comfort means the state government is positive about the company’s proposal, and as per the rules the Comfort of Letter helps the firm get some marks during the allotment process, and Yeida evaluates the proposal to ensure if the company is eligible for the allotment or not. “Following the Government of Uttar Pradesh directions and UPINVEST, now Yeida issued a Letter of Allotment to SAEL Industries Limited. We have handed over the allotment letter to SAEL officials. The project will be located along the Yamuna Expressway near Noida International Airport that has already become a strategic industrial-growth zone within the state’s overall infrastructure and manufacturing push. This mega project will not only create jobs but help in development of the solar ecosystem near airport that is the biggest growth engine in this region,” said Yeida’s chief executive officer RK Singh. This allotment will further help Yeida to develop a manufacturing cluster along the Yamuna Expressway, said officials. “The new solar unit project will help facilitate large-scale manufacturing investment in renewable energy and advanced manufacturing segments. SAEL’s new solar project is expected to leverage the region’s infrastructure advantages - connectivity to the upcoming Jewar airport and logistics hubs and the policy impetus of the Uttar Pradesh government for manufacturing-led growth,” said Singh. SAEL Industries Limited is a diversified and integrated renewable energy company with capabilities in solar module manufacturing, engineering, procurement and construction, and operations and maintenance of power projects. Its diversified clean-energy portfolio includes 8299.5 Megawatt peak of solar Independent Power Producer (IPP), 3,625 MWof TOPCon solar module manufacturing capacity, and 164.90 MW of agri waste-to-energy projects, said Yeida officials. SAEL Industries Limited were unavailable for comment on the issue. . The Yamuna Expressway Industrial Development Authority has allocated 200 acres in Sector 8 to SAEL Solar P6 Private Limited for an  ₹8,200 crores solar manufacturing project, following state government approval. The facility will produce 5 GW of solar cells and modules using advanced TOPCon technology, boosting local jobs and the solar ecosystem near Noida International Airport. SAEL Industries, with a diverse renewable energy portfolio, is poised to enhance manufacturing in the region.</t>
+          <t>Prabhu Deva, Actor, dancer and choreographer, has sold two apartments in South Mumbai’s Mahalaxmi area for  ₹14.80 crore, according to property registration documents accessed by CRE Matrix. The units are located in the Minerva building, one of the city's tallest residential towers. According to the documents, he purchased the two apartments in December 2012 for a combined  ₹14.45 crore. The documents show that the two apartments, each measuring 1,295 sq ft, are on the 32nd and 33rd floors of the building, totalling 2,590 sq ft. Prabhu Deva sold the two apartments to Priya Ruparel and Manju Dange for  ₹7.40 crore each, according to the documents. Also Read: Mumbai real estate: Do Bollywood celebrity home purchases push up apartment prices in a building? A stamp duty of  ₹74 lakh and a registration fee of  ₹30,000 were paid, and the transaction was registered on March 13, 2026, the documents show. The two apartments were sold along with four parking spaces. Prabhu Deva, Priya Ruparel, and Manju Dange could not be reached for comment. Lokhandwala Minerva is one of Mumbai’s tallest residential towers, located in Mahalaxmi. Lokhandwala Infrastructure developed the building, a skyscraper that rises about 301 metres and has 79 floors. It forms part of the Lokhandwala Minerva complex and offers ultra-luxury apartments with views of the Mahalaxmi Racecourse and the Arabian Sea. Also Read: Redevelopment or early exit? What Mumbai homeowners can learn from Preity Zinta’s apartment sale It faced prolonged possession delays, prompting the Maharashtra Real Estate Regulatory Authority (MahaRERA) to direct the developer to pay interest to a homebuyer. The project received a part-occupation certificate in early 2023 after securing a registration extension from MahaRERA until December 2024. https://www.hindustantimes.com/cities/mumbai-news/maharera-grants-interest-on-delayed-possession-to-minerva-buyer-101705950144741.html In the last four months, Bollywood actress Preity Zinta has been in the news for selling her apartment. Zinta sold an apartment in Mumbai’s Pali Hill area of Bandra for  ₹18.50 crore. The apartment was allotted to Zinta in April 2025 following the redevelopment of her old building. Also Read: Akshay Kumar sells multiple properties in Mumbai worth  ₹110 crore over last seven months This marks Zinta's second apartment sale in the past four months. In November 2025, documents show she sold a 1,474 sq ft apartment on the 11th floor of the Rustomjee Parishram building for over  ₹14 crore. Also Read: Mumbai real estate news: Manoj Bajpayee sells apartment in Mahalaxmi area for  ₹9 crore In 2024, actor Manoj Bajpayee, along with his wife Shabana Raza Bajpayee, sold their apartment in the same project for  ₹9 crore. The actor purchased the apartment in 2013 with his wife, Shabana, for  ₹6.40 crore. Mehul R Thakkar is a Mumbai-based journalist who closely tracks the city’s ever-evolving real estate landscape. 
+He believes that Mumbai presents a unique reality that, while Mumbaikars deeply aspire to own a home in the city of dreams, many spend little actual time living in it due to long commutes and demanding work lives. 
+With over 11 years of experience in journalism, I have reported across a wide spectrum of beats, including real estate, housing, infrastructure, aviation, and education.  
+I have also extensively covered the workings of India’s wealthiest civic body, the Brihanmumbai Municipal Corporation (BMC), providing insight into the policy, governance, and urban planning decisions that directly influence Mumbai’s growth. 
+Before joining Hindustan Times, I worked in fast-paced digital and print newsrooms, including Moneycontrol.com and Deccan Chronicle, as well as national dailies such as The Asian Age and DNA.
+Outside the newsroom, I am an avid weather tracker, a fan of spy thrillers in both books and films, and a keen follower of international affairs.Read More</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>Mira Road projects marred by violations up for sale</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>While parts of over 20 projects remain stalled due to ongoing litigation, the builder allegedly continues to market flats in these projects</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>Nov 17, 2025 04:46 am</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/cities/mumbai-news/mira-road-projects-marred-by-violations-up-for-sale-101763319304319.html</t>
+          <t>https://www.hindustantimes.com/real-estate/mumbai-real-estate-oberoi-realty-inks-deal-to-acquire-versova-land-with-17-lakh-sq-ft-potential-101773736292577.html</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>MUMBAI: In Mira Road, flats are being marketed in more than 20 residential buildings, whose legal status is being debated in court. These projects, all across Mira Road, are being built by Ravi Developments of Ravi Group, which secured a commencement certificate to construct 29 new buildings in March 2019. Permission was for a revised plan up to plinth level for these buildings, and regularisation of 30 additional buildings. But, within days, the Mira Bhayandar Municipal Corporation (MBMC) received 11 complaints with regard to the title, rights and interests of some of the plots. A notice was served to the developer 3 months later, seeking an explanation. According to an internal document in the MBMC, the developer had failed to satisfactorily reply to the objections. In some instances, the owners had withdrawn their rights given to the developer, a fact suppressed by the developer, and in other instances, title documents were unregistered. In some cases, the developer had failed to settle the claims of tenants. The MBMC document also states that the matter was sub-judice as cases were pending in various courts. In a submission before the Thane Civil Court, MBMC had said that since the developer had failed to comply with various mandatory conditions, it was cancelling the commencement certificate for several projects. In July 2019, MBMC also asked the developer to resubmit proposals for land that was undisputed. Civic sources say the developer not only failed to resubmit fresh proposals, he also continued with construction work. It was only in February 2022 that the MBMC issued a stop-work notice. Construction could proceed only with valid permission, the notice said. Still, the developer allegedly continued with the illegal construction. To get the commencement certificate restored, the builder submitted a fresh proposal with the MBMC’s environment department, relating to undisputed properties. These were rejected in October 2023 as the application was incomplete, lacking the required supporting documents. MBMC once again ordered Ravi Developments to halt construction work. In May 2025, another stop-work notice was issued, pertaining to parts the following projects: Gaurav Excellency, Shubh Atika (X), Gaurav Crest, Cluster 1 Presidency, Cluster-3 Enclave, Victoria, Gaurav Aster, Gaurav Valley Row Houses, and Shree Avenue Complex Row Houses. Ravi Developments moved the Bombay High Court, which in July, directed MBMC to review the matter and pass an order within 6 weeks. Allowing partial relief, the court directed MBMC not to act against floors permitted by the March 2019 commencement certificate. Two hearings were held, in July and August, by municipal commissioner Radhabinod Sharma. Once again, the developer sought time to submit the documents required. Gaurav Shah, one of the promoters of Ravi Developments, told Hindustan Times that the company had since submitted all the documents to the MBMC, while Sharma told HT he was in the final stages of issuing an order. A communication has also been sent by MBMC to the Registrar of Stamps, to bar the registration of sale agreements as the matter is sub-judice. However, it appears, the developer has not stopped marketing his projects. This was confirmed by Hindustan Times, which posed as a customer at one of the projects under litigation – Gaurav Excellency. A salesperson, making a pitch for 2 BHKs in Gaurav Excellency’s building numbers 6, 7, 8 and 9, said the valuation of the flat, without floor rise, but inclusive of all other charges was around ₹1.20 crore. One of the flats was on the 17th floor, even though, according to MBMC’s documents, the developer isn’t permitted to construct anything beyond the 11th floor in building number 7. The Maharashtra Real Estate Regulatory Authority’s (MahaRERA) portal states, “The project is kept in abeyance. Bank account of the project is frozen, and promoter is prohibited to execute agreement for sale/ sale deed with buyers, till further compliances are done by the promoter.” Denying any illegalities involved, Gaurav Shah refused to comment on the company’s sales representatives marketing these flats and providing possession to buyers without a commencement or occupation certificate. Shah claimed that the state urban development department had reversed the cancellation of the commencement certificate by the MBMC and that the high court had acknowledged this. However, the reversal of the cancellation does not relate to the floors currently being marketed. In a statement to HT, Shah said, “The matter is pending with MBMC, which it was supposed to decide in 6 weeks as per a high court order, but we are still waiting for the same. We have not constructed any building illegally and, as per the high court order, all work is stopped as directed by the court, so there is no violation of the same.” In Mira Road, Ravi Developments is marketing flats in over 20 buildings embroiled in legal disputes, despite the Mira Bhayandar Municipal Corporation (MBMC) issuing stop-work notices. Complaints about the developer's legal compliance led to the cancellation of a commencement certificate. The Maharashtra Real Estate Regulatory Authority has frozen the project, complicating the sales process amidst ongoing court hearings.</t>
+          <t>Mumbai-based listed real estate developer, Oberoi Realty, has inked a development agreement (DA) with Maharashtra Housing and Area Development Authority (MHADA) for a land parcel in Mumbai's Versova area. The company announced on March 16 that it has entered into a development agreement for MHADA-owned land in Aram Nagar, in the Versova area of Andheri West, Mumbai. "Based on the extant provisions of the Development Control and Promotion Regulations for Greater Mumbai, 2034, the company expects its share of the free sale component to be approximately 17.18 lakh square feet (RERA carpet area) (excluding its share of rehab component for existing tenants) from the development of the project Land, subject to statutory approvals and applicable regulations," Oberoi Realty said in a statement. Also Read: Mumbai real estate: Oberoi Realty emerges as the highest bidder for leasing the Railway plot in Bandra for  ₹5,400 cr Oberoi Realty in February 2025 announced that it emerged as the highest bidder, quoting  ₹5,400 crore for the lease of 11 acres of land in Mumbai's Bandra East. The Rail Land Development Authority (RLDA) had floated the bids for the same. According to the company, it had participated in bids for the grant of a 99-year lease for the development of approximately 11 acres of railway land in Bandra East, adjoining the Western Express Highway, Mumbai, with a FSI potential of approximately 19.50 lakh sq ft. Also Read: Oberoi Realty dismisses slowdown concerns, gears up for Gurugram launch In November 2025, Oberoi Realty announced it would redevelop a 4,706 sq m land parcel in South Mumbai's Nepean Sea Road. According to the company announcement, it has entered into a Development Agreement for the redevelopment of a 4,706-square-meter parcel of land situated at Nepean Sea Road, Mumbai. Also Read: How redevelopment reshaped Mumbai’s entry playbook for non-local developers The company had said that its entitlement to a free-sale component from the project is currently estimated at approximately 1.18 lakh square feet (RERA Carpet area), subject to the provisions of the Development Control and Promotion Regulations for Greater Mumbai, 2034, and applicable law. Mehul R Thakkar is a Mumbai-based journalist who closely tracks the city’s ever-evolving real estate landscape. 
+He believes that Mumbai presents a unique reality that, while Mumbaikars deeply aspire to own a home in the city of dreams, many spend little actual time living in it due to long commutes and demanding work lives. 
+With over 11 years of experience in journalism, I have reported across a wide spectrum of beats, including real estate, housing, infrastructure, aviation, and education.  
+I have also extensively covered the workings of India’s wealthiest civic body, the Brihanmumbai Municipal Corporation (BMC), providing insight into the policy, governance, and urban planning decisions that directly influence Mumbai’s growth. 
+Before joining Hindustan Times, I worked in fast-paced digital and print newsrooms, including Moneycontrol.com and Deccan Chronicle, as well as national dailies such as The Asian Age and DNA.
+Outside the newsroom, I am an avid weather tracker, a fan of spy thrillers in both books and films, and a keen follower of international affairs.Read More</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>Connaught Place’s each block gets officer for cleanliness</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>The officers’ responsibility will include flagging any damaged or dead plants and trees, and suggesting areas where more greenery can be added.</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>Nov 17, 2025 04:00 am</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/cities/delhi-news/connaught-place-s-each-block-gets-officer-for-cleanliness-101763318644082.html</t>
+          <t>https://www.hindustantimes.com/real-estate/north-bengaluru-homebuyers-prioritise-water-supply-security-over-brand-as-key-property-deal-breakers-101773732266042.html</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>In a bid to make the Connaught Place market litter-free, the New Delhi Municipal Council (NDMC) has designated officers for each block to supervise its cleanliness, officials said on Sunday. The officers’ responsibility will also include flagging any damaged or dead plants and trees, and suggesting areas where more greenery can be added. According to NDMC officials, the move came following a look at the high amount of daily footfall the central Delhi’s Connaught Place market witnesses. “Earlier this year in May, we had made blocks B and C litter-free, and planned to progress on the same, block by block. As this was not possible due to the amount of footfall the market gets, we have designated one officer to each block to increase the monitoring,” said an official. While stating that cleaning in the market takes place throughout the day, in three shifts; morning, evening and night, the official said that while sanitary inspectors were earlier only present in the morning shift, they will now be present in each shift. “As littering is mostly done by customers, we plan to start imposing fines for the same. Currently, we are spreading awareness about the same, and our sanitary workers and inspectors, along with the officials, will be informing people who they see littering about the fines. Our workers are also making rounds throughout the market announcing the same through a megaphone,” said the official. NDMC officers have been designated to the market’s blocks on the basis of their size, with some blocks getting two officers, most getting one, and blocks C and D both being designated to one officer. As the NDMC aims to maintain and increase the greenery in the market as well, the horticulture department will be working alongside the civil and public health departments. The officers’ responsibility will also include flagging any damaged or dead plants and trees, and suggesting areas where more greenery can be added. To make Connaught Place litter-free, the New Delhi Municipal Council has assigned officers to each block for cleanliness oversight. This initiative, prompted by heavy foot traffic, includes enhanced monitoring and potential fines for littering. The NDMC also aims to increase greenery, collaborating with horticulture and public health departments for maintenance.</t>
+          <t>Bengaluru homebuyers are prioritising essentials such as security, water supply and maintenance over brand value when choosing between projects. In Reddit discussions, a buyer seeking a 3BHK under  ₹1.5 crore asked whether opting for a Tier-1 developer ensures reliable water supply and 24-hour security, but residents said long-term living quality depends more on RWAs and community management, advising buyers to speak to occupants, especially at night, about security, water availability, tanker use in summers and power issues. Apartment owners suggested that while developers play a role in initial construction quality and amenities, the long-term living experience often depends more on resident welfare associations (RWAs) and active community management. “Who manages the place and how active residents are seem to matter more for things like security and water than just the builder's name,” one user wrote, pointing out that prospective buyers should visit properties at night and speak to residents about issues such as power cuts and water supply before making a decision. "Honestly, who manages the place (like the RWA) and how active residents are seem to matter more for things like security and water than just the builder's name. I’d definitely recommend visiting at night and talking to folks living there now--get their take on power cuts, tanker water, that kind of stuff. The builder helps set things up, but day-to-day quality really depends on who’s running it afterwards."Also Read: KRERA: Developer, landowner jointly liable for water, sewerage connections in Bengaluru housing projects Water availability emerged as a central concern, particularly in northern and peripheral micro-markets in Bengaluru where piped river water connections remain limited. One Redditor pointed out that while tanker water is widely available across the city, dependence on it is common in outskirts developments. “Nearly all of Bangalore on the outskirts have Cauvery water supply issues as there is no connection,” the user noted, suggesting that buyers should physically verify water arrangements before purchasing. Buyers also highlighted the cost implications of reliance on tankers. One user noted that a large residential complex in the city was spending between  ₹33 lakh and  ₹50 lakh per month on tanker water, translating to roughly  ₹1,300– ₹1,400 per household. At the same time, some apartment communities in Bengaluru reported minimal reliance on tanker water due to investments in rainwater harvesting (RWH) and efficient water management systems. “Our society had 10 rainwater harvesting tanks earlier, which has been increased to 30… I have seen only one water tanker in six years,” a resident shared, adding that maintenance charges of around  ₹4.5 per sq ft covered water needs without additional tanker costs.Also Read: ‘Buying a flat at the brink of war… worth the commitment?’ Homebuyers rethink long-term loans amid US-Israel-Iran war Rapid urban expansion in Bengaluru has put increasing pressure on the city’s water resources, widening the gap between supply and demand. While several established localities receive piped water from the Cauvery River, many areas added to the city’s limits over the years continue to remain outside this network. Urban experts note that in 2007, over 100 surrounding villages were brought under the city’s jurisdiction, including parts of Mahadevapura, Yelahanka, Bengaluru South, and RR Nagar. However, many of these rapidly developing zones, especially those around key IT corridors such as Whitefield and Sarjapur, still lack reliable access to piped water. As a result, many newer residential areas depend on borewells and private water tankers. As groundwater levels continue to decline, these areas are becoming increasingly vulnerable to shortages, particularly during the summer months, experts say.(Disclaimer: This report is based on user-generated content from social media. HT.com has not independently verified the claims and does not endorse them) Souptik Datta is a deputy chief content producer at Hindustan Times Digital, where he reports on southern India with a focus on real estate, urban infrastructure and environmental urban issues. His coverage tracks the intersection of policy, capital flows, regulation and sustainability, examining how these forces shape housing markets, commercial real estate and large-scale infrastructure development across rapidly transforming cities. He also closely tracks civic issues affecting urban residents, including property taxation, planning approvals, public transport expansion, water stress, waste management and the governance challenges that influence everyday life in India’s metros. Souptik’s reporting is driven by a strong interest in accountability, consumer rights and the lived realities of homebuyers and investors navigating volatile pricing cycles, regulatory changes and project delivery risks. He frequently analyses project launches, land monetisation strategies, planning frameworks, RERA-related developments and the broader implications of infrastructure investments on emerging growth corridors. His work blends on-ground reporting with data-backed analysis and long-form explainers aimed at demystifying complex real estate and infrastructure developments for readers.  He is an alumnus of the Indian Institute of Journalism and New Media. Before joining Hindustan Times Digital, Souptik was associated with Moneycontrol at Network 18, where he covered real estate, infrastructure and allied sectors, producing market insights, policy-led stories and in-depth features.  Outside the newsroom, Souptik is an avid solo traveller and documentary enthusiast, exploring diverse regions and visually documenting unique narratives through film and photography. In his early career, Souptik also freelanced as a documentary photographer, independently working on visual storytelling projects that captured grassroots narratives, urban change and everyday life. He can be reached at souptik.datta@htdigital.in.Read More</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Nov 16, 2025 07:31 pm</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/maharashtra-ends-requirement-for-slum-dwellers-consent-in-cluster-redevelopment-projects-all-you-need-to-know-101763298040062.html</t>
+          <t>https://www.hindustantimes.com/real-estate/mhada-lottery-2026-housing-draw-for-2-500-affordable-homes-in-mumbai-in-10-days-says-ceo-101773728056405.html</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>To fast-track the redevelopment of Mumbai’s slums and move toward a slum-free city, the Maharashtra government has issued a new order stating that individual slum-dwellers’ consent will no longer be required for the group redevelopment of slum clusters, according to a Hindustan Times report. For the first time, the government has also allowed the inclusion of land owned by the central government for a state redevelopment scheme. “Land owned by the central government may also be included upon obtaining necessary permissions from concerned authorities,” the report quoted the government resolution as saying.The state government has appointed Slum Rehabilitation Authority (SRA) as the nodal Agency for implementing these cluster redevelopment schemes. It will identify slum cluster areas which need approval from the high power committee (HPC) of the state housing department. According to a government resolution (GR) issued on November 13, the state has also allowed slum clusters on a minimum contiguous land area of 50 acres, of which more than 51% shall be slum area. Schemes already sanctioned under Regulation 33(10) of the Development Control and Promotion Regulations (DCPR) can be included in the cluster redevelopment scheme, the report said. This is also applicable to non-slum structures, including industrial, commercial and warehousing buildings within the designated cluster area. Most importantly, this includes structures that fall under coastal regulation zone (CRZ) regulations, the report said. Also Read: Mumbai real estate: Slum Rehabilitation Authority looking to purchase new 10,000–20,000 sq ft office space near BKC The state government has appointed Slum Rehabilitation Authority (SRA) as the nodal Agency for implementing these cluster redevelopment schemes. It will identify slum cluster areas which need approval from the high power committee (HPC) of the state housing department. It said that land leased by the government or semi-government bodies can be included in the scheme, provided rehabilitation is done according to DCPR 2034 and compensation is given to the respective authorities. The scheme can also be implemented for structures falling under CRZ–I and II regulations. “Slums on CRZ I and II may be integrated, with in-situ or alternative rehabilitation permitted within a 5-km radius as per CRZ and DCPR norms,” said the GR. “For ongoing SRA projects within the cluster area, existing buildings with occupancy certificates may be demolished, reconstructed or retained,” the order said, allowing the developer to undertake implementation in phases. “At each stage, rental compensation for displaced slum-dwellers must be deposited with the SRA,” a senior housing official was quoted by the newspaper as saying. Also Read: Maharashtra government approves slum cluster redevelopment scheme for Mumbai The scheme can be implemented either by a joint venture with a government entity or by appointing a private developer through a transparent process, he said. “Developers holding more than 40% of the total cluster area shall be given preference for implementation, subject to approval from the HPC,” the official was quoted as saying. Also Read: DLF sells all 416 luxury apartments worth  ₹2,300 crore in its debut Mumbai project According to the order, private developers may be appointed either through public-private partnership or through open tendering by the public agencies. If a developer already holds 40% or more area of the cluster site, they may be given priority to implement the scheme. Further, if there are existing multi-storey buildings on non-slum parts in the designated area, the developer will be responsible for obtaining their development rights.</t>
+          <t>The Maharashtra Housing and Area Development Authority (MHADA) is set to announce its annual lottery for around 2,500 affordable homes in Mumbai over the next two weeks. According to officials, these homes will be located across various parts of the city. "We are going to announce a lottery of 2,500 affordable homes in Mumbai after 10 days," said Milind Borikar, CEO, MHADA's Mumbai Board. "The apartments will be available for sale in all income segments across the city," Borikar said. MHADA's annual lottery caters to a mix of economically weaker sections (EWS), lower-income groups (LIG), middle-income groups (MIG), and high-income groups (HIG). Also Read: Mumbai completes 2,545 slum rehabilitation projects in three decades; 18% finished post-COVID Under the EWS category, those with a family income of up to  ₹6 lakh per annum can apply for a home. Those with an income between  ₹6 lakh and  ₹9 lakh can apply under the LIG category. Those with a family income between  ₹9 lakh and  ₹12 lakh can apply under the MIG category, and those with a family income above  ₹12 lakh per annum can apply under the HIG category. Also Read: MHADA Lottery 2026: 5,000 affordable homes likely to be offered in Mumbai in the next two months The MHADA lottery is a government-run housing allotment system in the state of Maharashtra that offers affordable homes to different income groups through a computerised draw. The lottery is conducted annually by MHADA, including in cities such as Mumbai, Pune, Thane, Nashik, Nagpur, and several others. The MHADA did not conduct its annual Mumbai lottery in 2025; however, in 2024, more than 2,000 affordable homes priced between  ₹29 lakh and  ₹6.82 crore were available for sale. The apartments in the high-income group were offered in the range of  ₹1 crore to  ₹6 crore and above. The homes were located in areas such as Andheri, Antop Hill, Juhu, Goregaon, Tardeo, Vikhroli, and Powai, among others. The most expensive unit offered in the MHADA lottery in 2024 was worth  ₹6.82 crore in the Tardeo area of south Mumbai, measuring over 1,500 sq ft. Also Read: Did you know  ₹1 crore can barely get you a bathroom-sized apartment in South Mumbai The MHADA is the nodal agency for providing affordable housing in the State. Since its establishment (1977) up to November 2025, MHADA has constructed 5.27 lakh dwelling units in Maharashtra, according to data shared by the Maharashtra government Economic Survey 2025-26. Mehul R Thakkar is a Mumbai-based journalist who closely tracks the city’s ever-evolving real estate landscape. 
+He believes that Mumbai presents a unique reality that, while Mumbaikars deeply aspire to own a home in the city of dreams, many spend little actual time living in it due to long commutes and demanding work lives. 
+With over 11 years of experience in journalism, I have reported across a wide spectrum of beats, including real estate, housing, infrastructure, aviation, and education.  
+I have also extensively covered the workings of India’s wealthiest civic body, the Brihanmumbai Municipal Corporation (BMC), providing insight into the policy, governance, and urban planning decisions that directly influence Mumbai’s growth. 
+Before joining Hindustan Times, I worked in fast-paced digital and print newsrooms, including Moneycontrol.com and Deccan Chronicle, as well as national dailies such as The Asian Age and DNA.
+Outside the newsroom, I am an avid weather tracker, a fan of spy thrillers in both books and films, and a keen follower of international affairs.Read More</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>No published date</t>
+          <t>Mar 17, 2026 10:40 am</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/bengaluru-real-estate-should-you-buy-an-apartment-on-the-ground-floor-in-the-tech-capital-101763286536358.html</t>
+          <t>https://www.hindustantimes.com/real-estate/raghav-chadha-pitches-for-joint-tax-filing-for-married-couples-to-improve-tax-equity-101773722676505.html</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>In Bengaluru, ground-floor units have become a point of debate among Redditors, who are weighing convenience against long-term livability and resale value. In compact mid-rise projects, typically G+4 buildings common across the city’s suburbs, many say they’re facing increasing pressure from developers claiming that upper floors are ‘almost sold out.’ While ground-floor apartments offer easier access for seniors and families, many cite recurring issues such as weaker natural airflow, reduced privacy, higher noise levels from community activity, and even patchy mobile network coverage, they point out. Several Redditors noted that developers often rush to sell ground-floor inventory early because it is typically harder to sell later. One resident bluntly stated that “ground floor homes are hard to sell because of no light and no privacy,” adding that builders frequently use FOMO-driven claims of fully booked upper floors to move these units. Another user listed common drawbacks, explaining that ground-floor flats come with “less privacy,” reduced airflow, and significantly more noise from kids playing, people walking past windows, or vehicles moving within the complex. He said such units are best suited for those who need easy access, “old age or you anticipate elders will be staying,” or buyers looking for lower prices. A tenant living on the ground floor said network reception was noticeably weaker inside the unit, despite neighbouring flats not experiencing the issue. Another renter described the daily discomfort of living directly along a common walking path, where “everyone walking in the evening and morning peeks into my living room,” leading to constant noise and a loss of privacy.Also Read: Bengaluru residents debate top-floor living: Hot days, long lift waits, but stunning views without mosquitoes Multiple Redditors pointed to structural and environmental concerns. One user said their flat’s proximity to a lawn caused persistent dampness. “My bedroom walls always feel damp, and mould fungus grows everywhere,” the Redditor said, pointing to daily watering that seeps into the walls. Others mentioned “zero ventilation” and frequent insect infestations. While ground-floor drawbacks were extensively discussed, commenters also advised buyers to avoid the topmost floor if possible. They warned of heat exposure, roof leakage, and noise from terrace events, problems that depend heavily on the efficiency of the building’s maintenance team unless a canopy cover is provided. Several users recommended that buyers choose the first floor if available, with one commenter explaining that he opted for a level above three floors of parking because his wife, a Bharatanatyam artist, required a home where her practice wouldn’t disturb the neighbours below.Also Read: Are top floor apartments worth the investment? Here's what homebuyers should know Real estate brokers say homes on the lower floors of high-rises typically come at a lower price point, and developers often follow a tiered pricing model. “For many projects, the rate remains the same from the ground to the fourth floor, and from there on, every additional slab can cost 2–5% more,” explained Sunil Singh of Realty Corp. To put it in perspective, if a ground-floor unit is priced at  ₹1 crore, a sixth-floor apartment in the same tower could easily cost  ₹10 lakh more, Singh pointed out. Real estate brokers say that ground-floor homes generally appeal to very specific buyer groups, particularly those with height phobia, families with elderly members who prefer to avoid lifts, or people who want easy accessibility. However, Singh said the reasons to avoid the ground floor are equally strong. Buyers often prefer higher floors for better ventilation, more natural light, and unobstructed views. “Ground floors tend to be slightly darker and don’t get the same airflow,” Singh noted, adding that these factors reduce demand.</t>
+          <t>Raghav Chadha has proposed allowing married couples in India to file joint income tax returns, saying optional joint filing would ensure that households with uneven incomes are not unfairly penalised, reduce the tax burden on single-income families, and bring greater tax equity, similar to systems followed in countries like the US, Germany and France.Speaking in Parliament on March 16, the Rajya Sabha MP and Aam Aadmi Party (AAP) spokesperson, said the move would help ensure that families with uneven incomes are not unfairly penalised. If implemented, he argued, households with similar overall earnings, regardless of how income is split between spouses, could receive comparable tax benefits, potentially easing everyday financial anxieties for many Indian families. Also Read: Raghav Chadha pushes for a National Blockchain Property Register to make land records tamper-proof Raghav Chadha, in a post on X, said that he had delivered a speech in Parliament titled ‘I Do Not Oppose, I Rise to Propose,’ advocating for optional joint filing of income tax returns for married couples so that those with uneven incomes are not penalised. Illustrating the disparity, he cited two examples: in one case, both spouses earn  ₹10 lakh each and pay zero tax, while in another, a single-income household earning  ₹20 lakh pays  ₹1.92 lakh in tax, despite both families having the same total income.“The only difference is how the salary is split between the two spouses,” he said, adding, “One roof. One kitchen. One household budget. But when tax time comes, the family disappears. The tax system sees two individuals. A husband and wife become strangers. No clubbing of income or rebates.” Also Read: Joint tax filing for couples? ICAI’s Budget vision proposes reshaping home loan, rental tax math“If there is joint filing of ITR, marital couples will get greater relief of income tax,” he said.Raghav Chadha cited another example of a married couple to highlight the disparity. In this case, an IT professional earns  ₹18 lakh while his wife earns  ₹6 lakh, taking their combined income to  ₹24 lakh. Under the current system, the husband pays around  ₹1.5 lakh in tax while the wife pays none. However, if their incomes were clubbed through joint filing, the total tax liability could drop to zero.He argued that introducing joint filing of income tax returns would allow married couples to be treated as a single economic unit, enabling better tax equity. It would also allow a single-income or higher-earning spouse to utilise the unused tax exemptions of the other. According to him, such a system could curb income diversion and, he added on a lighter note, may even encourage more people to marry to avail of tax benefits.Chadha further pointed out that while India’s tax framework recognises entities such as partnerships, joint tax structures and the Hindu Undivided Family (HUF) as separate assessees, it does not treat the most fundamental unit, the nuclear family of a husband and wife, as a single taxable entity, something he believes should be addressed.He added that joint income taxation for married couples is already followed in several developed economies, including France, Germany, the United States and the United Kingdom. The proposal, he said, aims to bring greater equity for single-income households while ensuring they receive tax benefits comparable to dual-income families. Vandana Ramnani leads the real estate vertical at Hindustan Times Digital, bringing over two decades of journalism experience across real estate, education, human resources, and foreign affairs. She specialises in India’s real estate sector, covering residential and commercial markets in Delhi-NCR, Mumbai, and Bengaluru, with in-depth reporting on regulatory developments, urban policy, housing trends, and interviews with industry leaders.  
+Her work has also appeared in the Hindustan Times newspaper and HT Estates. 
+Earlier, Vandana played a key role in establishing the real estate vertical at Moneycontrol (NW18 Group), shaping its editorial direction and market coverage.  
+She has also written extensively on international education for HT Education, tracking global study destinations, policy changes, and student mobility trends, earning the Singapore Education Award 2009 for Best Media Coverage (Print). 
+Her reporting portfolio includes human resources and employment trends for HT ShineJobs and PowerJobs, as well as lifestyle and interior design features for HT Premium Homes. 
+Vandana began her career with the Press Trust of India, gaining strong editorial and reporting expertise. She was also selected for a prestigious fellowship at Fondation Journalistes en Europe in Paris, where she wrote for EuroMag. One of her notable reporting assignments included covering Germany’s capital relocation from Bonn to Berlin. 
+Outside of journalism, Vandana is a passionate traveller, constantly seeking out charming hideaways across India and the lesser-known, offbeat corners of Southeast Asia.Read More</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Nov 16, 2025 02:22 pm</t>
+          <t>Mar 17, 2026 05:22 am</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/luxury-housing-demand-and-robust-office-leasing-boost-real-estate-market-sentiment-led-by-bengaluru-and-hyderabad-101763217348767.html</t>
+          <t>https://www.hindustantimes.com/cities/noida-news/noida-int-l-airport-push-yeida-sees-rise-in-lease-deeds-plot-allotments-101773688056366.html</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>India’s real estate outlook strengthened in Q3 2025, supported by robust office leasing, resilient high-end residential demand, and favourable macroeconomic conditions such as stable interest rates, easing inflation, and improved liquidity, a report said on November 15. According to the Knight Frank–NAREDCO Real Estate Sentiment Index, the Current Sentiment Score rose to 59 from 56, while the Future Sentiment Score remained steady at 61 Real estate developers and financial institutions remain optimistic about the sector’s growth prospects. Demand in the premium residential segment continues to be strong, while the office market shows structural depth supported by robust leasing pipelines, the report said. The Current Sentiment Score rose to 59 in Q3 2025 from 56 in the previous quarter, indicating improving confidence among stakeholders, while the Future Sentiment Score remained stable at 61, maintaining its position in the optimistic zone. Improved consumption, all of which continue to underpin growth. The Current Sentiment Score of 59 marks the highest level recorded in 2025 so far, reflecting a broad-based improvement across both developer and non-developer communities, the 46th edition of the Knight Frank–NAREDCO Real Estate Sentiment Index Q3 2025 (July–September) showed. Zonal sentiment trends in Q3 2025 suggest stability across most regions, with optimism prevailing nationwide. The South Zone remained the most buoyant at 62, even though the score moderated by one point. Driven by strong leasing momentum in Bengaluru and Hyderabad alongside demand for high ticket size housing segments. The North Zone maintained its recovery, inching up to 56 on the back of steady office activity in NCR. The East Zone eased slightly to 59, reflecting moderate residential launches in the first 3 quarters of 2025 compared to the same period in 2024, while the West Zone dipped marginally from 61 to 59, as robust office absorption in Mumbai and Pune offset a measured momentum in the residential sector. The index reflects strengthening market fundamentals driven by robust office leasing activity, resilient residential demand especially in high –ticket segments, and supportive macroeconomic conditions. Liquidity has remained healthy, inflation has eased, and policy consistency has reinforced confidence among developers and investors alike.Improved confidence stems from stable interest rates, benign inflation, and healthy domestic, it noted Shishir Baijal, Chairman and Managing Director, Knight Frank India, said, “The sustained optimism reflected in the Q3 Sentiment Index underscores the sector’s resilience and adaptability. Both current and future sentiment scores remain comfortably in the positive zone, reaffirming confidence in India’s economic stability and long-term growth story. Demand in the premium residential segment remains healthy, while the office market continues to demonstrate structural depth with strong leasing pipelines. Stable interest rates, easing inflation, and improved liquidity have reinforced overall sentiment. As we approach 2026, we expect the market to maintain steady momentum across asset classes.” Developers’ sentiment eased slightly to 59 from 63, reflecting cautious optimism amid elevated input costs and slower traction in the mid to low segment housing categories. Non-developers, including banks, financial institutions, and private equity funds, maintained a steady stream of optimism for Future Sentiment to a score of 61. Residential sentiment continued to strengthen in Q3 2025, reflecting cautious demand and strategic supply management. About 71% of respondents expect new launches to remain stable or increase, up from 70% in Q2 2025, as developers focus on higher-ticket projects while moderating activity in lower ticket size segments to prevent oversupply. Also read: Karnataka RERA directs developer to pay  ₹1.08 crore to homebuyer for delay in possession in Bengaluru’s tallest towerOptimism around residential sales have also grown where 74% respondents expect sales to either remain stable or improve, compared to 52% in Q2 2025 with similar opinion. This optimism is supported by rate cuts, subvention schemes, and other buyer-focused incentives enhancing affordability. Meanwhile, 92% of respondents anticipate prices to remain stable or rise, indicating sustained confidence. Also read: Are ultra-luxury properties becoming the new blue-chip stock for India’s rich? Markets such as NCR, Bengaluru, and Hyderabad continue to drive this price momentum, posting Y-o-Y increases of 13%–19% in Q3 2025 compared to the same period last year, underscoring strong demand in the high and upper-mid ticket size housing segments.</t>
+          <t>GREATER NOIDA: As the Yamuna Expressway Industrial Development Authority (Yeida) witnesses a surge in lease deeds, plot possessions, and construction, industrial activity near the Noida International Airport has gained more momentum in the past year than in the previous 25 years combined, the authority said on Monday. According to data, the authority has increased its total industrial plot allotments to 3,113 as of March 13, 2026, marking an addition of 54 plots over the preceding year from March 31, 2025. “The rise in allotments was modest, but other indicators of industrial activity saw sharp growth. Lease deeds executed during the period increased from 1,632 to 2,363, registering a jump of 731,” RK Singh, chief executive officer (CEO) of Yeida, told the media. Singh added that the number of units taking physical possession of industrial plots also rose significantly. “The figure increased from 990 in March 2025 to 1,785 in March 2026, a jump of 795 units. We are ensuring that all allottees take possession of their plots and begin construction and development work,” he said. On March 6, the Directorate General of Civil Aviation (DGCA) issued an aerodrome licence to the airport, with operations expected to begin within 45 days from the issue date. According to officials, the trend reflects growing investor confidence as companies move ahead with project implementation, encouraged by the upcoming airport, which is expected to transform the region into a major industrial and logistics hub. The data further shows that construction activity has also intensified over the past year. Officials said the number of sanctioned industrial building plans increased from 318 to 716, adding 398 approvals in a year. The number of units under construction rose from 120 to 341 within the same period, an increase of 221 projects. The rise in construction is also gradually translating into completed industries. The number of completed industrial units increased from 17 to 60, while operational units rose from 9 to 33, officials added. In addition, registrations under the Factories Act also recorded an increase from 5 to 33, an addition of 28 units. With the airport expected to begin operations soon, officials expect industrial activity will accelerate further. Singh said around 400 industrial units are likely to become operational by the end of 2026. The Authority has allotted industrial plots in areas such as Yamuna City, Apparel Park, Toy Park and Medical Devices Park among other sectors. On Monday, a Japanese delegation also met Yeida officials to explore investment opportunities, including a proposal to develop a project on five acres near the airport. Vinod Rajput writes on environment, infrastructure, real estate and government policies in Noida and Greater Noida. He has reported on environment and infrastructure in Delhi, Gurgaon and Panchkula in the past.Read More</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/property-tax-made-simple-rules-rebates-and-how-to-avoid-penalties-101763216320293.html</t>
+          <t>https://www.hindustantimes.com/real-estate/rsvm-hospitality-purchases-over-18-acres-of-land-in-thane-near-mumbai-for-rs-497-crore-101773662138383.html</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>Property tax is mandatory, but the rules are complex and differ across the country. Learn the three key systems used to calculate your tax, how to find rebates you qualify for, and what penalties you face if payments are delayed. Tax on lands and buildings is a state subject since it comes under State List (List II) of the Seventh Schedule of the Indian Constitution. “Therefore, the rate at which property is taxed and the method adopted for calculating property tax varies from one state to another,” says Sharma. Municipal bodies across India generally rely on three primary systems for calculating property tax: the unit area value system, the capital value system, and the annual rental value system. Cities such as Delhi and Bengaluru use the unit area system, where tax depends on a predetermined value assigned to each square foot or square meter of built-up area. Mumbai follows the capital value model, in which tax is linked to the market or guideline value of the property. “Some cities, including Chennai, adopt the annual rental value approach that considers the potential rent a property can earn. Factors like property location, type of use, age of the structure, and built-up area play a significant role in determining the final tax amount. This results in varied tax liabilities even among properties within the same city,” says Sachin Vyas, Principal Partner and Chief Sales Officer, Square Yards.Also Read: Built a new house on inherited land? Here’s how you’ll be taxed if you decide to sell Calculating tax by an owner of a property is a tedious task as there are various parameters that are involved, viz., residential/commercial, flat or floor, which floor, whether the property is in a Tier-1, Tier-2, or Tier-3 city, and the size of the property to calculate the tax rate which is generally as per slab and finally rebates. An owner needs to be aware of various rebates that are available for a property tax. “Some prominent rebates are the Senior Citizen Rebate; Women Owner Rebate; Property Usage Rebate; Floor-wise Rebate; Specific Group Rebate (like war widows, physically disabled, and former defence services); Early/Lump-Sum Payment Rebate, and Rebate for Eco-Friendly Initiative,” says Rajiv Sharma, Partner, Singhania &amp; Co. Property owners can determine their property’s assessed value or rental value through online tools provided by municipal corporations. Most city portals offer self-assessment sections where owners input details such as property type, size, zone and usage to generate an estimated valuation. Several states also publish ready-reckoner or guideline values that help owners understand the official market value used for taxation. Property records linked to a property identification number often list the annual or capital value directly on the municipal website. “In cases where clarity is needed, owners may consult certified valuers for a professional assessment. These resources help ensure transparency and accuracy in tax calculations,” says Vyas. Many municipal corporations now provide dedicated online platforms and mobile apps that allow residents to pay property tax easily. These portals typically include features such as property search, automatic calculation of dues, digital payment options, and instant receipt generation. Some also offer conveniences like historical payment records, SMS alerts, and status updates for better tracking. “Many municipal bodies have their own dedicated mobile apps such as MCGM; MyGHMC; BBMP Sahaaya; and NDMC311 for Mumbai, Hyderabad, Bengaluru and Delhi respectively,” says Sharma. With support for UPI, net banking, and card payments, the process has become more user-friendly and accessible. “The growing adoption of digital interfaces is aimed at reducing paperwork and improving efficiency for both taxpayers and civic bodies. Overall, these tools contribute to a more streamlined tax-payment experience,” says Vyas.Also Read: Real estate depreciation: A smart way for property investors to reduce tax bills? Late-payment rules vary among states, but most municipal corporations impose a monthly penalty or interest ranging between 1% and 2% on overdue property tax. “A few cities provide a brief grace period before penalties apply, depending on local regulations. Periodic amnesty schemes are also introduced in some jurisdictions, offering temporary waiver or reduction of penalties and interest if outstanding dues are cleared,” says Vyas. Penalties may increase with prolonged non-payment and can include additional charges or notices from the municipal authority. These measures are designed to encourage timely payments while offering relief options during special policy drives.Anagh Pal is a personal finance expert who writes on real estate, tax, insurance, mutual funds and other topics</t>
+          <t>RSVM Hospitality Private Limited has purchased more than 18 acres of land in Thane for over  ₹497 crore from two companies belonging to the Neterwala Group, according to property registration data accessed by Propstack. According to the documents, the land parcels are located in the Majiwada area of Thane and were acquired through two separate transactions registered on February 20, 2026. In the first deal, RSVM Hospitality purchased 32,984 square metres of land from Chemicals and Ferro Alloys Private Limited for  ₹239.9 crore. In the second transaction, RSVM Hospitality acquired 40,936 square metres of land from Uni Abex Alloy Products Limited for  ₹257.8 crore. According to Propstack, the two transactions together add up to 73,920 square metres (around 18.6 acres) and have a total deal value of  ₹497.8 crore. Also Read: L&amp;T Realty acquires 1.34 acres of land for  ₹448.6 crore in Mumbai's Elphinstone Road to build a commercial project Both companies are part of the Neterwala Group. Uni Abex Alloy Products is a listed company, while Chemicals and Ferro Alloys Private Limited is a private entity within the promoter group and holds a 21.85% stake in Uni Abex, according to historical promoter shareholding disclosures, Propstack said. An email query was sent to RSVM Hospitality, Uni Abex Alloy Products, and Chemicals and Ferro Alloys Private Limited. The story will be updated if a response is received. Also Read: Cricketer K L Rahul and his father-in-law, actor Suniel Shetty, buy land for  ₹9.85 crore near Mumbai Among the top 7 cities, MMR saw the highest land area transacted with more than 500 acres in 32 separate deals, accounting for over 13 per cent share of the total land transacted across India in 2025. The planned developments include residential, commercial, industrial, data centre, and plotted developments, according to a January 2025 report by ANAROCK. Also Read: Jeetendra, Tusshar Kapoor sell 11-storey Mumbai commercial property to NTT for  ₹559 crore Among these, one land deal involved Cricketer KL Rahul and Bollywood actor Suniel Shetty, who, in March 2025, jointly acquired a 7-acre parcel of land in Owale, Thane West, near Mumbai, for Rs. 9.85 crore, according to property registration documents accessed by Square Yards. Mehul R Thakkar is a Mumbai-based journalist who closely tracks the city’s ever-evolving real estate landscape. 
+He believes that Mumbai presents a unique reality that, while Mumbaikars deeply aspire to own a home in the city of dreams, many spend little actual time living in it due to long commutes and demanding work lives. 
+With over 11 years of experience in journalism, I have reported across a wide spectrum of beats, including real estate, housing, infrastructure, aviation, and education.  
+I have also extensively covered the workings of India’s wealthiest civic body, the Brihanmumbai Municipal Corporation (BMC), providing insight into the policy, governance, and urban planning decisions that directly influence Mumbai’s growth. 
+Before joining Hindustan Times, I worked in fast-paced digital and print newsrooms, including Moneycontrol.com and Deccan Chronicle, as well as national dailies such as The Asian Age and DNA.
+Outside the newsroom, I am an avid weather tracker, a fan of spy thrillers in both books and films, and a keen follower of international affairs.Read More</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Nov 15, 2025 04:08 pm</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/anant-raj-s-subsidiary-to-build-data-centers-it-park-under-mou-with-andhra-pradesh-101763192809139.html</t>
+          <t>https://www.hindustantimes.com/real-estate/mhada-hands-over-864-flats-to-tenants-under-naigaon-bdd-chawl-redevelopment-project-101773655426845.html</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>Real estate developer Anant Raj’s subsidiary, Anant Raj Cloud, has signed a Memorandum of Understanding (MoU) with the Andhra Pradesh government to develop new data center facilities and an IT park in the coastal state. Under the MoU, ARCPL will invest approximately  ₹4,500 crore, to be executed in two phases, to build the infrastructure and cloud services. Anant Raj Cloud Private Limited (ARCPL) has signed a Memorandum of Understanding (MoU) with the Andhra Pradesh Economic Development Board (APEDB) for the development of new Data Center facilities and an IT Park in the State of Andhra Pradesh.The MoU was signed in the presence of Nara Lokesh, Minister for Information Technology, Electronics and Communications, Government of Andhra Pradesh on November 14. Under this MoU, ARCPL will invest approximately  ₹4,500 crore, to be executed in two phases, towards building advanced Data Center infrastructure and cloud services.The project is expected to create major employment opportunities around 8,500 direct and 7,500 indirect jobs while bolstering the State’s digital ecosystem. This planned investment and expansion are over and above the company’s existing 307 MW of data center capacity currently under development, the company said in a statement. Anant Raj Limited currently operates 28 MW of IT load across its campuses in Manesar and Panchkula and aims to expand total capacity to 307 MW by FY32 across Manesar, Panchkula, and Rai, backed by a $2.1 billion capex plan. In June 2024, Anant Raj partnered with Orange Business, the French IT and telecom services provider, to deliver managed cloud services in India. The company said it remains on track to achieve an installed IT load capacity of 117 MW by FY28. Established in 1969, Anant Raj has delivered 9.96 million square feet of residential and commercial projects and holds nearly 320 acres of debt-free land in Delhi-NCR. Also Read: From Saina Nehwal and Michael Phelps sports academies to hotel-run clubs, luxury projects offer it all at your doorstep For the first half of FY26, the company reported revenue of  ₹1,223.20 crore and profit of tax of  ₹264.08 crore. Established in 1969, Anant Raj has delivered 9.96 million sq. ft. of residential and commercial projects and holds nearly 320 acres of debt-free land in Delhi-NCR. Also Read: India’s data centre capacity crosses 1.5 GW, Mumbai leads with 53% share: CBRE</t>
+          <t>The Maharashtra Housing and Area Development Authority (MHADA) on March 16 handed over keys to 864 flats to eligible residents of the Naigaon BDD Chawl project, rehabilitating tenants under the redevelopment of the Bombay Development Directorate (BDD) chawls in central Mumbai. The authority aims to rehabilitate around 15,000 families by 2029 as part of the larger project. Maharashtra Chief Minister Devendra Fadnavis distributed the keys to beneficiaries and said around 1,000 acres of land have been opened up for cluster redevelopment in Mumbai to ensure residents are rehabilitated within the city. These flats are part of the first phase of the Naigaon BDD Chawl redevelopment undertaken by MHADA’s Mumbai Building Repairs and Reconstruction Board. The redeveloped complex, named the Dr Babasaheb Ambedkar BDD Complex, spans 6.45 hectares. The Naigaon BDD complex currently houses 3,344 tenants in 42 ground-plus-three-storey chawls. Under the redevelopment plan, 20 23-storey rehabilitation towers will be constructed in two phases. Also Read: Dharavi Redevelopment: Maharashtra govt hands over 118 acres of land in Mumbai's Malad for rehabilitation of residents The BDD Chawls were built in the 1920s by the British to provide low-cost housing in Mumbai. There are more than 200 chawls spread over 37 hectares in four areas that are part of the BDD Chawl. Of this, Worli has around 22.14 hectares, NM Joshi Marg has 5.46 hectares, and Naigaon has 6.45 hectares. Around 2.32 hectares is also spread across Sewri in Central Mumbai; however, that land is under the Central government and not part of the BDD Chawl redevelopment project of the Maharashtra government. The Maharashtra government had made MHADA the nodal agency for the redevelopment of the project around a decade ago, and in 2017, appointed Larsen &amp; Toubro to redevelop the BDD chawls at Naigaon in Dadar, while the contract to redevelop the chawls of NM Joshi Marg in Lower Parel has been awarded to Shapoorji Pallonji Group. Around 15,000 families lived in the BDD chawls, with rooms measuring about 160 sq ft. The tenants of this chawl are entitled to a flat with a carpet area of 500 sq ft. Also Read: Motilal Nagar Redevelopment: 5 things to know about Adani Group's latest acquisition in the Mumbai real estate market On March 16, MHADA handed over keys to more than 800 tenants part of the BDD Chawl redevelopment project who were residing in the Naigaon area of Dadar in Central Mumbai. In Naigaon, 3,344 tenants reside across 42 chawls (tenement blocks), each comprising a ground floor plus three upper floors situated on a 6.45-hectare plot. According to MHADA, under the BDD Chawl redevelopment project, which is being implemented in two phases, 20 rehabilitation buildings, each standing 23 stories tall, are being constructed. In the first phase, 1,401 residents from Plot 'B' of the Naigaon BDD Chawl complex are set to be rehabilitated. As part of this phase, keys to 864 flats across five of the eight rehabilitation buildings were handed over on March 16. "I appeal to the tenants of the BDD chawl to not sell their apartments, which are going to be in a prime area of Central Mumbai. We have opened up approximately 1,000 acres of land in Mumbai as part of the city's cluster redevelopment plan," Fadnavis said at the event. Eknath Shinde, Deputy Chief Minister of Maharashtra, who also holds the Housing Department portfolio, said, "The tenants will be given 500 sq ft 2 BHK homes, and I hope tenants do not sell them. For the next 12 years, the MHADA will also undertake maintenance of the building. Hence, tenants do not have to worry about the same.” Also Read: Mumbai cluster redevelopment: 800–1,000 acres of land opened up in the last year, says MHADA CEO Sanjeev Jaiswal According to MHADA, these rehabilitated apartments are equipped with numerous amenities, including vitrified tiles, aluminium-framed windows, granite kitchen countertops, fire-fighting systems, and branded plumbing fixtures. Constructed using earthquake-resistant technology, these buildings feature two passenger lifts and one fire lift; for security purposes, a CCTV surveillance system has also been installed on every floor. This project includes a three-level basement parking facility, a stilt area, and spacious staircases. Mehul R Thakkar is a Mumbai-based journalist who closely tracks the city’s ever-evolving real estate landscape. 
+He believes that Mumbai presents a unique reality that, while Mumbaikars deeply aspire to own a home in the city of dreams, many spend little actual time living in it due to long commutes and demanding work lives. 
+With over 11 years of experience in journalism, I have reported across a wide spectrum of beats, including real estate, housing, infrastructure, aviation, and education.  
+I have also extensively covered the workings of India’s wealthiest civic body, the Brihanmumbai Municipal Corporation (BMC), providing insight into the policy, governance, and urban planning decisions that directly influence Mumbai’s growth. 
+Before joining Hindustan Times, I worked in fast-paced digital and print newsrooms, including Moneycontrol.com and Deccan Chronicle, as well as national dailies such as The Asian Age and DNA.
+Outside the newsroom, I am an avid weather tracker, a fan of spy thrillers in both books and films, and a keen follower of international affairs.Read More</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/shahrukhz-by-danube-shah-rukh-khan-gets-a-55-storey-commercial-tower-in-dubai-named-after-him-all-you-need-to-know-101763194303663.html</t>
+          <t>https://www.hindustantimes.com/real-estate/lpg-crisis-in-india-can-restaurant-tenants-seek-rent-relief-by-invoking-force-majeure-like-during-covid-101773649159422.html</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>Dubai-based Danube Properties, part of the $2 billion Danube Group, will develop a 55-storey commercial tower on Sheikh Zayed Road named after Bollywood superstar Shah Rukh Khan, perhaps the first tower in the world to be named after an actor. The company’s signature 1% payment plan will be available to buyers, along with a 10-year Golden Visa for eligible investors, the company's top official told Hindustan Times Real Estate. The commercial tower, called ‘Shahrukhz by Danube’ is slated for completion in 2029 and will feature a statue of Shah Rukh Khan in his iconic arms-outstretched pose at the entrance. The A-grade development will span over 1 million sq ft of built-up area, with prices starting at  ₹4 crore. “The company’s signature 1% payment plan, along with a 10-year Golden Visa, is also being offered to customers,” said founder and chairman of the Dubai-based Danube Group, Rizwan Sajan. “Commercial unit sizes range from 460 sq ft to 11,000 sq ft. Buyers pay a 20% down payment, followed by monthly installments of 1% of the  ₹4 crore price for six years.” he said. "Indians have always been among our top customers, and the trust they place in me and in Danube is truly immense. ‘Shahrukhz by Danube’ is a project inspired by King Khan himself and a reflection of my own journey of ambition and success. Before this, we launched ‘Aspirz,’ a mixed-use residential and commercial development, which turned out to be a remarkable success. With every project, we aim to set a new benchmark, and ‘Shahrukhz’ is another step in that direction,” he said. ‘Shahrukhz’ will offer more than 40 world-class amenities, including a sky pool, helipad for air taxis, valet services, and exclusive business lounges. The tower will be located close to key Dubai landmarks, from the Burj Khalifa and Dubai Airport to the Gold Souk. “The agreement we have with Shah Rukh is that this particular tower is going to have Shah Rukh’s name lifelong. This is something that’s being done for the first time. It’s going to be Shah Rukh’s tower for many generations to come. Nobody else, at least in Dubai, can have that kind of tower in the near future,” Rizwan Sajan was quoted as saying. Also Read: Danube launches commercial project in Dubai Sports City with 1% monthly payment plan Shah Rukh Khan was present at the event in Mumbai along with Rizwan Sajan, as they unveiled the property on November 14. “Both Shah Rukh Khan and Danube began their journeys 33 years ago with a shared dream- to create impact through passion and perseverance. Shah Rukh Khan turned dreams into destiny, a philosophy that mirrors our journey at Danube. ‘Shahrukhz by Danube’ unites these two stories of humble beginnings and relentless ambition- standing tall as a global symbol of vision, value, and the power of dreaming big.” said Rizwan Sajan at the event. Shah Rukh Khan, speaking at the launch, was quoted as saying that “It is humbling and deeply touching to have a landmark in Dubai carry my name. Dubai has always been a special place for me, a city that celebrates dreams, ambition, and possibility. " Danube Properties, a subsidiary of the Danube Group, is a renowned for introducing the 1% payment plan. Established by Rizwan Sajan in 1993, the company has launched 40 projects to date, with 18 successfully delivered and the remainder in various stages of construction. Also Read: Dubai’s property tokenisation vs REITs: Key differences, who can invest, minimum amount and more The promoter of Danube Properties has been quoted as saying earlier that when he first started the company, he realized that 85% of consumers were expats living in Dubai but renting apartments. Many had been in Dubai for 5 to 20 years and desired to own property, but lacked the financial means to do so. In response, Danube introduced a unique payment plan: buyers make a 20% down payment and then pay 1% per month for the next 80 months. The property is delivered to the buyer within three years, and the remaining balance is paid after possession is handed over. Also Read: Here’s what’s driving super-rich Indians to invest in Dubai's real estate market</t>
+          <t>As eateries in Delhi cut menus and bookings amid an LPG supply crisis triggered by the US–Israel–Iran war, and restaurateurs in Mumbai report revenues dropping 20–30%, a key question arises: can restaurant tenants invoke ‘force majeure provision’, like during COVID-19, to seek rent waivers from landlords? In Mumbai, restaurateurs say revenues have already fallen by 20–30% since the crisis began. Many are also grappling with higher input costs after Mahanagar Gas Limited (MGL) informed them via email that piped natural gas would be priced higher than usual from March 9, according to a Hindustan Times report. While the company did not specify the revised rate, it advised restaurants to reduce gas consumption by 20% amid supply pressures linked to the US-Israel conflict with Iran, which has disrupted oil and natural gas supplies globally. Legal experts say the ongoing LPG crisis is unlikely to trigger a ‘Force majeure’ clause in restaurant and retail leases, unlike during the COVID-19 pandemic. Although the situation linked to the US-Israel-Iran war has disrupted supply chains and sharply raised commercial LPG costs, the premises remain usable and running a restaurant has not become legally impossible.Under contract law, circumstances that merely make a business more expensive or less profitable to run are considered economic hardship, rather than force majeure. In practice, this means rent relief is not legally mandated, though commercial realities may still push landlords and tenants to renegotiate terms, say legal experts. Force majeure or an act of God denotes an unforeseen event that renders the performance of contractual obligations impossible. While the term is not expressly defined under Indian law, the principles governing such situations are contained in Sections 32 and 56 of the Indian Contract Act, 1872. What constitutes a force majeure is also contingent upon the nature and language of individual contracts, say experts. Also Read: LPG crisis in India: Will apartments with piped natural gas command higher rents? “The LPG shortage does not qualify as a force majeure event. During the COVID-19 pandemic, the Government recognised the widespread disruption to supply chains and movement as a force majeure, and issued notifications and sanctions accordingly. This enabled parties to invoke or opt for the force majeure clause under the contract. In the present case, no similar notification or declaration has been issued; thus, parties would not be able to claim impossibility to perform on account of force majeure, unless their respective agreements stipulate the same,” explains Saumya Brajmohan, partner at Solomon &amp; Co. While the precedent set during the COVID-19 pandemic gave retail and restaurant tenants leverage to negotiate rent waivers under force majeure, the current LPG crisis resulting from geopolitical conflict is unlikely to offer the same legal protection. “Legally, a sharp increase in operational costs or supply chain disruption is classified as ‘commercial hardship,’ not an ‘impossibility’ to perform a contract. Therefore, landlords cannot be legally compelled to reduce rents, though practical business realities may force them to negotiate,” said Kshitij Bishnoi, Partners at CMS INDUSLAW. Also Read: Bengaluru LPG crisis: Rising costs may push paying guest accommodation rents by 5% if the shortage persists “During the pandemic, businesses were physically shut down due to government-mandated lockdowns. It became legally and physically impossible to use the leased premises. Because of this direct disruption, courts and landlords were more willing to invoke force majeure or grant equitable relief,” he said. Further, during the wave of COVID-19 lease disputes, Indian courts took a definitive stance on force majeure claims. The courts directed parties to refer strictly to their underlying contracts. The judicial view established that courts cannot grant equitable relief or rent waivers outside of what was negotiated. Instead, if a specific disruptive event is explicitly included as a force majeure trigger within the lease, the appropriate remedy will be provided exactly according to the agreed-upon understanding between the parties, he said. The current LPG crisis, driven by the US-Israel-Iran conflict, has disrupted supply chains and skyrocketed the cost of commercial LPG. However, the business premises are still available for use, and running a restaurant has not been made legally impossible. In contract law, an event that merely makes a business ‘unprofitable’ or ‘more expensive to run’ is termed economic hardship, not force majeure, he explained. Unless a lease agreement explicitly lists ‘severe supply chain disruption,’ ‘fuel crisis,’ or ‘indirect acts of war’ as triggers for rent suspension, which is rare in standard commercial leases, tenants cannot unilaterally use this crisis to withhold rent, he said. A landlord is not obligated to subsidise a tenant's business risk. Rent is paid for the use of the property, not as a share of the tenant's profits (unless it is a specific revenue-sharing lease), he said. If a restaurant tenant goes to court demanding a rent waiver because LPG is too expensive or scarce, the court is highly likely to rule in favour of the landlord. The Transfer of Property Act dictates that a lease is only frustrated if the property itself is destroyed or rendered permanently unfit for its intended use, he explained. While the law favours landlords in this scenario, the commercial realities of the retail and restaurant industry dictate a different approach. Just because landlords can't be compelled doesn't mean they won't offer relief, he said. He points out that if a restaurant goes bankrupt due to the LPG crisis and vacates the property, the landlord faces zero rental income, high costs to find a new tenant, and potential fit-out periods. Landlords learned during COVID-19 that a rigid stance often leads to empty properties. Many have realised that keeping a good, historically paying tenant afloat through a temporary crisis is more profitable in the long run than enforcing strict lease terms and causing a default, he said. The pandemic shifted many F&amp;B (Food &amp; Beverage) leases to a ‘Minimum Guarantee + Revenue Share’ model. In these cases, the landlord is already absorbing some of the shock automatically; as the restaurant's sales drop due to operational constraints, the rent payout drops alongside it, he said. Therefore, the LPG crisis cannot be blanketly categorised as a ‘Force Majeure’ event like the COVID-19 lockdowns. The disruption is economic rather than absolute. Tenants cannot legally compel landlords to reduce rent based on fuel scarcity or geopolitical fallout. However, the precedent of cooperation established during the pandemic remains highly relevant, he said. “The resolution to this crisis will not happen in courtrooms over force majeure clauses, but rather across negotiation tables, where landlords will likely offer temporary deferred payments or maintenance-only periods simply to prevent mass vacancies in their commercial properties,” he added. Vandana Ramnani leads the real estate vertical at Hindustan Times Digital, bringing over two decades of journalism experience across real estate, education, human resources, and foreign affairs. She specialises in India’s real estate sector, covering residential and commercial markets in Delhi-NCR, Mumbai, and Bengaluru, with in-depth reporting on regulatory developments, urban policy, housing trends, and interviews with industry leaders.  
+Her work has also appeared in the Hindustan Times newspaper and HT Estates. 
+Earlier, Vandana played a key role in establishing the real estate vertical at Moneycontrol (NW18 Group), shaping its editorial direction and market coverage.  
+She has also written extensively on international education for HT Education, tracking global study destinations, policy changes, and student mobility trends, earning the Singapore Education Award 2009 for Best Media Coverage (Print). 
+Her reporting portfolio includes human resources and employment trends for HT ShineJobs and PowerJobs, as well as lifestyle and interior design features for HT Premium Homes. 
+Vandana began her career with the Press Trust of India, gaining strong editorial and reporting expertise. She was also selected for a prestigious fellowship at Fondation Journalistes en Europe in Paris, where she wrote for EuroMag. One of her notable reporting assignments included covering Germany’s capital relocation from Bonn to Berlin. 
+Outside of journalism, Vandana is a passionate traveller, constantly seeking out charming hideaways across India and the lesser-known, offbeat corners of Southeast Asia.Read More</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/buying-a-property-why-the-final-cost-may-be-much-higher-than-the-sticker-price-101763138365690.html</t>
+          <t>https://www.hindustantimes.com/real-estate/maharera-resolves-6-045-complaints-in-2025-disposal-rate-jumps-to-137-101773636516690.html</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>Buying a house is perhaps the biggest financial decision most people make, but many don’t realise that the property’s cost isn’t always what it appears at first glance. Taxes, hidden charges, and project delays can push the total far beyond the listed sale price. Delays increase builders’ holding costs, which are often passed on to buyers through higher prices. Buyers should therefore verify all additional charges over and above the base price such as approval fees, development charges, various levies, and fees for amenities like clubhouses and parking as these can add up to 8–10% of the final cost in some cities. They should also check with financial institutions to understand which of these expenses qualify for loan funding and which will need to be paid upfront. For Bengaluru-based IT professional Sachita Mehta, who recently bought a  ₹90 lakh apartment, between stamp duty, registration fees, Goods and Services Tax, and other add-ons like parking and clubhouse charges, her final bill rose by nearly  ₹20 lakh. Such costs can easily add to a home’s price, affecting affordability and loan eligibility. Hence, it is important to understand these components early so that buyers can plan better, negotiate smartly, and avoid financial strain. Other than new GST headlines, facets like builder compliance, construction timelines, and more importantly, input tax credit efficiency, critically impact the real tax burden on residential property buyers, explains Atul Monga, co-founder and CEO, BASIC Home Loan. “Residential real estate projects are classified as ‘Affordable’ and ‘Other than Affordable’ apartments for GST purposes. Affordable housing attracts 1% GST (effective), while other apartments attract 5% GST (effective),” says Karthik Mani, Partner, Indirect Tax at BDO India, a professional services firm. One needs to understand that these concessional rates come with conditions, and that includes a restriction on input tax credit available to developers. The GST paid by developers towards cement, steel and other works and contract services are thus embedded into the price of the apartment, leading to increased cost for buyers. “Delayed projects often lead to higher holding costs for builders, which are passed on to buyers through increased prices,” says Abhishek Soni, CEO and co-founder, Tax2win, an online tax filing platform. Variation in stamp duty and registration charges influences affordability and purchase timing directly. “States that have exemptions or reduced rates for first-time buyers or women have witnessed more stable demand for mid-income segments. Conversely, higher duties in urbanised regions, where land costs are already high, have a tendency to drive buyers toward peripheral markets, shaping up the pattern of urban growth,” says Pramod Kathuria, founder and CEO, Easiloan, a digital home loan marketplace. “The higher stamp duty cost led to a higher cost of purchase for the buyers, which partly serves to reduce the affordability of a house. This is one of the reasons why, during the Covid period, some states had reduced the stamp duty rates on a temporary basis to encourage housing demand,” says Mani. For example, Uttar Pradesh offers a 1% concession to women buyers, making it attractive to a large chunk of end users in the mid-segment. “On the other hand, since there’s no such deal in West Bengal, first-time buyers often have to rethink their property purchase decisions. Also, higher stamp duties in metros tend to inflate entry-level costs, often dissuading homebuyers (including first-timers) from taking the plunge,” says Monga. Also Read: UP government’s unified circle rate system enables property owners to assess property values using digital tools Buyers should specifically verify all additional charges they may need to pay beyond the base price of the home, such as approval fees, development charges, various levies, and fees for amenities like clubhouses and parking. These extras can add as much as 8–10% to the final property cost in some cities, says Kathuria. These costs would give clarity on the total cost of the house. “Buyers should also be checking with the financial institutions regarding which of the costs would be eligible for funding, which would be completely paid upfront by the buyers,” says Mani. Also Read: Homebuyers’ guide: Why owning a home involves more than just paying EMIs Buyers should request a cost sheet with all statutory charges itemized. “Compare with local authority fee calculators or published norms. Negotiate with builders to absorb or reduce discretionary fees, especially in competitive markets,” says Soni. Festive seasons and year-end periods often bring builder discounts, stamp duty waivers, and registration fee rebates, reducing upfront costs. “Buying during low-interest rate cycles or when government incentives (like PMAY) are active can enhance affordability. Ready-to-move-in homes avoid GST (levied only on under-construction properties), saving 1–5% of property value,” says Soni. Consider structuring home loans using hybrid EMIs, step-up EMIs, or planned prepayments aligned with expected income growth. Make full use of tax benefits under Sections 24(b) and 80C on interest and principal repayments to help offset the overall tax burden. “Choose projects with transparency and full compliance to avoid hidden costs. A tax-efficient and well-timed buying strategy helps mitigate upfront costs and also ensures long-term asset appreciation, consolidating financial resilience,” says Monga. Anagh Pal is a personal finance expert who writes on real estate, tax, insurance, mutual funds and other topics</t>
+          <t>The Maharashtra Real Estate Regulatory Authority (MahaRERA) in 2025 resolved 6,045 complaints filed by homebuyers, compared with 5,073 complaints registered during the same year, according to official data. The regulator said it is prioritising the disposal of older pending cases. On March 16, MahaRERA stated that, during its first seven years, the complaint-disposal rate ranged from 50% to 70%. This has now increased to 127%, while in 2025 alone the disposal rate reached 137%. "MahaRERA is taking prompt action on new complaints filed by initiating a hearing process within a couple of months of their registration. Every year, around 5,000 complaints are registered. Currently, although the number of pending complaints is around 6,000, except for those filed in the last couple of months, the hearing process for almost all the existing complaints has already begun," MahaRERA said in a statement. Also Read: Is the US–Israel–Iran war making Mumbai’s  ₹5 crore+ homebuyers take a wait-and-watch approach? According to the Maharashtra Real Estate Regulatory Authority (MahaRERA), the regulator was established in May 2017 and maintained a complaint disposal rate of 50% to 70% during its first seven years. However, in the last two years, the case resolution rate has risen significantly to 127%. During this period, 10,235 complaints were filed, while a total of 13,003 complaints were disposed of, MahaRERA said. Also Read: Dubai real estate: Will mid-segment properties face pressure amid the US–Israel–Iran war? "A homebuyer invests their lifetime savings to purchase a residence. Due to varied reasons, in some housing projects, there may be a delay in handing over possession, substandard construction quality, or missing facilities and amenities assured by the developer not provided, among other issues. In such scenarios, it is MahaRERA’s responsibility to protect homebuyers’ interests. Therefore, complaints registered with MahaRERA should be acknowledged promptly, and appropriate relief should be provided," the regulator said in a statement. "As a result, in 2025, while 5,073 complaints were filed, 6,945 complaints were resolved, achieving a record disposal rate of 137 per cent. Previously, in 2024, 3,868 complaints were filed, but 4,775 complaints were resolved, marking a disposal rate of 123 per cent,” the statement reads. According to official data from MahaRERA, 1,324 complaints were reported in 2017, with a disposal rate of 27%. In 2018, the number of complaints rose to 4,253, while the disposal rate improved to 56%. In 2019 and 2020, the number of complaints stood at 4,376 and 3,049, respectively, with disposal rates of 71% and 53%. In 2021, a total of 3,554 complaints were reported, with a disposal rate of 57%. This increased to 79% in 2022, when 3,312 complaints were filed. Meanwhile, in 2023, 2024 and 2025, the MahaRERA reported 4,006, 3,868 and 5,073 complaints, respectively. The disposal rates for these years were 70%, 123%, and 137%. Mehul R Thakkar is a Mumbai-based journalist who closely tracks the city’s ever-evolving real estate landscape. 
+He believes that Mumbai presents a unique reality that, while Mumbaikars deeply aspire to own a home in the city of dreams, many spend little actual time living in it due to long commutes and demanding work lives. 
+With over 11 years of experience in journalism, I have reported across a wide spectrum of beats, including real estate, housing, infrastructure, aviation, and education.  
+I have also extensively covered the workings of India’s wealthiest civic body, the Brihanmumbai Municipal Corporation (BMC), providing insight into the policy, governance, and urban planning decisions that directly influence Mumbai’s growth. 
+Before joining Hindustan Times, I worked in fast-paced digital and print newsrooms, including Moneycontrol.com and Deccan Chronicle, as well as national dailies such as The Asian Age and DNA.
+Outside the newsroom, I am an avid weather tracker, a fan of spy thrillers in both books and films, and a keen follower of international affairs.Read More</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/are-ultra-luxury-properties-becoming-the-new-blue-chip-stock-for-india-s-rich-101763123531046.html</t>
+          <t>https://www.hindustantimes.com/real-estate/joint-ownership-and-tax-how-splitting-rental-income-with-family-members-can-lower-your-tax-bill-101773630598787.html</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>The ultra-luxury real estate market was once mainly about lifestyle. Today, it is emerging as a critical wealth-preservation tool for the country's richest buyers. These properties, ranging from over  ₹50 crore residences to  ₹200 crore marquee apartments, are increasingly viewed as long-duration financial assets. They are akin to blue-chip equity: they are scarce, stable, and remarkably resilient during market turbulence. Experts say capital appreciation is not the main reason Ultra-High Net Worth Individuals (UHNIs) make these high-end property purchases. They seek strategic portfolio diversification, a prestigious address, intergenerational wealth creation (for the next generation), lifestyle elevation, and the security of a hard asset that resists erosion. Unlike other assets, this ultra-prime residential category works on an 8–10 year investment horizon. Patience, not liquidity, determines the returns. The longer the hold, the stronger the preservation and compounding effect. This trend is evident in recent major transactions. For example, a Delhi-NCR–based industrialist recently purchased four apartments at DLF’s ultra-luxury project, The Dahlias. The apartments totaled nearly 35,000 sq. ft. on Golf Course Road and cost about  ₹380 crore. Property brokers call this one of the country’s most expensive residential transactions. Other related large deals highlight the trend. A British businessman, Sukhpal Singh Ahluwalia, bought an 11,416 sq. ft. apartment in The Camellias for  ₹100 crore just a few months ago. Last year, the most expensive apartment deal in India was recorded there. A 16,290 sq. ft. penthouse sold for  ₹190 crore. The buyer, Info-X Software Technology Pvt. Ltd., paid  ₹13.30 crore in stamp duty alone. Real estate consultants note that ultra-luxury assets like The Camellias, Magnolias, and The Dahlias increasingly function as long-duration wealth-preservation instruments. Their extreme scarcity, tightly controlled supply, and deep pool of HNI (High Net Worth Individuals) and UHNI buyers give them blue-chip stock characteristics. This includes relatively steady appreciation, demand that holds up during down cycles, and insulation from broader market volatility. Samir Jasuja, founder and CEO, PropEquity agrees that some of the ultra-luxury properties behave exactly like blue-chip stocks, a trend clearly visible in several marquee projects in Gurugram and Mumbai such as the Camellias and 360 Degrees West. DLF’s Camellias, for instance, launched at around  ₹30,000 per sq ft and now commands nearly  ₹1.5 lakh per sq ft. Prices at The Dahlias have already risen from  ₹70,000 to over  ₹1 lakh per sq ft in just six months. In Worli, too, prices have doubled from  ₹1 lakh to  ₹2 lakh per sq ft in three years. The reason is simple: severe supply scarcity and a buyer base with no budget constraints. Interestingly, many of these purchases come from within the same micro-markets. Nearly 40% of Camellias buyers previously owned homes in Aralias or Magnolias. Over 20% of Dahlias buyers already own units in Aralias or Camellias. One of the biggest recent deals was by an existing Camellias owner. Buyers who purchased at  ₹40,000 per sq ft are now comfortable entering new launches at  ₹1 lakh per sq ft because they have experienced this appreciation firsthand and expect further upside, he explains. Also Read: Delhi-NCR industrialist buys four ultra-luxury apartments in DLF’s The Dahlias project in Gurugram for  ₹380 crore These HNI investors are not flippers, they are long-term holders of the asset. A typical pattern: someone who owns a home in Camellias may buy into Dahlias; once the new project is completed and furnished, they may shift there and lease out their Camellias unit. Rental yields are high, a 7,000 sq ft apartment in Camellias can fetch around  ₹10 lakh per month. “Much like blue-chip stocks, the strategy is to hold, not sell. The ‘dividend’ comes in the form of substantial rental income, while long-term capital appreciation functions like the compounding growth of premium equity,” he said. Scarcity is the biggest driver of demand for such landmark properties, according to Gaurav Gupta of ZenoRealty. Ultra–low-density projects along Golf Course Road, such as DLF’s projects, and other trophy apartments across major cities can deliver 8–12% annualised appreciation over long periods. This growth is fuelled by limited supply and strong brand value. Luxury real estate at this level serves a dual purpose: a status asset and a long-term capital preservation tool. Luxury real estate is not a perfect substitute for equity. The biggest difference is liquidity. A stock can be sold instantly; a  ₹50– ₹300 crore home may take months, sometimes years, to find the right buyer. This makes them reliable for long-term capital preservation, but not for short-term gains or rapid trading. Experts emphasize that the ultra-rich are not buying to ‘flip’ the assets; they are buying to preserve wealth. For HNIs, these assets function as a hedge against inflation, a diversification tool, and a means of intergenerational wealth transfer. Their prestige and address create a tangible economic moat, ensuring demand remains resilient even during market corrections. Also Read: Leena Gandhi Tewari buys Mumbai’s costliest flats for  ₹639 cr: Why are pharma tycoons investing in luxury real estate? Ritesh Mehta, Senior Director, and Head (North and West), JLL India, notes that for deals above  ₹200 crore, HNIs are not buying for short-term appreciation. They invest because few other asset classes can safely absorb such large amounts of capital. When someone already has a substantial equity portfolio, they look to diversify, and ultra-luxury real estate becomes the natural choice. In this segment, appreciation is not the primary motive. These purchases are largely driven by portfolio diversification, long-term wealth storage for the next generation, end use and lifestyle upgradation, and a safe, tangible asset that preserves capital. Ultra-luxury real estate works on an 8–10 year horizon. The longer the investment, the stronger the returns. If you try to exit quickly, you may even incur losses due to the highly illiquid nature of marquee properties, he said. Also Read: Mumbai leads as the millionaire capital with 1.42 lakh families; Among investments, 22% prefer stocks, 21% real estate "Many of today’s buyers come from sectors with all-time high valuations," he adds. "This includes tech founders, startup promoters diluting equity, and business owners with significant liquidity. For them, ultra-luxury homes are not speculative bets but stable, long-term wealth anchors." However, over longer periods, overall price appreciation in ultra-luxury real estate is broadly similar to other residential segments. “This is true unless the property is in a highly supply-constrained micro-market. Luxury homes vastly outperform when there is a clear demand–supply mismatch. Bespoke locations like Lutyens in Delhi, Malabar Hill/Nepean Sea Road in Mumbai, or luxury projects on Golf Course Road in Gurugram continue to see far stronger appreciation. This is due to their limited supply and high desirability among HNIs and UHNIs,” explains Ashwin Chadha, CEO, India Sotheby's International Realty. Also Read: Will JLN Stadium redevelopment impact property prices in Delhi’s ultra-premium property markets? Financial planner Suresh Sadgopan, founder of Ladder7 Financial Advisories, believes high-end luxury homes are generally purchased for self-occupation. As an investment, UHNIs should instead explore commercial properties, where rental yields are higher, or better still, REITs (Real Estate Investment Trusts). REITs offer good overall yields (including capital appreciation reflected in NAV) of between 6–8% per annum, he said.</t>
+          <t>A Mumbai flat owner reportedly paid no tax on around  ₹17 lakh of annual rental income by structuring the property as a genuinely jointly owned asset with family members. Since each co-owner had a defined share in the property, the rental income was split among them and taxed individually. As each person’s share remained below the taxable threshold, no tax liability arose. Here’s a look at how rental income splitting works and the rules taxpayers must follow to ensure it remains legitimate tax planning. If you co-own a property with a spouse or family member, you can divide the rental income among the co-owners, which reduces each owner's tax liability. Both co-owners can claim deductions separately, further optimising tax savings. “However, it can be considered legitimate tax planning if the property is legally registered in the names of multiple co-owners with clearly defined ownership shares, and each co-owner has either contributed to the purchase consideration or acquired their share through a valid and registered transfer, such as a gift deed,” says Abhishek Soni, CEO and co-founder, Tax2win. Rental income should be reported by each co-owner in proportion to their ownership share. It's essential to ensure that the income tax department has clear documentation of the property’s ownership structure to avoid future tax issues. “Splitting rental income among family members is considered legitimate tax planning when it reflects a genuine economic partnership. This means each co-owner would have contributed to the property's purchase from their own independent funds or through a joint home loan they both service,” says Ritika Nayyar, Partner, Singhania &amp; Co. However, if a property is transferred to a spouse without adequate consideration, the clubbing provisions under Section 64 may apply, and the rental income may be taxed in the hands of the transferor. “Proper documentation, such as the registered sale deed, gift deed, and rental agreement, should clearly establish the ownership structure to avoid future tax disputes,” says Soni. One needs to understand that the arrangement can be considered tax avoidance if it relies only on paper ownership where one person funds the property but adds a nonworking spouse or minor child to the deed solely to shift income. “Legitimate tax planning for splitting rental income centres on the concept of beneficial ownership rather than just a name on a title deed,” says Nayyar. “Taxpayers should maintain proper comprehensive documentation to corroborate real co-ownership and the flow of rent to respective co-owners and reflect the underlying commercial non-tax reasons for the co-ownership,” says Amit Gupta, Partner at Saraf and Partners. The overall arrangements should reflect the co-ownership structure and avoid triggering deeming provisions under the Income Tax Act. Title documents should clearly define each co-owner’s share, and funding contributions should correspond with those respective shares. Also Read: To rent or sell property? Here’s what you should know to make the right decision “Further, all correspondence and agreements with tenants should reference every co-owner, while tax withholding and related documentation should also reflect the joint ownership and shared responsibility for property obligations,” says Gupta. In certain cases, rental income is diverted to family members without corresponding legal ownership or enforceable rights in the property. For instance, rental income may be reported on the tax returns of family members who are not legal co-owners of the property, which may invite scrutiny from tax authorities. Similarly, situations arise in which a property is ‘gifted’ to family members only on paper, without executing a registered gift deed or updating property ownership records, thereby raising doubts about the transfer's genuineness. Adding family members as co-owners without proper documentation or a clear ownership transfer, creating ownership shortly before the property is rented out, or allocating ownership shares primarily to family members in lower tax brackets are a few other red flags. In such situations, tax authorities often examine whether the arrangement reflects the true substance of ownership or is merely a formality intended to reduce tax liability. Also Read: Gift deed vs Will: Here’s what you should know before deciding to transfer property to family These issues are also frequently linked to cases where taxpayers incorrectly claim House Rent Allowance (HRA) exemptions. This typically occurs when the corresponding rental income is either not reported under the property owner’s PAN or is reported inaccurately. Such inconsistencies are rapidly identified by the Income Tax Department’s data-matching systems, which may trigger notices to taxpayers seeking clarification and reconciliation of the reported information. Anagh Pal is a personal finance expert who writes on real estate, tax, insurance, mutual funds and other topics</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>YouTuber Ishan Sharma breaks silence after being accused of lying about buying his first house in Bengaluru</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Social media users claimed YouTuber Ishan Sharma already owned a house while re-sharing an old video he posted over two years ago.</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>Nov 15, 2025 08:17 am</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/trending/youtuber-ishan-sharma-breaks-silence-after-being-accused-of-lying-about-buying-his-first-house-in-bengaluru-101763173798004.html</t>
+          <t>https://www.hindustantimes.com/cities/mumbai-news/dhobi-ghat-shrinks-as-builders-move-in-101773600490165.html</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>YouTuber Ishan Sharma faced intense backlash on X after he tweeted about buying his first house in Bengaluru. Many accused him of lying, referring to an old video he posted years ago about a house. Social media users claimed that he already had a house, and his recent tweet about owning one for the first time was engagement baiting. For the first time since the controversy, the content creator has opened up, sharing his side of the story. “Note: I was renting a flat for the last 2 yrs. And just now purchased a new flat, my first one,” Sharma wrote. While addressing the old video in question, he posted, “The video I posted 2 yrs ago was a tour of the rented house. It was my first time living on my own away from parents and I even talked about the problems with renting it at 20:00 in the video.” His post about buying a new house got ‘community noted’ after netizens expressed their doubts. He also urged X to remove it from his profile. “Requesting the X team to kindly remove the false community note. Its misinformation at best.” What did social media say?The YouTuber received several supportive remarks, but some were still apprehensive. An individual posted, “Hatred is normal when you're doing something right. How would they otherwise rationalise their own failures, shortcomings, courage to take their shots, and lack of conviction to get things done? Hate always comes from below. Rarely from the top.” Another added, “Then why didn't you mention that at that time. Now you come with corrections. Wow.” A third commented, “Who will give so much hype for a rented house?” Also Read: Bengaluru couple’s eco-friendly ‘breathing house’ with pond and hand pump wins internetA fourth wrote, “But your old tweet doesn’t have any mention of renting. It is phrased as if you purchased it.” The tweet that started the wave of backlash was shared by Sharma on November 14, where he wrote, “Just bought the first house of my life in bengaluru! I’ve rented all my life. Some will say buying a house is a bad idea. But not everything is an investment which needs to have a ROI. You can’t put a rupee amount to the peace of mind and safety a home provides.” He also shared two pictures of the house. The YouTuber received several supportive remarks, but some were still apprehensive. An individual posted, “Hatred is normal when you're doing something right. How would they otherwise rationalise their own failures, shortcomings, courage to take their shots, and lack of conviction to get things done? Hate always comes from below. Rarely from the top.” Another added, “Then why didn't you mention that at that time. Now you come with corrections. Wow.” A third commented, “Who will give so much hype for a rented house?” A fourth wrote, “But your old tweet doesn’t have any mention of renting. It is phrased as if you purchased it.” The tweet that started the wave of backlash was shared by Sharma on November 14, where he wrote, “Just bought the first house of my life in bengaluru! I’ve rented all my life. Some will say buying a house is a bad idea. But not everything is an investment which needs to have a ROI. You can’t put a rupee amount to the peace of mind and safety a home provides.” He also shared two pictures of the house.</t>
+          <t>MUMBAI: In the heart of Mahalaxmi, the jagged concrete skyline casts a dark shadow over something so quintessentially Mumbai that losing it would mean losing a little of the city itself. This is Mumbai’s largest open-air laundromat, or Dhobi Ghat, where 730 dhobis or washermen hold historical rights – and licences – to wash and dry clothes and linen for a living. The land, owned by the Brihanmumbai Municipal Corporation (BMC), houses a grid of 730 ‘washing stones’, or concrete cubicles. It also includes a large drying area, where each dhobi has been allotted space for two ropes to hang their laundry. Or so it had been for more than a century. The livelihood of these 730 dhobis, and hundreds of others engaged at the ghat, is at stake as a resurgent Mumbai considers the ghat’s drying area – a whopping 7,724.61sq metres, just under 2 acres – hot property. Right opposite the antiquated grid of washing stones soar Piramal Realty’s luxury towers, their glass and steel forming an almost cruel contrast with a landscape that has barely changed in decades. For the dhobis, the ghat represents their very survival. For developers, with premium real estate in the vicinity fetching around  ₹72,000 per square foot, Dhobi Ghat is little more than a dispensable relic. Builder Circles In Things began to shift in November 2011, when Resonant Realtors Projects Pvt Ltd (formerly Omkar Realtors Projects Pvt Ltd) attempted to amalgamate the dhobis’ drying area with an adjacent plot it was developing as a 42-storey slum rehabilitation project – a common manoeuvre used by developers to usurp land, banking on their financial and legal muscle to ride out court battles that may follow. When the builder approached the BMC to obtain necessary permissions, the civic body said it could proceed only if it secured the consent of the dhobis. None was taken. Still, the BMC gave the builder a letter of intent (LOI) in April 2015. It also issued a Commencement Certificate (CC), the green signal for all real estate projects. The dhobis rallied together and, under the banner of the Dhobi Audyogic Vikas Society (DAVS), challenged the project before a committee appointed by the government. At a meeting in May 2016, the dhobis demanded either a temporary alternative open space to dry their laundry, or monetary compensation, till a permanent solution was found. The builder agreed, but there were problems – the plot was small, filthy and not suitable to dry laundry. A fierce struggle followed, with the builder claiming to have kept his promise, but the dhobis pushed back. They filed three writ petitions in the Bombay High Court in 2018, seeking a viable dry yard till a permanent solution was found. However, unmindful of the pending litigation, Resonant Realtors “forcefully” removed all but 28 dhobis from the drying area. The developer assured the court in October 2018 that the dhobis would be provided a temporary space pending a permanent arrangement, and the case was disposed of. The Ghat Shrinks Enter Piramal Reality, which acquired the development rights to the slum rehabilitation project adjacent to Dhobi Ghat from Resonant Reality. “A rehabilitation project was built for the encroachers, generating handsome slum TDR for the builder. The problem is, it swallowed a chunk of our land, adjacent to the encroached property. Even though we lost our drying area, we were offered no viable alternative,” says Mukesh Kanojia, a third-generation dhobi. Watching helplessly as a tower rose on land they had leased for generations, the dhobis began to string ropes above their washing cubicles to dry their laundry. Not only does this makeshift arrangement fail to accommodate the load, Dhobi Ghat, sans its dry yard, has lost 40% of its space. The 730 washing stones, which constitute the heritage portion of the ghat, cover 5 acres, or 20,235 sq m. Refusing to give up the fight, 22 dhobis moved the Bombay High Court in December 2025. Their petition, filed through advocates Amogh Singh and Ashwin Tripathi, claimed the builder was “intentionally trying to sell the remaining open area to L&amp;T, who had begun to construct a tower on it. Through their plea, they made another powerful point – they claimed the builder, to amalgamate their land with the neighbouring slum scheme, had “fraudulently” converted it from non-slum to slum to avail additional FSI benefits, the petition said. But the high court held a different view, and it delivered a crushing blow to the dhobis. On February 23, 2026, a division bench of Justices Girish Kulkarni and Aarti Sathe accepted the BMC’s contention that the “rassi holders” had been provided an alternative site to dry their laundry. The court held that the dhobis were using the drying area only to string ropes and were not occupying any residential or commercial structure on the property. Hence, they had no grounds to obstruct the slum rehabilitation project when they had been offered an alternative site, the court ruled. The petitioners were to also receive  ₹30,000 a month as monetary compensation, a sum the builder has allegedly stopped paying, say the dhobis. Broken Promise The washermen point out that neither the builder, nor the Slum Rehabilitation Authority (SRA), nor the BMC has offered them a viable, alternative solution, regardless of their assurances in court. They also say the “unauthorised conversion” of a historical site into a private luxury housing project violates the public trust doctrine, adding that the “high-handed and illegal action” of the authorities and builders have left a deep impact in their lives. In its affidavit filed before the court, Resonant Realtors said, “We were in negotiations to resolve the dispute amicably but they moved court to misuse the judicial machinery for personal gains.” Labelling the dhobis’ action “opportunistic litigation”, Resonant Realtors also claimed that all 730 dhobis were not impacted. “As per a survey done by the competent authorities, a total of 342 rassi holders used the land to dry clothes, and they have either been given compensation or alternative space. None of the washing stones are located or affected by the slum scheme. In fact, the plot comprising of washing stones is a heritage site and admittedly undisturbed by the present scheme,” the developer said. The BMC too, in is submissions in court, has echoed the developer’s claim that eligible dhobis had been provided an alternative site to dry their laundry. The SRA, for its part, claims it is a “welfare” body working for the public at large but bound by the courts. “We are examining everything in consonance with the prevailing laws and will take any and every step within that purview”, said SRA counsel Ravleen Sabharwal. “The claims of everyone involved are hollow,” says Ajay Kanojia, at the forefront of the dhobis’ struggle. “The one site they offered us is unusable and yet they brazenly told the court, on several occasions, that they have resolved the dispute,” Kanojia told HT. “We have been trying to approach the BMC since the order was passed but they keep asking us to come later. If no relief is provided, we will file a contempt petition in court.”</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>Citizens flag ‘sale of Mumbai’s future’, urge govt to halt land monetisation</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Prominent Mumbaiites write to CM, opposing govt’s land monetisation; demand white paper on these plans</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Nov 15, 2025 04:56 am</t>
+          <t>Mar 16, 2026 03:40 am</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/cities/mumbai-news/citizens-flag-sale-of-mumbai-s-future-urge-govt-to-halt-land-monetisation-101763146884506.html</t>
+          <t>https://www.hindustantimes.com/cities/noida-news/noida-authority-s-new-admin-office-set-to-be-inaugurated-in-april-101773599110168.html</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>MUMBAI: The decision to unlock and monetise vast tracts of government land – almost 18% of Mumbai’s habitable area – has been condemned by prominent citizens and citizens’ groups, who are calling it the “privatisation of the city’s future”. In a letter to chief minister Devendra Fadnavis and deputy chief ministers Eknath Shinde and Ajit Pawar on Wednesday, urban planners, senior (retd) IAS, IPS and naval officers, environmentalists and activists have warned against the “irreversible transfer of public assets into private hands”. Titled “Citizens’ concerns against privatisation of public land”, the letter refers to the unlocking of land owned by both the central and state governments for development and massive redevelopment projects. This virtual garage sale of government land by government agencies such as MHADA, SRA, MMRDA and MbPA, was highlighted by Hindustan Times in a report on September 11, 2025, titled “18% of city’s real estate opened up by govt for development”. “These lands were originally reserved to serve the people of Mumbai — for housing, open spaces, amenities, transport and public infrastructure. Instead, they are being steadily diverted to private interests in the name of ‘revenue generation’, with no coherent policy, no transparency and no accountability to the citizens who are the real stakeholders,” the letter states. “The outcome is visible: the loss of affordable housing, displacement of long-settled communities, shrinking open spaces, and irreversible transfer of public assets into private hands. The so-called ‘monetisation’ of public land is, in effect, the privatisation of the city’s future,” the letter adds. Among the signatories to the letter are former Mumbai police commissioner Julio Ribeiro; former chief of naval staff admiral Vishnu Bhagwat (Retd); former central information commissioner Shailesh Gandhi; environmentalists Debi Goenka and Stalin Dayanand; Anuradha Parmar of the Urban Design Research Institute (UDRI); and RTI activist Bhaskar Prabhu. Some of the organisations that have endorsed the letter are the Mumbai Vikas Samiti, Bombay Catholic Sabha, Amchi Mumbai Amchi BEST, Moneylife Foundation, NGO Alliance for Governance and Renewal (NAGAR) and Centre for Democratic Rights. Rejecting the idea of utilising public land as a financial resource to fill fiscal gaps or fund projects, they point out that land held by public bodies once alienated can never be recovered. They state that public land must be placed in a public trust and should be taken off the market. The government must prioritise housing, open spaces, education, healthcare and transportation over commercial gains. It must also offer full disclosure and subject itself to an independent review before decisions are taken on public land. During the course of their careers, these prominent citizens have crusaded to safeguard public assets, demanded transparency in governance, and never hesitated to use legal means to wrest back for citizens what is rightfully theirs. To restore integrity and accountability, they are now demanding that the state government issue a white paper detailing all public land transactions, leases and monetisation proposals in Mumbai. They are demanding that the government formulate a unified public land policy covering all state and central agencies operating in Mumbai, with clear disclosure norms and public consultation procedures. In the letter, they have also demanded that the state suspend all ongoing or proposed monetisation initiatives and legislate protection, ensuring that all public land remains reserved for genuine public purposes, based on measurable per-capita requirements for housing, open spaces and amenities. Mumbai's plan to unlock and monetise 18% of its habitable land has drawn sharp criticism from citizens and experts, who label it a “privatisation of the city’s future.” Prominent figures urge the government to prioritize public interest over profit, demanding transparency and a unified land policy. They assert that public land should serve housing and community needs, not commercial interests.</t>
+          <t>Noida: The Noida authority’s main administrative building constructed in Sector 96 is ready for use and set to be inaugurated next month, officials said on Sunday. The office is aimed to offer better services to general public as all departments of the Authority will function from a single building unlike earlier. Located on the Noida–Greater Noida Expressway, the office will offer better connectivity from different sectors and neighbouring areas, said officials. “We have completed the construction and finishing work of this new building… We aim that the building opens next month and the office starts shifting so that the departments will shift to the new office. The authority aims to provide better services and have better engagement with the people who would visit it for the work,” said SP Singh, general manager of Noida authority. Initially planned as two towers with 18 and nine floors, the project design was later revised. The current plan includes two towers of four and eight floors on a six-acre plot. The revised project cost has been reduced to  ₹390 crore from the initial estimate of  ₹478 crore, said officials. Currently, offices of various departments and work circles of the Authority operate from multiple sectors. NP Singh, president of Gautam Budh Nagar district development residents welfare association, said, “People from all walks of life have to visit the Noida authority for property related and civic issues from various sectors and villages. However, the authority’s main office is currently in Sector 6, the horticulture department in Sector 39 and Jal department functions from Sector 5. Once the new office starts functioning, it will immensely help people.” Notably, the Sector 6-located administrative office in Sector 6 is relatively small and lacks parking space. Visitors often park their cars and motorbikes on the roadside, causing congestion in the area, said officials. Construction of the office commenced on January 5, 2016, with the initial completion deadline set for January 2, 2019. However, the project was delayed due to Covid-19 pandemic and contractor-related issues, they added. After the original contractor failed to complete the work, a new contractor was awarded the remaining civil works in 2022. During the delay, the Authority also ordered a structural safety audit by the Indian Institute of Technology Delhi. In its report submitted in December 2024, the Institute flagged weaknesses in structural elements such as walls, beams and pillars and recommended remedial measures. Officials said the suggested changes have since been incorporated. Vinod Rajput writes on environment, infrastructure, real estate and government policies in Noida and Greater Noida. He has reported on environment and infrastructure in Delhi, Gurgaon and Panchkula in the past.Read More</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>‘Are we riding a bubble?’: Bengaluru’s₹1 crore 2BHKs trigger debate on the city’s soaring real estate prices</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>A Redditor’s concerns about Bengaluru’s one-crore 2BHKs and rising rents triggered varied reactions.</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Nov 14, 2025 04:54 pm</t>
+          <t>Mar 15, 2026 11:28 pm</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/trending/are-we-riding-a-bubble-bengaluru-s-1-crore-2bhks-trigger-debate-on-the-city-s-soaring-real-estate-prices-101763118894892.html</t>
+          <t>https://www.hindustantimes.com/cities/delhi-news/sujan-singh-park-to-daryaganj-delhi-s-deco-dreams-101773597068535.html</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>A Bengaluru resident has triggered a debate on Reddit after expressing confusion and concern over the city’s rapidly escalating real estate prices. The user wrote, “I’ve been living in Bengaluru for around 6 years now, and I’m honestly a bit torn about the whole real estate situation here. Everywhere I look, prices seem insane, 2BHKs in areas like Whitefield, Sarjapur, or even Yelahanka are touching 1 crore plus, and that’s before registration and interiors. Rent has also shot up like crazy post COVID.” The resident added that while Bengaluru continues to be one of the fastest growing cities with strong IT job prospects, the pace of price appreciation feels unsettling. “I get that Bengaluru is still one of the fastest-growing cities with IT jobs, but is this level of appreciation sustainable? Or are we just riding a bubble that’ll correct itself soon?” the user wrote. Seeking genuine experiences rather than financial recommendations, the post asked, “Would love to hear from people who’ve actually bought recently, are you happy with your decision? Or do you think it’s smarter to just rent and invest elsewhere for now? Not looking for financial advice, just real experiences and perspectives from folks on the ground.” The post was shared under the title, “Is Bengaluru real estate actually worth it anymore?” Check out the post here:  A thread filled with contrasting viewpointsThe post drew multiple reactions from users who shared their candid views. One user remarked, “As much as I would like to believe this is true, in reality it is just demand and supply. There is nothing illegal in investing, flipping, etc etc. People believe that real estate is good investment so they put their money.” Another user commented, “Depends on your requirement. You plan to stay in Bengaluru and retire? If yes, then prices will keep increasing maybe not so rapidly. So buy if you can,” offering a more practical, long term perspective. A third user added a cautionary note by saying, “Market can stay irrational for a long long time,” capturing the uncertainty many feel. Someone else stated, “Absolutely no it’ll crash,” while another user expressed observed trends, saying, “I can already see people here are having difficulty in selling their flats.” (Disclaimer: This report is based on user-generated content from social media. HT.com has not independently verified the claims and does not endorse them.) The post drew multiple reactions from users who shared their candid views. One user remarked, “As much as I would like to believe this is true, in reality it is just demand and supply. There is nothing illegal in investing, flipping, etc etc. People believe that real estate is good investment so they put their money.” Another user commented, “Depends on your requirement. You plan to stay in Bengaluru and retire? If yes, then prices will keep increasing maybe not so rapidly. So buy if you can,” offering a more practical, long term perspective. A third user added a cautionary note by saying, “Market can stay irrational for a long long time,” capturing the uncertainty many feel. Someone else stated, “Absolutely no it’ll crash,” while another user expressed observed trends, saying, “I can already see people here are having difficulty in selling their flats.” (Disclaimer: This report is based on user-generated content from social media. HT.com has not independently verified the claims and does not endorse them.)</t>
+          <t>When did an international style like Art Deco become part of Delhi’s everyday visual landscape? Delhi began seeing buildings in the Art Deco style in the early 1940s, when Sir Sobha Singh developed Sujan Singh Park, designed by architect Walter Sykes George, to house officers during the Second World War. These apartments fused Lutyens-style archway entrances with curving Deco balconies and signature “eyebrows.” In contrast to the open verandahs typical of the Capital’s earlier homes, the upper floors featured longer enclosed windows. George appears to have drawn from European housing schemes while adapting them to local materials such as exposed brick. Completed in 1945, the apartments were partly leased out under a government order that allowed flats not required for official use to be rented to people of “good position and social status in life.” During Partition, Sobha Singh also opened the complex to families fleeing from Pakistan until they found more permanent accommodation, as researchers from the “Deco in Delhi” project note. In its earliest phase, Deco in Delhi appeared largely in government buildings or residences commissioned by Indian princes. One modest mansion on Tilak Marg gained a different kind of historical significance when it came to be known as “Insaf ki Kothi.” BR Ambedkar lived there after being appointed India’s first law minister, from 1947 to 1951. The house originally belonged to the Raja of Kanika in present-day Odisha. An ornamented metal gate leads to a carefully profiled boundary wall, beyond which stands a Streamline Moderne building distinguished by its elegant eyebrow ledges. While architects such as George introduced the style, it was a group of architects from Bombay who helped popularise a more Indianised version of Deco in Delhi. Firms such as Master, Sathe and Kothari designed notable buildings including Kota House and several grand residences. Their work created a visible stylistic link between Bombay and Delhi and helped establish Deco as the most fashionable architectural language of the time. Business, merchant and industrialist families soon adopted Deco elements in their own homes, particularly when building large city mansions for extended families. Neighbourhoods such as Daryaganj, Chandni Chowk, Pusa Road, Sundar Nagar and Karol Bagh became known for these residences. The spatial layout of these homes remained deeply Indian, but the formal drawing room often carried an international air. Terrazzo floors and cladding introduced colour and glamour. Facades welcomed modernist abstraction with insignias, geometric motifs and stylised ornamentation that reflected global design trends. A striking feature of many Deco residences was the staircase. Often spiral or helical, or designed as a continuous flowing form, the stair became the heart of the house. Emphasis was placed on horizontal movement rather than vertical height. Balusters were frequently replaced with brickwork clad in terrazzo. Terrazzo and wood, the two most widely used materials, allowed for seamless joinery and smooth finishes. Another characteristic Deco detail was typography. House names were cast in terrazzo or mounted onto facades – a design gesture popularised by cinemas and hotels of the 1940s that still survives on many homes today. The row houses of Daryaganj and Kamla Nagar were equally colourful but more strongly Indian in character. Many featured central courtyards, multi-storey living and prominent staircases. Their ornamentation often reflected religious beliefs or political sentiment, particularly the ideals of swaraj. The house has always been a site of identity, and many homeowners expressed the spirit of a newly independent nation on their facades, adding slogans such as “Jai Hind” or even the national flag. In this search for identity, houses such as Charan Bhawan in Model Basti and the so-called Unchi Kothi of Ballimaran – literally translating to “the tallest house” – stand out. Now most Deco buildings lie in purgatorial space where their modernity, to the common eye, looks more outdated than futuristic. Many villages and residential pockets of Delhi have Deco strewn all over. Details of Deco have permeated deeply into popular culture, but its distinct time period remains its biggest shortcoming. It is both tragic and telling that these residences became some of Delhi’s earliest aspirational markers of modernity. Even at a time when nationalist sentiment was at its height, Art Deco found its place in the city. It offered a language that was modern, glamorous, and connected Delhi to a wider international world of design and ideas. Today, it requires a city-wide campaign to get Deco recognised as an essential typology of Independent India – where Deco houses were part of an international culture embraced by culturally aware Indians. This article draws upon the research of the “Deco in Delhi” project by founder Geetanjali Sayal and research coordinator Prashansa Sachdeva.</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>Nov 14, 2025 12:37 pm</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/indias-retail-leasing-hits-3-2-million-sq-ft-in-q3-2025-up-65-yoy-delhi-ncr-and-hyderabad-lead-with-57-share-101763100911297.html</t>
+          <t>https://www.hindustantimes.com/real-estate/lpg-crisis-in-india-will-apartments-with-png-connections-command-higher-rents-101773577019000.html</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>India’s retail sector recorded 3.2 million sq ft of leasing in Q3 2025 (July–September) across the top seven cities, marking a 65% year-on-year growth, according to the report. Delhi-NCR accounted for 35% of the total gross leasing volume, driven by strong space uptake in two newly built malls. With the latest quarterly numbers, retail leasing for the first nine months of 2025 has touched 8.9 million sq ft. The analysis by JLL covered Delhi-NCR, Hyderabad, Mumbai, Bengaluru, Kolkata, Chennai and Pune. With 4.7 million sq ft of new retail supply scheduled for completion in the final quarter of the year, overall retail leasing activity is expected to surpass earlier estimates of around 10 million sq ft by the end of 2025, the report said. Both shopping malls and high streets were at the forefront of new leasing momentum, and this quarter witnessed 53% and 41% share of leasing in these formats, respectively. Across the top seven cities, Delhi NCR and Hyderabad led the gross leasing momentum in Q3 2025. Delhi NCR (35%) and Hyderabad (12%) emerged as clear market leaders in the city tally as demand for retail leasing in these markets increased significantly compared to the previous quarters. While shopping malls comprised the lion’s share in gross leasing in Delhi NCR, high streets garnered immense interest for expansion by retailers in Hyderabad. Apart from Delhi NCR and Hyderabad, Mumbai recorded 0.6 million sq. ft. of retail space take-up, followed by Bengaluru at 0.4 million sq. ft. Cities such as Kolkata and Chennai witnessed steady demand momentum in comparison to previous quarters. Pune witnessed a slight dip in retail spaces leased as compared to Q2 2025. “During the July-September quarter, fashion and apparel (35%), food and beverage (16%), and daily needs and grocery (11%) sustained robust leasing momentum for retail space absorption. Leading brands within these sectors continued to drive demand across the broader retail landscape in major cities, with domestic market leaders spearheading this growth. The third quarter of 2025 saw heightened demand from daily needs and grocery retailers, who typically require substantial space allocations and frequently serve as anchor tenants in premium retail developments,” said Samantak Das, Chief Economist and Head of Research &amp; REIS, India, JLL. Direct-to-consumer (D2C) brands have been making significant investments in their click-and-mortar strategies, progressively expanding their physical store presence across various retail formats, particularly in fashion and apparel, jewellery and beauty, and cosmetics and wellness categories. Looking ahead, D2C brands are positioned to capture an increasingly larger portion of the overall gross leasing activity, he said. The strong presence of domestic retailers in retail space demand continues unabated, with indigenous brands leasing 2.6 million sq. ft in Q3 2025, representing a 76% Year-on-Year increase compared to Q3 2024. Foreign brands accounted for a 19% share of leasing activity this quarter. During the nine-month period from January to September 2025, luxury retailers leased 0.2 million sq. ft of retail space, marking a 19% increase over the corresponding period in the previous year, said Rahul Arora, Head - Office Leasing &amp; Retail Services, Senior Managing Director (Karnataka, Kerala), India, JLL. Also Read: Will JLN Stadium redevelopment impact property prices in Delhi’s ultra-premium property markets? While few new luxury retailers have entered India in 2025 thus far, the growth trajectory in leased area demonstrates strong market fundamentals and the availability of investment-grade retail infrastructure that these brands actively seek for their flagship stores, he said. Also Read: Tier 2 and 3 cities set for over 25 million sq ft of new retail expansion by 2029: JLL</t>
+          <t>Fears over LPG availability have intensified in several parts of India amid the US–Israel–Iran war, raising concerns about potential disruptions in global energy supply chains. Real estate brokers say that while a piped natural gas (PNG) connection has so far not been a major requirement for tenants or a deal breaker in property decisions, the situation could change if the current crisis persists. Going forward, homes with a PNG connection may command a premium among both buyers and tenants, potentially leading to moderately higher rents and property values. Real estate brokers say that at present, it is still too early to call PNG availability a decisive factor in real estate decisions. Renting or buying a home typically depends on broader considerations such as location, connectivity, budget and overall infrastructure. But if supply disruptions persist for a longer period and LPG availability becomes a sustained concern, brokers say PNG connections could begin to emerge as an added advantage for residential properties. Brokers in Noida note that, so far, a PNG connection has rarely been a deal-breaker in rental negotiations. Apartments typically do not command higher rents solely on this basis, as tenants have traditionally prioritised factors such as whether the home is furnished or semi-furnished, its location within the society, and other preferences like sun-facing units, views of the main gate or park, or apartments on the ground floor. “Even if tenants request a PNG connection, landlords can install one relatively easily, usually at a cost of around  ₹6,000 and within about a week. Given the low installation cost, it only adds incremental value to the property,” said Nitin Jain of Prudential Realtors, a Noida-based real estate broker. However, real estate brokers believe the situation may change if concerns over LPG supply persist. Builder floors and independent apartments without PNG connections could begin to command lower demand, while housing societies developed by builders, which typically already have piped gas infrastructure, may gain an advantage in the rental market unless landlords of builder floors decide to upgrade to the facility. “While this is not a major priority at the moment, as tenants usually enquire about how and where they can procure an LPG cylinder, the situation could change if the shortage persists. Apartments with a PNG connection may emerge as a unique selling point for landlords and could command a moderate premium because of the amenity,” said Sunil Singh, a real estate broker based in Bengaluru. Also Read: Bengaluru LPG crisis: Rising costs may push paying guest accommodation rents by 5% if the shortage persists “Right now, we are seeing some early consumer curiosity around whether a property has piped natural gas (PNG), largely driven by concerns around LPG availability. However, it is still too early to call this a decisive factor in real estate decisions. Typically, renting or buying a home depends on larger considerations such as location, connectivity, budget, and overall infrastructure,” explains Saurabh Garg, co-founder and CBO of NoBroker. Also Read: LPG crisis in India hits restaurants: Could it pressure retail rents and trigger tenant–landlord renegotiations? “That said, if supply disruptions continue over a longer period and LPG availability becomes a persistent issue, PNG connectivity could start emerging as an added advantage for properties, particularly in urban markets where piped gas networks already exist. In the immediate term, we expect more of a knee-jerk reaction in buyer and tenant queries rather than a structural shift in demand,” he added. To prevent a potential domestic energy crisis, the Centre has invoked the Essential Commodities Act, 1955, allowing it to override existing commercial gas supply contracts. Under the order, Priority Sector I—which includes domestic piped natural gas (PNG) for households and compressed natural gas (CNG) used in transport—will be assured 100% of its average consumption over the past six months. This means that if gas is operationally available in the national grid, supplies must first be directed to household kitchen pipelines before being diverted to industries such as factories or power plants. The key difference between Liquefied Petroleum Gas (LPG) and Piped Natural Gas (PNG) lies in their composition and method of supply. LPG is a mixture of propane and butane derived during crude oil refining and is delivered to households in pressurised cylinders that need periodic replacement. PNG, by contrast, is natural gas, primarily methane, supplied directly to homes through underground pipelines by city gas distribution networks, ensuring a continuous flow without the need for storage cylinders. PNG is produced by regasifying Liquefied Natural Gas (LNG), which India imports largely from countries such as Qatar, United Arab Emirates, the United States and Oman, as per media reports. In the national capital, a large section of households already use PNG supplied by Indraprastha Gas Limited (IGL), particularly in housing societies. According to figures from the Government of Delhi, the city had 17.23 lakh PNG connections as of 2025. On March 14, the Ministry of Petroleum and Natural Gas announced a change in supply rules stating that households with PNG connections will no longer be allowed to keep, obtain or refill domestic LPG cylinders. The move aims to streamline gas allocation and ensure LPG supplies reach households without access to piped gas infrastructure. Vandana Ramnani leads the real estate vertical at Hindustan Times Digital, bringing over two decades of journalism experience across real estate, education, human resources, and foreign affairs. She specialises in India’s real estate sector, covering residential and commercial markets in Delhi-NCR, Mumbai, and Bengaluru, with in-depth reporting on regulatory developments, urban policy, housing trends, and interviews with industry leaders.  
+Her work has also appeared in the Hindustan Times newspaper and HT Estates. 
+Earlier, Vandana played a key role in establishing the real estate vertical at Moneycontrol (NW18 Group), shaping its editorial direction and market coverage.  
+She has also written extensively on international education for HT Education, tracking global study destinations, policy changes, and student mobility trends, earning the Singapore Education Award 2009 for Best Media Coverage (Print). 
+Her reporting portfolio includes human resources and employment trends for HT ShineJobs and PowerJobs, as well as lifestyle and interior design features for HT Premium Homes. 
+Vandana began her career with the Press Trust of India, gaining strong editorial and reporting expertise. She was also selected for a prestigious fellowship at Fondation Journalistes en Europe in Paris, where she wrote for EuroMag. One of her notable reporting assignments included covering Germany’s capital relocation from Bonn to Berlin. 
+Outside of journalism, Vandana is a passionate traveller, constantly seeking out charming hideaways across India and the lesser-known, offbeat corners of Southeast Asia.Read More</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>Nov 14, 2025 11:09 am</t>
+          <t>Mar 15, 2026 10:52 am</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/luxury-housing-demand-drives-south-delhi-independent-floor-prices-by-17-redevelopment-potential-at-6-lakh-crore-101763097775888.html</t>
+          <t>https://www.hindustantimes.com/real-estate/gift-deed-vs-will-here-s-what-you-should-know-before-deciding-to-transfer-property-to-family-101773550981525.html</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>A surge in redevelopment activity and growing demand for luxury housing has pushed up average price of independent floors in South Delhi between 12-17% across Category A and B colonies in the third quarter of 2025, according to a report. The redevelopment potential across South Delhi colonies is worth over  ₹6 lakh crores. The average price of floors in Category-A colonies has risen 17% YoY. Some of the Category A colonies are Chanakyapuri, Golf Links, Jor Bagh, Shanti Niketan, Vasant Vihar, Anand Niketan, Panchsheel, as per the report by Golden Growth Fund (GGF), a Category-II real estate focussed Alternative Investment Fund (AIF). The average price of a 2500 sq. ft. floor in Category A colony has risen from  ₹10-19 crore in July-September 2024 to  ₹11-23 crore in July-September 2025. For floors sized 6000 sq. ft., the average price has risen from  ₹19-45 crore in Q3 2024 to  ₹22-53 crore in Q3 2025. The report further stated that in Category B colonies, the average price of floors has risen between 12% and 15% YoY. Some of the Category B colonies are Gulmohar Park, Anand Lok, Defence Colony, Neeti Bagh, Chirag Enclave, Greater Kailash. For a 2500 sq. ft. floor, the average price has risen from  ₹7-10 crore in Q3 2024 to  ₹8-11 crore in Q3 2025. Similarly, for a 3200 sq. ft. floor, the price has risen from  ₹11-16 crore in Q3 2024 to  ₹13-18 crore in Q3 2025. “The average price growth of floors in South Delhi continues to beat NCR despite this market offering high-value products. This is primarily due to local inhabitants either looking to monetise their land or redeveloping it to lift the capital value and rental income. Besides, this market, like global metropolises, sees higher demand than supply, a trend that will be maintained going forward,” said Ankur Jalan, CEO, Golden Growth Fund. Delhi circle rate revision: Should a separate ‘A+’ category be introduced for premium and farmhouse areas? “As FSI utilisation improves with redevelopment, more usable areas, amenities and lifestyle features are incorporated in the design in order to cater to the new-age occupants. As a result, the average rentals also rise by 20-30%,” said Jalan. The Municipal Corporation of Delhi (MCD) has divided all colonies of Delhi into eight categories – A, B, C, D, E, F, G and H. Circle rates, property tax rates, and stamp duty charges for property registration are based on these categories. Categories A and B are located in South Delhi. Golden Growth Fund is a category II Real Estate focussed Alternative Investment Fund (AIF), a financial vehicle specifically designed for real estate investments in South and Lutyens' Delhi. Also Read: Lutyens' Delhi luxury property deal: Bungalow in posh Golf Links sold for  ₹100 crore</t>
+          <t>A gift deed is used to voluntarily transfer assets without consideration during the donor's lifetime. A Will, on the other hand, is a legal declaration that outlines how a person’s assets should be distributed after their death. Here’s what you should know about the tax implications associated with both instruments and how much tax may be payable in each case. Ramesh Mehta, a 68-year-old retiree, owns a house worth  ₹2 crore. He wants to pass it on to his daughter, Neha. If he uses a gift deed, the house will be transferred to Neha immediately after the document is registered and accepted. However, Ramesh will have to pay stamp duty and registration charges. Once the gift is made, he will no longer be the legal owner. If he chooses a will, the property will transfer to Neha only after his death. A Will can also be changed anytime while he is alive and does not require a stamp duty. However, he needs to keep in mind that in some cases, a will may be challenged by other heirs. Typically, gift deeds are used to voluntarily transfer assets without consideration during the lifetime of the donor. Such gift deeds are effective immediately upon its acceptance and registration. It is necessary to note that the stamp duty on gift deeds is mandatorily required to be paid. “On the other hand, Wills are legal declarations in nature and are effective for the distribution of assets only after the death of the testator. Unlike gift deeds, wills can be changed any time before the death of the testator, and most importantly, no stamp duty is required to be paid on it,” says Kunal Savani, Partner, Cyril Amarchand Mangaldas. For the purpose of making a gift of immovable property, Section 123 of the Transfer of Property Act provides that the transfer must be effected by a registered instrument and attested by at least two witnesses. “Stamp duty and registration charges would be payable depending on the state laws. Stamp duty may differ depending on the relationship with the donee and the nature of the property such as commercial or residential,” says Adhiraj Harish, Partner, D.M. Harish &amp; Co. *That said, from a taxation perspective, the said instruments have distinct implications, and therefore, understanding the differences between them is imperative for effective estate planning. “For instance, while gifts made to "relatives" (the Income Tax Act, 1961 (IT Act) provides an exhaustive list of person(s) covered as 'relative' for such purposes) are exempt from taxation under Section 56(2)(x) of the IT Act, the gifts made to non-relatives are subject to tax if certain conditions are satisfied,” says Savani. Also, property received through a Will is not taxed. Taxation arises only when the property is sold at a later date. Also Read: Bengaluru man loses home after missing three EMIs; lessons for home loan borrowers Further, for the purposes of calculating the capital gains on the sale of assets received via gift or Will, the taxpayer shall consider the cost of acquisition and holding period of the original owner. “Subsequently, depending on the said period of holding, the capital gains shall be characterized as long-term or short-term capital gains, on which the taxpayer shall be subject to tax at applicable rates (plus surcharge and cess),” says Savani. One important factor to consider is that if an owner gifts his or her property, then they lose control over the property during his or her lifetime. They may therefore consider reserving a right to reside or inserting other similar conditions for their protection. Conditions may include retaining lifetime residence rights, receiving rental income, restricting sale or transfer, requiring maintenance support, or allowing the gift to revert if obligations fail. Also Read: Planning to gift a house to your wife? From tax exemptions to income clubbing, here's what you need to know “In the event the owner of a property expects a dispute from legal heirs surrounding his estate and has a fear that his will may be challenged, then in such event he may consider transferring the property by way of a gift instead of by a will,” says Harish. Anagh Pal is a personal finance expert who writes on real estate, tax, insurance, mutual funds and other topics</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>No title</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>No synopsis</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>Nov 13, 2025 08:22 pm</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/real-estate/mumbai-real-estate-marathon-nextgen-realty-launches-housing-project-worth-rs-370-crore-in-bhandup-101763044853811.html</t>
+          <t>https://www.hindustantimes.com/real-estate/buying-a-flat-at-the-brink-of-war-worth-the-commitment-homebuyers-turn-cautious-amid-us-israel-iran-war-101773473116766.html</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>Mumbai-based Marathon Nextgen Realty Ltd has announced the launch of three new residential towers in Mumbai’s Bhandup, with a total project value of  ₹370 crore, the company said in a statement on November 13. The launch includes a new residential project within the 6.5-acre Neo Park layout, spread across 5,100 sq. m of land, offering a total saleable carpet area of around 1.2 lakh sq. ft. with an estimated Gross Development Value (GDV) of  ₹200 crore. Alongside this, MNRL is introducing the second tower of Neovalley Narmada and the third tower of Neo Park Ashoka, together adding around 1 lakh sq. ft. of saleable carpet area with an additional GDV of  ₹170 crore. In total, approximately 2.2 lakh sq. ft. of residential space, with a combined GDV of  ₹370 crore, is being launched under the Neohomes category in Bhandup, the company said in a statement. Marathon has already delivered over 700 Neohomes in Bhandup, with Neosquare receiving its OC and the next phase nearing completion. Bhandup has rapidly emerged as a preferred residential hub in the eastern suburbs, supported by robust connectivity and infrastructure upgrades such as the Goregaon–Mulund Link Road and the upcoming Shangrila Metro Station. Also Read:  ₹50,000 salary in Mumbai: Reddit users say shared homes and suburbs are the only way to afford rent Kaivalya Shah, director, Marathon Nextgen Realty Limited, said, “We are excited to launch another project in Bhandup, a location that has been integral to Marathon’s growth journey. Over the years, the area has transformed into one of Mumbai’s most promising residential destinations, driven by connectivity upgrades and lifestyle infrastructure.” Also Read: Planning to sell a flat in an old building? Here's why it can be tough The Marathon group is engaged in real estate development across MMR. It has completed over 100+ projects and has a presence across Mumbai Metropolitan Region (MMR) with total of 8.4 million square feet completed projects and 6.2 million square feet of existing portfolio.</t>
+          <t>Amid the ongoing US-Israel-Iran conflict and rising inflation concerns, home purchase decisions are slowing as buyers adopt a wait-and-watch approach, brokers say. At the same time, discussions on social media show prospective homebuyers questioning whether it is prudent to take on long-term home loans amid rising oil prices and inflation concerns. “Buying a flat at the brink of war… worth the commitment?” a Reddit user asked. A Bengaluru-based entrepreneur, who had been actively looking to buy a  ₹4–5 crore villa in the tech capital, recently chose to postpone the purchase by a few weeks following the latest geopolitical developments. “Decision-making has slowed slightly in the last few days,” said a Bengaluru-based broker involved in the transaction. “There are multiple concerns right now, from the impact of artificial intelligence on jobs to broader economic uncertainty and the current geopolitical situation. When these events happen, buyers sometimes take a short pause before proceeding,” the broker said.Also Read: Dubai real estate: US–Israel–Iran war raises questions over whether under construction property prices will drop In online discussions, several potential buyers are debating whether the current global environment makes it risky to commit to large property purchases. In one of the discussions on Reddit, a user asked whether buying a home during a period of rising oil prices and geopolitical uncertainty was financially prudent. “Oil prices have now crossed $100 per barrel… historically, this means inflation is coming,” the user wrote, questioning whether real estate purchases like homes should be postponed. Another user shared a more specific dilemma about purchasing a  ₹1.63 crore apartment in Undri in Pune. The 28-year-old prospective buyer said he was planning to make a  ₹70 lakh down payment and finance the rest through a home loan at about 7.2% interest, while earning roughly  ₹1.6 lakh per month in take-home salary. “Buying a flat at the brink of war… worth the commitment?” the user asked.Also Read: Dubai real estate: Will mid-segment properties face pressure amid the US–Israel–Iran war? Real estate experts say rising energy prices, particularly for LPG, diesel, and electricity, could gradually push up construction costs across the real estate sector, which may eventually be reflected in property prices. According to Kanika Gupta Shori, founder and COO of Square Yards, energy inflation directly affects multiple parts of the construction value chain. “LPG, diesel and electricity influence several cost heads, including cement production, steel manufacturing, brick kilns, transportation of materials and on-site construction activities,” she said. “When energy prices rise, developers experience input cost pressure, which often translates into higher project costs.” Shori noted that developers may initially try to absorb part of these cost increases to avoid affecting demand, particularly in price-sensitive housing segments. However, if higher energy prices persist for a longer period, the impact typically begins to show in the pricing of new projects and upcoming launches. “From a data perspective, construction cost indices usually respond with a lag of one to two quarters after sustained increases in energy prices,” she said, indicating that the effect may become visible over the coming months if the current trend continues. At the same time, experts say real estate has historically acted as a partial hedge against inflation, especially in cities where housing demand is supported by employment growth and urbanisation. Shori explained that rising land prices and construction inputs often support property values over time. Other factors, such as limited ready-to-move-in housing supply in high-demand micro-markets and rising rental values in major employment hubs, also help sustain property prices during inflationary cycles, she said. “For end-users with stable income and a long-term holding horizon, buying earlier can sometimes help protect against future price escalation and rising construction costs,” she said. However, she cautioned that financing conditions remain an important factor in such decisions. “In such situations, buyers need to balance two things: rising property prices and the cost of borrowing through home loans.”(Disclaimer: This report is based on user-generated content from social media. HT.com has not independently verified the claims and does not endorse them) Souptik Datta is a deputy chief content producer at Hindustan Times Digital, where he reports on southern India with a focus on real estate, urban infrastructure and environmental urban issues. His coverage tracks the intersection of policy, capital flows, regulation and sustainability, examining how these forces shape housing markets, commercial real estate and large-scale infrastructure development across rapidly transforming cities. He also closely tracks civic issues affecting urban residents, including property taxation, planning approvals, public transport expansion, water stress, waste management and the governance challenges that influence everyday life in India’s metros. Souptik’s reporting is driven by a strong interest in accountability, consumer rights and the lived realities of homebuyers and investors navigating volatile pricing cycles, regulatory changes and project delivery risks. He frequently analyses project launches, land monetisation strategies, planning frameworks, RERA-related developments and the broader implications of infrastructure investments on emerging growth corridors. His work blends on-ground reporting with data-backed analysis and long-form explainers aimed at demystifying complex real estate and infrastructure developments for readers.  He is an alumnus of the Indian Institute of Journalism and New Media. Before joining Hindustan Times Digital, Souptik was associated with Moneycontrol at Network 18, where he covered real estate, infrastructure and allied sectors, producing market insights, policy-led stories and in-depth features.  Outside the newsroom, Souptik is an avid solo traveller and documentary enthusiast, exploring diverse regions and visually documenting unique narratives through film and photography. In his early career, Souptik also freelanced as a documentary photographer, independently working on visual storytelling projects that captured grassroots narratives, urban change and everyday life. He can be reached at souptik.datta@htdigital.in.Read More</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:F42"/>
+  <dimension ref="A1:F17"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Title</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Synopsis</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Content</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>SBI chairman pitches for national financial grid</t>
+          <t>Oil Price Today (March 19): Crude oil rockets to $112 as US, Israel-Iran war target energy infra. Can prices hit $150?</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>“Millions of small businesses still struggle. We need to build digital twins for every MSME, which are secure real-time financial identities that integrate GST, IT returns, bank history, and utility payments,” he said.</t>
+          <t>U.S. crude futures rose more than 3% to $99.39 per barrel. Natural gas prices climbed over 5%, while Brent crude touched $111.19 in early trade and extended gains by another 4% this morning to $112 per barrel, moving closer to the initial war peak of $120.</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2025-11-19T00:06:56+05:30</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-sbi-chairman-pitches-for-national-financial-grid-4048956/</t>
+          <t>https://economictimes.indiatimes.com/markets/commodities/news/oil-price-today-march-19-crude-oil-rockets-to-112-as-us-israel-iran-war-target-energy-infra-can-prices-hit-150/articleshow/129669117.cms</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>State Bank of IndiaChairman CS Setty on Tuesday suggested creation of a national financial grid, a unified infrastructure layer connecting credit bureaus, fraud registries, eKYC, UPI, and account aggregator frameworks. “The ULI framework is a step in the right direction. But we need to evolve it into a grid that offers open access across the ecosystem,” Setty said at theCIIFinancing Summit. He also proposed the Indian Digital Payment Intelligence Corporation (IDPIC), a shared infrastructure entity modelled on the NPCI, to enable real-time intelligence sharing among banks. “This is one of the most ambitious projects, perhaps as transformative as UPI itself,” Setty said. He emphasised that embedding AI for anomaly detection could create a collective shield against fraud, enhancing customer protection and systemic trust. Setty highlighted the need to democratise access to MSME credit. “Millions of small businesses still struggle. We need to build digital twins for every MSME, which are secure real-time financial identities that integrate GST, IT returns, bank history, and utility payments,” he said. SBI’s own business rule engine now enablesMSMEloan approvals in 10 to 15 minutes, but Setty stressed that the broader infrastructure is needed to be scaled up across institutions. “To achieve sustainable long-term growth, the focus must be on infrastructure, inclusivity, innovation, and intelligence.</t>
+          <t>No Content</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>Banking &amp; Finance</t>
+          <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>RFP for IDBI Bank to be filed shortly: Nagaraju</t>
+          <t>Gold rises off one-month low; firm dollar, hawkish Fed cap gains</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Nagaraju announced that the Unified Payments Interface (UPI) is now operational in seven countries, with plans to expand further this year.</t>
+          <t>Gold prices saw a slight increase on Thursday after hitting a one-month low. However, a strong dollar and the Federal Reserve's hawkish stance limited further gains. Oil prices surged above $110 a barrel following an attack on Iranian energy facilities. This has raised inflation concerns. The US and Canada central banks held rates steady but warned of persistent inflation risks.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2025-11-19T00:00:35+05:30</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-rfp-for-idbi-bank-to-be-filed-shortly-nagaraju-4048941/</t>
+          <t>https://economictimes.indiatimes.com/markets/commodities/news/gold-rises-off-one-month-low-firm-dollar-hawkish-fed-cap-gains/articleshow/129668987.cms</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>The government’s long-awaited strategic disinvestment ofIDBI Bankis inching closer to execution, with Department of Financial Services Secretary M Nagaraju on Tuesday indicating that the request for proposal (RFP) will be published shortly. Speaking on the sidelines of theCIIFinancing Summit, Nagaraju refrained from commenting on PSB mergers, but when asked about the status of the IDBI Bank stake sale and the RFP, he said, “You may soon hear about it in the papers.”The government and LIC plan to divest a combined 60.72% of stake in IDBI Bank, thereby transferring the management control to the new owner. After the transaction, the government is expected to retain a 15% stake in IDBI Bank, and LIC will hold around 19%. The government has earlier indicated that the stake sale is expected to be completed by the end of FY26. Nagaraju announced that the Unified Payments Interface (UPI) is now operational in seven countries, with plans to expand further this year. “We are in discussions with nearly 70 countries to take UPI global. Our priority is to make it available first in the Middle East and East Asia, and then expand to Europe,” Nagaraju said. He confirmed that UPI is already live in Singapore, the UAE, Mauritius, France, Sri Lanka, Bhutan, and Nepal. This expansion, he noted, is not just about technology, but also about building trust and interoperability across borders. “India now accounts for nearly 50% of global digital transactions. India’s fintech leadership is now growing, I think global.” However, Nagaraju highlighted that domestic inclusion remains a challenge. “We must not forget our rural populations,” he said. Despite government initiatives like PM Jeevan Jyoti Bima Yojana, PM Suraksha Bima Yojana, and Atal Pension Yojana, India still lags behind global standards in terms of insurance premiums and coverage. A gap exists in mandatory pension savings for private-sector employees earning above Rs15,000 per month, which needs to be addressed. “Some of these private sector employees earning more actually lack pension savings, which is very concerning. We need to secure their future, not through dependence on children, but through financial preparedness for old age,” he said.</t>
+          <t>No Content</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>Banking &amp; Finance</t>
+          <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Ascertis Credit raises $520 mn in first  close of fourth fund</t>
+          <t>Oil rises 3% after Iran strikes Middle East energy facilities</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>The latest close follows the final close of the Ascertis Credit Select Short Term Income Fund – I (SSTIF Series – Fund I) earlier this year, which raised over 25% more than its initial target.</t>
+          <t>Middle East energy facilities faced Iranian attacks, escalating regional tensions and pushing oil prices up significantly.  Brent crude surged over 3%, while WTI also saw gains.  These strikes, in retaliation for earlier attacks on Iran's energy infrastructure, have disrupted operations in Qatar and the UAE, with Saudi Arabia intercepting missiles.  The conflict shows no signs of de-escalation.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2025-11-18T20:33:26+05:30</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-ascertis-credit-raisesnbsp520-mn-in-firstnbsp-close-of-fourth-fund-4048747/</t>
+          <t>https://economictimes.indiatimes.com/markets/commodities/news/oil-rises-3-after-iran-strikes-middle-east-energy-facilities/articleshow/129668970.cms</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Ascertis Credit, formerly known as BPEA Credit, on Tuesday announced the first close of its fourth fund (Fund IV), raising $520 million (around Rs 4,600 crore). This marks one of the largest-ever first closes for a private credit fund in India.The fund, which targets a total corpus of $1 billion, has drawn a diverse mix of existing and new institutional investors, family offices, and high-net-worth individuals across global and Indian markets, the fund manager said.“India is one of the largest and most exciting markets in Asia, and the focus on private credit as a strong asset class has grown substantially in recent times. This resounding response to our Fund IV is a defining moment for us — not only in terms of scale but also in the confidence from a diversified group of global and domestic investors. This validates our position as a pre-eminent and scale player in the space, the trust placed in our disciplined investment approach, deep sector expertise, and proven ability to deliver resilient returns across market cycles. With Fund IV, we continue to scale our investment program, supporting the capital needs of high-growth corporates while creating consistent value for our investors,” said Kanchan Jain, Head at Ascertis Credit.Fund IV will continue the firm’s long-standing strategy of offering customised, performing credit solutions to high-growth businesses across India and Singapore–Southeast Asia, it added. The latest close follows the final close of the Ascertis Credit Select Short Term Income Fund – I (SSTIF Series – Fund I) earlier this year, which raised over 25% more than its initial target. Ascertis Credit has deployed over $1.5 billion across its previous funds, building a strong track record in India’s performing credit space. With teams based in Mumbai, Delhi, and Singapore, the firm combines deep local origination with institutional execution capabilities.</t>
+          <t>No Content</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>Banking &amp; Finance</t>
+          <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>RBI’s MuleHunter detects 20,000 mule accounts every month</t>
+          <t>Gold price slides below $5,000, drops to over one-month low</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>MuleHunter’s AI models are analysing transaction patterns of over 20 banks. “We expect that in two months, that number will go up significantly," RBIH CEO Sahil Kini</t>
+          <t>Spot gold dropped to a one-month low following the Federal Reserve's decision to hold interest rates steady, with expectations of higher rates for longer. A stronger dollar and ongoing Middle East conflict, including an escalation involving Iran's Pars gas field, further pressured gold prices.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2025-11-18T20:03:18+05:30</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-rbis-mulehunter-detects-20000-mule-accounts-every-month-4048721/</t>
+          <t>https://economictimes.indiatimes.com/markets/commodities/news/gold-price-drops-below-5000-drops-to-over-one-month-low/articleshow/129665055.cms</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>MuleHunter.ai, anAI-enabled tool designed by the Reserve Bank Innovation Hub (RBIH), to detect and flag mule accounts in real-time, is detecting about 20,000 mule accounts every month, RBIH CEO Sahil Kini said on Tuesday. Speaking at the Bengaluru Tech Summit, he said that as the volume of digital transactions grows, so does the number of first-time users, thus increasing the chances of fraud unless there are protective systems put in place. So a mule account is an essential intermediary in the movement of fraudulent funds, Kini, who was earlier the co-founder of fintech infrastructure firm Setu, explained. These are funds from financial frauds, from illegal gambling sites, or funds that are used for the financing of terrorism, and they are usually moved through a network of bank accounts. It moves like a spidering pattern through the banking system, and mule accounts are intermediary accounts that enable that. MuleHunter’s AI models are analysing transaction patterns of over 20 banks. “We expect that in two months, that number will go up significantly. Over the last few months, we have detected over 85,000 mule accounts, and their accuracy is between 85-90%,” he said. RBIH is also developing the United Lending Interface (ULI), which is the RBI’s digital public infrastructure for the lending ecosystem, giving banks and NBFCs access to key financial and non-financial data of borrowers to make credit decisions more efficient. It helps lenders improve credit underwriting and disbursal, while allowing consumers to choose from a wider range of loan offers.</t>
+          <t>No Content</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>Banking &amp; Finance</t>
+          <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Banks see no pressure on profitability</t>
+          <t>Silver drops Rs 2,000, gold little changed as traders enter wait and watch mode ahead of US Fed meet; key levels for today</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>While banks may need to make a standard 5% provision on deferred loans, the impact on profitability is expected to be negligible.</t>
+          <t>Gold and silver prices edged lower on March 18, 2026  as investors adopted a cautious stance ahead of the US Federal Reserve policy decision. While gold remained largely steady, silver declined nearly Rs 2,000. Analysts expect continued volatility, with key support and resistance levels guiding near-term trading strategies for both metals.</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2025-11-17T20:57:42+05:30</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-banks-see-no-pressure-on-profitability-4047688/</t>
+          <t>https://economictimes.indiatimes.com/markets/commodities/news/gold-silver-prices-today-in-delhi-chennai-mumbai-and-hyderabad-on-18-march-2026-silver-drops-rs-2000-gold-little-changed-as-traders-enter-wait-and-watch-mode-ahead-of-us-fed-meet/articleshow/129646800.cms</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>The Reserve Bank of India’s (RBI) decision to extend the moratorium period for export credit, from 270 days to 450 days, is unlikely to hit banks’ bottomlines. “These measures are at a much smaller scale, only targeting exporters who have some outstanding loans as of August 31,” said a senior banker from a state-run bank. He highlighted that this is not comparable to theCOVID-era moratorium, which covered a broader spectrum of loans and included additional credit guarantees. “Export credit is only a very, very small part of the overall bank loans portfolio, hardly Rs 2 lakh crore vis-à-vis Rs 170 lakh crore of overall outstanding,” he added. While banks may need to make a standard 5% provision on deferred loans, the impact on profitability is expected to be negligible. The scheme offers a four-month moratorium on export credit repayments due between August 31 and December 2025, with accrued interest payable by March 31, 2026. Most believe that these measures will  provide a liquidity cushion for exporters grappling with deferred orders and payment delays amid global trade disruptions. “It is simply a deferment of the payment, giving exporters sufficient time to look for an alternate buyer or location,” added another banker. Analysts say the move, along with the Centre’s export credit guarantee scheme, strengthens working-capital support at a time when Tier-2 and Tier-3 exporters are facing the brunt of weakening demand. Industries most affected byUS tariffs, including textiles, clothing, leather, chemicals, plastics and machinery, stand to gain the most. At the same time, segments that are already structurally weak, such as parts of the gems and jewellery space, may not benefit meaningfully, as many players are too financially strained to qualify for relief. Said another PSU banker, “While the Credit Guarantee Fund Trust for Micro and Small Enterprises or CGTMSE-backed working capital scheme is still under finalisation, the RBI’s move is unlikely to affect the rupee or foreign markets significantly.” Meanwhile, the rating agencies expect the measures to soften near-term cash-flow pressures for exporters without causing significant profitability implications for banks. The 5% provisioning requirement may marginally increase credit costs, but the impact is likely to be manageable. Anil Gupta, Senior Vice President &amp; Co Group Head – Financial Sector Ratings, ICRA, noted that monitoring will be key in the coming quarters, given the potential link to asset-quality outcomes. CareEdge Ratings highlights that the relief effectively prevents overdue export receivables from being classified as immediate, particularly for MSME exporters, which are more vulnerable to liquidity shocks than larger corporates. Banks echo this sentiment. Officials at Axis Bank said the measures will help provide near-term liquidity, but emphasised that medium- to long-term outcomes will depend on demand visibility and exporters’ business fundamentals. The bank does not expect any changes in its provisioning strategy or NPA outlook at this stage. Tamilnad Mercantile Bank (TMB) also expects the relief to act as a stabiliser rather than a reason to relax provisioning. “We will continue to maintain prudent coverage and do not expect any material change in our NPA outlook in the immediate term,” said Salee S Nair, MD and CEO. “The RBI’s relief gives exporters breathing room by easing cash-flow pressures and delaying repayment stress, which should help prevent slippages and support banks’ asset quality in the near term,” said Shekhar Bhandari, President-SME, Kotak Mahindra Bank. “But the benefit is temporary — once the moratorium ends, repayment behaviour and global demand will ultimately determine whether these accounts remain healthy,” he added. Anshul Chandak, head treasury, RBL Bank, said, “The RBI’s relief is a front-loaded, pre-emptive safeguard, aimed at shielding exporters and banks from potential stress amid tariff uncertainties. While we haven’t seen any stress in our portfolio yet, this move ensures continuity in export financing and confidence across impacted sectors like textiles, gems, and steel.” Vivek Iyer, Partner and Financial Services Risk Advisory Leader at Grant Thornton Bharat, added that the forbearance framework should support higher export-linked credit, better management of stress in the cost portfolio, and improved profitability over the long term. He also noted that volatility in the dollar is unlikely to impact the rupee meaningfully as the RBI is expected to ensure adequate liquidity to maintain competitiveness.</t>
+          <t>No Content</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>Banking &amp; Finance</t>
+          <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Widening deposit-credit gap needs proactive liquidity management: SBI report</t>
+          <t>Oil Price Today (March 18): Crude oil dips over 1% despite Iran war entering day 19. Here are two reasons why</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>An SBI research report highlights the widening gap between bank credit growth (11.3% as of Oct 31) and lagging deposit growth (9.7%), urging the need for proactive liquidity management.</t>
+          <t>Oil prices dipped Wednesday following a rise in US crude inventories. However, ongoing geopolitical tensions, particularly concerning the Strait of Hormuz, suggest prices may climb. Experts predict Brent crude could reach $120 or even $150 per barrel if the conflict persists.  This could impact global economies and prompt policy intervention.</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2025-11-16T23:30:37+05:30</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance/widening-deposit-credit-gap-needs-proactive-liquidity-management-sbi-report/4046579/</t>
+          <t>https://economictimes.indiatimes.com/markets/commodities/news/oil-price-today-march-18-crude-oil-dips-over-1-despite-iran-war-entering-day-19-here-are-two-reasons-why/articleshow/129645515.cms</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>The green shoots of growth in credit against lagging deposit growth calls for more proactive liquidity management, according to a report fromState Bank of India’sresearch department. The report highlighted the rising gap between credit growth and deposit growth of the banking system.Credit growthwas 11.3% for the fortnight ended October 31, while deposit growth was at 9.7%. The credit growth picked up during the festive season, though it was lagging in the first quarter. The report also noted higher yield on government bond despite 100-bps rate cut. Considering the g-sec supply worth Rs 1 lakh crore each month till February 2026 and larger state bond issuances, yields will move in range, the report said. With the cancellation of auction of seven-year government bonds earlier this month, the RBI clearly indicates that it is not comfortable with higher yields. The report further stated that the RBI has changed its intervention strategy by relying more on the non-deliverable forward (NDF) markets rather than the spot market to manage volatility as it would not impact the liquidity. It said that the RBI’s recent secondary market open market operation (OMO) may be a tactical move to offset the durable liquidity drain caused by its foreign exchange interventions. The SBI report emphasised on the role of communication in effectiveness ofmonetary policy.“The central bank could continue to navigate through the chequered road much successfully if its communication continues to create an unwavering culture of openness, consistency and confidence in sync with its jurisprudence and formidable actions that have ensured Indian markets grow sans volatility.”</t>
+          <t>No Content</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>Banking &amp; Finance</t>
+          <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>ECB a game changer in acquisition financing</t>
+          <t>Gold steady as investors weigh Mideast risks ahead of Fed decision</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>With ECBs now also permitted for refinancing and real estate-linked acquisitions, Indian banks are well-positioned to structure hybrid deals that blend domestic and offshore capital.</t>
+          <t>Gold prices remained stable as global markets assessed the economic fallout from the Middle East conflict. Renewed Iranian attacks and the killing of a senior Iranian official heightened tensions, impacting oil supplies and pushing prices above $100 a barrel. Investors await the U.S.</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2025-11-16T19:04:05+05:30</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance/ecb-a-game-changer-in-acquisition-financing/4046377/</t>
+          <t>https://economictimes.indiatimes.com/markets/commodities/news/gold-steady-as-investors-weigh-mideast-risks-ahead-of-fed-decision/articleshow/129645276.cms</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>TheReserve Bank of India’s (RBI)proposed guidelines to revamp the external commercial borrowings (ECB) framework is likely to become a game changer in acquisition financing, believe bankers and analysts. However, banks added that further relaxation, in terms of an increase inacquisitionfinancing limit from the proposed 10% of their Tier-1 capital to anywhere between 20%-40%, will help in funding bigger deals. “We are urging the RBI to reconsider the 10% cap, proposing a more flexible threshold of up to 40% of the bank’s net worth to accommodate larger transactions,” said a senior banker from a state-run bank. November 30 is the last date to submit suggestions on the proposed guidelines. The proposed liberalisation of ECB guidelines enables the instrument to be used for potential Mergers and Acquisitions (M&amp;As), allowing funding for both listed / unlisted share purchases, not just business transfers, with fewer restrictions. “Raising this limit is not just a matter of competitiveness, it’s a strategic imperative taking into consideration the risk factors associated with this line of credit,” said Pratish Kumar, Partner at JSA. He added that Indian banks, especially those with overseas subsidiaries and IFSC branches, are now empowered under the draft ECB norms to extend rupee or foreign currency-denominated ECBs. “This means they can directly participate in acquisition financing deals without being constrained by jurisdictional compliance hurdles. A higher cap would allow these offshore arms to deploy capital more meaningfully, supporting Indian borrowers in cross-border M&amp;A and private credit transactions,” he added. Agreeing with Kumar, a senior partner from the domestic law firm, said, “The limit of 10% will be applicable for both onshore loans and ECB loans for Indian banks. This makes it more important that the 10% limit can be reconsidered in light of large M&amp;A deals.” However, he highlighted a grey area, stating that it is not clear that the restrictions applicable to Indian banks under the acquisition finance guidelines (like only a listed company can participate, the 10% net worth cap and debt to equity ratio) will also apply to foreign branches of Indian banks. As a matter of practice, foreign branches of Indianbanksgenerally follow all applicable guidelines. In such a case, this will not be a level playing field between Indian banks and foreign banks, with the latter having an edge in funding where the Indian banks may not be able to do.”  He believes that if there is clarity that the restrictions of acquisition guidelines (including the 10% limit) applicable to Indian banks will not apply to ECB loans, then this could make ECB a more attractive option for large deals. If the limit does not apply to Indian banks, ECBs could become the preferred route for high-value acquisitions, especially where exposure limits constrain domestic banks. This regulatory arbitrage could shift deal structuring offshore, even as the RBI aims to deepen domestic financial participation. In this context, the RBI’s proposed cap of 10% of Tier 1 capital for acquisition financing by Indian banks may be too conservative, according to experts. India Inc’s M&amp;A activity in H12025 reached $50.5 billion, according to EY. As per the current prescribed limit, Indian banks will have less than $30 billion (Rs 2.5 lakh crore) available for acquisition financing; therefore, there is demand from banks to increase the limit by 10%. However, Karthik Srinivasan, Group Head Financial Sector Ratings at ICRA, feels, “The current available limit is a good starting point, and we do not see the regulator changing the prescribed limits.” Meanwhile, with ECBs now also permitted for refinancing and real estate-linked acquisitions, Indian banks are well-positioned to structure hybrid deals that blend domestic and offshore capital. Increasing the acquisition finance limit would enable them to support strategic consolidation, distressed asset takeovers, and sponsor-backed buyouts more effectively, areas where private credit and global lenders are already gaining ground. “The ECB reforms are not just a liberalisation; they are a strategic opening. Indian banks are trying to seize this moment by advocating for a higher acquisition finance cap, leveraging their global footprint to remain relevant in India’s evolving credit ecosystem,” said Kumar. As Srinivasan puts it, “While it opens up another channel for domestic banks, ultimately, the competitive edge will lie with those who can offer finer rates.”</t>
+          <t>No Content</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>Banking &amp; Finance</t>
+          <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>‘Gold loan segment has enough space for everyone to grow’, says George Alexander Muthoot</t>
+          <t>Oil prices drop as U.S. crude inventories show an increase</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>MD George Alexander Muthoot tells Narayanan V about the reasons behind the strong demand for gold loans, the lender's ₹35,000-crore fundraising plans, and how competition is shaping the gold loan market. Excerpts:</t>
+          <t>Oil prices saw a slight dip on Wednesday morning.  This followed reports of a rise in U.S. crude inventories.  Meanwhile, Iraq and the Kurdistan Regional Government agreed to resume oil exports.  Libya's National Oil Corporation confirmed production continues despite a fire.  Developments involving Iran and U.S. military actions near the Strait of Hormuz are also noted.</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2025-11-15T14:37:07+05:30</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-gold-loan-segment-has-enough-space-for-everyone-to-grow-says-george-alexander-muthoot-4045369/</t>
+          <t>https://economictimes.indiatimes.com/markets/commodities/news/oil-prices-drop-as-u-s-crude-inventories-show-an-increase/articleshow/129645246.cms</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>Muthoot Financedoubled its annual gold loan growth guidance to 30–35% after a strong second quarter that saw gold loan AUM jump 45% year-on-year to a record ₹1.25 lakh crore.MDGeorge Alexander MuthoottellsNarayanan Vabout the reasons behind the strong demand for gold loans, the lender’s ₹35,000-crore fundraising plans, and how competition is shaping the gold loan market.Excerpts: Our gold loan AUM grew by 38% last year. In the first half of FY26 alone, our gold loan portfolio increased by 21%, or ₹23,657 crore. So the earlier growth estimate of 15% looked awkward. We had also said we would revise our guidance after Q2. Accordingly, we have upgraded our FY26 gold loan growth guidance from 15% to 30–35%. We see good demand for gold loans in both rural and urban markets going forward. Favourable regulatory changes by the RBI for the gold loan sector, higher gold prices, and tighter norms for unsecured credit are expected to support demand. Microfinance entities are still not disbursing loans, and banks are becoming conservative in unsecured personal loans. So overall money availability is an issue across rural and urban markets, and people are now looking at secured avenues to get loans. Banks and NBFCs are focussing big time on gold loans. How do you see the competition intensity? Competition from banks andNBFCshas been there for several years, so there’s nothing new. We try to give the best to the customer, and that’s why we have been able to grow our portfolio side by side. In 2011–12, there was a rush from all NBFCs and non-NBFCs wanting to enter the gold loan segment, but after a year or two most of them lost interest. Even otherwise, the market is very huge. Public and private sector banks together hold about ₹30 lakh crore of gold loans, while all NBFCs together hold only ₹3 lakh crore. People who were earlier reluctant—or maybe shy—to take a gold loan are not like that now. It is not just poor or very poor people accessing loans. Even the well-to-do are taking gold loans now. So, the market is expanding in a big way. There is no need for Muthoot to take a customer from a bank, or for a bank to take a Muthoot customer. Our board of directors has approved incremental fundraising of up to ₹35,000 crore through issuance of non-convertible debentures (NCDs) via private placement in multiple tranches from time to time. We are talking about strong growth in disbursements and loan growth, so working capital is our raw material. We need funding to support the kind of disbursements that we have planned. This is just an enabling permission. As and when we require, we will take it, so we don’t have to go to the board every time. It will probably be exhausted in six months or one year. What is the roadmap for your subsidiary Belstar Microfinance? Belstar has reduced its net loss to ₹32 crore from ₹128 crore in the previous quarter. The MFI loan AUM dropped to ₹7,771 crore from ₹9,625 crore a year earlier due to stress in the segment. But the microfinance sector is showing renewed resilience following the implementation of regulatory guardrails and improved underwriting, which augurs well for future performance. The RBI recently allowed microfinance companies to have a 40% non-microfinance loan portfolio. So, we have added 23 gold loan branches in H1 FY26 to diversify the loan product portfolio. We plan to open 150 branches this year for gold loans exclusively under Belstar. You are infusing another ₹500 crore into Muthoot Money. Muthoot Money was actually started as a vehicle finance company before Covid. We faced a lot of problems financing used cars and commercial vehicles, so we gradually stopped that business. At that time, we had a ₹600-crore portfolio. Since we had already invested capital, we thought about how to recover that back. About two years ago, we started small-ticket gold loans, and that business has now grown rapidly. Muthoot Money already has a ₹6,000-crore portfolio. The business is doing very well, and by the end of this year I think it will reach a ₹9,000-crore business.</t>
+          <t>No Content</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>Banking &amp; Finance</t>
+          <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>RBI resumes bond buy after 6 months, yield softens</t>
+          <t>Crude climbs past $103 again as Iran war disrupts supply</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>The Reserve Bank of India (RBI) net bought Rs 12,470 crore worth of Government Securities (G-Secs) in the week ended November 7</t>
+          <t>Oil prices rose around 3% on Tuesday, ​clawing back some of the previous session's losses on renewed supply fears, with the Strait of Hormuz largely shut and U.S. allies rejecting calls to deploy warships to escort tankers through the key chokepoint.</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2025-11-15T15:00:54+05:30</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance/rbi-resumes-bond-buy-after-6-months-yield-softens/4044907/</t>
+          <t>https://economictimes.indiatimes.com/markets/commodities/news/crude-climbs-past-103-again-as-iran-war-disrupts-supply/articleshow/129627906.cms</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>TheReserve Bank of India (RBI)has resumed purchase of government bonds after a gap of six months, as it infuses liquidity into thebankingsystem via the secondary market, according tocentral bankdata released on Friday. The RBI net bought bonds worth Rs 12,470 crore for the week ended November 7, and was on the bidding side for three of the four sessions for which data were published. The intervention has brought some relief among market participants. Speculation was rife last week that the RBI might have bought bonds, as there was a noticeable rise in purchases from the ‘others’ category. According to data from Clearing Corporation of India, the ‘others’ category, which includes the RBI, net bought Rs 20,547 crore in the previous week. In this week, ‘others’ category purchased bonds worth Rs 13,022 crore. The yield on the 10-year paper ended 6.49% on Friday. Yields have softened following the RBI intervention. Prior to that, concerns over demand were pushing up bond yields, which saw the RBI cancelling auction of a seven-year paper on October 31. “RBI’s recent intervention in the secondary market clearly suggests that the central bank is not comfortable with the current elevated yield levels relative to prevailing monetary conditions. The rejection of one of the securities in the October 31 auction further reinforces the regulator’s discomfort with the yield trajectory. These actions also point to an intent to bolster durable liquidity,” said VRC Reddy, head of treasury, Karur Vysya Bank. “The purchases are on expected lines, as the earlier elevated figures in the ‘others’ category were driven by a single underlying factor,” Reddy said. Market participants expect the RBI to continue such intervention in the third quarter as well, with the demand-supply dynamics still remaining weak. They further expect open market operations (OMOs) worth Rs 1.5-2 lakh crore in the fourth quarter, as the last tranche of cash reserve ratio cut be will come into effect in December. “There appears to be adequate room for the RBI to commence OMO purchases from December. If not then, January seems highly probable. The upcoming MPC meeting will provide greater clarity on the timing and scale of such operations,” said Reddy.</t>
+          <t>No Content</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>Banking &amp; Finance</t>
+          <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>RBI resumes bond purchases after six months, infuses Rs 12,470 crore liquidity into markets</t>
+          <t>Can oil hit $200? How the worst-case scenario could hurt D-Street and Indian economy</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>RBI has restarted bond purchases, buying Rs 124.7 billion worth of securities to boost liquidity. Market participants expect the central bank to continue buying and possibly launch OMO auctions from December.</t>
+          <t>Escalating US-Iran tensions in the Gulf raise fears of a major oil supply disruption, potentially pushing prices to $200 a barrel. India, heavily reliant on oil imports, faces significant economic risks including a widening current account deficit, a weaker rupee, and increased inflation. Markets are already reacting negatively, with stock indices and oil marketing companies experiencing sharp declines.</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2025-11-14T18:29:45+05:30</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-rbi-resumes-bond-purchases-after-six-months-infuses-rs-124-7-billion-liquidity-into-markets-4044473/</t>
+          <t>https://economictimes.indiatimes.com/markets/commodities/news/can-oil-hit-200-why-the-worst-case-scenario-could-hurt-d-street-and-indian-economy/articleshow/129623523.cms</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>TheReserve Bank of Indiaresumed the purchase of governmentbondsafter a six-month gap, as it infused liquidity into the banking system via the secondary market, says a Reuters report. The RBI net bought bonds worth Rs 12,470 crore ($1.41 billion) in the week ending November 7, and was on the bidding side for three of the four sessions for which data was published, Reuters reports, quoting RBI data. The settlement of such screen-based purchases occurs a day after the trade. Market participants had speculated on the RBI’s presence after data showed an investment category that includes the central bank buying a net 205 billion rupees of bonds last week. Concerns over demand were also pushing up bond yields, prompting the RBI to cancel the auction of a seven-year paper on October 31. The 10-year benchmark yield fell 2 basis points to 6.51%. “The purchases are on expected lines, as the earlier elevated figures in the ‘others’ category were driven by a single underlying factor,” said VRC Reddy, treasury head at Karur Vysya Bank. “Such buying is likely to continue, followed by possible Open Market Operation (OMO) auctions from December or January.” The RBI typically sells or buys bonds to adjust banking liquidity and rates to align them with its monetary policy. However, these operations also impact yields. In January, the central bank had bought bonds worth over Rs 388 billion through screen-based operations before embarking on an aggressive cycle of open market purchases. They had net bought bonds worth Rs 4.84 trillion from the end of January to mid-May via OMO auctions. Some traders also speculate that the purchases would be for replacement demand, as the RBI had a hefty stock of 5.15% 2025 bond that matured on November 7. “That is why the numbers have started dropping from the second half of this week as the replacement demand would have been completed,” a senior treasury official said. TheRupeeclosed at 88.7425 per US dollar, down about 0.1% on both the day and week.</t>
+          <t>No Content</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>Banking &amp; Finance</t>
+          <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank considers share split, board to meet on November 21</t>
+          <t>Silver rises Rs 5,000, gold up Rs 1,300 as Middle East war lifts safe haven demand. What should investors do?</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank will evaluate a stock split on November 21. Its shares have a face value of Rs 5, last split in 2010. Record date will be announced later.</t>
+          <t>Gold and silver prices moved up on March 17, 2026, as escalating Middle East tensions boosted safe-haven demand and kept oil prices elevated. Analysts expect continued volatility driven by global cues, including dollar movement and Fed policy. Traders are advised to remain cautious, while long-term investors may consider accumulating on dips.</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2025-11-14T17:38:20+05:30</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-kotak-mahindra-bank-to-consider-share-split-board-to-meet-on-november-21-4044365/</t>
+          <t>https://economictimes.indiatimes.com/markets/commodities/news/gold-silver-prices-today-in-delhi-chennai-mumbai-and-hyderabad-on-17-march-2026-silver-rises-rs-5000-gold-up-rs-1300-as-middle-east-war-lifts-safe-haven-demand/articleshow/129623456.cms</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bankis considering a split of its equity shares. In an exchange filing, thebankstated that the board of directors is meeting on November 21 to consider the proposal. The bank’s equity shares currently have a face value of Rs 5 each. The company had earlier carried out a stock split and issued bonus shares to its shareholders. The bank said the record date for the share split is yet to be determined. Earlier in 2010, Kotak Mahindra Bank carried out a share split, reducing the face value of equity shares from Rs 10 to Rs 5. In 2015, the bank also issued bonus shares in a 1:1 ratio. A share split is a corporate procedure where the company issue new shares to increase the number of shares held by the shareholders. The action does not affect the total value of the shares held by the shareholders. The share split increases the trading liquidity of the stocks, making more shares available and affordable to trade.</t>
+          <t>No Content</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>Banking &amp; Finance</t>
+          <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>Nagaraju urges MFIs to keep interest rates reasonable</t>
+          <t>Oil Price Today (March 17): Crude oil gains 2%, at $103 as Strait of Hormuz tensions linger. Experts weigh in</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Emphasising the critical role of MFIs, Nagaraju highlighted their importance in advancing financial inclusion and women’s empowerment through doorstep credit delivery. He urged the sector to innovate in reaching underserved populations.</t>
+          <t>Crude oil prices surged over 2% as supply concerns intensified with the Strait of Hormuz largely shut. European allies declined U.S. calls to escort tankers, prompting President Trump's criticism. The UAE has halved production due to the disruption, raising fears of shortages and inflation. Experts predict further price hikes if tensions persist.</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2025-11-13T20:39:39+05:30</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-nagaraju-urges-mfis-to-keep-interest-rates-reasonablenbsp-4042329/</t>
+          <t>https://economictimes.indiatimes.com/markets/commodities/news/oil-price-today-march-17-crude-oil-gains-2-at-103-as-strait-of-hormuz-tensions-linger-experts-weigh-in/articleshow/129622121.cms</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Financial Services Secretary M Nagarajuon Thursday called on microfinance institutions (MFIs) to maintain interest rates at reasonable levelsto promote financial inclusion. Speaking at an event organised by Sa-Dhan, theRBI-appointed self-regulatory organisation for MFIs, Nagaraju said: “I have come across some very uncomfortable interest rates charged by some MFIs. It is actually because of inefficiencies in an MFI.” He attributed high or unreasonable interest rates to failures in achieving cost efficiency and productivity, and called on MFIs to prioritise operational improvements that would enable lower borrowing costs for customers. Nagaraju warned that borrowers in acute need often take loans at high interest rates but may struggle to repay them, potentially increasing stressed assets in the system. Emphasising the critical role of MFIs, Nagaraju highlighted their importance in advancing financial inclusion and women’s empowerment through doorstep credit delivery. He urged the sector to innovate in reaching underserved populations.“We still have 30–35 crore youth who need to be brought into financial inclusion. Despite a large number of government schemes, we still have a huge segment of population which is outside financial inclusion. That’s one area MFIs have to focus on,” he said. At the same event,NABARDChairman Shaji KV said that the stress in the MFI sector is easing, though continued vigilance is necessary. Shaji also highlighted NABARD’s efforts to digitise the Self-Help Group (SHG) ecosystem and develop a Grameen Credit Score. “We are running pilots with smaller MFIs serving the extremely poor,” he added. The Union Budget 2025–26 announced the creation of the Grameen Credit Score—an assessment framework to be developed by public-sector banks for evaluating the creditworthiness of SHG members and rural borrowers. Current credit scoring models used by Credit Information Companies (CICs) are generic and do not account for rural-specific factors. A tailored Grameen Credit Score will enable better risk assessment, improve access to formal credit for SHGs, farmers, and marginalised rural communities, and support their economic growth. The government is finalising the framework in consultation with stakeholders.</t>
+          <t>No Content</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>Banking &amp; Finance</t>
+          <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>‘Ambition is to be among top 15 AMCs in India,’ Carl Roothman CEO Sanlam Investment Group</t>
+          <t>Gold steady as investors await central bank decisions, weigh Mideast risks</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>"Our focus is on emerging markets. South Africa, the rest of Africa and India are the three growth areas for us. The 20-year partnership that we have had with Shriram has actually been very successful," he told FE.</t>
+          <t>Gold prices remained stable on Tuesday. Investors are closely watching the economic impact of the Middle East conflict. Several central banks are set to announce their policy decisions this week. Higher oil prices are fueling inflation concerns. This is leading markets to reconsider expectations for interest rate cuts. The US Federal Reserve is expected to hold rates steady.</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2025-11-13T17:20:50+05:30</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/industry-ambition-is-to-be-among-top-15-amcs-in-india-carl-roothman-ceo-sanlam-investment-group-4042049/</t>
+          <t>https://economictimes.indiatimes.com/markets/commodities/news/gold-steady-as-investors-await-central-bank-decisions-weigh-mideast-risks/articleshow/129621969.cms</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>Sanlam Investment Group Chief Executive Carl Roothman sees an opportunity to increase the group’s shareholding in Shriram’s asset and wealth management businesses. India is one of the three key markets for the company, he tells Ananya Grover and Mahesh Nayak in an interview. Excerpts: What are your plans with Shriram? Our focus is on emerging markets.South Africa, the rest of Africa and India are the three growth areas for us. The 20-year partnership that we have had with Shriram has actually been very successful. Today, there is an opportunity with Shriram to increase our shareholding in the asset management and wealth management business. Shriram had ambitions to deepen the penetration of financial services in the asset management and wealth management sides. Our strength is that we understand wealth management and emerging markets very well. We can use the brand and distribution of Shriram and bring our expertise – how we look at portfolio construction, our research capabilities and the investment strengths to make them successful. Our ambition is to be among the top 15-20 asset management companies in India. What is the road map to achieve this ambition? We are number one or two in active management, indexation, wealth management and alternative asset management in South African countries where we operate. Sanlam is number one in insurance. We definitely would want to become one of the major players in India as getting flows becomes easier then. In every country, top 15-20 players account for roughly 60-70% of the market. The initial plan is to get to roughly $3 billion as a first kind of target. We we need to make sure that products make sense. We should also have the right investment team that performs on the ground, so that you can go to distributors and tell them a very good story. I think it will take another six months to stabilise the investment process. Then, hopefully, through that distribution, we’ll start growing. We expect to reach $3 billion within four-five years and then grow from there. We are bringing in experienced executives with proven track records. We have just hired a portfolio manager from BlackRock. What are the global trends you are witnessing in the industry? Globally, three-four distinct trends are being witnessed. The first one is customisation – you don’t just build products anymore, but also solutions for clients, and that’s what we’ve done quite successfully. The second one is that there has been a shift from active to passive andETFsbecause there’s more liquidity. Clients seek transparency. We are also quite strong in that. The third one is to offer alternatives to bring a bit of different correlations to the portfolio. So, we’d also be quite interested to offer our alternative capability, maybe bring a bit of private credit opportunities to the market and blend that with different portfolios. In terms of products, anything you want to replicate in India from your global experience? Roughly about 50% of our $80 billion sits outside of South Africa. Africa is very similar to India in terms of regulations and background. I don’t think we would bring global products to India. What we would rather bring are expertise to build solutions, packaging and pricing of products and the performance. I think that will be a game changer. For clients who want to take money offshore, we do have very good products that are globally well-established with a good track record. How are offshore clients looking at India? We have a global emerging markets fund, with a big allocation to India. A lot of our clients are interested in the Indian economy and we also have an Indian opportunities fund. The world is going to become more regionalised, and India is going to stand out in that environment because it is the fastest-growing economy in the world. There’s going to be a big requirement for clients to invest in India. We would definitely try and build more products globally to facilitate that.</t>
+          <t>No Content</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>Banking &amp; Finance</t>
+          <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>NaBFID raises around Rs 4,000 crore via bonds</t>
+          <t>Oil gains over 2% to $102.69 a barrel as market weighs Iran war supply risks</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>On Wednesday, NaBFID’s 15 year bond was trading at 7.18%. So far in the financial year, NaBFID raised Rs 7,809 crore through bonds maturing in 5 year and 10 year.</t>
+          <t>Oil prices surged over 2% as the Strait of Hormuz faces significant disruption due to the ongoing U.S.-Israeli war on Iran. Allies have rebuffed calls to escort tankers, raising supply shortage concerns. The UAE has already reduced production, and some banks have revised longer-term price forecasts upwards.</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2025-11-12T23:54:03+05:30</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/banking-finance-nabfid-raises-around-rs-4000-crore-via-bondsnbsp-4041277/</t>
+          <t>https://economictimes.indiatimes.com/markets/commodities/news/oil-gains-over-2-to-102-69-a-barrel-as-market-weighs-iran-war-supply-risks/articleshow/129621674.cms</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>National Bank for Financing Infrastructure and Development (NaBFID) on Wednesday raised around Rs 4,000 crore through two bonds, maturing in five years and 15 years. NaBFID planned to raise up to Rs 2,500 crore including a green shoe option of Rs 2,000 crore through a 15-year bond. Of which, it raised around Rs 2,460 crore at a cut-off yield of 7.15%. It raised over Rs 1,600 crore through a 5-year bond and cut-off came at 6.86%. It planned to raise up to Rs 3,000 crore including green shoe option Rs 2,000 crore. Dealers said that cut-off came in better-than-expected for 15 year paper, while cut-off yield was in line with expectation for five year paper. “In the secondary market, 15-year bonds are not that liquid. The level was good for the 15-year bond when secondary market liquidity taken into account,” said a dealer at state-owned bank. On Wednesday, NaBFID’s 15 year bond was trading at 7.18%. So far in the financial year, NaBFID raised Rs 7,809 crore through bonds maturing in 5 year and 10 year.</t>
+          <t>No Content</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>Banking &amp; Finance</t>
+          <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>No title</t>
+          <t>London Metal Exchange electronic trading resumes after nearly 3-hour outage</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>No synopsis available</t>
+          <t>The London Metal Exchange's LME Select platform experienced a nearly three-hour outage on Monday due to a technical issue with its primary electronic matching engine. This disruption halted price updates for key metal contracts, prompting the LME to declare a Disruption Event. Electronic trading resumed at 1730 GMT on a secondary engine.</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
-      <c r="D16" t="inlineStr"/>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/commodities/news/london-metal-exchange-electronic-trading-resumes-after-nearly-3-hour-outage/articleshow/129616485.cms</t>
+        </is>
+      </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>No Content</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>Banking &amp; Finance</t>
+          <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>No title</t>
+          <t>London Metal Exchange says trading halted due to 'issue', working to resolve it</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>No synopsis available</t>
+          <t>The London Metal Exchange said some trading has been halted due to 'an issue' and they are working to resolve the issue as soon as possible.</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
-      <c r="D17" t="inlineStr"/>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/commodities/news/london-metal-exchange-says-trading-halted-due-to-issue-working-to-resolve-it/articleshow/129613811.cms</t>
+        </is>
+      </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>No Content</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>Banking &amp; Finance</t>
-[...791 lines deleted...]
-          <t>Banking &amp; Finance</t>
+          <t>Commodities</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:F21"/>
+  <dimension ref="A1:F8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Title</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Synopsis</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Content</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>No title</t>
+          <t>Bitcoin retreats from six-week high ahead of Fed rate decision</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
-      <c r="D2" t="inlineStr"/>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/cryptocurrency/bitcoin-retreats-from-six-week-high-ahead-of-fed-rate-decision/articleshow/129668442.cms</t>
+        </is>
+      </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>No content available</t>
+          <t>No content</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Cryptocurrency</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Jefferies sees 23% upside for this recent listing — What’s driving the bullish call?</t>
+          <t>Bitcoin trades near $74K supported by short liquidations and derivatives positioning</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Jefferies has kicked off coverage on WeWork India with a bullish call, citing premium positioning, GCC-led demand and room for a 23% upside.</t>
+          <t>No synopsis available</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>November 18, 2025 12:13 IST</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/jefferies-initiates-wework-india-with-buy-rating-premium-flex-workspace-leader-seen-delivering-23-upside-strong-gcc-demand-4048143/</t>
+          <t>https://economictimes.indiatimes.com/markets/cryptocurrency/bitcoin-trades-near-74k-supported-by-short-liquidations-and-derivatives-positioning/articleshow/129649936.cms</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>Another recent listing is in focus. Jefferies has initiated coverage on WeWork India with a Buy rating and a target price of Rs 790. The brokerage said the company’s premium position in the flexible workspace market, strong enterprise client mix and sustained demand from GCCs support a clear multi-year growth cycle. At the current price of Rs 639.80, the target implies nearly 23% upside. According to Jefferies, WeWork India is now the largest flex-workspace operator in the country by revenue, generating nearly 40% more than its closest peer in FY25. The brokerage added that the company’s combination of Grade A locations, mature centres and higher revenue per desk has helped it build one of the strongest margin profiles in the sector. Below is a detailed look at Jefferies’ investment view on WeWork India. Jefferies said WeWork India stands out because of its presence in top micro-markets, access to Grade A buildings and concentration in major demand hubs such as Bengaluru, Mumbai and NCR. As of September 2025, the company had 68 operational centres and 114,077 desks with 7.67 million sq. ft. of leasable area. The brokerage added that WeWork India commands around Rs 20,000 per desk per month, nearly twice that of listed peers, driven by a higher share of enterprise clients. In the June quarter of FY26, 76% of net membership fees came from enterprise customers, while Fortune 500 clients made up 25%. Jefferies said this mix strengthens renewal trends and helps maintain stable occupancy across mature centres. Renewal rate in the quarter stood at 74%, while mature-centre occupancy was more than 80%. According to Jefferies, the flexible workspace sector is expanding at nearly twice the pace of the overall office market. Total flexible stock in Tier-1 cities is forecast to grow to 140 to 144 million sq. ft. by 2027, up from 62 to 64 million sq. ft. in 2023. Demand from GCCs is a key growth driver. Jefferies cited CBRE data showing that GCC leasing rose from 19 million sq. ft. in 2022 to 29 million sq. ft. in 2024, with their share of total office leasing at 36%. Bengaluru remains the largest market, accounting for more than 30% of India’s flex capacity. The brokerage said WeWork India benefits directly from these patterns because its centres are concentrated in clusters where GCCs and large domestic companies are expanding. WeWork India has steadily expanded its footprint from 6 million sq. ft. in FY24 to 7.7 million sq. ft. in FY25, with additional fit-outs underway. Jefferies said the company should be able to add 15,000 to 20,000 new seats annually for the next three years. Occupancy beyond the breakeven threshold flows directly to profitability because most costs are recovered early in a centre’s life. Jefferies highlighted that the company’s revenue-to-rent multiple of 2.7 times in FY25 is above the industry average of 1.9 to 2.5 times. Membership agreements with annual fee escalations of 6% and lock-ins of up to 36 months further improve cash flow visibility. Jefferies expects WeWork India to deliver more than 20% revenue CAGR and nearly 28% EBITDA CAGR between FY25 and FY28. The brokerage projects revenue rising from Rs 1,965.8 crore in FY25 to Rs 3,597.4 crore in FY28. IGAAP EBITDA is estimated to grow from Rs 377.6 crore to nearly Rs 800 crore over the same period. EBITDA margin is expected to improve from 19.2% to above 22% as more centres cross maturity and benefit from operational leverage. Jefferies noted that ARPM has risen at an 8% CAGR since FY23 and should continue to increase due to contract escalations and premium-centre mix. Jefferies on WeWork India: Funding adequate for expansionSeat additions require around Rs 135,000 per desk in capex, translating to approximately Rs 250 to 300 crore annually for the planned expansion. Jefferies said this is fully supported by operating cash flow, which has been above Rs 300 crore for three straight years. After the IPO, net debt stands at Rs 120 crore, which the brokerage said is healthy for a company of this scale. US stocks, including the Dow Jones Industrial Average, S&amp;P 500, and Nasdaq Composite, saw a significant drop on Tuesday due to concerns about high valuations in AI companies and uncertainty about the economy. Nvidia’s upcoming earnings report is highly anticipated as it could impact the market’s direction. A strong report could lift the market, while a miss could deepen the recent slump.</t>
+          <t>No content</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Cryptocurrency</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Premium housing supply surges while mid-income launches slow down: Knight Frank</t>
+          <t>Bitcoin nears $75K as strong technical signals and short liquidations accelerate rally</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>India’s housing market is finally cooling after two years of heat. With mid-income launches slowing and prices stabilising, buyers now hold more negotiating power than developers.</t>
+          <t>No synopsis available</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>November 17, 2025 17:02 IST</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/money/premium-housing-supply-surges-while-mid-income-launches-slow-down-knight-frank-4047361/</t>
+          <t>https://economictimes.indiatimes.com/markets/cryptocurrency/bitcoin-nears-75k-as-strong-technical-signals-and-short-liquidations-accelerate-rally/articleshow/129624799.cms</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>India’s housing market showed its first signs of cooling in two years as the Knight Frank NAREDCO Sentiment Index for Q3 2025 reported that current sentiment had risen to 59 from 56 while future sentiment had held at 61 from 61. The survey noted that builders had concentrated new launches in premium projects and had slowed mid income supply, confirming that the market had shifted into a steadier phase. This change had given ordinary homebuyers more negotiating power after an extended period of sharp price increases. The report also stated that 92% of stakeholders had expected prices to stay stable or rise. This figure had been lower than the 96% recorded a year earlier. The moderation showed that the price surge of 2023 and 2024 had started to ease as buyers resisted higher valuations in non premium categories.  Commercial markets had remained resilient. About 95% of respondents had expected office rents to stay stable or rise and 78% had expected new office supply to remain steady or slightly increase. Strong leasing in Bengaluru, Hyderabad and Pune had helped maintain confidence for urban homebuyers who base purchase decisions on employment visibility and income stability. Regional readings had aligned with this trend. The South had recorded a sentiment score of 62 while the North had improved to 56. These zones tend to influence mid market homebuying because construction progress and job movement are directly felt in these areas. The report noted that 86% of respondents had expected funding and liquidity conditions to stay stable or improve. Predictable borrowing costs had allowed end users to plan mortgages without sudden rate shocks. Developers had also signalled caution. Their future sentiment reading had moved to 59 from 63 while non developer stakeholders had stayed at 61. As a result, developers will focus on projects with strong presales and will avoid speculative expansion. Bhupindra Singh, COO, RISE Infraventures said, “We are seeing the market entering a healthier, more balanced cycle after an intense two-year bull run that pushed prices sharply upward. For the first time in several quarters, end-users are regaining negotiation power as launches moderate and developers streamline portfolios toward focused, premium offerings. Besides, there is a shift from emotionally driven buying to rational, need-based decisions; families taking time to evaluate location, connectivity, and the real cost of ownership. With monetary conditions stable and inflation softening, serious homebuyers finally have a sensible opportunity to enter the market without the pressure of steep quarterly jumps.” Stable rates, easing inflation, moderated mid income launches and softer price expectations together create a practical buying environment. This is not a distressed cycle. It is a measured phase where buyers can evaluate options and negotiate with more confidence. Prices will not climb at the earlier pace and developers will need to work harder to close mid range sales. Premium housing will continue to expand because higher income demand and NRI interest will remain strong. However, this trend will not automatically spill into mid income pricing because the two segments operate under different drivers. “After two years of aggressive price appreciation, we’re finally seeing Delhi-NCR’s luxury market mature into a more measured, value-conscious phase. The frenzy has settled, and buyers are far more discerning, comparing neighbourhoods, amenities, and long-term liveability instead of rushing into decisions. In Gurugram, developers, too, are recalibrating launches to ensure quality, timely delivery, and curated luxury rather than volume for the sake of it. It’s being fueled by genuine high-net-worth end-users who value prime quality, connectivity, and long-term capital growth. With interest rates stable and inflation cooling, this is perhaps the most favourable window in recent quarters for end-users to upgrade thoughtfully. It’s a moment where patience, planning, and real value are rewarded,” said Kapil Bhagat, General Manager, Better Choice Realtors Q3 2025 is the first phase in two years where end users hold real leverage. Developers will continue prioritising premium launches, but mid income supply will stay selective. Buyers will have the time to shortlist projects, negotiate terms and choose builders with stronger delivery records. The report shows a shift from urgency to balance, and that shift gives mid income households a more stable path to purchase. The Supreme Court has accepted a PIL requesting a court-supervised investigation into a Rs 20,000 crore banking and corporate fraud involving Reliance Communications and Anil Ambani. The plea claims that the current probe by CBI and ED is inadequate and does not include the involvement of bank officials, auditors, and regulators.</t>
+          <t>No content</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Cryptocurrency</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Can India’s real estate sector grow to $7-10 trillion by 2047 Colliers–CII lists key growth drivers</t>
+          <t>Bitcoin trades near $73,000, Ethereum around $2,200 as crypto market awaits macro cues</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>India’s real estate is on track for a structural leap from $0.4 trillion today to as much as $10 trillion by 2047, says Colliers–CII, powered by reforms, urbanisation, and a wave of institutional capital.</t>
+          <t>No synopsis available</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>November 11, 2025 18:36 IST</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/industry/can-indias-real-estate-sector-grow-to-7-10-trillion-by-2047-collierscii-lists-key-growth-drivers/4039551/</t>
+          <t>https://economictimes.indiatimes.com/markets/cryptocurrency/bitcoin-trades-near-73000-ethereum-around-2200-as-crypto-market-awaits-macro-cues/articleshow/129602858.cms</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>India’s real estate market could grow  to $7–10 trillion (Rs 580–830 lakh crore) by 2047.from about $0.4 trillion today,  according to a Colliers–CII report released on November 6. The study projects that sustained policy reforms, heavy infrastructure investment and deeper institutional capital will turn the sector into one of India’s largest economic engines through the “Amrit Kaal” period. The report expects real estate’s contribution to GDP to rise  to nearly 20% by 2047 from 7% now, calling the shift “structural, not cyclical.” Colliers and CII outline a base-case projection of $7 trillion (Rs 580 lakh crore) by 2047 and an upper band of $10 trillion (Rs 830 lakh crore) if policy continuity and infrastructure delivery stay on track. Reforms such as RERA, REIT regulations, and PM Gati Shakti have formalised the sector and improved its bankability. “Decades of fragmented growth couldn’t achieve what these structural reforms have,” the report notes, adding that investor confidence is back as transparency improves. Infrastructure is the foundation. India will require over $2.4 trillion (Rs 2,00,000 lakh crore) in urban infrastructure by 2050 to meet housing, logistics and mobility demand. The National Infrastructure Pipeline and Gati Shakti are already opening growth corridors beyond metros. Urbanisation will drive the next wave. The urban population, now about 500 million, is expected to touch 900 million by 2050, spurring massive housing and transport-led demand, the report added. Technology will define the new frontier. Data-centre capacity is likely to jump from less than 1 GW to around 10 GW by 2047 as AI and cloud adoption accelerate building an entirely new asset class, as per the report. Grade A office stock is set to cross 1 billion sq ft by 2030 and double again by 2047. Annual absorption should stabilise near 70–75 million sq ft, led by global capability centres (GCCs) and technology occupiers, as per the report. GCC leasing could hit 60–65 million sq ft annually by 2026–27, forming nearly half of all new demand. “India remains the global nerve centre for cost-efficient, tech-enabled operations,” the report noted. Sustainability is now standard, with most new projects green-certified to meet ESG mandates. Housing remains the backbone. Annual sales could double to about 1 million units by 2047, with affordable and mid-income housing leading. Prices are expected to rise 5–10% annually, aided by stronger balance sheets and income growth, as per the report. Developers have deleveraged post-Covid, and consolidation has tilted market share toward large players. Tier II and III cities Indore, Surat, Coimbatore and Lucknow among them are emerging as demand hubs backed by infrastructure and job creation. Industrial and warehousing stock could exceed 2 billion sq ft by 2047, nearly triple current capacity. Manufacturing growth, 3PL expansion and e-commerce demand are driving large-format leases of over 2 lakh sq ft, now forming half of new deals, as per the report. Colliers called logistics as “India’s new infrastructure backbone,” powered by EV, electronics and renewable manufacturing clusters across western and southern corridors. Organised retail stock is expected to double by 2047, with a third of new supply coming from Tier II and III cities. Malls are shifting toward experience-led formats integrating dining, entertainment and digital features, making them REIT-ready, the report added. Alternative assets data centres, co-living, student housing and senior living will expand fastest. Co-living beds may triple to 3 million; senior-living units could cross 1 million. Data centres, the standout, are on track to reach 10 GW IT load by 2047, as per Colliers. The report also highlighted the role of institutional investment.  Since 2008, investors have deployed about $88 billion (Rs 7,30,000 crore), over half from foreign funds. REITs’ share of market capitalisation could rise from 10% now to 40–50% by 2047. Grade A office REIT penetration may expand from 16% to nearly 70%, with retail and logistics REITs following, the report added. Alternative investment funds (AIFs) have become key financiers. As of June 2025, total AIF commitments stood at Rs 5.72 lakh crore, with Rs 70,900 crore invested in real estate. The government’s Rs 15,000 crore top-up to the SWAMIH fund has already helped revive more than 1.2 lakh stalled homes. The report identified 30 high-potential cities and singles out 17 with multi-segment growth potential including Surat, Visakhapatnam, Indore, Ayodhya and Shirdi. New airports, freight corridors and industrial nodes are making these cities viable alternatives to metros. Flex-space operators, expected to drive 20–25% of leasing, are enabling decentralisation, supported by new expressways and regional infrastructure. Colliers called this “a rebalancing of geography, not just growth at the margins.” Execution delays, land constraints and rising costs remain key challenges. Financing for smaller developers is still patchy. Colliers stresses the need for policy continuity, clarity on fractional ownership and small REITs, and robust data protection for digital assets. Macroeconomic stability and predictable regulation will determine whether India hits the $10 trillion mark or settles closer to $7 trillion. Paras Defence and Space Technologies has been awarded a Rs 35.68 crore contract from the defence ministry to provide portable counter-drone systems. The company’s subsidiary, Paras Anti-Drone Technologies, has also received a Rs 3.95 crore order for radio frequency jammers. These contracts demonstrate the company’s growing expertise and dedication to enhancing India’s defence readiness.</t>
+          <t>No content</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Cryptocurrency</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Home prices in India’s top cities: Which metro is the cheapest to buy property in 2025?</t>
+          <t>Bitcoin nears zone where past bear markets have bottomed out</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>While other metros raced ahead, Ahmedabad’s housing market rose quietly affordable, stable, and powered by genuine buyers. With GIFT City expansion and steady end-user demand, it’s becoming India’s calm yet confident real estate story of 2025.</t>
+          <t>No synopsis available</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>November 6, 2025 12:40 IST</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/money/ahmedabad-housing-market-2025-affordable-hotspot-4034018/</t>
+          <t>https://economictimes.indiatimes.com/markets/cryptocurrency/bitcoin-nears-zone-where-past-bear-markets-have-bottomed-out/articleshow/129570973.cms</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Amid the heat of India’s housing boom, one market has stayed calm, affordable, and quietly promising. According to PropTiger.com’s Real Insight Residential: July–September 2025 report, Ahmedabad continued to be India’s cheapest big-city housing market, with prices averaging Rs 4,820 per sq. ft. in Q3 2025, up 7.9% year-on-year and 1.9% quarter-on-quarter. The report noted that property prices across India’s eight major cities rose between 7% and 19% in the quarter, led by Delhi-NCR, Bengaluru and Hyderabad. But while these metros saw double-digit jumps and rapidly rising ticket sizes, Ahmedabad’s story is different modest appreciation, controlled launches, and resilient demand from genuine homebuyers. The PropTiger.com by Aurum PropTech report attributes the nationwide price gains to “strong end-user demand in the premium segment, elevated input costs, and a limited supply of quality, ready-to-move-in inventory.” Ahmedabad fits that frame but at a measured scale. The city’s prices have risen steadily without the volatility seen in bigger metros. At Rs 4,820 per sq. ft., homes here cost nearly 45% less than Pune, almost half of Bengaluru, and a fraction of MMR’s Rs 13,250 per sq. ft. average. Yet the year-on-year growth of 7.9% suggests healthy absorption, not a market freeze. Developers described Ahmedabad as a buyer-led market driven largely by local demand rather than speculative or investor-driven churn. That’s also visible in its limited price swings. Unlike Hyderabad, which jumped 13% YoY, or Delhi-NCR’s 19% surge, Ahmedabad’s steady growth implies sustainable demand, as per the report. “The price appreciation in NCR is not speculative; it is a reflection of real demand, backed by end-users, strong income visibility and a clear shift towards quality developers and organised supply,” Deepak Kapoor, Director, Gulshan Group, said The report added that “new supply across the top eight cities saw a 0.1% annual decline, with 91,807 units launched. However, new launches registered a 9.1% growth over the previous quarter, signalling cautious optimism among developers.” While MMR accounted for 26.9% of new launches, followed by Pune at 18.7% and Hyderabad at 13.6%, the presence of Ahmedabad in this western cluster is notable. It sits within the same development corridor that continues to attract both institutional and individual investor attention but without the price escalation that has made Mumbai and Pune increasingly unaffordable for mid-segment buyers. Developers are gradually tapping into this advantage. The report noted that new launches are now “strategically aligned with current buyer demand, which is heavily skewed towards the premium and luxury segments.” In Ahmedabad, this shift is visible in smaller proportions limited premium launches, controlled supply, and a measured pipeline of high-quality projects targeting end-users upgrading within the city. Ashok Singh Jaunapuriya, MD and CEO, SS Group, said, “Delhi-NCR’s 19% surge is particularly striking. People are actively seeking out premium living spaces. The drivers are clear: strong end-user demand for better homes, rising construction costs, and significant upgrades to urban infrastructure.” Ahmedabad’s housing affordability remained its biggest draw. A mid-sized apartment here costs almost Rs 48 lakh for 1,000 sq. ft., compared to Rs 89 lakh in Bengaluru or Rs 1.32 crore in MMR, based on average per sq. ft. prices in the PropTiger report. Even after accounting for price inflation, the cost difference between Ahmedabad and other metros has widened. For middle-income families, it continues to be one of the few big cities where homeownership is achievable without high leverage. Developers see this affordability as a foundation for steady growth. The report’s national data showed a 14% rise in the total value of homes sold, even as volumes dipped 1% to 95,547 units. Ahmedabad, though not broken out individually in value terms, benefits from the same premiumization trend homes are getting larger and better-built, even if absolute prices stay low. Long-term investors are beginning to see opportunity in this stability. The absence of speculative spikes has kept the market orderly, while infrastructure projects around the GIFT City, SP Ring Road, and expansion of Ahmedabad Metro continue to enhance livability. The PropTiger report mentioned that the “western and southern markets” are dominating new launches and sales share. Ahmedabad, though smaller than MMR or Pune in scale, is positioned strategically in that same growth corridor. That geographic advantage, coupled with its affordability, makes it a natural beneficiary of both regional and investor spillover. Malayalam horror thriller Dies Irae, released on October 31, has been a hit with its jump scares, visuals, and lead actor Pranav Mohanlal’s performance. Written and directed by Rahul Sadasivan, it has earned Rs 25 crore and is the third biggest opener of 2025. Pranav, son of superstar Mohanlal, is known for his selective roles and has won praise for his performance.</t>
+          <t>No content</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Cryptocurrency</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>India’s housing market shifts: JLL India lists out why developers are betting on premium homes; Mumbai, Bengaluru lead</t>
+          <t>Bitcoin hovers near $71,000 as crypto investors track macro and liquidity signals</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>JLL India’s 2025 report reveals a decisive market shift, premium homes dominate new launches as developers chase margins amid rising costs and steady luxury demand.</t>
+          <t>No synopsis available</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>October 30, 2025 17:50 IST</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/industry/indias-housing-market-shifts-jll-india-lists-out-why-developers-are-betting-on-premium-homes-mumbai-bengaluru-lead/4026751/</t>
+          <t>https://economictimes.indiatimes.com/markets/cryptocurrency/bitcoin-hovers-near-71000-as-crypto-investors-track-macro-and-liquidity-signals/articleshow/129570740.cms</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>Rising construction costs and developers’ shift toward premium housing slowed new housing project launches across India’s major cities in 2025, according to JLL India’s latest residential market report. The report said developer focus on higher-margin premium projects, elevated construction costs, and steady buyer demand pushed up housing prices across all key markets. Between January – September 2025, India’s top seven cities saw 2,25,001 new homes launched, down 1% from the same period in 2024. Developers continued to focus on homes priced above Rs 1 crore, while overall new supply stayed measured amid higher costs and uncertain economic conditions. “While premium housing saw strong demand, developers were cautious with new mid-range and affordable launches… Q3 2025 brought 70,915 new homes to market, totalling 2,25,001 units for the first nine months, down just 1% annually,” said Siva Krishnan, Senior Managing Director (Chennai &amp; Coimbatore), Head – Residential Services, India, JLL. The report added that slower launches helped balance unsold inventory and improve absorption, showing a maturing housing market. Four cities Chennai, Kolkata, Pune and Bengaluru recorded strong growth in new housing supply during January–September 2025. According to JLL data, Launches fell in other large markets Hyderabad (-32%), Delhi NCR (-17%), and Mumbai (-20%).Overall, growth in the southern and eastern cities offset declines elsewhere, keeping the total new supply almost flat compared to last year. Total home sales across India’s top seven cities fell 12% year-on-year to 2,02,756 units in the first nine months of 2025.JLL said the decline came from a mix of factors high property prices, monsoon slowdown, a pre-festive dip in activity, and general economic uncertainty. Despite this, premium homes continued to perform well. Homes priced at Rs 1 crore and above recorded 4% year-on-year growth in sales during the same period. Apartments priced above Rs 1 crore made up about 62% of total sales during January–September 2025, up from 52% in the same period last year. The Rs 1.5 crore–3 crore price band saw the strongest demand, with a 10% increase in sales. Meanwhile, homes priced below Rs 1 crore saw sales drop 30%, lowering their share from 48% to 38%, as per the report. “January–September 2025 showed a shift toward a ‘value-driven’ market with premium housing demand driving overall sales despite a 12% Y-o-Y drop in total units sold,” said Samantak Das, Chief Economist and Head of Research and REIS, India, JLL. Among the top seven cities, Bengaluru, Mumbai and Pune together accounted for more than 60% of total home sales between January and September 2025, as per the report. In the July–September quarter alone, home sales across all cities stood at 67,980 units, down 9% year-on-year. Only Pune (14%) and Chennai (13%) saw growth over the same quarter last year, as per JLL India. Home prices continued to rise across India’s seven big cities in Q3 2025, increasing between 6% and 16% year-on-year, the report added. JLL said this price increase was mainly due to developers’ focus on premium projects, higher building costs, and sustained buyer interest in these segments. According to JLL India, the housing market is moving toward a more balanced stage after two years of strong growth. The report said that while high property prices are creating affordability concerns and slowing overall sales, prices are likely to stay firm because of strong luxury demand, limited supply, and developers’ pricing control. “Home prices will keep rising due to strong luxury demand, low inventory, and developers’ pricing power, even as sales moderate,” the report stated. JLL added that average transaction values are expected to increase as more buyers choose premium homes. It also said that major listed developers are gaining market share due to their brand reputation and delivery record, while some are expanding into mid-income projects to reach a wider range of buyers. Dabur India reports 6.5% profit growth in Q2 FY26, with a net profit of Rs 444.79 crore. The company also saw a 5.3% revenue growth, reaching Rs 3,191 crore. An interim dividend of Rs 2.75 per equity share has been announced, with a total payout of Rs 487.76 crore. Q2 FY25 saw a net profit of Rs 417.52 crore and revenue of Rs</t>
+          <t>No content</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Cryptocurrency</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Bengaluru, Pune power India’s office market revival as rentals yield rise 6%, vacancies shrink: Anarock</t>
+          <t>Bitcoin rebounds toward $72K as US Treasury comments ease oil inflation concerns</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>India’s office real estate is staging a comeback. Anarock’s 2025 data shows Bengaluru and Pune leading a 6% rental surge as GCCs drive fresh demand. Vacancy rates are tightening, signaling the strongest revival since the pandemic.</t>
+          <t>No synopsis available</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>October 29, 2025 10:14 IST</t>
+          <t>No date available</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/money/real-estatebengaluru-pune-office-market-revival-anarock-2025-rent-rise-vacancy-fall-4024240/</t>
+          <t>https://economictimes.indiatimes.com/markets/cryptocurrency/bitcoin-rebounds-toward-72k-as-us-treasury-comments-ease-oil-inflation-concerns/articleshow/129540037.cms</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>India’s office property market quietly staged a solid comeback. After lagging in a few quarters, rentals in the top seven cities have risen 6% year-on-year, according to new data from Anarock Research. The average monthly rent now stood at Rs 90 per sq ft, up from Rs 85 per sq ft last year. Bengaluru led the surge with a 9% jump, while Pune turned out to be the surprise story office absorption there almost doubling in a year. The Anarock report indicated that demand for quality workspace returned. Meanwhile, the southern part of India continued to anchor India’s commercial cycle. India’s office market showed steady, with real improvement. Across the seven main cities, companies took up 42 million sq. ft. of space in the first nine months of 2025, around 34 per cent more than the 31.3 million sq. ft. leased a year earlier, and around 30 per cent higher than in 2019, before the pandemic. Vacancy also improved slightly, falling to 16.2 per cent from 16.7 per cent last year. This came even as developers added more space, 39.21 million sq. ft., up 15 per cent from 34.07 million sq. ft. a year ago. The fact that vacancy reduced despite higher supply shows that demand is steady across cities and sectors. It points to a market that is expanding in a balanced way, rather than one driven by short-term spikes. Bengaluru remains the country’s commercial bellwether.It saw the highest net leasing at 9.95 million sq. ft., up from 8.15 million sq. ft. a year ago. The city’s vacancy fell to 12.2% from 13%, and its new completions rose 20% to 10.41 million sq. ft. Pune has emerged the office space market in focus. Office space take-up in the city almost doubled, rising 97 per cent to 6.2 million sq. ft. from 3.14 million sq. ft. last year. It also saw the biggest jump in new office supply, up 168 per cent to 9.2 million sq. ft. Developers are responding to strong demand from IT firms, banks, and global capability centres that are expanding beyond Bengaluru. Chennai continues to be the most stable market, with the lowest vacancy rate at 8.9 per cent. Its office absorption rose 56 per cent to 4.5 million sq. ft. from 2.88 million sq. ft., driven by steady demand from technology and manufacturing companies. Delhi-NCR recorded 8.2 million sq ft of new office leases, a 24 per cent rise from last year. Mumbai followed with 6.6 million sq ft, up 31 per cent. Both cities continue to attract demand in prime business areas, though older buildings are finding it harder to draw tenants. Hyderabad saw 5.7 million sq. ft. of leasing, up 29 per cent, but still has one of the highest vacancy levels at 26.5 per cent, showing there is more supply than demand in some parts of the city. Kolkata was the only market to fall, with office leasing down 19 per cent to 0.85 million sq ft from 1.05 million sq ft a year ago. The rebound is being driven not just by local companies expanding but also by a strong push from global capability centres. “Multiple factors are driving office space demand in the country despite all headwinds. GCCs are a major driver of office space leasing in the top seven cities,” said Anuj Puri, Chairman, Anarock Group. Out of 58.28 million sq. ft. of total office leasing during the first nine months of 2025, about 23.34 million sq ft, a little over 40 per cent, was taken up by GCCs, the report said. Bengaluru led with 8.3 million sq ft, followed by Pune with 3.73 million sq ft and Chennai with 3.57 million sq ft. These centres, which handle engineering, finance, and technology operations for global companies, are creating a more stable tenant base and longer lease cycles, helping landlords achieve steadier rental income, according to the report. “Several companies are now looking for high-quality Grade A office spaces with better infrastructure and amenities, and green-certified sustainability features,” Puri said in the official statement. Newer projects with modern design, better connectivity, and ESG compliance are commanding rent premiums of around 10–15%, according to market estimates. Bengaluru and Pune together accounted for half of all new completions during the period, while NCR nearly doubled its supply to 6.7 million sq. ft. By contrast, both Hyderabad and MMR saw declines in new office supply down 39% and 41%, respectively as developers held back amid high vacancy or delayed projects. The composition of demand was also seen to be changing. IT and ITeS companies still occupied the largest share of space, 27% of total leasing, but coworking has gained ground up to 23% this year from 21% in 2024. BFSI accounted for 18%. The rise of coworking indicated how occupiers are balancing hybrid work and cost efficiency. Many start-ups and mid-size firms are now choosing flexible spaces over traditional leases. For landlords, this trend means steadier occupancy, even if at slightly lower yields and fewer long vacant periods. The nationwide average vacancy of 16.2% hides wide differences between cities. Chennai, at 8.9%, recorded the tightest market, followed by Pune at 11.85% and Bengaluru at 12.2%. These cities operated close to full capacity in premium office spaces. In contrast, NCR’s vacancy stood at 22% and Hyderabad’s at 26.5%, showing that both still have excess supply in some areas. Mumbai’s overall vacancy is around 14.9%, with newer buildings in BKC and Navi Mumbai performing better than older offices in Andheri and Powai. For tenants, this meant more negotiating power in Delhi and Hyderabad, but tightening options in Bengaluru and Chennai could be a likely reason why the rents there rose faster. Indian PM Narendra Modi skipped the ASEAN summit in Malaysia to avoid meeting US President Donald Trump, amidst strained relations between the two countries. Trump has been trying to take credit for a ceasefire between India and Pakistan, causing tensions between the two nations. Experts suggest that Modi may have also stayed away to avoid an awkward exchange with Trump.</t>
+          <t>No content</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>Real Estate</t>
-[...411 lines deleted...]
-          <t>Real Estate</t>
+          <t>Cryptocurrency</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:D10"/>
+  <dimension ref="A1:F20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Title</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
+          <t>Synopsis</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
           <t>Published Date</t>
         </is>
       </c>
-      <c r="C1" s="1" t="inlineStr">
+      <c r="D1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
-      <c r="D1" s="1" t="inlineStr">
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Content</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Trump opens door to easing some steel and aluminum tariffs</t>
+          <t>Dipan Mehta urges caution despite early signs of market rebound</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>2025-11-19T00:01:07.156Z</t>
+          <t>Markets show a tentative rebound, but sustainability hinges on external factors like oil prices and news flow. Experts caution against definitive bottom calls, emphasizing structural shifts for a sustained uptrend. Sector-specific insights reveal resilience in pharma, long-term potential in auto, and a shift towards cash flow discipline in real estate.</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/economy/article-trump-steel-aluminum-tariffs-open-easing-trade-war/</t>
+          <t>18 Mar, 2026, 11:46 AM IST</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Business</t>
+          <t>https://economictimes.indiatimes.com/markets/expert-view/dipan-mehta-urges-caution-despite-early-signs-of-market-rebound/articleshow/129648796.cms</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>The catcher on the hill: Carney’s budget pads the nest but forces Canada to fly</t>
+          <t>Global Market | China’s economy shows early strength despite global war risks</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>2025-11-18T10:00:00Z</t>
+          <t>China's economy began the year with a steady performance, as factory output accelerated to 6% and consumer spending rebounded to 3% in January-February. This growth, exceeding expectations, offers relief amid structural challenges, though domestic consumption remains fragile, impacting global markets.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/commentary/article-carneys-budget-pads-the-nest-but-forces-canada-to-fly/</t>
+          <t>16 Mar, 2026, 09:56 AM IST</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>Business</t>
+          <t>https://economictimes.indiatimes.com/markets/us-stocks/news/global-market-chinas-economy-shows-early-strength-despite-global-war-risks/articleshow/129600166.cms</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Ivanhoe opens long-planned platinum mine in South Africa</t>
+          <t>After the airstrikes: Will Golden Visa buyers pause or double down on Dubai?</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>2025-11-19T00:38:12.61Z</t>
+          <t>Indian investors continue to explore Dubai's property market for its Golden Visa program. While regional tensions cause a pause in decision-making, interest remains strong. Buyers are now taking more time for due diligence and negotiating better terms. The Golden Visa offers long-term residency and asset diversification, making Dubai a stable economic hub.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-ivanhoe-mines-south-africa-platinum-mine-robert-friedland-cyril/</t>
+          <t>14 Mar, 2026, 05:05 PM IST</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Business</t>
+          <t>https://economictimes.indiatimes.com/nri/invest/after-the-airstrikes-will-golden-visa-buyers-pause-or-double-down-on-dubai/articleshow/129573430.cms</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Activist investor Elliott Management takes large stake in Barrick, supports splitting company</t>
+          <t>5 stocks with consistent score improvement and upside potential of more than 34% in 1 year, according to analysts</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>2025-11-18T18:30:18.304Z</t>
+          <t>A day after Budget 2026, the announcement of the India-US trade deal marked a big change in market sentiment. But things changed again soon enough because of the disruption in the IT sector – and now, the war. With bad news coming from all directions, you need to make a distinction between how this news impacts sentiment and how it impacts the real business of companies. Our selected stocks for today depict a strong upward trajectory in their overall average score which is based on five key pillars: Earnings, fundamentals, relative valuation, risk, and price momentum. This implies that there has been a significant improvement in their market outlook in the given time frame.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-elliott-management-barrick-gold-miner-split-company/</t>
+          <t>13 Mar, 2026, 11:20 PM IST</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>Business</t>
+          <t>https://economictimes.indiatimes.com/markets/stocks/news/5-stocks-with-consistent-score-improvement-and-upside-potential-of-more-than-34-in-1-year-according-to-analysts/articleshow/129562086.cms</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Ontario cancels fast-track immigration program for skilled trades</t>
+          <t>Aurum PropTech sells two commercial towers in Navi Mumbai for Rs 112 crore</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>2025-11-19T01:24:06.744Z</t>
+          <t>Aurum PropTech has announced the sale of two commercial towers in Navi Mumbai for a staggering Rs 112 crore, aligning with their forward-thinking vision of integrating AI technology into the real estate sector. By channeling significant resources into artificial intelligence, the company aims to enhance various aspects of property management, including tenant acquisition and dynamic pricing strategies.</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/canada/article-ontario-cancels-fast-track-immigration-program-for-skilled-trades/</t>
+          <t>12 Mar, 2026, 04:39 PM IST</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>Business</t>
+          <t>https://economictimes.indiatimes.com/industry/services/property-/-cstruction/aurum-proptech-sells-navi-mumbai-commercial-towers-for-rs-112-crore-boosting-ai-investments/articleshow/129504635.cms</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Sweden’s Saab offers to build entire GlobalEye military surveillance plane in Canada</t>
+          <t>Rs 590-cr IDFC First Bank 'fraud': ED searches at 19 locations in Haryana, Chandigarh</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>2025-11-18T15:29:11.247Z</t>
+          <t>IDFC First Bank fraud case: The agency conducted searches in Haryana and Chandigarh against various business entities who helped the accused persons get accommodation entries to conceal the money trail and proceeds of crime, they said.</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-saab-build-globaleye-military-surveillance-plane-in-canada/</t>
+          <t>11 Mar, 2026, 06:43 PM IST</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>Business</t>
+          <t>https://economictimes.indiatimes.com/industry/banking/finance/banking/rs-590-cr-idfc-first-bank-fraud-ed-searches-at-19-locations-in-haryana-chandigarh/articleshow/129463809.cms</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Canada, U.S. and Finland outline plan to build new icebreakers</t>
+          <t>Xiaomi X Pro QLED TV (2026) review: A massive 75-inch screen that makes big TVs more accessible</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>2025-11-18T15:00:35.094Z</t>
+          <t>The Xiaomi X Pro QLED TV (2026) highlights how large televisions are becoming more affordable, with its 75-inch model priced at ₹69,999. It features a 4K QLED panel with Dolby Vision support, Google TV, and Xiaomi’s PatchWall interface, aiming to deliver a cinema-like viewing experience at home. The large display enhances content like sports, movies, and shows, while the 34W speakers are adequate for casual viewing but may not replace a soundbar.</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/politics/article-canada-us-finland-build-icebreakers/</t>
+          <t>11 Mar, 2026, 05:24 PM IST</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>Business</t>
+          <t>https://economictimes.indiatimes.com/magazines/panache/xiaomi-x-pro-qled-tv-2026-review-a-massive-75-inch-screen-that-makes-big-tvs-more-accessible/articleshow/129459572.cms</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Planes leased to Flair were bought with money from fraud scheme, U.S. prosecutors allege</t>
+          <t>PGIM India Mutual Fund restricts subscription in its 3 international funds</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>2025-11-18T21:32:13.58Z</t>
+          <t>PGIM India Mutual Fund is placing temporary restrictions on subscriptions for three international funds. This measure is to prevent exceeding overseas investment limits. Transactions received after March 9, 2026, will not be processed. Existing Systematic Investment Plans will continue. Other transactions like switches and redemptions remain unaffected. This follows previous reopenings and suspensions of subscriptions in these funds.</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-flair-airlines-planes-boeing-fraud-plot-joshua-wander-investor-777/</t>
+          <t>10 Mar, 2026, 04:44 PM IST</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>Business</t>
+          <t>https://economictimes.indiatimes.com/mf/mf-news/pgim-india-mutual-fund-restricts-subscription-in-its-3-international-funds/articleshow/129392006.cms</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Electricity reliability could be strained by rise of AI data centres, report warns</t>
+          <t>Dubai keeps shelves stocked even as war disrupts food shipments</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>2025-11-18T23:49:23.23Z</t>
+          <t>The Middle East war is straining food supply chains in the UAE, which imports about 90% of its food, as disruptions in the Strait of Hormuz delay shipments of items such as rice, meat and coffee. Some cargo is being rerouted by air or road, while retailers like Lulu have started chartering cargo flights to keep supermarket shelves stocked.</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/business/article-ai-data-centres-electricity-reliability-power-grid/</t>
+          <t>10 Mar, 2026, 08:29 AM IST</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Business</t>
-[...238 lines deleted...]
-          <t>Investing</t>
+          <t>https://economictimes.indiatimes.com/nri/latest-updates/dubai-keeps-shelves-stocked-even-as-war-disrupts-food-shipments/articleshow/129369646.cms</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Bitcoin rebounds after falling below $90,000, a 7-month low</t>
+          <t>Who are Alexander brothers, and what is their net worth? Alexander brothers trial explained</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>2025-11-18T10:06:03.26Z</t>
+          <t>Who are Alexander brothers, and what is their net worth? Oren, Tal and Alon Alexander were convicted on sex trafficking and rape conspiracy charges after a trial in New York. Prosecutors said the brothers used drugs, influence and trips to abuse women. Their wealth from luxury real estate deals ranges between $150 million and $200 million.</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/article-bitcoin-drops-below-90000-in-sign-of-souring-mood/</t>
+          <t>10 Mar, 2026, 04:54 AM IST</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>Investing</t>
+          <t>https://economictimes.indiatimes.com/news/international/us/who-are-alexander-brothers-and-what-is-their-net-worth-alexander-brothers-trial-explained-sex-trafficking-case-in-new-york-luxury-real-estate-market-in-the-united-states/articleshow/129361993.cms</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>Insider Report: Chairman invests over $900,000 in this REIT yielding 6%</t>
+          <t>Mega Mumbai homes: Raymond Realty signs Rs 3,000 cr joint venture</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>2025-11-18T10:09:47.033Z</t>
+          <t>In an exciting new chapter for urban development, Raymond Realty has teamed up to launch a promising housing project in Kandivali, Mumbai, with anticipated revenues soaring to Rs 3,000 crore. This collaboration marks the seventh joint development for the company, which has strategically acquired 100 acres of prime land along with seven Joint Development Agreements (JDAs).</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/markets/inside-the-market/article-insider-report-chairman-invests-over-900000-in-this-reit-yielding-6/</t>
+          <t>09 Mar, 2026, 04:20 PM IST</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>Investing</t>
+          <t>https://economictimes.indiatimes.com/industry/services/property-/-cstruction/raymond-realty-partners-for-rs-3000-cr-joint-venture-to-develop-mega-housing-project-in-mumbai/articleshow/129327472.cms</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>How the valuations of TSX utility stocks stack up</t>
+          <t>Jack Dorsey's mass job cuts expose tech's bogus narrative</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>2025-11-18T03:28:09.313Z</t>
+          <t>Block Inc. CEO Jack Dorsey announced significant layoffs, framing them as a move towards artificial intelligence. This strategy mirrors a long-standing Silicon Valley tradition of reinterpreting setbacks as forward-thinking innovation. The company's past decisions, including over-hiring and questionable acquisitions, are now overshadowed by this new narrative. This approach aims to reshape perceptions and influence market perception.</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/investment-ideas/number-cruncher/article-utility-stocks-cruncher-defensive-demand-cash-flows/</t>
+          <t>09 Mar, 2026, 03:23 PM IST</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>Investing</t>
+          <t>https://economictimes.indiatimes.com/jobs/hr-policies-trends/jack-dorseys-mass-job-cuts-expose-techs-bogus-narrative/articleshow/129325216.cms</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>Record reverse splits expose growing divide between small caps and megacaps</t>
+          <t>5 Stocks with consistent score improvement and upside potential of up to 27% in one year, according to analysts</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>2025-11-18T11:09:35.763Z</t>
+          <t>This is a war where even those involved have no idea when it will end – or how. So there is no point in trying to guess its outcome or when the market will recover. In such a scenario, there is only one thing to do: Sit tight and let the situation pan out. Also remember: Howsoever bad the news is, the market will price it in soon enough. Our selected stocks for today depict a strong upward trajectory in their overall average score which is based on five key pillars: Earnings, fundamentals, relative valuation, risk, and price momentum. This implies that there has been a significant improvement in their market outlook in the given time frame.</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/article-record-reverse-splits-expose-growing-divide-between-small-caps-and/</t>
+          <t>09 Mar, 2026, 02:18 PM IST</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>Investing</t>
+          <t>https://economictimes.indiatimes.com/markets/stocks/news/5-stocks-with-consistent-score-improvement-and-upside-potential-of-up-to-27-in-one-year-according-to-analysts/articleshow/129322141.cms</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>Bullish on Saputo Inc.</t>
+          <t>Who was Shakun Group’s Vallabh Maheshwari, killed in a BMW crash on the Delhi–Mumbai Expressway?</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>2025-11-18T20:48:19.708Z</t>
+          <t>Vallabh Maheshwari, managing director of Shakun Group, died in a road accident on the Delhi–Mumbai Expressway while on a religious trip from Jaipur to Mathura. His BMW overturned near milestone 136.8, crashing through barricades and hitting a culvert. The 62-year-old businessman was declared dead at the hospital.</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/investment-ideas/article-bullish-on-saputo-inc/</t>
+          <t>09 Mar, 2026, 12:36 PM IST</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>Investing</t>
+          <t>https://economictimes.indiatimes.com/news/new-updates/who-was-shakun-groups-vallabh-maheshwari-killed-in-a-bmw-crash-on-the-delhimumbai-expressway/articleshow/129317299.cms</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>Nvidia set for $320-billion price swing after earnings, options suggest</t>
+          <t>Asia’s ultra-rich having second thoughts on Dubai as war rages</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>2025-11-18T11:13:52.613Z</t>
+          <t>Asia’s wealthy families are reconsidering their investments and relocation plans in Dubai as the Iran war raises security concerns in the region. Consultants say some clients are delaying moves, exploring ways to cut exposure or preparing contingency plans.</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/article-nvidia-set-for-320-billion-price-swing-after-earnings-options-indicate/</t>
+          <t>09 Mar, 2026, 08:20 AM IST</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>Investing</t>
+          <t>https://economictimes.indiatimes.com/nri/invest/asias-ultra-rich-having-second-thoughts-on-dubai-as-war-rages/articleshow/129304091.cms</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>Beaten-down stocks took this couple’s TFSAs to more than $4-million</t>
+          <t>The Dubai dream just shattered for South Asians</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>2025-11-18T03:35:50.765Z</t>
+          <t>Visuals from the conflict, including a fire near Palm Jumeirah, debris close to the Burj Al Arab and empty highways, have unsettled the long-held perception of Dubai as a city insulated from regional turmoil. Although the physical damage has been limited and many videos circulating online were fake or mislabeled, the images have shaken the belief—especially among South Asians—that Dubai was invulnerable to geopolitics.</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/investment-ideas/article-beaten-down-stocks-took-this-couples-tfsas-to-more-than-4-million/</t>
+          <t>06 Mar, 2026, 08:52 PM IST</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>Investing</t>
+          <t>https://economictimes.indiatimes.com/nri/invest/the-dubai-dream-just-shattered-for-south-asians/articleshow/129143362.cms</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>In two quaint towns on either side of the country, Canadians have found the secrets to longevity</t>
+          <t>Some wealthy Asians look to move Dubai assets closer to home on Iran war fears</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>2025-11-18T18:12:10.465Z</t>
+          <t>Iran war: Iranian missile and drone attacks on Dubai have prompted some wealthy Asians and entrepreneurs to consider shifting assets out of the Gulf, with several exploring transfers from Dubai to financial hubs such as Singapore and Hong Kong, advisers and lawyers told Reuters.</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/personal-finance/retirement/article-in-two-quaint-towns-on-either-side-of-the-country-canadians-have-found/</t>
+          <t>06 Mar, 2026, 08:41 PM IST</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>Investing</t>
+          <t>https://economictimes.indiatimes.com/nri/invest/wealthy-asians-look-to-move-dubai-assets-closer-to-home-on-iran-war-fears/articleshow/129138238.cms</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>It has been a golden age for RESPs. What will follow?</t>
+          <t>Under the war shadow: Dubai resilience keeps it going; we feel very safe here, says Danube chief Rizwan Sajan</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>2025-11-18T21:10:46.798Z</t>
+          <t>Despite ongoing regional tensions, Dubai stands resilient and thriving. Officials assure that safety protocols are robust and effective. While minor incidents like drone activities and explosions have occurred, daily life remains largely unchanged. Local businesses extend their hospitality to tourists, and investors are drawn to Dubai’s distinctive allure.</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/personal-finance/article-it-has-been-a-golden-age-for-resps-what-will-follow/</t>
+          <t>06 Mar, 2026, 06:41 PM IST</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>Investing</t>
+          <t>https://economictimes.indiatimes.com/nri/invest/dubai-real-estate-drone-sighting-explosions-safety-uae-security-travel-investor-confidence-crisis-response-danube/articleshow/129149746.cms</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>Nearly half of Canadian retirees left work force earlier than planned, survey finds</t>
+          <t>Nayanthara buys Rs 31.5 crore luxury duplex in Chennai with husband Vignesh Shivan. Will she be superstar Rajinikanth’s neighbour?</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>2025-11-18T11:01:00Z</t>
+          <t>Actress Nayanthara has reportedly bought a luxury duplex apartment in Chennai's Poes Garden. The property cost Rs 31.5 crore. It spans over 14,000 square feet. Nayanthara holds 90 per cent ownership. Her husband, Vignesh Shivan owns the remaining 10 per cent. The couple also has other real estate investments. Nayanthara's film Toxic is set for a June 4 release.</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>https://www.theglobeandmail.com/investing/personal-finance/article-canadians-early-retirement-survey-planning/</t>
+          <t>06 Mar, 2026, 08:38 AM IST</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>Investing</t>
-[...984 lines deleted...]
-      <c r="D43" t="inlineStr">
+          <t>https://economictimes.indiatimes.com/magazines/panache/nayanthara-buys-rs-31-5-crore-luxury-duplex-in-chennai-with-husband-vignesh-shivan-will-she-be-superstar-rajinikanths-neighbour/articleshow/129128375.cms</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F20" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:F31"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
@@ -5217,999 +3069,991 @@
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Content</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Shoe thrown at CJI: the dangers of fanning polarisation</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>The outrageous attack should serve as a lesson to authorities in acting against elements that try to erode the public standing of institutions</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Oct 06, 2025 09:27 pm</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/shoe-thrown-at-cji-the-dangers-of-fanning-polarisation-101759766262127.html</t>
-[...6 lines deleted...]
-      </c>
+          <t>https://www.hindustantimes.com/analysis/chinas-submarines-vs-japan-s-pla-could-steamroll-tokyo-before-us-shows-up-101765550427961.html</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr"/>
       <c r="F2" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Mithun Manhas consensus candidate for BCCI president</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>In a late-night meeting of BCCI's top brass on Saturday, former cricketers Mithun Manhas and Raghuram Bhatt were picked for office bearers' posts</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/mithun-manhas-consensus-candidate-for-bcci-president-101758402056287.html</t>
-[...6 lines deleted...]
-      </c>
+          <t>https://www.hindustantimes.com/analysis/iranian-fighters-poised-to-flatten-zelensky-s-frontlines-russias-foreign-mercs-ready-101765549932901.html</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr"/>
       <c r="F3" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>The Shifting Ideology Behind Political Violence</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Researchers see a departure from a pattern that held for nearly 50 years. “This era of violent populism will get worse before it gets better.”</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>No published date</t>
+          <t>Oct 06, 2025 09:27 pm</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/the-shifting-ideology-behind-political-violence-101758280803848.html</t>
+          <t>https://www.hindustantimes.com/analysis/shoe-thrown-at-cji-the-dangers-of-fanning-polarisation-101759766262127.html</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>An American flag hangs at Utah Valley University after the killing of Charlie Kirk.For decades, right-wing extremists and jihadists have been responsible for the bulk of America’s deadly political violence and domestic terrorism, from the 1995 Oklahoma City bombing to the 2016 Pulse nightclub shooting, according to researchers. But those tracking such violence say more acts are being committed by those holding either explicitly leftist views, no dominant political views or a mix of fringe ideologies, including the alleged gunman in the fatal shooting of a UnitedHealthcare executive in December and the suspect in the killing of two Israeli diplomats in Washington in May.  Tyler Robinson, the 22-year-old Utah man charged Tuesday with murdering conservative activist Charlie Kirk, had grown political and left-leaning over the past year, “becoming more pro-gay and trans-rights oriented,” his mother, a registered Republican, told authorities, according to Utah County Attorney Jeffrey Gray. Robinson allegedly texted his romantic partner, a male who is transitioning to female, saying he killed Kirk because “the guy spreads too much hate.” “The murder of Charlie Kirk is an American tragedy,” Gray said. The federal government doesn’t comprehensively track data on political violence and domestic terrorism. Various groups and academics do, but differ on the types of data collected and the definitions. They generally find that right-wing and jihadist violence has been more prevalent in the U.S. than left-wing violence in recent decades. But some see an evolving landscape. “Now we have substantial political violence from both the left and the right,” said University of Chicago researcher Robert Pape, a political-science professor who heads the university’s Chicago Project on Security and Threats. Pape said he and staff researched decades of events to document motivations for political violence to come to conclusions. Political violence has waxed and waned in the U.S. since its founding, and the political orientation of those perpetrating such violence—if one exists—has swung back and forth on the left-right spectrum over time as well. Thousands of people marched at a funeral procession for slain civil-rights leader Dr. Martin Luther King Jr. in 1968. The Weathermen claimed credit for a bombing at the Pentagon in 1972. The turbulent 1960s saw the killings of civil-rights workers and assassinations of President John F. Kennedy, Sen. Robert Kennedy, Dr. Martin Luther King Jr. and Malcolm X. In 1972, a man shot presidential candidate George Wallace, crippling him. Pape found that in this volatile period, more acts of political violence were committed by left-wing extremists, although right-wing extremists were violent as well. Then, starting around 1972, right-wing extremists were behind most such acts, until about 2017 or 2018. Today, he said, such violence is increasingly committed by those from both ends of the political spectrum. “This era of violent populism will get worse before it gets better,” Pape told The Wall Street Journal late last week. “We’re headed for more trouble.” As attacks surge, understanding what drives violence against political figures becomes more urgent. Trump survived one assassination attempt in July 2024 and was the target of an apparent second one months later, while authorities said a gunman with lists of prominent abortion-rights supporters killed a Democratic Minnesota lawmaker and her husband in June. The government did fund efforts to look at the trend. Until last week, the Justice Department’s National Institute of Justice had posted a study on domestic terrorism on its website. The report, called “What NIJ Research Tells Us About Domestic Terrorism,” said that since 1990 far-right extremists have committed more ideologically motivated homicides than far-left extremists: more than 520 compared with 78. The study can no longer be found on the government’s website but can be found on an internet archive. It appears to have been taken down after last week’s shooting. The Justice Department declined to comment. In one of the nation’s most comprehensive surveys of political extremism and violence, researchers using data from the National Consortium for the Study of Terrorism and Responses to Terrorism at the University of Maryland, College Park, found that between 1948 and 2018 right-wing extremists and jihadists were about twice as likely to engage in violent behavior when compared with left-wing extremists. The researchers found 560 individuals from the far-right involved in ideologically motivated violence compared with 120 from the far left over that time period. Gary LaFree, a co-author on the study and a University of Maryland criminologist, said left-wing extremists became less violent after the 1970s, when groups such as the Weather Underground were active. Movements like antifa, a loose network of antifascist protesters, have been implicated in widespread property damage, but haven’t been tied to many violent attacks, he said. Mourners held a memorial service for the victims of the Pulse nightclub shooting in Orlando, Fla., in 2016. “The data since 9/11 shows that lethal left-wing violence has been a much smaller problem than right-wing terrorism,” said Peter Bergen, vice president for global studies &amp; fellows at New America, a liberal-leaning think tank. “But it’s been part of the American story before in the 1970s so it can come back.” The day after the Kirk shooting, the libertarian Cato Institute published data showing that politically motivated killings in the U.S. are rare. It stated that from Jan. 1, 1975, to this month, politically motivated terrorist attacks killed 3,599 people in the U.S., with 81 of those deaths occurring after 2020. The institute, which includes international terrorist attacks on America, estimated that 87% were committed by Islamic radicals; 11% were committed by right-wing extremists, and 2% by left-wing extremists. Excluding the Sept. 11, 2001, terrorist attacks, right-wing attacks accounted for 63% of killings and left-wing for 10%. Cato defined right-wing terrorists as those driven by white supremacy, antiabortion views, involuntary celibacy and other ideologies. Left-wing attackers included those motivated by Black nationalism, antipolice sentiment, animal rights, communism and other views. “Politically motivated murder is unacceptable and inherently bad, like all murder, and doubly so because of how socially corrosive it is,” wrote Alex Nowrasteh, the vice president for economic and social policy studies at Cato. He acknowledged that statistical analyses are fragile, and that “the motivated reader can slice and dice these numbers in different ways, count marginal hate crimes as politically motivated terrorist attacks,” or “assign different ideological motivations to the individual attacker.” Utah Gov. Spencer Cox, a Republican, has joined Colorado Democratic Gov. Jared Polis in launching an effort to tone down political rhetoric. “We can return violence with fire and violence; we can return hate with hate,” Cox said last Friday. “And that’s the problem with political violence, is it metastasizes, because we can always point the finger at the other side, and at some point we have to find an off-ramp, or it’s going to get much, much worse.” The caskets of Melissa Hortman, a Minnesota Democratic state representative, and her husband Mark lie in state at the Minnesota Capitol after they were killed in June.Write to Cameron McWhirter at Cameron.McWhirter@wsj.com and Zusha Elinson at zusha.elinson@wsj.com But those tracking such violence say more acts are being committed by those holding either explicitly leftist views, no dominant political views or a mix of fringe ideologies, including the alleged gunman in the fatal shooting of a UnitedHealthcare executive in December and the suspect in the killing of two Israeli diplomats in Washington in May. Tyler Robinson, the 22-year-old Utah man charged Tuesday with murdering conservative activist Charlie Kirk, had grown political and left-leaning over the past year, “becoming more pro-gay and trans-rights oriented,” his mother, a registered Republican, told authorities, according to Utah County Attorney Jeffrey Gray. Robinson allegedly texted his romantic partner, a male who is transitioning to female, saying he killed Kirk because “the guy spreads too much hate.” “The murder of Charlie Kirk is an American tragedy,” Gray said. The federal government doesn’t comprehensively track data on political violence and domestic terrorism. Various groups and academics do, but differ on the types of data collected and the definitions. They generally find that right-wing and jihadist violence has been more prevalent in the U.S. than left-wing violence in recent decades. But some see an evolving landscape. “Now we have substantial political violence from both the left and the right,” said University of Chicago researcher Robert Pape, a political-science professor who heads the university’s Chicago Project on Security and Threats. Pape said he and staff researched decades of events to document motivations for political violence to come to conclusions. Political violence has waxed and waned in the U.S. since its founding, and the political orientation of those perpetrating such violence—if one exists—has swung back and forth on the left-right spectrum over time as well. The turbulent 1960s saw the killings of civil-rights workers and assassinations of President John F. Kennedy, Sen. Robert Kennedy, Dr. Martin Luther King Jr. and Malcolm X. In 1972, a man shot presidential candidate George Wallace, crippling him. Pape found that in this volatile period, more acts of political violence were committed by left-wing extremists, although right-wing extremists were violent as well. Then, starting around 1972, right-wing extremists were behind most such acts, until about 2017 or 2018. Today, he said, such violence is increasingly committed by those from both ends of the political spectrum. “This era of violent populism will get worse before it gets better,” Pape told The Wall Street Journal late last week. “We’re headed for more trouble.” As attacks surge, understanding what drives violence against political figures becomes more urgent. Trump survived one assassination attempt in July 2024 and was the target of an apparent second one months later, while authorities said a gunman with lists of prominent abortion-rights supporters killed a Democratic Minnesota lawmaker and her husband in June. The government did fund efforts to look at the trend. Until last week, the Justice Department’s National Institute of Justice had posted a study on domestic terrorism on its website. The report, called “What NIJ Research Tells Us About Domestic Terrorism,” said that since 1990 far-right extremists have committed more ideologically motivated homicides than far-left extremists: more than 520 compared with 78. The study can no longer be found on the government’s website but can be found on an internet archive. It appears to have been taken down after last week’s shooting. The Justice Department declined to comment. In one of the nation’s most comprehensive surveys of political extremism and violence, researchers using data from the National Consortium for the Study of Terrorism and Responses to Terrorism at the University of Maryland, College Park, found that between 1948 and 2018 right-wing extremists and jihadists were about twice as likely to engage in violent behavior when compared with left-wing extremists. The researchers found 560 individuals from the far-right involved in ideologically motivated violence compared with 120 from the far left over that time period. Gary LaFree, a co-author on the study and a University of Maryland criminologist, said left-wing extremists became less violent after the 1970s, when groups such as the Weather Underground were active. Movements like antifa, a loose network of antifascist protesters, have been implicated in widespread property damage, but haven’t been tied to many violent attacks, he said. “The data since 9/11 shows that lethal left-wing violence has been a much smaller problem than right-wing terrorism,” said Peter Bergen, vice president for global studies &amp; fellows at New America, a liberal-leaning think tank. “But it’s been part of the American story before in the 1970s so it can come back.” The day after the Kirk shooting, the libertarian Cato Institute published data showing that politically motivated killings in the U.S. are rare. It stated that from Jan. 1, 1975, to this month, politically motivated terrorist attacks killed 3,599 people in the U.S., with 81 of those deaths occurring after 2020. The institute, which includes international terrorist attacks on America, estimated that 87% were committed by Islamic radicals; 11% were committed by right-wing extremists, and 2% by left-wing extremists. Excluding the Sept. 11, 2001, terrorist attacks, right-wing attacks accounted for 63% of killings and left-wing for 10%. Cato defined right-wing terrorists as those driven by white supremacy, antiabortion views, involuntary celibacy and other ideologies. Left-wing attackers included those motivated by Black nationalism, antipolice sentiment, animal rights, communism and other views. “Politically motivated murder is unacceptable and inherently bad, like all murder, and doubly so because of how socially corrosive it is,” wrote Alex Nowrasteh, the vice president for economic and social policy studies at Cato. He acknowledged that statistical analyses are fragile, and that “the motivated reader can slice and dice these numbers in different ways, count marginal hate crimes as politically motivated terrorist attacks,” or “assign different ideological motivations to the individual attacker.” Utah Gov. Spencer Cox, a Republican, has joined Colorado Democratic Gov. Jared Polis in launching an effort to tone down political rhetoric. “We can return violence with fire and violence; we can return hate with hate,” Cox said last Friday. “And that’s the problem with political violence, is it metastasizes, because we can always point the finger at the other side, and at some point we have to find an off-ramp, or it’s going to get much, much worse.” Write to Cameron McWhirter at Cameron.McWhirter@wsj.com and Zusha Elinson at zusha.elinson@wsj.com Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>The attempt to hurl a shoe at Chief Justice of India (CJI) BR Gavai in the Supreme Court on Monday morning is an unfortunate but inevitable consequence of continual political attempts to keep the communal pot simmering. The attempt by the lawyer, identified as Rakesh Kishore, and his utterance, “Sanatan ka apman nahi sahenge (We will not tolerate any insult to Sanatan) while he attempted to remove his shoe, lay bare his sympathies and motivation. Though the CJI has decided, for now, not to take any action against the lawyer, who was suspended by the Bar Council of India, detained, and released after questioning, this newspaper believes that an attack on the leader of the Indian judiciary (and that too, a Dalit jurist) should not be left without a probe. The incident is linked to a controversy earlier this year, when a bench of CJI Gavai and justice K Vinod Chandran declined to entertain a plea filed by a man who sought directions to restore a seven-foot beheaded idol of Lord Vishnu at Khajuraho. During the hearing, the CJI had reportedly told the petitioner’s lawyer: “Go and ask the deity itself to do something now,” while declaring that the Archaeological Survey of India had to give permission. Despite his clarification later that he respected all religions, social media has remained vitiated with a profusion of disparaging comments about the CJI and the top court. The outrageous attack is the result of this manufactured controversy and should serve as a lesson to authorities in acting against elements that try to erode the public standing of institutions. It shows that once polarisation is allowed to spread unchecked, it can affect even the most exalted of positions. Only a sincere effort at arresting caste and communal passions can reverse this rot.</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Terms of Trade: Bihar’s story, via a 2025 airport, 1998 murder and a 1954 novel</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>According to the 2019-21 National Family and Health Survey’s district-wise average asset score of households, Purnea was ranked 687th</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/terms-of-trade-bihar-s-story-via-a-2025-airport-1998-murder-and-a-1954-novel-101758259874184.html</t>
+          <t>https://www.hindustantimes.com/analysis/mithun-manhas-consensus-candidate-for-bcci-president-101758402056287.html</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>Earlier this week, Prime Minister Narendra Modi inaugurated an airport in Purnea in the poll-bound state of Bihar. While new airports being opened these days are pretty common, the fact that the latest one is in Purnea makes for an interesting coincidence for a political economy column by a Bihari. That Purnea has finally got an airport – it was being demanded for a long time and even the pro-Congress MP was more than happy to share the stage with the Prime Minister during the function – suggests that the place has a reasonable number of people who can afford to travel by air. Purnea otherwise is one of the poorest districts in all of India.  According to the 2019-21 National Family and Health Survey’s district-wise average asset score of households, Purnea was ranked 687th among India’s 707 districts. Clearly, there are hundreds of districts above Purnea in this ranking which cannot boast of an airport. This in many ways is the larger story of Bihar. A lot of the state’s population now seeks its livelihood from migration. Bulk of these migrants use subsidised rail travel for transport. But there are enough white-collar migrants who can easily afford to buy plane tickets as well. Politics and politicians in the state are often trying to celebrate the latter’s world while competing with each other to woo the former. The latter is a numerically much larger cohort, has very little cause for celebration in their lives, but extremely important for making for breaking political fortunes. To be sure, economics, whether reflected in infrastructure developments of things such as airports or economic palliatives to woo the poor, is not the only weapon in the arsenal of the average politician in Bihar. Caste and religion play as important a role, sometimes in counter-intuitive ways. The Lok Sabha MP from Purnea, for example, is Rajesh Ranjan aka Pappu Yadav, who contested as an independent candidate and defeated the Janata Dal (United) nominee pushing the Rashtriya Janata Dal (RJD)’s non-Yadav candidate to a distant third position. While his wife is a Congress (RJD’s ally) MP from Rajya Sabha, Pappu Yadav’s political assertion in the state often does not go well with the RJD because it seen as a challenge to the RJD’s, especially its first family’s hegemony among the state’s most numerically significant caste group, namely the Yadavs. These tensions are an apt reminder that politics does not necessarily lend itself to sweeping generalisations of conflict between broad interest groups such as the proverbial lower castes and upper castes. What makes the Purnea’s political economy story even more interesting is another twist in the tale going back almost three decades. On 14 June 1998, Ajit Sarkar, the then MLA of Purnea from the Communist Party of India (Marxist) or CPI (M) was murdered in broad daylight in Purnea. Among the main accused in the killing was Pappu Yadav who had lost the Lok Sabha election from Purnea despite being the incumbent MP in 1998 after Ajit Sarkar refused to support him in the elections. Sarkar, had won the Purnea AC for the third time in the 1995 elections and he had defeated Pappu Yadav by a narrow margin of about 3000 votes in that election. Pappu Yadav was convicted by the lower court for the murder and spent eight years in jail before the Patna High Court exonerated him. As a Bengali, Sarkar did not have enough of “caste capital” of his own, often considered critical in Bihar to win elections. The key support-base he enjoyed were the Santhals (Scheduled Tribe) who have lived in Purnea for a long time and constitute the poorest of the poor in the district. Class politics in Purnea survived when it had more or less atrophied in the post-independence churn in most parts of Bihar and north India. It had to be physically exterminated by killing Ajit Sarkar. Of course, things have changed in the last three decades. Communist parties are now in an alliance with the RJD, whose strongmen allegedly (in legal parlance) killed grass root charismatic communist leaders such as Ajit Sarkar from the CPI (M) or Chandrasekhar, a former JNU Students’ Union President from the CPI ML Liberation. Whether class struggle has become muted in Bihar on account of these political alliances or the next generations of both the working class and the relatively privileged migrating out of the state to make a better future for themselves instead of fighting each other in class war is a more difficult question to answer substantively. Anecdotally, the answer seems to weigh in favour of the latter explanation. However, it will be historically short sighted to attribute the muting of class contradictions to developments since the 1990s, which is when resisting the BJP and allying with the RJD became an imperative in the state’s politics. It is here that Phanishwar Nath Renu’s cult classic 1954 novel Maila Aanchal (The Soiled Border), a pioneering work which established the genre of the regional novel in Hindi literature, is a good read to understand what has changed and not changed in Purnea and perhaps all of Bihar in the last century or so. Renu, who was an active participant in the Quit India Movement and the even anti-monarchy struggle in Nepal before taking to writing literature, has given a vivid account of society and politics in a fictitious village Marygunj (named after the dead wife of a British indigo planter) in Purnea district in the period between the Quit India Movement and the immediate aftermath of independence. The village is extremely poor, so much so that even a plebian feast is considered a big luxury by the people. Inequality is widespread. There are diseases like malaria and cholera which kill people and an aversion to modern medicine which makes things worse. Also Read: Terms of Trade: What is a good foreign policy for India? There are entrenched and intersecting fault lines of caste, class and modernity or lack of it in the village. There are emerging tensions, both of class and caste in the Congress party organisation which leads to some of its most committed and radical organisers being ridiculed, side lined, even killed by the next generation which has usurped power after independence. The radical socialist party in the village is led by a Yadav whose claim to leadership is his own physical and his caste group’s numerical strength. This person is betrayed by the revolution and also betrays it at different points in time. The former in the mistreatment, both personal and political, he receives from his party’s leadership and the latter in his colluding with feudal forces in the village to evict Santhals from their land. There are characters in the village who have lost all hope in the future and those who continue to work for a better future even though there are no grand achievements or personal fortunes to be made. There is utmost respect for national leaders even though their local workers are often seen with suspicion and circumspection. The entire village mourns collectively when Gandhiji is killed even though the local Congress leadership is seen as having become corrupt. Maila Aanchal ends without a grand climax or anti-climax. There are things which have turned for better and there are tragedies which strike in the course of such change. There are momentary heroes and do-gooders. Sometimes they turn into villains or falter in their conduct. Also Read: Terms of Trade: Goodbye, Sankarshan Thakur Had there been a Renu around today, he could very well have written a 21st century version of the novel. Some of the protagonists would change for sure, but the dialectics and their contradictions which gave the novel its gripping appeal can still be found in Bihar. Just a couple of months before Purnea came in the news for its airport being inaugurated, it was in the news for five women being killed for allegedly practising witchcraft. Characters in Renu’s novel would never have imagined an airport close to their village, but they were extremely familiar with women being branded and persecuted as witches. Social change does not subscribe to election cycles. It takes its own sweet time. This is what makes rereading a novel from the 1950s absolutely worth it even in 2025 if one wants to understand Bihar’s nuances rather than outrightly celebrate or bemoan the events of the past hundred years. That Purnea has finally got an airport – it was being demanded for a long time and even the pro-Congress MP was more than happy to share the stage with the Prime Minister during the function – suggests that the place has a reasonable number of people who can afford to travel by air. Purnea otherwise is one of the poorest districts in all of India. According to the 2019-21 National Family and Health Survey’s district-wise average asset score of households, Purnea was ranked 687th among India’s 707 districts. Clearly, there are hundreds of districts above Purnea in this ranking which cannot boast of an airport. This in many ways is the larger story of Bihar. A lot of the state’s population now seeks its livelihood from migration. Bulk of these migrants use subsidised rail travel for transport. But there are enough white-collar migrants who can easily afford to buy plane tickets as well. Politics and politicians in the state are often trying to celebrate the latter’s world while competing with each other to woo the former. The latter is a numerically much larger cohort, has very little cause for celebration in their lives, but extremely important for making for breaking political fortunes. To be sure, economics, whether reflected in infrastructure developments of things such as airports or economic palliatives to woo the poor, is not the only weapon in the arsenal of the average politician in Bihar. Caste and religion play as important a role, sometimes in counter-intuitive ways. The Lok Sabha MP from Purnea, for example, is Rajesh Ranjan aka Pappu Yadav, who contested as an independent candidate and defeated the Janata Dal (United) nominee pushing the Rashtriya Janata Dal (RJD)’s non-Yadav candidate to a distant third position. While his wife is a Congress (RJD’s ally) MP from Rajya Sabha, Pappu Yadav’s political assertion in the state often does not go well with the RJD because it seen as a challenge to the RJD’s, especially its first family’s hegemony among the state’s most numerically significant caste group, namely the Yadavs. These tensions are an apt reminder that politics does not necessarily lend itself to sweeping generalisations of conflict between broad interest groups such as the proverbial lower castes and upper castes. What makes the Purnea’s political economy story even more interesting is another twist in the tale going back almost three decades. On 14 June 1998, Ajit Sarkar, the then MLA of Purnea from the Communist Party of India (Marxist) or CPI (M) was murdered in broad daylight in Purnea. Among the main accused in the killing was Pappu Yadav who had lost the Lok Sabha election from Purnea despite being the incumbent MP in 1998 after Ajit Sarkar refused to support him in the elections. Sarkar, had won the Purnea AC for the third time in the 1995 elections and he had defeated Pappu Yadav by a narrow margin of about 3000 votes in that election. Pappu Yadav was convicted by the lower court for the murder and spent eight years in jail before the Patna High Court exonerated him. As a Bengali, Sarkar did not have enough of “caste capital” of his own, often considered critical in Bihar to win elections. The key support-base he enjoyed were the Santhals (Scheduled Tribe) who have lived in Purnea for a long time and constitute the poorest of the poor in the district. Class politics in Purnea survived when it had more or less atrophied in the post-independence churn in most parts of Bihar and north India. It had to be physically exterminated by killing Ajit Sarkar. Of course, things have changed in the last three decades. Communist parties are now in an alliance with the RJD, whose strongmen allegedly (in legal parlance) killed grass root charismatic communist leaders such as Ajit Sarkar from the CPI (M) or Chandrasekhar, a former JNU Students’ Union President from the CPI ML Liberation. Whether class struggle has become muted in Bihar on account of these political alliances or the next generations of both the working class and the relatively privileged migrating out of the state to make a better future for themselves instead of fighting each other in class war is a more difficult question to answer substantively. Anecdotally, the answer seems to weigh in favour of the latter explanation. However, it will be historically short sighted to attribute the muting of class contradictions to developments since the 1990s, which is when resisting the BJP and allying with the RJD became an imperative in the state’s politics. It is here that Phanishwar Nath Renu’s cult classic 1954 novel Maila Aanchal (The Soiled Border), a pioneering work which established the genre of the regional novel in Hindi literature, is a good read to understand what has changed and not changed in Purnea and perhaps all of Bihar in the last century or so. Renu, who was an active participant in the Quit India Movement and the even anti-monarchy struggle in Nepal before taking to writing literature, has given a vivid account of society and politics in a fictitious village Marygunj (named after the dead wife of a British indigo planter) in Purnea district in the period between the Quit India Movement and the immediate aftermath of independence. The village is extremely poor, so much so that even a plebian feast is considered a big luxury by the people. Inequality is widespread. There are diseases like malaria and cholera which kill people and an aversion to modern medicine which makes things worse. Also Read: Terms of Trade: What is a good foreign policy for India? There are entrenched and intersecting fault lines of caste, class and modernity or lack of it in the village. There are emerging tensions, both of class and caste in the Congress party organisation which leads to some of its most committed and radical organisers being ridiculed, side lined, even killed by the next generation which has usurped power after independence. The radical socialist party in the village is led by a Yadav whose claim to leadership is his own physical and his caste group’s numerical strength. This person is betrayed by the revolution and also betrays it at different points in time. The former in the mistreatment, both personal and political, he receives from his party’s leadership and the latter in his colluding with feudal forces in the village to evict Santhals from their land. There are characters in the village who have lost all hope in the future and those who continue to work for a better future even though there are no grand achievements or personal fortunes to be made. There is utmost respect for national leaders even though their local workers are often seen with suspicion and circumspection. The entire village mourns collectively when Gandhiji is killed even though the local Congress leadership is seen as having become corrupt. Maila Aanchal ends without a grand climax or anti-climax. There are things which have turned for better and there are tragedies which strike in the course of such change. There are momentary heroes and do-gooders. Sometimes they turn into villains or falter in their conduct. Also Read: Terms of Trade: Goodbye, Sankarshan Thakur Had there been a Renu around today, he could very well have written a 21st century version of the novel. Some of the protagonists would change for sure, but the dialectics and their contradictions which gave the novel its gripping appeal can still be found in Bihar. Just a couple of months before Purnea came in the news for its airport being inaugurated, it was in the news for five women being killed for allegedly practising witchcraft. Characters in Renu’s novel would never have imagined an airport close to their village, but they were extremely familiar with women being branded and persecuted as witches. Social change does not subscribe to election cycles. It takes its own sweet time. This is what makes rereading a novel from the 1950s absolutely worth it even in 2025 if one wants to understand Bihar’s nuances rather than outrightly celebrate or bemoan the events of the past hundred years. Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>Mumbai: Former Delhi Ranji Trophy captain Mithun Manhas is in line to be become the next president of the Board of Control for Cricket in India (BCCI). In a meeting involving top BCCI officials including past senior functionaries in Delhi on Saturday night, Manhas, who was nominated for the AGM by Jammu and Kashmir Cricket Association, emerged as the consensus candidate for the top post. The only other name in contention was that of former India spin bowler Raghuram Bhatt. But it was decided that there should not be back-to-back presidents from the same zone and same association. Manhas, 45, who played 157 first class matches, is expected to take over from Roger Binny, who came from Karnataka State Cricket Association, the same as Bhatt. Bhatt is likely to get another key post, that of treasurer. Zonal considerations play a vital role in BCCI functioning, especially now that office bearers are decided by consensus. The other consideration being emphasis on having a player president, with most leading national sporting bodies now having a former player in the lead. Sourav Ganguly became the most high profile player president of the BCCI in 2019. Although he will be attending the AGM representing Cricket Association of Bengal, he isn't currently considered close to the core group. Harbhajan Singh will also attend the AGM for the first time. Jaydev Shah, the other former player among those nominated to attend the AGM is likely to get a seat in the Apex Council. Devajit Saikia will continue as Secretary. There have been discussions for Rajeev Shukla to continue as Vice President. And for Arun Dhumal to stay IPL Chairman. After legal consultations on their eligibility, a final call will be taken on Sunday. Nominations have to be filed between September 20-21 and the final list of contesting candidates, all likely to face no competition, will be known on September 23. Rasesh Mandani loves a straight drive. He has been covering cricket, the governance and business side of sport for close to two decades. He writes and video blogs for HT.</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Academic Publishing Has Become a Racket</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Scientists write and review papers without getting paid, and their institutions have to pay for access.</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/academic-publishing-has-become-a-racket-101757904495718.html</t>
+          <t>https://www.hindustantimes.com/analysis/the-shifting-ideology-behind-political-violence-101758280803848.html</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Academic publishing is perhaps the only industry where customers provide the product, perform quality control, then pay to buy back what they created. Scientists write the papers and review them for journals, then their universities pay thousands of dollars in subscription fees for access to the research their faculty produced. It’s a racket so audacious that if you pitched it as a business model, investors would laugh you out of the room. Yet for decades this scheme has siphoned billions from research budgets.  Now the National Institutes of Health is asking whether it should keep paying. The NIH is exploring options ranging from capping publication fees at $2,000 per article to eliminating them. With $47 billion in research funding under its control, NIH holds enough leverage to reshape the academic publishing ecosystem. Publishers Springer Nature and Elsevier and report profit margins of 28% and 38%, respectively. They charge scientists thousands to publish work funded by taxpayers, then charge the taxpayers for access. NIH grants alone hemorrhage $240 million to $280 million annually to these gatekeepers. Nonprofit scientific societies have become addicted to the scheme, defending paywalls that fund their conferences while denying millions of people access to research. The scandal runs deeper than money. Academia has engineered its own absurdity: tens of thousands of journals peddle “peer reviewed” stamps, yet careers live or die by Nature and Science. These prestige journals manufacture scarcity like luxury brands—limiting slots, not predicting impact. Science becomes a lottery where tenure is the prize, truth an afterthought. Scientists aren’t merely victims, they’re accomplices. They desperately feed the machine, trading replication for reputation, discovery for job security. The credential “peer reviewed” matters more than the reviews themselves. Editorial benediction has replaced the scientific method. Papers become “truth” by masthead, not by surviving scrutiny. Which makes academic publishers’ cynicism almost perfect: They monetize a dysfunction they didn’t invent. Their defense—that they ensure quality through peer review—adds insult to injury. Scientists review free; publishers forward emails. For this service, they extract enough from NIH to fund thousands of postdocs. The system is so broken that science often advances faster without it. In 2023, when researchers claimed they had achieved room-temperature superconductivity—a potential revolution in computing and energy—they posted findings on public servers. Within hours, physicists worldwide were testing. Labs from Berkeley to Beijing shared data in real time. What would have taken years under traditional publishing unfolded with radical transparency. The claims were debunked in three weeks, not three years. That’s the difference between science as discovery and science as credentialing. When knowledge flows freely, errors die quickly and breakthroughs spread instantly. Some of us have already made the leap. At Arcadia Science, a biotechnology company, we publish everything immediately, openly. Real peer review happens in public, where any expert can contribute. Our work gets tested, challenged, and built on in real time. The NIH can make this the norm, not the exception. Its inquiry represents the first serious threat to the status quo. But capping fees isn’t enough. The institutes should demand zero tolerance for publication fees on taxpayer-funded research. Alternatives exist: preprint servers, public peer review, data repositories. Redirect the millions from publishers to these systems. Half-measures won’t break this cartel. The NIH should end the shakedown. Science depends on it. Ms. Avasthi is chief science officer of Arcadia Science. It’s a racket so audacious that if you pitched it as a business model, investors would laugh you out of the room. Yet for decades this scheme has siphoned billions from research budgets. Now the National Institutes of Health is asking whether it should keep paying. The NIH is exploring options ranging from capping publication fees at $2,000 per article to eliminating them. With $47 billion in research funding under its control, NIH holds enough leverage to reshape the academic publishing ecosystem. Publishers Springer Nature and Elsevier and report profit margins of 28% and 38%, respectively. They charge scientists thousands to publish work funded by taxpayers, then charge the taxpayers for access. NIH grants alone hemorrhage $240 million to $280 million annually to these gatekeepers. Nonprofit scientific societies have become addicted to the scheme, defending paywalls that fund their conferences while denying millions of people access to research. The scandal runs deeper than money. Academia has engineered its own absurdity: tens of thousands of journals peddle “peer reviewed” stamps, yet careers live or die by Nature and Science. These prestige journals manufacture scarcity like luxury brands—limiting slots, not predicting impact. Science becomes a lottery where tenure is the prize, truth an afterthought. Scientists aren’t merely victims, they’re accomplices. They desperately feed the machine, trading replication for reputation, discovery for job security. The credential “peer reviewed” matters more than the reviews themselves. Editorial benediction has replaced the scientific method. Papers become “truth” by masthead, not by surviving scrutiny. Which makes academic publishers’ cynicism almost perfect: They monetize a dysfunction they didn’t invent. Their defense—that they ensure quality through peer review—adds insult to injury. Scientists review free; publishers forward emails. For this service, they extract enough from NIH to fund thousands of postdocs. The system is so broken that science often advances faster without it. In 2023, when researchers claimed they had achieved room-temperature superconductivity—a potential revolution in computing and energy—they posted findings on public servers. Within hours, physicists worldwide were testing. Labs from Berkeley to Beijing shared data in real time. What would have taken years under traditional publishing unfolded with radical transparency. The claims were debunked in three weeks, not three years. That’s the difference between science as discovery and science as credentialing. When knowledge flows freely, errors die quickly and breakthroughs spread instantly. Some of us have already made the leap. At Arcadia Science, a biotechnology company, we publish everything immediately, openly. Real peer review happens in public, where any expert can contribute. Our work gets tested, challenged, and built on in real time. The NIH can make this the norm, not the exception. Its inquiry represents the first serious threat to the status quo. But capping fees isn’t enough. The institutes should demand zero tolerance for publication fees on taxpayer-funded research. Alternatives exist: preprint servers, public peer review, data repositories. Redirect the millions from publishers to these systems. Half-measures won’t break this cartel. The NIH should end the shakedown. Science depends on it. Ms. Avasthi is chief science officer of Arcadia Science. Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>For decades, right-wing extremists and jihadists have been responsible for the bulk of America’s deadly political violence and domestic terrorism, from the 1995 Oklahoma City bombing to the 2016 Pulse nightclub shooting, according to researchers. But those tracking such violence say more acts are being committed by those holding either explicitly leftist views, no dominant political views or a mix of fringe ideologies, including the alleged gunman in the fatal shooting of a UnitedHealthcare executive in December and the suspect in the killing of two Israeli diplomats in Washington in May. Tyler Robinson, the 22-year-old Utah man charged Tuesday with murdering conservative activist Charlie Kirk, had grown political and left-leaning over the past year, “becoming more pro-gay and trans-rights oriented,” his mother, a registered Republican, told authorities, according to Utah County Attorney Jeffrey Gray. Robinson allegedly texted his romantic partner, a male who is transitioning to female, saying he killed Kirk because “the guy spreads too much hate.” “The murder of Charlie Kirk is an American tragedy,” Gray said. The federal government doesn’t comprehensively track data on political violence and domestic terrorism. Various groups and academics do, but differ on the types of data collected and the definitions. They generally find that right-wing and jihadist violence has been more prevalent in the U.S. than left-wing violence in recent decades. But some see an evolving landscape. “Now we have substantial political violence from both the left and the right,” said University of Chicago researcher Robert Pape, a political-science professor who heads the university’s Chicago Project on Security and Threats. Pape said he and staff researched decades of events to document motivations for political violence to come to conclusions. Political violence has waxed and waned in the U.S. since its founding, and the political orientation of those perpetrating such violence—if one exists—has swung back and forth on the left-right spectrum over time as well. The turbulent 1960s saw the killings of civil-rights workers and assassinations of President John F. Kennedy, Sen. Robert Kennedy, Dr. Martin Luther King Jr. and Malcolm X. In 1972, a man shot presidential candidate George Wallace, crippling him. Pape found that in this volatile period, more acts of political violence were committed by left-wing extremists, although right-wing extremists were violent as well. Then, starting around 1972, right-wing extremists were behind most such acts, until about 2017 or 2018. Today, he said, such violence is increasingly committed by those from both ends of the political spectrum. “This era of violent populism will get worse before it gets better,” Pape told The Wall Street Journal late last week. “We’re headed for more trouble.” As attacks surge, understanding what drives violence against political figures becomes more urgent. Trump survived one assassination attempt in July 2024 and was the target of an apparent second one months later, while authorities said a gunman with lists of prominent abortion-rights supporters killed a Democratic Minnesota lawmaker and her husband in June. The government did fund efforts to look at the trend. Until last week, the Justice Department’s National Institute of Justice had posted a study on domestic terrorism on its website. The report, called “What NIJ Research Tells Us About Domestic Terrorism,” said that since 1990 far-right extremists have committed more ideologically motivated homicides than far-left extremists: more than 520 compared with 78. The study can no longer be found on the government’s website but can be found on an internet archive. It appears to have been taken down after last week’s shooting. The Justice Department declined to comment. In one of the nation’s most comprehensive surveys of political extremism and violence, researchers using data from the National Consortium for the Study of Terrorism and Responses to Terrorism at the University of Maryland, College Park, found that between 1948 and 2018 right-wing extremists and jihadists were about twice as likely to engage in violent behavior when compared with left-wing extremists. The researchers found 560 individuals from the far-right involved in ideologically motivated violence compared with 120 from the far left over that time period. Gary LaFree, a co-author on the study and a University of Maryland criminologist, said left-wing extremists became less violent after the 1970s, when groups such as the Weather Underground were active. Movements like antifa, a loose network of antifascist protesters, have been implicated in widespread property damage, but haven’t been tied to many violent attacks, he said. “The data since 9/11 shows that lethal left-wing violence has been a much smaller problem than right-wing terrorism,” said Peter Bergen, vice president for global studies &amp; fellows at New America, a liberal-leaning think tank. “But it’s been part of the American story before in the 1970s so it can come back.” The day after the Kirk shooting, the libertarian Cato Institute published data showing that politically motivated killings in the U.S. are rare. It stated that from Jan. 1, 1975, to this month, politically motivated terrorist attacks killed 3,599 people in the U.S., with 81 of those deaths occurring after 2020. The institute, which includes international terrorist attacks on America, estimated that 87% were committed by Islamic radicals; 11% were committed by right-wing extremists, and 2% by left-wing extremists. Excluding the Sept. 11, 2001, terrorist attacks, right-wing attacks accounted for 63% of killings and left-wing for 10%. Cato defined right-wing terrorists as those driven by white supremacy, antiabortion views, involuntary celibacy and other ideologies. Left-wing attackers included those motivated by Black nationalism, antipolice sentiment, animal rights, communism and other views. “Politically motivated murder is unacceptable and inherently bad, like all murder, and doubly so because of how socially corrosive it is,” wrote Alex Nowrasteh, the vice president for economic and social policy studies at Cato. He acknowledged that statistical analyses are fragile, and that “the motivated reader can slice and dice these numbers in different ways, count marginal hate crimes as politically motivated terrorist attacks,” or “assign different ideological motivations to the individual attacker.” Utah Gov. Spencer Cox, a Republican, has joined Colorado Democratic Gov. Jared Polis in launching an effort to tone down political rhetoric. “We can return violence with fire and violence; we can return hate with hate,” Cox said last Friday. “And that’s the problem with political violence, is it metastasizes, because we can always point the finger at the other side, and at some point we have to find an off-ramp, or it’s going to get much, much worse.” Write to Cameron McWhirter at Cameron.McWhirter@wsj.com and Zusha Elinson at zusha.elinson@wsj.com</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Signalling health in packaged food space</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>The efficacy of an FOPL regime will depend on two factors: labels that are easy to understand, and awareness creation about the harms of packaged foods</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/signalling-health-in-packaged-food-space-101756738619194.html</t>
+          <t>https://www.hindustantimes.com/analysis/terms-of-trade-bihar-s-story-via-a-2025-airport-1998-murder-and-a-1954-novel-101758259874184.html</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>The Food Safety and Standards Authority of India (FSSAI) will reportedly mandate front of the pack warning labels (FOPL) for packaged foods, prompted by a Supreme Court order earlier this year on transparent warnings. This will make high sugar, salt, and fat content of packaged foods explicit, with their levels displayed prominently. It can prove a significant driver of healthier food choices if it nudges consumers to act on easily digestible nutritional information. The gains for the country — already the diabetes capital of the world and set to see more than a doubling of obesity incidence, from 180 million in 2021 to 449 million by 2050 — are not too hard to imagine. FOPL warnings can be an easy-to-understand guide on the potential harm from packaged food items for consumers. The large pictorial warning regime for cigarette packets, which came into effect in 2016, offers a glimpse of such behavioural change. Compliance by tobacco companies has helped push down smoking in India — according to an analysis by the Global State of Tobacco Harm Reduction, the prevalence of adult daily smoking fell from 8.6% in 2017 to 7.1% in 2022. In the case of foods, feedback from informed consumption (following the warnings) could prompt manufacturers to reformulate products and make them healthier. The efficacy of an FOPL regime will depend on two factors. One, the labelling has to be easy to understand and widely popularised for the average consumer to be aware of what a particular warning label indicates. To that end, the FSSAI must conduct information campaigns prior to rolling out FOPL. Two, to encourage healthier eating choices, there has to be awareness generated about the health effects of harmful foods. Children present the perfect catchment for this, given they are a large consumer segment for packaged foods, and schools can be harnessed to educate them about avoiding unhealthy foods. Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>Earlier this week, Prime Minister Narendra Modi inaugurated an airport in Purnea in the poll-bound state of Bihar. While new airports being opened these days are pretty common, the fact that the latest one is in Purnea makes for an interesting coincidence for a political economy column by a Bihari. That Purnea has finally got an airport – it was being demanded for a long time and even the pro-Congress MP was more than happy to share the stage with the Prime Minister during the function – suggests that the place has a reasonable number of people who can afford to travel by air. Purnea otherwise is one of the poorest districts in all of India. According to the 2019-21 National Family and Health Survey’s district-wise average asset score of households, Purnea was ranked 687th among India’s 707 districts. Clearly, there are hundreds of districts above Purnea in this ranking which cannot boast of an airport. This in many ways is the larger story of Bihar. A lot of the state’s population now seeks its livelihood from migration. Bulk of these migrants use subsidised rail travel for transport. But there are enough white-collar migrants who can easily afford to buy plane tickets as well. Politics and politicians in the state are often trying to celebrate the latter’s world while competing with each other to woo the former. The latter is a numerically much larger cohort, has very little cause for celebration in their lives, but extremely important for making for breaking political fortunes. To be sure, economics, whether reflected in infrastructure developments of things such as airports or economic palliatives to woo the poor, is not the only weapon in the arsenal of the average politician in Bihar. Caste and religion play as important a role, sometimes in counter-intuitive ways. The Lok Sabha MP from Purnea, for example, is Rajesh Ranjan aka Pappu Yadav, who contested as an independent candidate and defeated the Janata Dal (United) nominee pushing the Rashtriya Janata Dal (RJD)’s non-Yadav candidate to a distant third position. While his wife is a Congress (RJD’s ally) MP from Rajya Sabha, Pappu Yadav’s political assertion in the state often does not go well with the RJD because it seen as a challenge to the RJD’s, especially its first family’s hegemony among the state’s most numerically significant caste group, namely the Yadavs. These tensions are an apt reminder that politics does not necessarily lend itself to sweeping generalisations of conflict between broad interest groups such as the proverbial lower castes and upper castes. What makes the Purnea’s political economy story even more interesting is another twist in the tale going back almost three decades. On 14 June 1998, Ajit Sarkar, the then MLA of Purnea from the Communist Party of India (Marxist) or CPI (M) was murdered in broad daylight in Purnea. Among the main accused in the killing was Pappu Yadav who had lost the Lok Sabha election from Purnea despite being the incumbent MP in 1998 after Ajit Sarkar refused to support him in the elections. Sarkar, had won the Purnea AC for the third time in the 1995 elections and he had defeated Pappu Yadav by a narrow margin of about 3000 votes in that election. Pappu Yadav was convicted by the lower court for the murder and spent eight years in jail before the Patna High Court exonerated him. As a Bengali, Sarkar did not have enough of “caste capital” of his own, often considered critical in Bihar to win elections. The key support-base he enjoyed were the Santhals (Scheduled Tribe) who have lived in Purnea for a long time and constitute the poorest of the poor in the district. Class politics in Purnea survived when it had more or less atrophied in the post-independence churn in most parts of Bihar and north India. It had to be physically exterminated by killing Ajit Sarkar. Of course, things have changed in the last three decades. Communist parties are now in an alliance with the RJD, whose strongmen allegedly (in legal parlance) killed grass root charismatic communist leaders such as Ajit Sarkar from the CPI (M) or Chandrasekhar, a former JNU Students’ Union President from the CPI ML Liberation. Whether class struggle has become muted in Bihar on account of these political alliances or the next generations of both the working class and the relatively privileged migrating out of the state to make a better future for themselves instead of fighting each other in class war is a more difficult question to answer substantively. Anecdotally, the answer seems to weigh in favour of the latter explanation. However, it will be historically short sighted to attribute the muting of class contradictions to developments since the 1990s, which is when resisting the BJP and allying with the RJD became an imperative in the state’s politics. It is here that Phanishwar Nath Renu’s cult classic 1954 novel Maila Aanchal (The Soiled Border), a pioneering work which established the genre of the regional novel in Hindi literature, is a good read to understand what has changed and not changed in Purnea and perhaps all of Bihar in the last century or so. Renu, who was an active participant in the Quit India Movement and the even anti-monarchy struggle in Nepal before taking to writing literature, has given a vivid account of society and politics in a fictitious village Marygunj (named after the dead wife of a British indigo planter) in Purnea district in the period between the Quit India Movement and the immediate aftermath of independence. The village is extremely poor, so much so that even a plebian feast is considered a big luxury by the people. Inequality is widespread. There are diseases like malaria and cholera which kill people and an aversion to modern medicine which makes things worse. Also Read: Terms of Trade: What is a good foreign policy for India? There are entrenched and intersecting fault lines of caste, class and modernity or lack of it in the village. There are emerging tensions, both of class and caste in the Congress party organisation which leads to some of its most committed and radical organisers being ridiculed, side lined, even killed by the next generation which has usurped power after independence. The radical socialist party in the village is led by a Yadav whose claim to leadership is his own physical and his caste group’s numerical strength. This person is betrayed by the revolution and also betrays it at different points in time. The former in the mistreatment, both personal and political, he receives from his party’s leadership and the latter in his colluding with feudal forces in the village to evict Santhals from their land. There are characters in the village who have lost all hope in the future and those who continue to work for a better future even though there are no grand achievements or personal fortunes to be made. There is utmost respect for national leaders even though their local workers are often seen with suspicion and circumspection. The entire village mourns collectively when Gandhiji is killed even though the local Congress leadership is seen as having become corrupt. Maila Aanchal ends without a grand climax or anti-climax. There are things which have turned for better and there are tragedies which strike in the course of such change. There are momentary heroes and do-gooders. Sometimes they turn into villains or falter in their conduct. Also Read: Terms of Trade: Goodbye, Sankarshan Thakur Had there been a Renu around today, he could very well have written a 21st century version of the novel. Some of the protagonists would change for sure, but the dialectics and their contradictions which gave the novel its gripping appeal can still be found in Bihar. Just a couple of months before Purnea came in the news for its airport being inaugurated, it was in the news for five women being killed for allegedly practising witchcraft. Characters in Renu’s novel would never have imagined an airport close to their village, but they were extremely familiar with women being branded and persecuted as witches. Social change does not subscribe to election cycles. It takes its own sweet time. This is what makes rereading a novel from the 1950s absolutely worth it even in 2025 if one wants to understand Bihar’s nuances rather than outrightly celebrate or bemoan the events of the past hundred years. Roshan Kishore is the Data and Political Economy Editor at Hindustan Times. His weekly column for HT Premium Terms of Trade appears every Friday.</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Could India have handled President Trump better?</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>The Modi government navigated crises but struggles with US relations, risking India's strategic interests amid rising geopolitical tensions.</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/opinion/could-india-have-handled-president-trump-better-101755357849002.html</t>
+          <t>https://www.hindustantimes.com/analysis/academic-publishing-has-become-a-racket-101757904495718.html</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>The Narendra Modi government converted an economically disastrous idea such as demonetisation into a political win. It dealt with a brutal Covid-19 pandemic that took millions of lives and devastated livelihoods, yet emerged politically unscathed. The Modi government played with fire on land acquisition and farm laws, yet pulled back without getting burnt. And despite its limited success in pulling off a manufacturing revolution to generate jobs on scale, it has remained politically dominant and maintained its multi-class and multi-caste alliance. The Modi government confronted a serious national security crisis with a far more powerful adversary, China, and had to redefine the idea of normalcy for the sake of peace, yet it did not pay a domestic political price. India dealt with a highly polarised West-Russia landscape and a China that was either actively hostile or passively aggressive or absent, yet pulled off a spectacular G20 presidency. It had to secure its interests with diametrically different American administrations with almost opposing priorities, and yet it was able to be friends with the sitting administration while still having enough goodwill with the preceding power constellation. How did a government that has been so adept in dealing with the domestic and international landscape, and overcoming its own missteps and mistakes, fumble in reading the US? How did a government so sharp in reading danger signals not manage friction when there were clear possibilities of trouble with the US from earlier this year, but definitely from May 10 when Donald Trump claimed credit for the ceasefire? How is it that in over 90 days since then, India, with all its equities and power, has failed to shift the conversation or make enough inroads into Trump’s world to find a meeting ground while keeping to its redlines? To be sure, it has been difficult to predict the US president’s next move, but there are countries that have managed to get their (limited) way. Let there be no doubt about the severity of the crisis. India is worse off among all the regional competitors for investment, and in its own immediate neighbourhood in terms of access to the US market. This has implications way beyond trade, for suddenly, the signal to American capital about India is of uncertainty, despite the charms of its huge market and extensive talent pool. This puts under strain India’s broader economic modernisation roadmap that hinges at least partly, if not substantially, on western investment and technology partnerships to boost manufacturing and generate mass employment. India is confronting repeated blows against its core strategic concerns: Trump appears more than willing to make long-term strategic concessions for a deal with China. Pakistan’s comeback to the Washington DC theatre, even if it is only in the short-term as some pundits believe, is arguably on a more broad-based diplomatic, economic and strategic footing than even 2001 when it was driven by the narrow counter terror frame in Afghanistan. And, India is paying a price for US-Russia tensions in ways that it hasn’t for decades. India is also staring at a crisis in the people-to-people relationship, given the challenges in getting student visas, the backlash against H1Bs in Trump’s base and intense spurt in anti-Indian and anti-Hindu racist rhetoric from the White supremacist Right. The biggest crisis, of course, is there are no easy pathways out of it anymore. The more time has passed, the more rhetoric has got meaner, the more demands have escalated and become public, the less political space there is to make compromises. The Indian political and street mood is now, justifiably, furious at how the country has been treated by the US even as everyone realises the importance of that country and the bilateral relationship. There are structural factors at play, for core contradictions on trade openness and relationships with third countries have come to the fore. There are personality-centric issues at play, especially on the American side with a president who revels in sharpening contradictions with his own country’s institutions, the international system, and allies and partners in the quest for political or personal or financial wins. And, there are unanticipated variables and events that have affected the chessboard. But none of this can take away from the fact that the government may have missed out on multiple opportunities to manage Trump. This is particularly striking since the political leadership has usually been alert in responding creatively in difficult situations, managing narratives, engaging with all kinds of interlocutors, unleashing diplomatic charm in the external domain or pre-empting rivals by appropriating political issues in the domestic domain, finding wins-wins when possible and framing compromises as wins when necessary. To be sure, as Pratap Bhanu Mehta has eloquently and wisely argued, the Trumpian project is an imperial project and dignity is essential. But avoiding being in the direct firing line of the imperial project was in national interest and the government’s core diplomatic duty. And, yes, there may have been ways to do it without compromising on India’s historic stance on third-party mediation, or on core interests of small farmers, or on Indian manufacturing potential. And, this was possible because a childishly transparent, vain and corrupt Trump world is always open to a better deal and packaging has always been more central to his politics than substance. To return to the puzzle then, what happened? A detailed empirical account will only emerge once the crisis passes, actors move on from their current roles, and files are declassified. And even a more specific discussion on who got what wrong and when and what could have been done need not detain us here. One school of thought is there was a problem with the personnel chosen to make judgments on the ground and offer advice. Another is that India may have genuinely misread the problem, or been unable to anticipate second or third order consequences of Trumpian rupture. A third suggests that there may have been a problem with the channels selected for execution of goals; India’s adversaries and critics have been constantly in Trump’s ear while India’s perspective has failed to register a mark. It could well be a combination; the problems with personnel, judgment and execution, may have resulted in a problem in decision making. And, to be fair, all of this may have been exacerbated by domestic concerns, not just of the man (and woman) on the street, but the political Opposition. After 11 years, this is the biggest challenge facing Narendra Modi, and he may want to consider a reset. It could start with foreign policy but a full Kamraj-plan style reset across the party and government may not be a bad idea at this time, especially given the ambitious agenda the Prime Minister laid out in his Independence Day speech. This could bring fresh energy and ideas and shatter vested interests to help India prepare for the coming political, economic and strategic storms. For coming they are. Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>Academic publishing is perhaps the only industry where customers provide the product, perform quality control, then pay to buy back what they created. Scientists write the papers and review them for journals, then their universities pay thousands of dollars in subscription fees for access to the research their faculty produced. It’s a racket so audacious that if you pitched it as a business model, investors would laugh you out of the room. Yet for decades this scheme has siphoned billions from research budgets. Now the National Institutes of Health is asking whether it should keep paying. The NIH is exploring options ranging from capping publication fees at $2,000 per article to eliminating them. With $47 billion in research funding under its control, NIH holds enough leverage to reshape the academic publishing ecosystem. Publishers Springer Nature and Elsevier and report profit margins of 28% and 38%, respectively. They charge scientists thousands to publish work funded by taxpayers, then charge the taxpayers for access. NIH grants alone hemorrhage $240 million to $280 million annually to these gatekeepers. Nonprofit scientific societies have become addicted to the scheme, defending paywalls that fund their conferences while denying millions of people access to research. The scandal runs deeper than money. Academia has engineered its own absurdity: tens of thousands of journals peddle “peer reviewed” stamps, yet careers live or die by Nature and Science. These prestige journals manufacture scarcity like luxury brands—limiting slots, not predicting impact. Science becomes a lottery where tenure is the prize, truth an afterthought. Scientists aren’t merely victims, they’re accomplices. They desperately feed the machine, trading replication for reputation, discovery for job security. The credential “peer reviewed” matters more than the reviews themselves. Editorial benediction has replaced the scientific method. Papers become “truth” by masthead, not by surviving scrutiny. Which makes academic publishers’ cynicism almost perfect: They monetize a dysfunction they didn’t invent. Their defense—that they ensure quality through peer review—adds insult to injury. Scientists review free; publishers forward emails. For this service, they extract enough from NIH to fund thousands of postdocs. The system is so broken that science often advances faster without it. In 2023, when researchers claimed they had achieved room-temperature superconductivity—a potential revolution in computing and energy—they posted findings on public servers. Within hours, physicists worldwide were testing. Labs from Berkeley to Beijing shared data in real time. What would have taken years under traditional publishing unfolded with radical transparency. The claims were debunked in three weeks, not three years. That’s the difference between science as discovery and science as credentialing. When knowledge flows freely, errors die quickly and breakthroughs spread instantly. Some of us have already made the leap. At Arcadia Science, a biotechnology company, we publish everything immediately, openly. Real peer review happens in public, where any expert can contribute. Our work gets tested, challenged, and built on in real time. The NIH can make this the norm, not the exception. Its inquiry represents the first serious threat to the status quo. But capping fees isn’t enough. The institutes should demand zero tolerance for publication fees on taxpayer-funded research. Alternatives exist: preprint servers, public peer review, data repositories. Redirect the millions from publishers to these systems. Half-measures won’t break this cartel. The NIH should end the shakedown. Science depends on it. Ms. Avasthi is chief science officer of Arcadia Science.</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Weather Bee: How is monsoon performing this year</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>The monsoon arrival this year was far earlier than in the past. It arrived on the Kerala coast on May 24, eight days before schedule</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/weather-bee-how-is-monsoon-performing-this-year-101749888776023.html</t>
+          <t>https://www.hindustantimes.com/analysis/signalling-health-in-packaged-food-space-101756738619194.html</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>India’s monsoon season, the country’s main rainy season, runs officially from June to September. With data for the first 12 days of the 122-days season now in, how does rain’s performance look like in the 2025 monsoon? The answer to this question has been complicated this year by the early arrival of the monsoon weather system. According to the gridded data of the India Meteorological Department (IMD), the first 12 days of June have been unusually dry. However, this does not mean that the weather system did not bring the usual amount of rain. It just means that the rain expected in the first half of June fell before the usual first day of the monsoon. This makes the early arrival of monsoon this year a mixed bag. Here’s why. In official analysis, rain’s performance during the southwest monsoon season is usually tracked from June 1. This is because June 1 is the usual date when the atmospheric conditions that make the season rainy arrive on the Kerala coast, its first point of contact on mainland India. While monsoon had arrived earlier than this date on 22 occasions in the 54-year period from 1971 to 2024, most of these early arrivals were close to the June 1 date. For example, of the 22 years of early arrivals, the arrival was in the 29-31 Ma period in 12 years. Therefore, an analysis of the monsoon based on June rain would not miss much rain brought by the weather system in these 12 years. However, the monsoon arrival this year was far earlier than in the past. It arrived on the Kerala coast on May 24, eight days before schedule. It had arrived by May 24 or earlier only in five years before 2025. Therefore, an analysis based on June rain alone would miss more than a week’s worth of rain that the monsoon system caused this year. For example, compared to a 1971-2020 average – IMD considers this the Long Period Average (LPA) of rain for tracking its performance currently – of 45.8 mm rain, India has received only 31.6 mm rain in the first 12 days of June, a 31% deficit. This also makes the 2025 monsoon the 32nd driest since 1901. However, this might mislead in one way. From May 24 to May 31, India received 59.24 mm rain, 29% more than the LPA for the first 12 days of June. In other words, if the rain in the last eight days of May had fallen in the first 12 days of June, 2025 monsoon would be ranked the 26th rainiest. India’s monsoon season, the country’s main rainy season, runs officially from June to September. With data for the first 12 days of the 122-days season now in, how does rain’s performance look like in the 2025 monsoon? The answer to this question has been complicated this year by the early arrival of the monsoon weather system. According to the gridded data of the India Meteorological Department (IMD), the first 12 days of June have been unusually dry. However, this does not mean that the weather system did not bring the usual amount of rain. It just means that the rain expected in the first half of June fell before the usual first day of the monsoon. This makes the early arrival of monsoon this year a mixed bag. Here’s why. In official analysis, rain’s performance during the southwest monsoon season is usually tracked from June 1. This is because June 1 is the usual date when the atmospheric conditions that make the season rainy arrive on the Kerala coast, its first point of contact on mainland India. While monsoon had arrived earlier than this date on 22 occasions in the 54-year period from 1971 to 2024, most of these early arrivals were close to the June 1 date. For example, of the 22 years of early arrivals, the arrival was in the 29-31 Ma period in 12 years. Therefore, an analysis of the monsoon based on June rain would not miss much rain brought by the weather system in these 12 years. However, the monsoon arrival this year was far earlier than in the past. It arrived on the Kerala coast on May 24, eight days before schedule. It had arrived by May 24 or earlier only in five years before 2025. Therefore, an analysis based on June rain alone would miss more than a week’s worth of rain that the monsoon system caused this year. For example, compared to a 1971-2020 average – IMD considers this the Long Period Average (LPA) of rain for tracking its performance currently – of 45.8 mm rain, India has received only 31.6 mm rain in the first 12 days of June, a 31% deficit. This also makes the 2025 monsoon the 32nd driest since 1901. However, this might mislead in one way. From May 24 to May 31, India received 59.24 mm rain, 29% more than the LPA for the first 12 days of June. In other words, if the rain in the last eight days of May had fallen in the first 12 days of June, 2025 monsoon would be ranked the 26th rainiest. To be sure, not all of the 59.2 mm rain that fell in the last eight days of May was monsoon rain. The western arm of the monsoon has covered only around half of Maharashtra, Telangana, southern Chhattisgarh and Odisha, and it took two days (although this is disputed) to reach these places from Kerala. Similarly, the monsoon’s eastern arm took five days after May 24 to cover north-eastern states. It has not progressed beyond these places since. This means that the rain in the period between monsoon’s arrival over Kerala and these places was not exactly monsoon rain. Similarly, any rain that the northern half of India received was not exactly monsoon, although it has contributed to the May average for India. So how does one make sense of the rainfall this monsoon season? It may not be wrong to study rain’s performance by the LPA for the period one is looking at, since June is indeed drier than the LPA this year across large parts of the country. Moreover, although the monsoon usually does not arrive by June 13 in northern India, pre-monsoon showers do bring rain in the region. The limited point of the analysis above is that the early arrival of monsoon over Kerala has not also meant a swift progress over northern India. While rain in late May brought relief from summer heat for most of the country, it may not have been beneficial from the perspective of farmers. Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>The Food Safety and Standards Authority of India (FSSAI) will reportedly mandate front of the pack warning labels (FOPL) for packaged foods, prompted by a Supreme Court order earlier this year on transparent warnings. This will make high sugar, salt, and fat content of packaged foods explicit, with their levels displayed prominently. It can prove a significant driver of healthier food choices if it nudges consumers to act on easily digestible nutritional information. The gains for the country — already the diabetes capital of the world and set to see more than a doubling of obesity incidence, from 180 million in 2021 to 449 million by 2050 — are not too hard to imagine. FOPL warnings can be an easy-to-understand guide on the potential harm from packaged food items for consumers. The large pictorial warning regime for cigarette packets, which came into effect in 2016, offers a glimpse of such behavioural change. Compliance by tobacco companies has helped push down smoking in India — according to an analysis by the Global State of Tobacco Harm Reduction, the prevalence of adult daily smoking fell from 8.6% in 2017 to 7.1% in 2022. In the case of foods, feedback from informed consumption (following the warnings) could prompt manufacturers to reformulate products and make them healthier. The efficacy of an FOPL regime will depend on two factors. One, the labelling has to be easy to understand and widely popularised for the average consumer to be aware of what a particular warning label indicates. To that end, the FSSAI must conduct information campaigns prior to rolling out FOPL. Two, to encourage healthier eating choices, there has to be awareness generated about the health effects of harmful foods. Children present the perfect catchment for this, given they are a large consumer segment for packaged foods, and schools can be harnessed to educate them about avoiding unhealthy foods.</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>MP: As baton is passed, Mohan Yadav tries to leave behind Shivraj legacy</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Mohan Yadav was appointed as CM of Madhya Pradesh in December 2023, replacing Shivraj Singh Chouhan, who had been CM for 16 years</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/mp-as-baton-is-passed-mohan-yadav-tries-to-leave-behind-shivraj-legacy-101745749998170.html</t>
+          <t>https://www.hindustantimes.com/opinion/could-india-have-handled-president-trump-better-101755357849002.html</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>In 16 months, Madhya Pradesh chief minister Mohan Yadav has altered or changed at least seven policies framed by former chief minister and now union agriculture minister, Shivraj Singh Chouhan. In the same vein, experts said, he is pushing a new slogan, “Narendra Modi ka Vision, Mohan ka Mission (Prime Minister Narendra Modi’s Vision is chief minister Mohan Yadav’s mission) to “overshadow” Chouhan’s appeal.   Yadav, 60, was appointed as CM on December 13, 2023, replacing 64-year-old Chouhan, who had been the state’s CM for 16 years with an aim to infuse young blood and new ideas into the party and the state government.   Officials said that at least seven decisions made by previous BJP governments led by Chouhan had been changed, adding that policy change is a “dynamic” process as per needs of the time and people. “One should not see it as a policy of a particular person,” the official said.  On Monday, Yadav instructed officers of public asset management department (PAMD) not to auction or lease out government properties and instead trying to make optimum use by government itself. “Selling government assets should not be the option—instead, efficient utilisation for public welfare must be ensured. The comprehensive documentation of all public properties should be carried out so that they may be upgraded and developed as per requirements,” Yadav said.  In 2020, former CM Chouhan had come up with the PAMD to auction public properties which were not functional and had generated ₹650 crore by auctioning 75 properties across the state.  Within two months of coming to power in December, Yadav had cancelled political appointments of 46 people in different corporations, boards and commissions. Chouhan had appointed them in December 2021.  In August 2024, Yadav said the bulldozer action was not part of their tradition, and he does not believe in it. His predecessor Chouhan had announced bulldozer action on mafia claiming to free 210,000 acres of government land between March 2020 to November 2023.  The state government is coming up with an amendment to the Urban Development policy to punish illegal colonisers and not to regularise illegal colonies developed since 2016. Chouhan in May 2023 had announced that all such colonies developed till December 2022 will be regularised.  In November 2024, Yadav announced the removal of the Bus Rapid Transport System (BRTS) corridor from Bhopal constructed in 2009 by Chouhan to ease movement of buses. In Mach 2025, Yadav stopped auction of MP Road Development Corporation properties, a policy decision initiated by Chouhan in 2020.  On April 1, Yadav renamed hi-tech government schools from CM Rise to Maharishi Sandipani Ashram, said to have been the teacher of the deity Krishna. “CM Rise Schools - what a concept it is but its name rattled us. Britishers had gone but mentality is painful. (I) don’t know why (this name was chosen). I am changing the name to Maharishi Sandipani who imparted education to Lord Krishna in Ujjain,” he said.  The Yadav-led government has also made changes in many schemes such as Mukhymantri Kanya Vivah Scheme where mass marriages are organised and the brides get ₹51,000 cash and important household items. Earlier, 100 to 1,000 couples used to get married at a function. On April 22, the government said minimum 11 and maximum 200 couples will get married in one function. The state government has also stopped new registration of women under Ladli Behna Scheme introduced by Chouhan two years before the elections, earning rich political dividend.  Political analyst Dinesh Gupta said Yadav was taking decisions to build his image of being people-friendly and good administrator to overshadow the adoration among public for the former CM Chouhan.  “Former chief minister Shivraj Singh Chouhan was popular among women voters as he declared himself their brother. Now, Yadav is changing policies to emerge as a leader of people. He has mostly tweaked policies which were being questioned. Yadav is trying to bring BJP out of Chouhan’s overshadow,” he said.  Political analyst Girija Shankar said superficially, it could be seen as a contradiction between two BJP leaders, but it is all about different perspectives. “Yadav is trying to present his idea of decision making and making some corrections,” he said.  BJP state president VD Sharma said, “BJP is a discipline party and has a clear ideology. No leader can take any decision individually. Now, a new leadership is taking over in MP and are taking decisions that will take MP forward and help India in becoming world leader.”  Congress spokesperson KK Mishra said, “It’s not Mohan Yadav but senior leadership of BJP is trying to overshadow the image of former CM Chouhan, an announcement machine. It was clear that Chouan was trying to create his image of being larger than a party and that’s why Mohan Yadav was chosen as a new CM as he would be more amenable to the central leadership.” In the same vein, experts said, he is pushing a new slogan, “Narendra Modi ka Vision, Mohan ka Mission (Prime Minister Narendra Modi’s Vision is chief minister Mohan Yadav’s mission) to “overshadow” Chouhan’s appeal. Yadav, 60, was appointed as CM on December 13, 2023, replacing 64-year-old Chouhan, who had been the state’s CM for 16 years with an aim to infuse young blood and new ideas into the party and the state government.   Officials said that at least seven decisions made by previous BJP governments led by Chouhan had been changed, adding that policy change is a “dynamic” process as per needs of the time and people. “One should not see it as a policy of a particular person,” the official said.  On Monday, Yadav instructed officers of public asset management department (PAMD) not to auction or lease out government properties and instead trying to make optimum use by government itself. “Selling government assets should not be the option—instead, efficient utilisation for public welfare must be ensured. The comprehensive documentation of all public properties should be carried out so that they may be upgraded and developed as per requirements,” Yadav said.  In 2020, former CM Chouhan had come up with the PAMD to auction public properties which were not functional and had generated ₹650 crore by auctioning 75 properties across the state.  Within two months of coming to power in December, Yadav had cancelled political appointments of 46 people in different corporations, boards and commissions. Chouhan had appointed them in December 2021.  In August 2024, Yadav said the bulldozer action was not part of their tradition, and he does not believe in it. His predecessor Chouhan had announced bulldozer action on mafia claiming to free 210,000 acres of government land between March 2020 to November 2023.  The state government is coming up with an amendment to the Urban Development policy to punish illegal colonisers and not to regularise illegal colonies developed since 2016. Chouhan in May 2023 had announced that all such colonies developed till December 2022 will be regularised.  In November 2024, Yadav announced the removal of the Bus Rapid Transport System (BRTS) corridor from Bhopal constructed in 2009 by Chouhan to ease movement of buses. In Mach 2025, Yadav stopped auction of MP Road Development Corporation properties, a policy decision initiated by Chouhan in 2020.  On April 1, Yadav renamed hi-tech government schools from CM Rise to Maharishi Sandipani Ashram, said to have been the teacher of the deity Krishna. “CM Rise Schools - what a concept it is but its name rattled us. Britishers had gone but mentality is painful. (I) don’t know why (this name was chosen). I am changing the name to Maharishi Sandipani who imparted education to Lord Krishna in Ujjain,” he said.  The Yadav-led government has also made changes in many schemes such as Mukhymantri Kanya Vivah Scheme where mass marriages are organised and the brides get ₹51,000 cash and important household items. Earlier, 100 to 1,000 couples used to get married at a function. On April 22, the government said minimum 11 and maximum 200 couples will get married in one function. The state government has also stopped new registration of women under Ladli Behna Scheme introduced by Chouhan two years before the elections, earning rich political dividend.  Political analyst Dinesh Gupta said Yadav was taking decisions to build his image of being people-friendly and good administrator to overshadow the adoration among public for the former CM Chouhan.  “Former chief minister Shivraj Singh Chouhan was popular among women voters as he declared himself their brother. Now, Yadav is changing policies to emerge as a leader of people. He has mostly tweaked policies which were being questioned. Yadav is trying to bring BJP out of Chouhan’s overshadow,” he said.  Political analyst Girija Shankar said superficially, it could be seen as a contradiction between two BJP leaders, but it is all about different perspectives. “Yadav is trying to present his idea of decision making and making some corrections,” he said.  BJP state president VD Sharma said, “BJP is a discipline party and has a clear ideology. No leader can take any decision individually. Now, a new leadership is taking over in MP and are taking decisions that will take MP forward and help India in becoming world leader.”  Congress spokesperson KK Mishra said, “It’s not Mohan Yadav but senior leadership of BJP is trying to overshadow the image of former CM Chouhan, an announcement machine. It was clear that Chouan was trying to create his image of being larger than a party and that’s why Mohan Yadav was chosen as a new CM as he would be more amenable to the central leadership.” Yadav, 60, was appointed as CM on December 13, 2023, replacing 64-year-old Chouhan, who had been the state’s CM for 16 years with an aim to infuse young blood and new ideas into the party and the state government. Officials said that at least seven decisions made by previous BJP governments led by Chouhan had been changed, adding that policy change is a “dynamic” process as per needs of the time and people. “One should not see it as a policy of a particular person,” the official said. On Monday, Yadav instructed officers of public asset management department (PAMD) not to auction or lease out government properties and instead trying to make optimum use by government itself. “Selling government assets should not be the option—instead, efficient utilisation for public welfare must be ensured. The comprehensive documentation of all public properties should be carried out so that they may be upgraded and developed as per requirements,” Yadav said. In 2020, former CM Chouhan had come up with the PAMD to auction public properties which were not functional and had generated ₹650 crore by auctioning 75 properties across the state. Within two months of coming to power in December, Yadav had cancelled political appointments of 46 people in different corporations, boards and commissions. Chouhan had appointed them in December 2021. In August 2024, Yadav said the bulldozer action was not part of their tradition, and he does not believe in it. His predecessor Chouhan had announced bulldozer action on mafia claiming to free 210,000 acres of government land between March 2020 to November 2023. The state government is coming up with an amendment to the Urban Development policy to punish illegal colonisers and not to regularise illegal colonies developed since 2016. Chouhan in May 2023 had announced that all such colonies developed till December 2022 will be regularised. In November 2024, Yadav announced the removal of the Bus Rapid Transport System (BRTS) corridor from Bhopal constructed in 2009 by Chouhan to ease movement of buses. In Mach 2025, Yadav stopped auction of MP Road Development Corporation properties, a policy decision initiated by Chouhan in 2020. On April 1, Yadav renamed hi-tech government schools from CM Rise to Maharishi Sandipani Ashram, said to have been the teacher of the deity Krishna. “CM Rise Schools - what a concept it is but its name rattled us. Britishers had gone but mentality is painful. (I) don’t know why (this name was chosen). I am changing the name to Maharishi Sandipani who imparted education to Lord Krishna in Ujjain,” he said. The Yadav-led government has also made changes in many schemes such as Mukhymantri Kanya Vivah Scheme where mass marriages are organised and the brides get ₹51,000 cash and important household items. Earlier, 100 to 1,000 couples used to get married at a function. On April 22, the government said minimum 11 and maximum 200 couples will get married in one function. The state government has also stopped new registration of women under Ladli Behna Scheme introduced by Chouhan two years before the elections, earning rich political dividend. Political analyst Dinesh Gupta said Yadav was taking decisions to build his image of being people-friendly and good administrator to overshadow the adoration among public for the former CM Chouhan. “Former chief minister Shivraj Singh Chouhan was popular among women voters as he declared himself their brother. Now, Yadav is changing policies to emerge as a leader of people. He has mostly tweaked policies which were being questioned. Yadav is trying to bring BJP out of Chouhan’s overshadow,” he said. Political analyst Girija Shankar said superficially, it could be seen as a contradiction between two BJP leaders, but it is all about different perspectives. “Yadav is trying to present his idea of decision making and making some corrections,” he said. BJP state president VD Sharma said, “BJP is a discipline party and has a clear ideology. No leader can take any decision individually. Now, a new leadership is taking over in MP and are taking decisions that will take MP forward and help India in becoming world leader.” Congress spokesperson KK Mishra said, “It’s not Mohan Yadav but senior leadership of BJP is trying to overshadow the image of former CM Chouhan, an announcement machine. It was clear that Chouan was trying to create his image of being larger than a party and that’s why Mohan Yadav was chosen as a new CM as he would be more amenable to the central leadership.” Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>The Narendra Modi government converted an economically disastrous idea such as demonetisation into a political win. It dealt with a brutal Covid-19 pandemic that took millions of lives and devastated livelihoods, yet emerged politically unscathed. The Modi government played with fire on land acquisition and farm laws, yet pulled back without getting burnt. And despite its limited success in pulling off a manufacturing revolution to generate jobs on scale, it has remained politically dominant and maintained its multi-class and multi-caste alliance. The Modi government confronted a serious national security crisis with a far more powerful adversary, China, and had to redefine the idea of normalcy for the sake of peace, yet it did not pay a domestic political price. India dealt with a highly polarised West-Russia landscape and a China that was either actively hostile or passively aggressive or absent, yet pulled off a spectacular G20 presidency. It had to secure its interests with diametrically different American administrations with almost opposing priorities, and yet it was able to be friends with the sitting administration while still having enough goodwill with the preceding power constellation. How did a government that has been so adept in dealing with the domestic and international landscape, and overcoming its own missteps and mistakes, fumble in reading the US? How did a government so sharp in reading danger signals not manage friction when there were clear possibilities of trouble with the US from earlier this year, but definitely from May 10 when Donald Trump claimed credit for the ceasefire? How is it that in over 90 days since then, India, with all its equities and power, has failed to shift the conversation or make enough inroads into Trump’s world to find a meeting ground while keeping to its redlines? To be sure, it has been difficult to predict the US president’s next move, but there are countries that have managed to get their (limited) way. Let there be no doubt about the severity of the crisis. India is worse off among all the regional competitors for investment, and in its own immediate neighbourhood in terms of access to the US market. This has implications way beyond trade, for suddenly, the signal to American capital about India is of uncertainty, despite the charms of its huge market and extensive talent pool. This puts under strain India’s broader economic modernisation roadmap that hinges at least partly, if not substantially, on western investment and technology partnerships to boost manufacturing and generate mass employment. India is confronting repeated blows against its core strategic concerns: Trump appears more than willing to make long-term strategic concessions for a deal with China. Pakistan’s comeback to the Washington DC theatre, even if it is only in the short-term as some pundits believe, is arguably on a more broad-based diplomatic, economic and strategic footing than even 2001 when it was driven by the narrow counter terror frame in Afghanistan. And, India is paying a price for US-Russia tensions in ways that it hasn’t for decades. India is also staring at a crisis in the people-to-people relationship, given the challenges in getting student visas, the backlash against H1Bs in Trump’s base and intense spurt in anti-Indian and anti-Hindu racist rhetoric from the White supremacist Right. The biggest crisis, of course, is there are no easy pathways out of it anymore. The more time has passed, the more rhetoric has got meaner, the more demands have escalated and become public, the less political space there is to make compromises. The Indian political and street mood is now, justifiably, furious at how the country has been treated by the US even as everyone realises the importance of that country and the bilateral relationship. There are structural factors at play, for core contradictions on trade openness and relationships with third countries have come to the fore. There are personality-centric issues at play, especially on the American side with a president who revels in sharpening contradictions with his own country’s institutions, the international system, and allies and partners in the quest for political or personal or financial wins. And, there are unanticipated variables and events that have affected the chessboard. But none of this can take away from the fact that the government may have missed out on multiple opportunities to manage Trump. This is particularly striking since the political leadership has usually been alert in responding creatively in difficult situations, managing narratives, engaging with all kinds of interlocutors, unleashing diplomatic charm in the external domain or pre-empting rivals by appropriating political issues in the domestic domain, finding wins-wins when possible and framing compromises as wins when necessary. To be sure, as Pratap Bhanu Mehta has eloquently and wisely argued, the Trumpian project is an imperial project and dignity is essential. But avoiding being in the direct firing line of the imperial project was in national interest and the government’s core diplomatic duty. And, yes, there may have been ways to do it without compromising on India’s historic stance on third-party mediation, or on core interests of small farmers, or on Indian manufacturing potential. And, this was possible because a childishly transparent, vain and corrupt Trump world is always open to a better deal and packaging has always been more central to his politics than substance. To return to the puzzle then, what happened? A detailed empirical account will only emerge once the crisis passes, actors move on from their current roles, and files are declassified. And even a more specific discussion on who got what wrong and when and what could have been done need not detain us here. One school of thought is there was a problem with the personnel chosen to make judgments on the ground and offer advice. Another is that India may have genuinely misread the problem, or been unable to anticipate second or third order consequences of Trumpian rupture. A third suggests that there may have been a problem with the channels selected for execution of goals; India’s adversaries and critics have been constantly in Trump’s ear while India’s perspective has failed to register a mark. It could well be a combination; the problems with personnel, judgment and execution, may have resulted in a problem in decision making. And, to be fair, all of this may have been exacerbated by domestic concerns, not just of the man (and woman) on the street, but the political Opposition. After 11 years, this is the biggest challenge facing Narendra Modi, and he may want to consider a reset. It could start with foreign policy but a full Kamraj-plan style reset across the party and government may not be a bad idea at this time, especially given the ambitious agenda the Prime Minister laid out in his Independence Day speech. This could bring fresh energy and ideas and shatter vested interests to help India prepare for the coming political, economic and strategic storms. For coming they are. History has an uncanny way of intruding into contemporary life and shaping our public conversation. A new controversy emerged recently over the relationship between Jawaharlal Nehru and Subhas Chandra Bose.Read More</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Bagan add youth league title to ISL double</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>After ISL double, Mohun Bagan clinch U-21 Reliance Foundation Development League with a 3-0 victory over Classic FA</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/cricket/bagan-add-youth-league-title-to-isl-double-101744646871943.html</t>
+          <t>https://www.hindustantimes.com/analysis/weather-bee-how-is-monsoon-performing-this-year-101749888776023.html</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>Kolkata: To their first ISL double, Mohun Bagan Super Giant have added the under-21 Reliance Foundation Development League with Pasang Dorjee Tamang’s hat-trick helping them beat Manipur’s Classic FA 3-0 in Mumbai on Monday. The teams had drawn 0-0 in the group stage. Tamang opened the scoring in the eighth minute with a shot from the edge of the box that went in at the top right corner. He made it 2-0 in the 22nd minute exploiting a defensive error. The midfielder picked a loose ball in the midfield to complete his hattrick in the 52nd minute. Mohun Bagan have also won the under-15 champions (Kolkata region) of the competition organised by Reliance Foundation Youth Sports. FC Goa beat Jamshedpur FC 1-0 through Saish Gaunkar’s 15th minute goal to win the third place play-off, which was held before the final at Reliance Corporate Park. With 16 goals, Lawmsanzuala of Jamshedpur FC won the Golden Boot. The Golden Glove award went to Priyansh Dubey of Mohun Bagan for 10 clean sheets. Classic FA’s Mohammed Arbash was adjudged best player and won the Golden Ball. The semi-finalists will take part in the Premier League Next Generation Cup. Like in the ISL this term, Mohun Bagan had made the final beating Jamshedpur FC. Unlike the senior team which needed a late goal to seal the deal, Mohun Bagan’s youth team won 5-1 after chasing the match from the 13th minute. Classic FA, where Renedy Singh was chief coach before the former international midfielder took up the role of an assistant-coach at Bengaluru FC, too had a comfortable run to the final beating FC Goa 3-0. They were the only academy team to make it this far. Under head coach Chandam Chtrasen Singh, Classic FA had finished joint-top with Jamshedpur FC in the Rest of India group which got them a berth in the zonal qualifiers where, in a group comprising Jamshedpur FC, NorthEast United, Shillong Lajong and Aizawl FC, they finished second. This was the fourth edition of the competition where clubs from nine regions across the country, including youth teams from ISL sides and those from different tiers of the I-League, participate along with independent academy sides nominated by state association.</t>
+          <t>India’s monsoon season, the country’s main rainy season, runs officially from June to September. With data for the first 12 days of the 122-days season now in, how does rain’s performance look like in the 2025 monsoon? The answer to this question has been complicated this year by the early arrival of the monsoon weather system. According to the gridded data of the India Meteorological Department (IMD), the first 12 days of June have been unusually dry. However, this does not mean that the weather system did not bring the usual amount of rain. It just means that the rain expected in the first half of June fell before the usual first day of the monsoon. This makes the early arrival of monsoon this year a mixed bag. Here’s why. In official analysis, rain’s performance during the southwest monsoon season is usually tracked from June 1. This is because June 1 is the usual date when the atmospheric conditions that make the season rainy arrive on the Kerala coast, its first point of contact on mainland India. While monsoon had arrived earlier than this date on 22 occasions in the 54-year period from 1971 to 2024, most of these early arrivals were close to the June 1 date. For example, of the 22 years of early arrivals, the arrival was in the 29-31 Ma period in 12 years. Therefore, an analysis of the monsoon based on June rain would not miss much rain brought by the weather system in these 12 years. However, the monsoon arrival this year was far earlier than in the past. It arrived on the Kerala coast on May 24, eight days before schedule. It had arrived by May 24 or earlier only in five years before 2025. Therefore, an analysis based on June rain alone would miss more than a week’s worth of rain that the monsoon system caused this year. For example, compared to a 1971-2020 average – IMD considers this the Long Period Average (LPA) of rain for tracking its performance currently – of 45.8 mm rain, India has received only 31.6 mm rain in the first 12 days of June, a 31% deficit. This also makes the 2025 monsoon the 32nd driest since 1901. However, this might mislead in one way. From May 24 to May 31, India received 59.24 mm rain, 29% more than the LPA for the first 12 days of June. In other words, if the rain in the last eight days of May had fallen in the first 12 days of June, 2025 monsoon would be ranked the 26th rainiest. India’s monsoon season, the country’s main rainy season, runs officially from June to September. With data for the first 12 days of the 122-days season now in, how does rain’s performance look like in the 2025 monsoon? The answer to this question has been complicated this year by the early arrival of the monsoon weather system. According to the gridded data of the India Meteorological Department (IMD), the first 12 days of June have been unusually dry. However, this does not mean that the weather system did not bring the usual amount of rain. It just means that the rain expected in the first half of June fell before the usual first day of the monsoon. This makes the early arrival of monsoon this year a mixed bag. Here’s why. In official analysis, rain’s performance during the southwest monsoon season is usually tracked from June 1. This is because June 1 is the usual date when the atmospheric conditions that make the season rainy arrive on the Kerala coast, its first point of contact on mainland India. While monsoon had arrived earlier than this date on 22 occasions in the 54-year period from 1971 to 2024, most of these early arrivals were close to the June 1 date. For example, of the 22 years of early arrivals, the arrival was in the 29-31 Ma period in 12 years. Therefore, an analysis of the monsoon based on June rain would not miss much rain brought by the weather system in these 12 years. However, the monsoon arrival this year was far earlier than in the past. It arrived on the Kerala coast on May 24, eight days before schedule. It had arrived by May 24 or earlier only in five years before 2025. Therefore, an analysis based on June rain alone would miss more than a week’s worth of rain that the monsoon system caused this year. For example, compared to a 1971-2020 average – IMD considers this the Long Period Average (LPA) of rain for tracking its performance currently – of 45.8 mm rain, India has received only 31.6 mm rain in the first 12 days of June, a 31% deficit. This also makes the 2025 monsoon the 32nd driest since 1901. However, this might mislead in one way. From May 24 to May 31, India received 59.24 mm rain, 29% more than the LPA for the first 12 days of June. In other words, if the rain in the last eight days of May had fallen in the first 12 days of June, 2025 monsoon would be ranked the 26th rainiest. To be sure, not all of the 59.2 mm rain that fell in the last eight days of May was monsoon rain. The western arm of the monsoon has covered only around half of Maharashtra, Telangana, southern Chhattisgarh and Odisha, and it took two days (although this is disputed) to reach these places from Kerala. Similarly, the monsoon’s eastern arm took five days after May 24 to cover north-eastern states. It has not progressed beyond these places since. This means that the rain in the period between monsoon’s arrival over Kerala and these places was not exactly monsoon rain. Similarly, any rain that the northern half of India received was not exactly monsoon, although it has contributed to the May average for India. So how does one make sense of the rainfall this monsoon season? It may not be wrong to study rain’s performance by the LPA for the period one is looking at, since June is indeed drier than the LPA this year across large parts of the country. Moreover, although the monsoon usually does not arrive by June 13 in northern India, pre-monsoon showers do bring rain in the region. The limited point of the analysis above is that the early arrival of monsoon over Kerala has not also meant a swift progress over northern India. While rain in late May brought relief from summer heat for most of the country, it may not have been beneficial from the perspective of farmers.</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>Indian Open: Colsaerts, early leader after a late career boost</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>The seasoned Belgian had almost given up his pro golf last year until a revival at the Alfred Dunhill Links Championship revived his joy of playing</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>Mar 27, 2025 08:07 pm</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/cricket/indian-open-colsaerts-early-leader-after-a-late-career-boost-101743086221523.html</t>
+          <t>https://www.hindustantimes.com/analysis/mp-as-baton-is-passed-mohan-yadav-tries-to-leave-behind-shivraj-legacy-101745749998170.html</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Gurugram: As far as bright starts go, Nicolas Colsaerts was the proverbial early bird after setting the bar on the morning of the first round in the $2.5 million Hero Indian Open DP World Tour event here on Thursday. Teeing off early, he shot a 4-under 68, getting to grips with the picturesque yet demanding DLF Golf and Country Club course. The 42-year-old Belgian, marking 25 years as a golf pro, stumbled through the front nine with three bogeys and four birdies before sinking three birdies in a serene bogey-free back nine display, joined at the top by Marcus Kinhult. The 28-year-old Swede began brightly, sinking three birdies in his first four holes and, like Colsaerts, played a bogey-free second nine that had a lone birdie. England’s in-form Marcus Armitage also shot a 4-under 68 in the evening, making it a 3-way tie for the Day 1 lead. Teeing up in India was far from Colsaerts mind even six months ago. The last of his three wins on the DP World Tour had come in 2019, and he had endured a nearly life-threatening kidney ailment in 2022 and then acknowledged depression, caused mainly due to the illness he had to battle. He had thus decided to retire as a professional golfer, and had decided that the Alfred Dunhill Cup Links Championship last October and the Open de France, the oldest event in the continent, would be it for him. And then it all magically changed. Something clicked as he played brilliantly at the iconic Old Course at St. Andrews in Scotland, going into the final day of Alfred Dunhill in contention. He rose to joint-lead with Tyrrell Hatton before the latter pipped him to second with a final hole birdie. Having regained the DP World Tour card with that second spot and the elements of his game that had seemingly disappeared, Colsaerts was ready to go again. “It’s funny how when you don’t really care that much, you seize an opportunity when it is there, and you enjoy every minute of it,” he told DP World Tour in a subsequent interview. “All of a sudden when you don’t put that unnecessary pressure on yourself, you just play the game again and it felt incredibly good.” Colsaerts was an important member of the 2012 European Ryder Cup side that pulled off the ‘Miracle at Medinah’, regarded as the greatest comeback in the tournament’s history. The dramatic tie in Illinois saw Europe down 4-10 and then go into the final day 6-10. But Europe scored 8.5 points of the final day’s 12 to clinch victory. On Cup debut as Spanish skipper Jose Maria Olazabal’s pick, his memorable moment was partnering Lee Westwood to beat Tiger Woods and Steve Stricker in fourball. The Belgian, one of Luke Donald’s vice-captains for Europe’s Ryder Cup challenge in the United States this year, missed the cut in the 2024 Indian Open, but is upbeat now though he had made only three cuts in 11 tournaments coming to India. “It went great today,” he said after his round on Thursday. “It’s a difficult golf course. So, anyone who will shoot under-par today is going to be extremely happy. The rough is high this year, the greens are firmer. It’s a little bit like a mini-US Open.” He could savour the challenges the course will throw up. “All in all, it’s a course that if you play good golf you’re going to enjoy playing. I would like to stay as patient as I was today and keep understanding that the pars are good, if you make a few birdies it’s great, everybody’s going to make bogeys. Just try to keep the ball in play as much as possible.”</t>
+          <t>In 16 months, Madhya Pradesh chief minister Mohan Yadav has altered or changed at least seven policies framed by former chief minister and now union agriculture minister, Shivraj Singh Chouhan. In the same vein, experts said, he is pushing a new slogan, “Narendra Modi ka Vision, Mohan ka Mission (Prime Minister Narendra Modi’s Vision is chief minister Mohan Yadav’s mission) to “overshadow” Chouhan’s appeal. Yadav, 60, was appointed as CM on December 13, 2023, replacing 64-year-old Chouhan, who had been the state’s CM for 16 years with an aim to infuse young blood and new ideas into the party and the state government. Officials said that at least seven decisions made by previous BJP governments led by Chouhan had been changed, adding that policy change is a “dynamic” process as per needs of the time and people. “One should not see it as a policy of a particular person,” the official said. On Monday, Yadav instructed officers of public asset management department (PAMD) not to auction or lease out government properties and instead trying to make optimum use by government itself. “Selling government assets should not be the option—instead, efficient utilisation for public welfare must be ensured. The comprehensive documentation of all public properties should be carried out so that they may be upgraded and developed as per requirements,” Yadav said. In 2020, former CM Chouhan had come up with the PAMD to auction public properties which were not functional and had generated  ₹650 crore by auctioning 75 properties across the state. Within two months of coming to power in December, Yadav had cancelled political appointments of 46 people in different corporations, boards and commissions. Chouhan had appointed them in December 2021. In August 2024, Yadav said the bulldozer action was not part of their tradition, and he does not believe in it. His predecessor Chouhan had announced bulldozer action on mafia claiming to free 210,000 acres of government land between March 2020 to November 2023. The state government is coming up with an amendment to the Urban Development policy to punish illegal colonisers and not to regularise illegal colonies developed since 2016. Chouhan in May 2023 had announced that all such colonies developed till December 2022 will be regularised. In November 2024, Yadav announced the removal of the Bus Rapid Transport System (BRTS) corridor from Bhopal constructed in 2009 by Chouhan to ease movement of buses. In Mach 2025, Yadav stopped auction of MP Road Development Corporation properties, a policy decision initiated by Chouhan in 2020. On April 1, Yadav renamed hi-tech government schools from CM Rise to Maharishi Sandipani Ashram, said to have been the teacher of the deity Krishna. “CM Rise Schools - what a concept it is but its name rattled us. Britishers had gone but mentality is painful. (I) don’t know why (this name was chosen). I am changing the name to Maharishi Sandipani who imparted education to Lord Krishna in Ujjain,” he said. The Yadav-led government has also made changes in many schemes such as Mukhymantri Kanya Vivah Scheme where mass marriages are organised and the brides get  ₹51,000 cash and important household items. Earlier, 100 to 1,000 couples used to get married at a function. On April 22, the government said minimum 11 and maximum 200 couples will get married in one function. The state government has also stopped new registration of women under Ladli Behna Scheme introduced by Chouhan two years before the elections, earning rich political dividend. Political analyst Dinesh Gupta said Yadav was taking decisions to build his image of being people-friendly and good administrator to overshadow the adoration among public for the former CM Chouhan. “Former chief minister Shivraj Singh Chouhan was popular among women voters as he declared himself their brother. Now, Yadav is changing policies to emerge as a leader of people. He has mostly tweaked policies which were being questioned. Yadav is trying to bring BJP out of Chouhan’s overshadow,” he said. Political analyst Girija Shankar said superficially, it could be seen as a contradiction between two BJP leaders, but it is all about different perspectives. “Yadav is trying to present his idea of decision making and making some corrections,” he said. BJP state president VD Sharma said, “BJP is a discipline party and has a clear ideology. No leader can take any decision individually. Now, a new leadership is taking over in MP and are taking decisions that will take MP forward and help India in becoming world leader.” Congress spokesperson KK Mishra said, “It’s not Mohan Yadav but senior leadership of BJP is trying to overshadow the image of former CM Chouhan, an announcement machine. It was clear that Chouan was trying to create his image of being larger than a party and that’s why Mohan Yadav was chosen as a new CM as he would be more amenable to the central leadership.” She is a senior reporter based at Bhopal. She covers higher education, social issues, youth affairs, woman and child development related issues, sports and business &amp;amp; industries.</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>Grand Strategy: What India should do in a Taiwan military contingency</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>A forcible reunification of Taiwan by China will have serious geopolitical implications for Asian balance of power and for India</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/grand-strategy-what-should-india-do-in-a-taiwan-military-contingency-101742806853359.html</t>
+          <t>https://www.hindustantimes.com/cricket/bagan-add-youth-league-title-to-isl-double-101744646871943.html</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Not long ago, a visiting American think tank delegation asked me if I thought whether India would help defend Taiwan’s sovereignty in the event of a Chinese attempt at the takeover of the Island by force. I responded by stating that, to begin with, Taiwan has no sovereignty to help defend. Functionally, Taiwan operates as more than just a province of China; however, its legal sovereignty is at best disputed and, at worst, non-existent. This question of legal sovereignty, I argued, will weigh heavily on Delhi’s mind when it decides what to do in an eventually where China seeks to alter the current status quo through military means. I also argued that the US military commitment to defend Taiwan at any cost under the new Trump administration appears deeply questionable. Therefore, expecting countries like India to “help” the US defend Taiwan’s sovereignty—something it legally does not possess—seems unrealistic.   In an age where the American commitment to its closest allies in Europe is hardly above doubt, would Washington defend its allies in Asia such as Japan and South Korea? The question of Taiwan may rank even lower on the scale of American commitments.  But there is a larger question that Delhi might need to contemplate. If, hypothetically speaking, the American military commitment to defend Taiwan was truly rock-solid, would India do anything to defend Taiwan? Should it?  Not that what happens in Taiwan will have no implications for India. It would. A forcible reunification of Taiwan by China will have serious geopolitical implications for Asian balance of power and for India. The end of Taiwan’s autonomous existence and its coming under Beijing’s control will lead to China’s primacy in the Western Pacific, pushing Asia closer to becoming a unipolar region dominated by China.  But are those geopolitical implications sufficient for India to do anything to help Taiwan defend itself? I doubt it. More so, Delhi will have to consider what exactly it can do to help Taiwan to defend against Chinese military aggression. And at what cost.  Delhi is most unlikely to, and rightly so, offer any military help to Taiwan or its allies (assuming its allies and partners like the US will come to its aid) to meet the China challenge. What about the issue of helping American military efforts indirectly? Will India offer non-military help such as logistics or replenishment services to those, if any, involved in military efforts to defend Taiwan? India is likely to fulfil its commitments to the US or other countries with whom the country has logistics supply agreements with. Beyond that, Delhi is unlikely to make any efforts, I think.  How about helping Washington and its allies to put pressure on China in the Malacca strait? Unlikely. Will India help the US and its allies to impose sanctions on China? Unlikely, again, considering India has a long-standing policy of not being part of sanctions regimes which are not authorised by the UN. Will India condemn Chinese aggression? I don’t know. But it is likely to argue that status quo must be maintained.  “When your time comes”  This line of reasoning is often met with a counterquestion: “If you don’t help your friends in times of their national security emergencies, who will be by your side when you need help at the time of a potential Chinese aggression?”  Notwithstanding the rhetorical transnationalism of that question (there is no guarantee that the US will help India to defend against China if India helps US to defend Taiwan), this is an issue for us to reflect upon. What kind of help would India need? China is unlikely to carry out an all-out attack against India which, like China, is armed with nuclear weapons. The India-China confrontation is likely to remain limited to border skirmishes and cyber-attacks from the Chinese side.  To address these two forms of Chinese aggression, India must focus on building its own capabilities rather than seeking help after such attacks occur. Put differently, the kind of military challenges India is likely to face from China provides limited space for India’s friends to offer military help even if they decide to do so. Much of the help to India will be in the political and diplomatic space, not military.  What we really need from our friends and partners vis-à-vis China is to help create conditions in the region which dissuade Beijing from undertaking military adventurism against India. So, we would need more peacetime conversations, cooperation, military exercises, signaling, regional minilateralism, supply chain resilience etc. rather than reliance and hope on potential military help from abroad during a crisis with China. India’s best guarantee against potential Chinese aggression is in peacetime efforts aimed at defence preparedness and political signaling, rather than depending on its friends and partners during an actual military crisis. Let’s assume that India will be on its own should it ever face a military contingency with China, and plan accordingly.  But to go back to the Taiwan question, my sense if that India’s engagement of Taiwan is likely to take place below a certain threshold. That threshold is called status quo. And since the question of a sovereign Taiwan is way above that threshold, Delhi’s response is likely to be less than enthusiastic considering the Indian recognition that what Taiwan can get beyond the status quo is what it can negotiate with China, not what others can give it through the use of their force.  ------------------  Happymon Jacob teaches India’s foreign policy at Jawaharlal Nehru University (JNU) and is editor, INDIA’S WORLD magazine. Views are personal. This question of legal sovereignty, I argued, will weigh heavily on Delhi’s mind when it decides what to do in an eventually where China seeks to alter the current status quo through military means. I also argued that the US military commitment to defend Taiwan at any cost under the new Trump administration appears deeply questionable. Therefore, expecting countries like India to “help” the US defend Taiwan’s sovereignty—something it legally does not possess—seems unrealistic. In an age where the American commitment to its closest allies in Europe is hardly above doubt, would Washington defend its allies in Asia such as Japan and South Korea? The question of Taiwan may rank even lower on the scale of American commitments. But there is a larger question that Delhi might need to contemplate. If, hypothetically speaking, the American military commitment to defend Taiwan was truly rock-solid, would India do anything to defend Taiwan? Should it? Not that what happens in Taiwan will have no implications for India. It would. A forcible reunification of Taiwan by China will have serious geopolitical implications for Asian balance of power and for India. The end of Taiwan’s autonomous existence and its coming under Beijing’s control will lead to China’s primacy in the Western Pacific, pushing Asia closer to becoming a unipolar region dominated by China. But are those geopolitical implications sufficient for India to do anything to help Taiwan defend itself? I doubt it. More so, Delhi will have to consider what exactly it can do to help Taiwan to defend against Chinese military aggression. And at what cost. Delhi is most unlikely to, and rightly so, offer any military help to Taiwan or its allies (assuming its allies and partners like the US will come to its aid) to meet the China challenge. What about the issue of helping American military efforts indirectly? Will India offer non-military help such as logistics or replenishment services to those, if any, involved in military efforts to defend Taiwan? India is likely to fulfil its commitments to the US or other countries with whom the country has logistics supply agreements with. Beyond that, Delhi is unlikely to make any efforts, I think. How about helping Washington and its allies to put pressure on China in the Malacca strait? Unlikely. Will India help the US and its allies to impose sanctions on China? Unlikely, again, considering India has a long-standing policy of not being part of sanctions regimes which are not authorised by the UN. Will India condemn Chinese aggression? I don’t know. But it is likely to argue that status quo must be maintained. “When your time comes” This line of reasoning is often met with a counterquestion: “If you don’t help your friends in times of their national security emergencies, who will be by your side when you need help at the time of a potential Chinese aggression?” Notwithstanding the rhetorical transnationalism of that question (there is no guarantee that the US will help India to defend against China if India helps US to defend Taiwan), this is an issue for us to reflect upon. What kind of help would India need? China is unlikely to carry out an all-out attack against India which, like China, is armed with nuclear weapons. The India-China confrontation is likely to remain limited to border skirmishes and cyber-attacks from the Chinese side. To address these two forms of Chinese aggression, India must focus on building its own capabilities rather than seeking help after such attacks occur. Put differently, the kind of military challenges India is likely to face from China provides limited space for India’s friends to offer military help even if they decide to do so. Much of the help to India will be in the political and diplomatic space, not military. What we really need from our friends and partners vis-à-vis China is to help create conditions in the region which dissuade Beijing from undertaking military adventurism against India. So, we would need more peacetime conversations, cooperation, military exercises, signaling, regional minilateralism, supply chain resilience etc. rather than reliance and hope on potential military help from abroad during a crisis with China. India’s best guarantee against potential Chinese aggression is in peacetime efforts aimed at defence preparedness and political signaling, rather than depending on its friends and partners during an actual military crisis. Let’s assume that India will be on its own should it ever face a military contingency with China, and plan accordingly. But to go back to the Taiwan question, my sense if that India’s engagement of Taiwan is likely to take place below a certain threshold. That threshold is called status quo. And since the question of a sovereign Taiwan is way above that threshold, Delhi’s response is likely to be less than enthusiastic considering the Indian recognition that what Taiwan can get beyond the status quo is what it can negotiate with China, not what others can give it through the use of their force. ------------------ Happymon Jacob teaches India’s foreign policy at Jawaharlal Nehru University (JNU) and is editor, INDIA’S WORLD magazine. Views are personal. Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>Kolkata: To their first ISL double, Mohun Bagan Super Giant have added the under-21 Reliance Foundation Development League with Pasang Dorjee Tamang’s hat-trick helping them beat Manipur’s Classic FA 3-0 in Mumbai on Monday. The teams had drawn 0-0 in the group stage. Tamang opened the scoring in the eighth minute with a shot from the edge of the box that went in at the top right corner. He made it 2-0 in the 22nd minute exploiting a defensive error. The midfielder picked a loose ball in the midfield to complete his hattrick in the 52nd minute. Mohun Bagan have also won the under-15 champions (Kolkata region) of the competition organised by Reliance Foundation Youth Sports. FC Goa beat Jamshedpur FC 1-0 through Saish Gaunkar’s 15th minute goal to win the third place play-off, which was held before the final at Reliance Corporate Park. With 16 goals, Lawmsanzuala of Jamshedpur FC won the Golden Boot. The Golden Glove award went to Priyansh Dubey of Mohun Bagan for 10 clean sheets. Classic FA’s Mohammed Arbash was adjudged best player and won the Golden Ball. The semi-finalists will take part in the Premier League Next Generation Cup. Like in the ISL this term, Mohun Bagan had made the final beating Jamshedpur FC. Unlike the senior team which needed a late goal to seal the deal, Mohun Bagan’s youth team won 5-1 after chasing the match from the 13th minute. Classic FA, where Renedy Singh was chief coach before the former international midfielder took up the role of an assistant-coach at Bengaluru FC, too had a comfortable run to the final beating FC Goa 3-0. They were the only academy team to make it this far. Under head coach Chandam Chtrasen Singh, Classic FA had finished joint-top with Jamshedpur FC in the Rest of India group which got them a berth in the zonal qualifiers where, in a group comprising Jamshedpur FC, NorthEast United, Shillong Lajong and Aizawl FC, they finished second. This was the fourth edition of the competition where clubs from nine regions across the country, including youth teams from ISL sides and those from different tiers of the I-League, participate along with independent academy sides nominated by state association.</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>Long-term warming close to crossing 1.5°C Paris accord threshold: UN body</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>HT reported on March 14 that the world could cross the 1.5 degrees C long-term global warming threshold by September 2029 if current warming trend continues</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>Mar 19, 2025 06:09 am</t>
+          <t>Mar 27, 2025 08:07 pm</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/longterm-warming-close-to-crossing-1-5-c-paris-accord-threshold-un-body-101742344123484.html</t>
+          <t>https://www.hindustantimes.com/cricket/indian-open-colsaerts-early-leader-after-a-late-career-boost-101743086221523.html</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>New Delhi : Long-term global warming is currently estimated to be between 1.34 and 1.41 degrees Celsius compared to pre-industrial levels, the World Meteorological Organisation’s State of the Global Climate report has said. The assessment is based on a range of methods, the report said while pointing that we are a fraction of a degree away from breaching the 1.5 degrees C goal or the lower limit of Paris Agreement. To be sure, 19 of the past 20 months have seen the mark being breached, but scientists insist on a longer-term trend.  HT reported on March 14 that the world could cross the 1.5 degrees C long-term global warming threshold by September 2029 if current warming trend continues according to the Copernicus Climate Change Service (C3S) , a timeline that is significantly sooner than the “early 2030s” projection that was widely agreed upon by scientists. Ambient temperatures have already reached 1.38°C above the pre-industrial levels, C3S reported. On Tuesday, WMO also said there were clear signs of human-induced climate change reaching new heights in 2024, with some of the consequences being irreversible over hundreds if not thousands of years and underlined that massive economic and social upheavals from extreme weather are to be expected. Atmospheric concentration of carbon dioxide are at the highest levels in the last 800,000 years, it said. WMO’s State of the Global Climate report confirmed that 2024 was likely the first calendar year to be more than 1.5 degrees C above the pre-industrial era, with a global mean near-surface temperature of 1.55 ± 0.13 °C above the 1850-1900 average or pre-industrial levels. This is the warmest year in the 175-year observational record. “Our planet is issuing more distress signals — but this report shows that limiting long-term global temperature rise to 1.5 degrees Celsius is still possible. Leaders must step up to make it happen — seizing the benefits of cheap, clean renewables for their people and economies — with new National climate plans due this year, ” said United Nations Secretary-General António Guterres in a statement. “Data for 2024 show that our oceans continued to warm, and sea levels continued to rise. The frozen parts of Earth’s surface, known as the cryosphere, are melting at an alarming rate: glaciers continue to retreat, and Antarctic sea ice reached its second-lowest extent ever recorded. Meanwhile, extreme weather continues to have devastating consequences around the world,” said Celeste Saulo, WMO Secretary-General in the statement. Tropical cyclones, floods, droughts, and other hazards in 2024 led to the highest number of new displacements recorded for the past 16 years, contributed to worsening food crises, and caused massive economic losses. Among key indicators, WMO highlighted that carbon dioxide concentrations in 2023 (the last year for which consolidated global annual figures are available) were 420.0 ± 0.1 parts per million (ppm), 2.3 ppm more than 2022 and 151% of the pre-industrial level (in 1750). In 2024, ocean heat content reached its highest level in the 65-year observational record. Each of the past eight years has set a new record. The rate of ocean warming over the past two decades, 2005-2024, is more than twice that in the period 1960-2005. There is a steady decrease of global average ocean surface pH leading to ocean acidification. The most intense regional decreases in pH are in the Indian Ocean, the Southern Ocean, the eastern equatorial Pacific Ocean, the northern tropical Pacific, and some regions in the Atlantic Ocean. Projections by WMO show that ocean acidification will continue to increase in the 21st century, at rates dependent on future emissions. Changes in deep-ocean pH are irreversible on centennial to millennial time scales. Further, in 2024, global mean sea level was the highest since the start of the satellite record in 1993 and the rate of increase from 2015-2024 was double that from 1993–2002, increasing from 2.1 mm per year to 4.7 mm per year. The period between 2022 and 2024 represents the most negative three-year glacier mass balance on record. Seven of the ten most negative mass balance years since 1950 have occurred since 2016. Exceptionally negative mass balances in glaciers were experienced in Norway, Sweden, Svalbard, and the tropical Andes. The 18 lowest Arctic sea-ice minimum extents in the satellite record all occurred in the past 18 years. The annual minimum and maximum of Antarctic sea-ice extent were each the 2nd lowest in the observed record from 1979. Extreme weather events in 2024 led to the highest number of new annual displacements since 2008 globally. These destroyed homes, critical infrastructure, forests, farmland and biodiversity. The compounded effect of various shocks, such as intensifying conflict, drought and high domestic food prices drove worsening food crises in 18 countries globally by mid-2024. During summer on 2024, areas particularly affected by heatwaves included east Asia, south-east Europe, the Mediterranean and West Asia, and the south-western United States. This followed record-breaking heat in many parts of the northern hemisphere tropics during the pre-monsoon period from late March to May, including south-east Asia, West Africa and the Sahel, and Central America, as well as northern India. Among the most significant events was the June heatwave in Saudi Arabia, when temperatures near Mecca reached 50°C during the Hajj pilgrimage. Many casualties were reported during the pilgrimage, the large majority of which were partially or wholly attributable to the extreme heat, the report said. Experts pointed to the absence of an agreed mechanism to monitor the temperature rise in the context of the Paris Agreement goals. “For example, how do we define warming, surface temperature or air temperature, which dataset to go by, there are number of questions around this. How quickly we breach the 1.5°C goal is difficult to answer. In 2023-2024 temperatures have been higher than expected compared to background warming. It is being studied if this is a result of reduction in aerosols from certain sectors,” a WMO expert said on Tuesday during a briefing on the report. The assessment is based on a range of methods, the report said while pointing that we are a fraction of a degree away from breaching the 1.5 degrees C goal or the lower limit of Paris Agreement. To be sure, 19 of the past 20 months have seen the mark being breached, but scientists insist on a longer-term trend. HT reported on March 14 that the world could cross the 1.5 degrees C long-term global warming threshold by September 2029 if current warming trend continues according to the Copernicus Climate Change Service (C3S) , a timeline that is significantly sooner than the “early 2030s” projection that was widely agreed upon by scientists. Ambient temperatures have already reached 1.38°C above the pre-industrial levels, C3S reported. On Tuesday, WMO also said there were clear signs of human-induced climate change reaching new heights in 2024, with some of the consequences being irreversible over hundreds if not thousands of years and underlined that massive economic and social upheavals from extreme weather are to be expected. Atmospheric concentration of carbon dioxide are at the highest levels in the last 800,000 years, it said. WMO’s State of the Global Climate report confirmed that 2024 was likely the first calendar year to be more than 1.5 degrees C above the pre-industrial era, with a global mean near-surface temperature of 1.55 ± 0.13 °C above the 1850-1900 average or pre-industrial levels. This is the warmest year in the 175-year observational record. “Our planet is issuing more distress signals — but this report shows that limiting long-term global temperature rise to 1.5 degrees Celsius is still possible. Leaders must step up to make it happen — seizing the benefits of cheap, clean renewables for their people and economies — with new National climate plans due this year, ” said United Nations Secretary-General António Guterres in a statement. “Data for 2024 show that our oceans continued to warm, and sea levels continued to rise. The frozen parts of Earth’s surface, known as the cryosphere, are melting at an alarming rate: glaciers continue to retreat, and Antarctic sea ice reached its second-lowest extent ever recorded. Meanwhile, extreme weather continues to have devastating consequences around the world,” said Celeste Saulo, WMO Secretary-General in the statement. Tropical cyclones, floods, droughts, and other hazards in 2024 led to the highest number of new displacements recorded for the past 16 years, contributed to worsening food crises, and caused massive economic losses. Among key indicators, WMO highlighted that carbon dioxide concentrations in 2023 (the last year for which consolidated global annual figures are available) were 420.0 ± 0.1 parts per million (ppm), 2.3 ppm more than 2022 and 151% of the pre-industrial level (in 1750). In 2024, ocean heat content reached its highest level in the 65-year observational record. Each of the past eight years has set a new record. The rate of ocean warming over the past two decades, 2005-2024, is more than twice that in the period 1960-2005. There is a steady decrease of global average ocean surface pH leading to ocean acidification. The most intense regional decreases in pH are in the Indian Ocean, the Southern Ocean, the eastern equatorial Pacific Ocean, the northern tropical Pacific, and some regions in the Atlantic Ocean. Projections by WMO show that ocean acidification will continue to increase in the 21st century, at rates dependent on future emissions. Changes in deep-ocean pH are irreversible on centennial to millennial time scales. Further, in 2024, global mean sea level was the highest since the start of the satellite record in 1993 and the rate of increase from 2015-2024 was double that from 1993–2002, increasing from 2.1 mm per year to 4.7 mm per year. The period between 2022 and 2024 represents the most negative three-year glacier mass balance on record. Seven of the ten most negative mass balance years since 1950 have occurred since 2016. Exceptionally negative mass balances in glaciers were experienced in Norway, Sweden, Svalbard, and the tropical Andes. The 18 lowest Arctic sea-ice minimum extents in the satellite record all occurred in the past 18 years. The annual minimum and maximum of Antarctic sea-ice extent were each the 2nd lowest in the observed record from 1979. Extreme weather events in 2024 led to the highest number of new annual displacements since 2008 globally. These destroyed homes, critical infrastructure, forests, farmland and biodiversity. The compounded effect of various shocks, such as intensifying conflict, drought and high domestic food prices drove worsening food crises in 18 countries globally by mid-2024. During summer on 2024, areas particularly affected by heatwaves included east Asia, south-east Europe, the Mediterranean and West Asia, and the south-western United States. This followed record-breaking heat in many parts of the northern hemisphere tropics during the pre-monsoon period from late March to May, including south-east Asia, West Africa and the Sahel, and Central America, as well as northern India. Among the most significant events was the June heatwave in Saudi Arabia, when temperatures near Mecca reached 50°C during the Hajj pilgrimage. Many casualties were reported during the pilgrimage, the large majority of which were partially or wholly attributable to the extreme heat, the report said. Experts pointed to the absence of an agreed mechanism to monitor the temperature rise in the context of the Paris Agreement goals. “For example, how do we define warming, surface temperature or air temperature, which dataset to go by, there are number of questions around this. How quickly we breach the 1.5°C goal is difficult to answer. In 2023-2024 temperatures have been higher than expected compared to background warming. It is being studied if this is a result of reduction in aerosols from certain sectors,” a WMO expert said on Tuesday during a briefing on the report.</t>
+          <t>Gurugram: As far as bright starts go, Nicolas Colsaerts was the proverbial early bird after setting the bar on the morning of the first round in the $2.5 million Hero Indian Open DP World Tour event here on Thursday. Teeing off early, he shot a 4-under 68, getting to grips with the picturesque yet demanding DLF Golf and Country Club course. The 42-year-old Belgian, marking 25 years as a golf pro, stumbled through the front nine with three bogeys and four birdies before sinking three birdies in a serene bogey-free back nine display, joined at the top by Marcus Kinhult. The 28-year-old Swede began brightly, sinking three birdies in his first four holes and, like Colsaerts, played a bogey-free second nine that had a lone birdie. England’s in-form Marcus Armitage also shot a 4-under 68 in the evening, making it a 3-way tie for the Day 1 lead. Teeing up in India was far from Colsaerts mind even six months ago. The last of his three wins on the DP World Tour had come in 2019, and he had endured a nearly life-threatening kidney ailment in 2022 and then acknowledged depression, caused mainly due to the illness he had to battle. He had thus decided to retire as a professional golfer, and had decided that the Alfred Dunhill Cup Links Championship last October and the Open de France, the oldest event in the continent, would be it for him. And then it all magically changed. Something clicked as he played brilliantly at the iconic Old Course at St. Andrews in Scotland, going into the final day of Alfred Dunhill in contention. He rose to joint-lead with Tyrrell Hatton before the latter pipped him to second with a final hole birdie. Having regained the DP World Tour card with that second spot and the elements of his game that had seemingly disappeared, Colsaerts was ready to go again. “It’s funny how when you don’t really care that much, you seize an opportunity when it is there, and you enjoy every minute of it,” he told DP World Tour in a subsequent interview. “All of a sudden when you don’t put that unnecessary pressure on yourself, you just play the game again and it felt incredibly good.” Colsaerts was an important member of the 2012 European Ryder Cup side that pulled off the ‘Miracle at Medinah’, regarded as the greatest comeback in the tournament’s history. The dramatic tie in Illinois saw Europe down 4-10 and then go into the final day 6-10. But Europe scored 8.5 points of the final day’s 12 to clinch victory. On Cup debut as Spanish skipper Jose Maria Olazabal’s pick, his memorable moment was partnering Lee Westwood to beat Tiger Woods and Steve Stricker in fourball. The Belgian, one of Luke Donald’s vice-captains for Europe’s Ryder Cup challenge in the United States this year, missed the cut in the 2024 Indian Open, but is upbeat now though he had made only three cuts in 11 tournaments coming to India. “It went great today,” he said after his round on Thursday. “It’s a difficult golf course. So, anyone who will shoot under-par today is going to be extremely happy. The rough is high this year, the greens are firmer. It’s a little bit like a mini-US Open.” He could savour the challenges the course will throw up. “All in all, it’s a course that if you play good golf you’re going to enjoy playing. I would like to stay as patient as I was today and keep understanding that the pars are good, if you make a few birdies it’s great, everybody’s going to make bogeys. Just try to keep the ball in play as much as possible.” N Ananthanarayanan has spent almost three decades with news agencies and newspapers, reporting domestic and international sport. He has a passion for writing on cricket and athletics.</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>Terms of Trade: History is finally catching up with economics</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>The liberal geopolitical order has outlived its economic utility. India should draw the right lessons from Sino-US competition that’s reshaping geo-economics</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>Mar 05, 2025 04:45 pm</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/terms-of-trade-history-is-finally-catching-up-with-economics-101741173301997.html</t>
+          <t>https://www.hindustantimes.com/analysis/grand-strategy-what-should-india-do-in-a-taiwan-military-contingency-101742806853359.html</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>US president and vice president Donald Trump and J D Vance giving a dressing down to Ukraine’s president Volodymyr Zelenskyy inside the White House—they have followed it up with suspending military aid to Ukraine – will be one of the most defining moments of geopolitics in the post-cold-war global order. Hubris over the capitalist block winning the cold war led Francis Fukuyama to proclaim the ‘end of history’. For those who believed in such proclamations, US-led NATO first nudging Ukraine into a confrontation with Russia and it being followed up by the US reneging on both Ukraine and NATO can only be described as the disintegration of history. Nobody in this cohort seems to be able to make sense of it. For those who knew better than drinking the Kool-Aid of so-called ‘end of history’, what is happening is history moving in to fill the void left by economics. Let us explain this argument gradually. Trump’s objection to NATO and the state-of-play it tries to maintain is primarily monetary. The US should not be paying a majority of the military bill to maintain the dominance of the Western block in Europe is what he is arguing. What would an American abandonment of this security project really entail? Russia, no matter how hard the typical liberal voice in the West tries to vilify it, is not an ideological enemy of capitalism like its predecessor Soviet Union. Today’s Russia, under Vladimir Putin, is an authoritarian regime ruling over a vast landmass. Its economic salience is rooted in rogue capitalism thriving on a huge natural resource endowment. It also has a disproportionately large military apparatus compared to its economic might, which is largely a legacy of the Soviet Union days. It is happy to cut deals over this endowment with other major economic powers irrespective of the ideological flavour of their regime. Until the Ukraine war, countries in western Europe were happy to do business with this version of Russia, so much so that it became an integral component of their energy requirement calculus. Of course, Putin’s Russia has also been looking for opportunities for regional domination vis-à-vis the former satellites of the Soviet Union. But today’s Russian expansionism or quest for protecting its local hegemony is more to cater to old notions of Russian nationalism and maintaining Putin’s own legitimacy than even entertaining a strategic competition with major economic powers in the West. For the West, the question is whether it should oppose the territorial expansionist ambitions of Russia even it requires an economic disengagement from its natural resource markets. Trump and his neo-right fellow travellers in more and more European countries are now openly advocating against this moral grandstanding at a significant material cost and tasting political success in doing so. The Russia question, to be sure, is only a sideshow in the ongoing global political economy game. The US’s major strategic challenge today is from China rather than Russia. It is already the largest economy in purchasing power parity (PPP) terms. China’s GDP was 1.25 times that of the US in international dollars (2021 prices) in 2023. China has a significantly large manufacturing output, almost two times that of the US in 2021, the latest period for which data is available for both countries in the World Bank’s WDI database, even in current dollar terms. While Chinese manufacturing boasts of a significant technological prowess today and is increasingly pushing the envelope on the technological front, the core of its competitiveness continues to be rooted in significantly low wages compared to the advanced capitalist world. The ‘original sin’ in this case from Western standpoint, has been committed by advanced country capitalism, which, in order to cut down costs and maximise profits, started relocating production to low-wage countries (of which China has been the biggest beneficiary) and importing them back. Chinese manufacturing prowess we see today has been developed via a proverbial long march of toil in thousands of manufacturing sweatshops by working on this opportunity. Also Read | Terms of Trade: How to look at the rise of electoral consultants in India Those who think otherwise would do well to read the excellent book House of Huawei: Inside the Secret World of China’s Most Powerful Company by Washington Post’s tech reporter Eva Dou. It gives a fascinating insight into how one of China’s most successful technological companies was developed on the back of inhuman working conditions. What did this loss of manufacturing prowess entail for the West, especially the US? Three things can be listed in chronological order. First, it created an existential crisis for blue collar manufacturing workforce, which was an integral component of economy and politics in advanced capitalism. Second, it is increasingly threatening the market share of companies which are owned by capital in these countries. And, third, thanks to the proliferation of double-use technology today, it can lead to a massive infiltration in the military and security apparatus of the advanced capitalist countries. The US establishment, which does not see eye to eye with Trump tried to prioritise the third and to some extent the second challenge without answering the first. Their democratic support collapsed before the ideological apparatus supporting this worldview. To be sure, China’s per capita income levels are still significantly lower than that of the US or other developed countries. In current dollar terms Chinese per capita GDP was 15% of the US in 2023 and even in PPP terms it was just 30% of US per capita GDP. A situation where a country is a global leader in manufacturing but neither a leader in terms of overall GDP nor even among the top few in terms of per capita GDP is a first in history of capitalism. Where does global capitalism go from here? It is unlikely that China will replace the US as the leading economy as long as dollar continues to be the dominant currency in the world. A lot of US’s advantage in the service sector, which gives it its overall economic lead, is thanks to precisely that. The communist regime in China will never be able, or even willing, to create conditions which will make it a global leader in the world of finance. This will, essentially speaking, require the Communist Party of China accepting the hegemony of global financial flows. That is self-liquidation for a communist regime. Trump’s theatrics around things such as tariffs are basically an attempt to leverage the dominance of the dollar to override some of the loss in American competitiveness. The rest of the world can do precious little to retaliate vis-à-vis American dominance in the world of finance as long as dollar is the dominant currency. Pushing too hard against the US can be self-destructive for a country like China because it has built its economy by squeezing domestic consumption to sell to the outside world. Will this tug-of-war last forever? The best answer to this question will be to borrow China’s first Premier Zhou Enlai’s ‘too early to say’ remark about the French revolution to a visiting French delegation in 1972. There are at least two objective reasons for this non-committal view, one from China and another from US. Having realised that becoming the largest manufacturer in the world did not boost its mass income levels to required levels and now faced with demographic decline, China has now placed its bet on trying to ace the high-tech manufacturing game. Even if this technological bet were to be successful, the redistribution of the surplus created to maintain political stability will be anything but simple for the Chinese regime. In the US, Trump’s coalition will face an increasing tension between the political tailwinds of schadenfreude by vilifying and destroying institutions which symbolised the post-cold-war order, which among other things perpetuated massive income inequalities and the headwinds of the fruits of ongoing political economy recalibration being usurped by capitalist rather than working class allies of the Trump regime. This was best articulated in a New York Times interview with Steve Bannon, one of the biggest faces of Trump’s populist movement. Also Read | Terms of Trade: Are freebies also serving a macroeconomic cause? “(Marc) Andreessen and (Elon) Musk are smart enough to be able to get below the surface on the numbers and see the direction of the country and climb on board as the technofeudalists early on. They are hard-core technofeudalists. They’re not populist. I tease Elon all the time. If I could turn him from a technofeudalist globalist to a populist nationalist, we could make some progress here. He’s definitely a technofeudalist. One of the hardest-core technofeudalists. And so is Andreessen. With these guys you’re talking about genius-level intelligence. These are not dumb people. But they’re not with us when it comes to the little guy”, Bannon said clearly articulating the tension between the haves and have-nots constituencies of the Trump coalition. The future of the Sino-US competition, and therefore the world at large, will depend on how these two contradictory trends play out in US and China. What does all this entail for a country like India? The sequence of events in Oval Office should disabuse India of any illusions that the US will have India’s back in case of a serious military conflict with China. Deals not ideals is what will decide the conduct of today’s US. This is reason enough to engage with rather than provoke China both economically and militarily. On the other hand, Chinese tension between the growth cloth continuously falling short in making the welfare coat should only make us more aware to a much bigger predicament India is likely to face on this front. Capitalism, to put it bluntly, is not the end of history leading to an era of perpetual liberal democracy. It is closer to the Darwinian laws of survival of the fittest. ------- Roshan Kishore, HT’s Data and Political Economy Editor, writes a weekly column on the state of the country’s economy and its political fallout, and vice-versa Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>Not long ago, a visiting American think tank delegation asked me if I thought whether India would help defend Taiwan’s sovereignty in the event of a Chinese attempt at the takeover of the Island by force. I responded by stating that, to begin with, Taiwan has no sovereignty to help defend. Functionally, Taiwan operates as more than just a province of China; however, its legal sovereignty is at best disputed and, at worst, non-existent. This question of legal sovereignty, I argued, will weigh heavily on Delhi’s mind when it decides what to do in an eventually where China seeks to alter the current status quo through military means. I also argued that the US military commitment to defend Taiwan at any cost under the new Trump administration appears deeply questionable. Therefore, expecting countries like India to “help” the US defend Taiwan’s sovereignty—something it legally does not possess—seems unrealistic. In an age where the American commitment to its closest allies in Europe is hardly above doubt, would Washington defend its allies in Asia such as Japan and South Korea? The question of Taiwan may rank even lower on the scale of American commitments. But there is a larger question that Delhi might need to contemplate. If, hypothetically speaking, the American military commitment to defend Taiwan was truly rock-solid, would India do anything to defend Taiwan? Should it? Not that what happens in Taiwan will have no implications for India. It would. A forcible reunification of Taiwan by China will have serious geopolitical implications for Asian balance of power and for India. The end of Taiwan’s autonomous existence and its coming under Beijing’s control will lead to China’s primacy in the Western Pacific, pushing Asia closer to becoming a unipolar region dominated by China. But are those geopolitical implications sufficient for India to do anything to help Taiwan defend itself? I doubt it. More so, Delhi will have to consider what exactly it can do to help Taiwan to defend against Chinese military aggression. And at what cost. Delhi is most unlikely to, and rightly so, offer any military help to Taiwan or its allies (assuming its allies and partners like the US will come to its aid) to meet the China challenge. What about the issue of helping American military efforts indirectly? Will India offer non-military help such as logistics or replenishment services to those, if any, involved in military efforts to defend Taiwan? India is likely to fulfil its commitments to the US or other countries with whom the country has logistics supply agreements with. Beyond that, Delhi is unlikely to make any efforts, I think. How about helping Washington and its allies to put pressure on China in the Malacca strait? Unlikely. Will India help the US and its allies to impose sanctions on China? Unlikely, again, considering India has a long-standing policy of not being part of sanctions regimes which are not authorised by the UN. Will India condemn Chinese aggression? I don’t know. But it is likely to argue that status quo must be maintained. “When your time comes” This line of reasoning is often met with a counterquestion: “If you don’t help your friends in times of their national security emergencies, who will be by your side when you need help at the time of a potential Chinese aggression?” Notwithstanding the rhetorical transnationalism of that question (there is no guarantee that the US will help India to defend against China if India helps US to defend Taiwan), this is an issue for us to reflect upon. What kind of help would India need? China is unlikely to carry out an all-out attack against India which, like China, is armed with nuclear weapons. The India-China confrontation is likely to remain limited to border skirmishes and cyber-attacks from the Chinese side. To address these two forms of Chinese aggression, India must focus on building its own capabilities rather than seeking help after such attacks occur. Put differently, the kind of military challenges India is likely to face from China provides limited space for India’s friends to offer military help even if they decide to do so. Much of the help to India will be in the political and diplomatic space, not military. What we really need from our friends and partners vis-à-vis China is to help create conditions in the region which dissuade Beijing from undertaking military adventurism against India. So, we would need more peacetime conversations, cooperation, military exercises, signaling, regional minilateralism, supply chain resilience etc. rather than reliance and hope on potential military help from abroad during a crisis with China. India’s best guarantee against potential Chinese aggression is in peacetime efforts aimed at defence preparedness and political signaling, rather than depending on its friends and partners during an actual military crisis. Let’s assume that India will be on its own should it ever face a military contingency with China, and plan accordingly. But to go back to the Taiwan question, my sense if that India’s engagement of Taiwan is likely to take place below a certain threshold. That threshold is called status quo. And since the question of a sovereign Taiwan is way above that threshold, Delhi’s response is likely to be less than enthusiastic considering the Indian recognition that what Taiwan can get beyond the status quo is what it can negotiate with China, not what others can give it through the use of their force. ------------------ Happymon Jacob teaches India’s foreign policy at Jawaharlal Nehru University (JNU) and is editor, INDIA’S WORLD magazine. Views are personal.</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>Is Ticketmaster a monopoly?</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Perhaps—but the legal bar to an antitrust case against the company is high</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>Mar 03, 2025 08:00 am</t>
+          <t>Mar 19, 2025 06:09 am</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/is-ticketmaster-a-monopoly-101740133131081.html</t>
+          <t>https://www.hindustantimes.com/analysis/longterm-warming-close-to-crossing-1-5-c-paris-accord-threshold-un-body-101742344123484.html</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>NOVEMBER 18TH should have been a momentous day for Taylor Swift’s fans. Tickets for the American leg of the pop star’s tour next year—her first since 2018—were due to be released to the general public on Ticketmaster, an online ticket vendor. But on November 17th the company abruptly cancelled the sale, saying it had too few tickets left and problems with its ticketing system after a botched early release on November 15th. Ticketmaster had invited fans to register for the pre-release and verified those who could take part. This was an attempt to crack down on bots and ticket touts and to manage high demand. But the sale was plagued with glitches and delays. The firm said over 2m tickets were sold—but many soon appeared on resale sites for eye-watering sums. The bad blood extends beyond the ranks of infuriated Swifties (as Ms Swift’s vociferous fans are known). The pop star herself expressed frustration with Ticketmaster on social media. Jonathan Skrmetti, the Republican attorney-general of Tennessee, a state with a huge music industry, said he would look into the pre-release fiasco. On Friday Amy Klobuchar, the Democratic chair of the Senate antitrust subcommittee, said Congress would hold a hearing on Ticketmaster before the end of the year. The New York Times reported that in recent months America’s Department of Justice (DoJ) has been investigating whether Live Nation Entertainment (LNE), Ticketmaster’s parent company, is a monopoly. Is it? In 2010 the DoJ approved Ticketmaster’s merger with Live Nation, a venue operator, provided that it adhered to measures drawn up to protect competition in the primary ticketing sector. This included Ticketmaster divesting some of its business to competitors. But those safeguards seem to have failed. Typically, says Michael Carrier of Rutgers University, a market share above 70% is enough to control a market. According to a report by the Government Accountability Office, America’s congressional watchdog, published in 2018, Ticketmaster controlled more than 80% of the primary ticketing market prior to the merger and was “still the market leader as of 2017”. But LNE’s chief financial officer says it is not as big as it is often thought: he recently told NPR that though Ticketmaster does not have an exact figure, its estimated market share is 20-30%. That huge discrepancy probably means that LNE is defining the industry more broadly. It seems to be including concert promotion which makes its market share seem smaller. Monopolies are not inherently illegal. The Federal Trade Commission (FTC) approves of those obtained through “superior products, innovation or business acumen”. The problem comes when a perceived monopoly engages in anti-competitive behaviour to exclude other companies from the market. Ticketmaster and LNE have faced numerous accusations to that effect. In the mid-1990s Pearl Jam, a rock band, working with the DoJ, alleged that by buying up its competitors, Ticketmaster left artists and fans with no alternative and subjected them to exorbitant fees. That case was quietly closed in 1995. Earlier this year a class-action lawsuit alleged that Ticketmaster and LNE use their market power to force fans into arbitration with a new mediator they accuse of having financial links with the companies. Ticketmaster and LNE responded denying the accusations, saying the plaintiffs were overstating the impact of the new arbitrator. The approach America’s regulators take to trust busting has gone through a sea change under the current administration. President Joe Biden has bemoaned the rise of monopolies, including in the ticketing industry. In 2021 he appointed Lina Khan, known for calling for the breakup of several big tech firms, as chair of the FTC. But even with agencies more willing to pursue antitrust cases, irate Swifties would need proof of anti-competitive behaviour. Shoddy service is not enough. Still, the ticketing debacle emphasises the chilling effect of limited competition. A bigger range of large vendors could increase the pressure on Ticketmaster to improve its sales platform. That’s something fans could at last applaud.</t>
+          <t>New Delhi : Long-term global warming is currently estimated to be between 1.34 and 1.41 degrees Celsius compared to pre-industrial levels, the World Meteorological Organisation’s State of the Global Climate report has said. The assessment is based on a range of methods, the report said while pointing that we are a fraction of a degree away from breaching the 1.5 degrees C goal or the lower limit of Paris Agreement. To be sure, 19 of the past 20 months have seen the mark being breached, but scientists insist on a longer-term trend. HT reported on March 14 that the world could cross the 1.5 degrees C long-term global warming threshold by September 2029 if current warming trend continues according to the Copernicus Climate Change Service (C3S) , a timeline that is significantly sooner than the “early 2030s” projection that was widely agreed upon by scientists. Ambient temperatures have already reached 1.38°C above the pre-industrial levels, C3S reported. On Tuesday, WMO also said there were clear signs of human-induced climate change reaching new heights in 2024, with some of the consequences being irreversible over hundreds if not thousands of years and underlined that massive economic and social upheavals from extreme weather are to be expected. Atmospheric concentration of carbon dioxide are at the highest levels in the last 800,000 years, it said. WMO’s State of the Global Climate report confirmed that 2024 was likely the first calendar year to be more than 1.5 degrees C above the pre-industrial era, with a global mean near-surface temperature of 1.55 ± 0.13 °C above the 1850-1900 average or pre-industrial levels. This is the warmest year in the 175-year observational record. “Our planet is issuing more distress signals — but this report shows that limiting long-term global temperature rise to 1.5 degrees Celsius is still possible. Leaders must step up to make it happen — seizing the benefits of cheap, clean renewables for their people and economies — with new National climate plans due this year, ” said United Nations Secretary-General António Guterres in a statement. “Data for 2024 show that our oceans continued to warm, and sea levels continued to rise. The frozen parts of Earth’s surface, known as the cryosphere, are melting at an alarming rate: glaciers continue to retreat, and Antarctic sea ice reached its second-lowest extent ever recorded. Meanwhile, extreme weather continues to have devastating consequences around the world,” said Celeste Saulo, WMO Secretary-General in the statement. Tropical cyclones, floods, droughts, and other hazards in 2024 led to the highest number of new displacements recorded for the past 16 years, contributed to worsening food crises, and caused massive economic losses. Among key indicators, WMO highlighted that carbon dioxide concentrations in 2023 (the last year for which consolidated global annual figures are available) were 420.0 ± 0.1 parts per million (ppm), 2.3 ppm more than 2022 and 151% of the pre-industrial level (in 1750). In 2024, ocean heat content reached its highest level in the 65-year observational record. Each of the past eight years has set a new record. The rate of ocean warming over the past two decades, 2005-2024, is more than twice that in the period 1960-2005. There is a steady decrease of global average ocean surface pH leading to ocean acidification. The most intense regional decreases in pH are in the Indian Ocean, the Southern Ocean, the eastern equatorial Pacific Ocean, the northern tropical Pacific, and some regions in the Atlantic Ocean. Projections by WMO show that ocean acidification will continue to increase in the 21st century, at rates dependent on future emissions. Changes in deep-ocean pH are irreversible on centennial to millennial time scales. Further, in 2024, global mean sea level was the highest since the start of the satellite record in 1993 and the rate of increase from 2015-2024 was double that from 1993–2002, increasing from 2.1 mm per year to 4.7 mm per year. The period between 2022 and 2024 represents the most negative three-year glacier mass balance on record. Seven of the ten most negative mass balance years since 1950 have occurred since 2016. Exceptionally negative mass balances in glaciers were experienced in Norway, Sweden, Svalbard, and the tropical Andes. The 18 lowest Arctic sea-ice minimum extents in the satellite record all occurred in the past 18 years. The annual minimum and maximum of Antarctic sea-ice extent were each the 2nd lowest in the observed record from 1979. Extreme weather events in 2024 led to the highest number of new annual displacements since 2008 globally. These destroyed homes, critical infrastructure, forests, farmland and biodiversity. The compounded effect of various shocks, such as intensifying conflict, drought and high domestic food prices drove worsening food crises in 18 countries globally by mid-2024. During summer on 2024, areas particularly affected by heatwaves included east Asia, south-east Europe, the Mediterranean and West Asia, and the south-western United States. This followed record-breaking heat in many parts of the northern hemisphere tropics during the pre-monsoon period from late March to May, including south-east Asia, West Africa and the Sahel, and Central America, as well as northern India. Among the most significant events was the June heatwave in Saudi Arabia, when temperatures near Mecca reached 50°C during the Hajj pilgrimage. Many casualties were reported during the pilgrimage, the large majority of which were partially or wholly attributable to the extreme heat, the report said. Experts pointed to the absence of an agreed mechanism to monitor the temperature rise in the context of the Paris Agreement goals. “For example, how do we define warming, surface temperature or air temperature, which dataset to go by, there are number of questions around this. How quickly we breach the 1.5°C goal is difficult to answer. In 2023-2024 temperatures have been higher than expected compared to background warming. It is being studied if this is a result of reduction in aerosols from certain sectors,” a WMO expert said on Tuesday during a briefing on the report. I write on the environment and climate crisis and I believe these are the most important stories of our times.</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>Weather Bee: How heavy is the snowfall in the hills?</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Almost all of Himachal Pradesh, Uttarakhand, Jammu and Kashmir, and Ladakh received at least 7.5 mm precipitation on February 28</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>Mar 01, 2025 01:18 pm</t>
+          <t>Mar 05, 2025 04:45 pm</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/weather-bee-how-heavy-is-the-snowfall-in-the-hills-101740815337916.html</t>
+          <t>https://www.hindustantimes.com/analysis/terms-of-trade-history-is-finally-catching-up-with-economics-101741173301997.html</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>Multiple districts in the higher reaches of Himachal Pradesh and Uttarakhand have received heavy snowfall and rain this week, particularly on Thursday and Friday. This has led to landslides and avalanches. How intense is this precipitation? Is this usual for this time of the year? The gridded precipitation data of the India Meteorological Department (IMD) can help us in answering this question. This is what the data shows. The IMD’s data for precipitation is generated for 24 hours ending at 8:30 am on the day. This means that the data for February 28 corresponds to the 24-hour-period ending at 8:30 am on Friday, and shows precipitation for parts of both February 27 and February 28. According to this data, almost all of Himachal Pradesh, Uttarakhand, Jammu and Kashmir, and Ladakh received at least 7.5 mm precipitation on February 28, and large parts of these regions received more than 35.5 mm precipitation.  Since IMD classifies rain in the 35.6-64.4 mm range as “rather heavy”, it is clear that large parts of these regions received heavy precipitation. Moreover, some districts – such as Reasi, Doda, Ramban, and Udhampur in Jammu and Kashmir; Lahul and Spiti, Kullu, and Kangra in Himachal Pradesh; and Chamoli in Uttarakhand -- received 64.4-124.4 mm precipitation, which is classified as “heavy” intensity for rain. Parts of Kullu also received precipitation in the 124.4-244.4 range, the second highest intensity category for a 24-hour period. This means that the precipitation on February 28 was just short of extreme in some places. This is consistent with the reports of precipitation in these districts being heavy enough to cause avalanches and landslides. Is such precipitation usual for this time of the year in these hilly regions? Not of this intensity. As the accompanying maps show, the usual precipitation for February 28 is mostly light (2.5-7.5 mm), although some places average moderate (7.5 mm-35.5 mm). The IMD’s data for precipitation is generated for 24 hours ending at 8:30 am on the day. This means that the data for February 28 corresponds to the 24-hour-period ending at 8:30 am on Friday, and shows precipitation for parts of both February 27 and February 28. According to this data, almost all of Himachal Pradesh, Uttarakhand, Jammu and Kashmir, and Ladakh received at least 7.5 mm precipitation on February 28, and large parts of these regions received more than 35.5 mm precipitation. Since IMD classifies rain in the 35.6-64.4 mm range as “rather heavy”, it is clear that large parts of these regions received heavy precipitation. Moreover, some districts – such as Reasi, Doda, Ramban, and Udhampur in Jammu and Kashmir; Lahul and Spiti, Kullu, and Kangra in Himachal Pradesh; and Chamoli in Uttarakhand -- received 64.4-124.4 mm precipitation, which is classified as “heavy” intensity for rain. Parts of Kullu also received precipitation in the 124.4-244.4 range, the second highest intensity category for a 24-hour period. This means that the precipitation on February 28 was just short of extreme in some places. This is consistent with the reports of precipitation in these districts being heavy enough to cause avalanches and landslides. Is such precipitation usual for this time of the year in these hilly regions? Not of this intensity. As the accompanying maps show, the usual precipitation for February 28 is mostly light (2.5-7.5 mm), although some places average moderate (7.5 mm-35.5 mm). To be sure, the cause of the current round of precipitation is indeed common in February. The current round of precipitation, as is often the case in winter in India, was caused by a western disturbance, which is a loosely defined term for storms originating west of India. Around 10 western disturbances affect India in the month of February (1971-2020 average), according to a dataset developed by Kieran M. R. Hunt and others, which was first published in the Quarterly Journal of the Royal Meteorological Society in January 2018. However, western disturbances have been of lower intensity this year or fewer in number after mid-January. This can be seen in the deviation of precipitation for the 29 days ending February 27. Almost all of the two hilly states and two UTs in the north had a deficit of 20% or more in this period. The disaster-causing precipitation on February 28 has decreased this deficit in a big way. In fact, large parts of Himachal Pradesh, have a surplus of over 20%. These statistics yet again highlight the erratic patterns of precipitation in a changing climate, where rain and snow fall in one short burst instead of being spread over multiple days, which would reduce the chances of disaster. To be sure, as this column highlighted last week, given the long-term decline in snow pack in India’s hilly regions in the north, it remains to be seen how much these bursts of snowfall help India’s snow pack this year. Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>US president and vice president Donald Trump and J D Vance giving a dressing down to Ukraine’s president Volodymyr Zelenskyy inside the White House—they have followed it up with suspending military aid to Ukraine – will be one of the most defining moments of geopolitics in the post-cold-war global order. Hubris over the capitalist block winning the cold war led Francis Fukuyama to proclaim the ‘end of history’. For those who believed in such proclamations, US-led NATO first nudging Ukraine into a confrontation with Russia and it being followed up by the US reneging on both Ukraine and NATO can only be described as the disintegration of history. Nobody in this cohort seems to be able to make sense of it. For those who knew better than drinking the Kool-Aid of so-called ‘end of history’, what is happening is history moving in to fill the void left by economics. Let us explain this argument gradually. Trump’s objection to NATO and the state-of-play it tries to maintain is primarily monetary. The US should not be paying a majority of the military bill to maintain the dominance of the Western block in Europe is what he is arguing. What would an American abandonment of this security project really entail? Russia, no matter how hard the typical liberal voice in the West tries to vilify it, is not an ideological enemy of capitalism like its predecessor Soviet Union. Today’s Russia, under Vladimir Putin, is an authoritarian regime ruling over a vast landmass. Its economic salience is rooted in rogue capitalism thriving on a huge natural resource endowment. It also has a disproportionately large military apparatus compared to its economic might, which is largely a legacy of the Soviet Union days. It is happy to cut deals over this endowment with other major economic powers irrespective of the ideological flavour of their regime. Until the Ukraine war, countries in western Europe were happy to do business with this version of Russia, so much so that it became an integral component of their energy requirement calculus. Of course, Putin’s Russia has also been looking for opportunities for regional domination vis-à-vis the former satellites of the Soviet Union. But today’s Russian expansionism or quest for protecting its local hegemony is more to cater to old notions of Russian nationalism and maintaining Putin’s own legitimacy than even entertaining a strategic competition with major economic powers in the West. For the West, the question is whether it should oppose the territorial expansionist ambitions of Russia even it requires an economic disengagement from its natural resource markets. Trump and his neo-right fellow travellers in more and more European countries are now openly advocating against this moral grandstanding at a significant material cost and tasting political success in doing so. The Russia question, to be sure, is only a sideshow in the ongoing global political economy game. The US’s major strategic challenge today is from China rather than Russia. It is already the largest economy in purchasing power parity (PPP) terms. China’s GDP was 1.25 times that of the US in international dollars (2021 prices) in 2023. China has a significantly large manufacturing output, almost two times that of the US in 2021, the latest period for which data is available for both countries in the World Bank’s WDI database, even in current dollar terms. While Chinese manufacturing boasts of a significant technological prowess today and is increasingly pushing the envelope on the technological front, the core of its competitiveness continues to be rooted in significantly low wages compared to the advanced capitalist world. The ‘original sin’ in this case from Western standpoint, has been committed by advanced country capitalism, which, in order to cut down costs and maximise profits, started relocating production to low-wage countries (of which China has been the biggest beneficiary) and importing them back. Chinese manufacturing prowess we see today has been developed via a proverbial long march of toil in thousands of manufacturing sweatshops by working on this opportunity. Also Read | Terms of Trade: How to look at the rise of electoral consultants in India Those who think otherwise would do well to read the excellent book House of Huawei: Inside the Secret World of China’s Most Powerful Company by Washington Post’s tech reporter Eva Dou. It gives a fascinating insight into how one of China’s most successful technological companies was developed on the back of inhuman working conditions. What did this loss of manufacturing prowess entail for the West, especially the US? Three things can be listed in chronological order. First, it created an existential crisis for blue collar manufacturing workforce, which was an integral component of economy and politics in advanced capitalism. Second, it is increasingly threatening the market share of companies which are owned by capital in these countries. And, third, thanks to the proliferation of double-use technology today, it can lead to a massive infiltration in the military and security apparatus of the advanced capitalist countries. The US establishment, which does not see eye to eye with Trump tried to prioritise the third and to some extent the second challenge without answering the first. Their democratic support collapsed before the ideological apparatus supporting this worldview. To be sure, China’s per capita income levels are still significantly lower than that of the US or other developed countries. In current dollar terms Chinese per capita GDP was 15% of the US in 2023 and even in PPP terms it was just 30% of US per capita GDP. A situation where a country is a global leader in manufacturing but neither a leader in terms of overall GDP nor even among the top few in terms of per capita GDP is a first in history of capitalism. Where does global capitalism go from here? It is unlikely that China will replace the US as the leading economy as long as dollar continues to be the dominant currency in the world. A lot of US’s advantage in the service sector, which gives it its overall economic lead, is thanks to precisely that. The communist regime in China will never be able, or even willing, to create conditions which will make it a global leader in the world of finance. This will, essentially speaking, require the Communist Party of China accepting the hegemony of global financial flows. That is self-liquidation for a communist regime. Trump’s theatrics around things such as tariffs are basically an attempt to leverage the dominance of the dollar to override some of the loss in American competitiveness. The rest of the world can do precious little to retaliate vis-à-vis American dominance in the world of finance as long as dollar is the dominant currency. Pushing too hard against the US can be self-destructive for a country like China because it has built its economy by squeezing domestic consumption to sell to the outside world. Will this tug-of-war last forever? The best answer to this question will be to borrow China’s first Premier Zhou Enlai’s ‘too early to say’ remark about the French revolution to a visiting French delegation in 1972. There are at least two objective reasons for this non-committal view, one from China and another from US. Having realised that becoming the largest manufacturer in the world did not boost its mass income levels to required levels and now faced with demographic decline, China has now placed its bet on trying to ace the high-tech manufacturing game. Even if this technological bet were to be successful, the redistribution of the surplus created to maintain political stability will be anything but simple for the Chinese regime. In the US, Trump’s coalition will face an increasing tension between the political tailwinds of schadenfreude by vilifying and destroying institutions which symbolised the post-cold-war order, which among other things perpetuated massive income inequalities and the headwinds of the fruits of ongoing political economy recalibration being usurped by capitalist rather than working class allies of the Trump regime. This was best articulated in a New York Times interview with Steve Bannon, one of the biggest faces of Trump’s populist movement. Also Read | Terms of Trade: Are freebies also serving a macroeconomic cause? “(Marc) Andreessen and (Elon) Musk are smart enough to be able to get below the surface on the numbers and see the direction of the country and climb on board as the technofeudalists early on. They are hard-core technofeudalists. They’re not populist. I tease Elon all the time. If I could turn him from a technofeudalist globalist to a populist nationalist, we could make some progress here. He’s definitely a technofeudalist. One of the hardest-core technofeudalists. And so is Andreessen. With these guys you’re talking about genius-level intelligence. These are not dumb people. But they’re not with us when it comes to the little guy”, Bannon said clearly articulating the tension between the haves and have-nots constituencies of the Trump coalition. The future of the Sino-US competition, and therefore the world at large, will depend on how these two contradictory trends play out in US and China. What does all this entail for a country like India? The sequence of events in Oval Office should disabuse India of any illusions that the US will have India’s back in case of a serious military conflict with China. Deals not ideals is what will decide the conduct of today’s US. This is reason enough to engage with rather than provoke China both economically and militarily. On the other hand, Chinese tension between the growth cloth continuously falling short in making the welfare coat should only make us more aware to a much bigger predicament India is likely to face on this front. Capitalism, to put it bluntly, is not the end of history leading to an era of perpetual liberal democracy. It is closer to the Darwinian laws of survival of the fittest. ------- Roshan Kishore, HT’s Data and Political Economy Editor, writes a weekly column on the state of the country’s economy and its political fallout, and vice-versa Roshan Kishore is the Data and Political Economy Editor at Hindustan Times. His weekly column for HT Premium Terms of Trade appears every Friday.</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>Do bans on smartphones in schools improve mental health?</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>What the early evidence suggests about the effect on students</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Mar 01, 2025 08:00 am</t>
+          <t>Mar 03, 2025 08:00 am</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/do-bans-on-smartphones-in-schools-improve-mental-health-101740127455267.html</t>
+          <t>https://www.hindustantimes.com/analysis/is-ticketmaster-a-monopoly-101740133131081.html</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>France has not allowed smartphone use in primary or secondary schools since 2018, claiming that it would help children focus, reduce their social-media use and mitigate online bullying. The Netherlands initiated a similar ban in January 2024. Hungary followed suit later that year. Legislators in Britain are considering similar measures. The key question facing them is whether banning smartphones in schools offers any benefits to mental health. That there is a problem seems clear. In 2021 America’s surgeon general compiled a report revealing that persistent feelings of hopelessness climbed by 40% among American high-school pupils between 2009 and 2019. The number who seriously considered killing themselves went up by 36%. What makes these findings all the worse is that 48% of mental-health problems (like depression and anxiety) that emerge during adolescence will plague people for the rest of their lives.  It is tempting to connect these trends with the increased availability of smartphones, but establishing a causal connection is difficult. Part of the problem is that smartphones contain multitudes. Using a smartphone to solve crosswords or read the news may well have markedly different psychological effects from intensive social-media use. Children are no less varied. The brain undergoes profound changes during puberty, meaning that any research on the effects of smartphone use needs to consider the developmental age of the children being studied as well as their precise smartphone habits. No studies have got this specific. Those that have come close, however, reveal that unfettered access to social media on smartphones during puberty, especially at critical moments when the brain is changing, may cause problems. One study, led by Amy Orben at the University of Cambridge, asked 17,409 people between the ages of ten and 21 how satisfied they were with their lives and how much they used social media. The findings, reported in 2022 in Nature Communications, show that girls who increased their social media use over the course of a year were significantly less satisfied with their lives if the increase took place when they were between 11 and 13. Boys showed the same trend when increases took place when they were 14 or 15 years old. How much of this will change by banning phones in schools is unclear. In a paper published in the Lancet in February, Victoria Goodyear at the University of Birmingham compared the mental well-being of students in schools that implemented restrictive smartphone policies with those with relaxed policies. She also monitored overall screentime. Her results show that, though those who spent more time on a smartphone overall did have a decline in mental well-being, there was no difference between the two groups. She and her colleagues argue that setting up policies at schools alone is simply not enough. Researchers are trying to paint a complete picture with both hands tied behind their back. According to Dr Orben, social-media companies routinely refuse to give independent researchers access to detailed data on the behaviours of their users. This forces researchers to rely on less accurate proxy measures, like overall screentime. It also means that children playing educational games are being put in the same analytical bin as children who are on social media. A more nuanced picture of the effects of smartphones needs to be drawn. Curious about the world? To enjoy our mind-expanding science coverage, sign up to Simply Science, our weekly subscriber-only newsletter. That there is a problem seems clear. In 2021 America’s surgeon general compiled a report revealing that persistent feelings of hopelessness climbed by 40% among American high-school pupils between 2009 and 2019. The number who seriously considered killing themselves went up by 36%. What makes these findings all the worse is that 48% of mental-health problems (like depression and anxiety) that emerge during adolescence will plague people for the rest of their lives. It is tempting to connect these trends with the increased availability of smartphones, but establishing a causal connection is difficult. Part of the problem is that smartphones contain multitudes. Using a smartphone to solve crosswords or read the news may well have markedly different psychological effects from intensive social-media use. Children are no less varied. The brain undergoes profound changes during puberty, meaning that any research on the effects of smartphone use needs to consider the developmental age of the children being studied as well as their precise smartphone habits. No studies have got this specific. Those that have come close, however, reveal that unfettered access to social media on smartphones during puberty, especially at critical moments when the brain is changing, may cause problems. One study, led by Amy Orben at the University of Cambridge, asked 17,409 people between the ages of ten and 21 how satisfied they were with their lives and how much they used social media. The findings, reported in 2022 in Nature Communications, show that girls who increased their social media use over the course of a year were significantly less satisfied with their lives if the increase took place when they were between 11 and 13. Boys showed the same trend when increases took place when they were 14 or 15 years old. How much of this will change by banning phones in schools is unclear. In a paper published in the Lancet in February, Victoria Goodyear at the University of Birmingham compared the mental well-being of students in schools that implemented restrictive smartphone policies with those with relaxed policies. She also monitored overall screentime. Her results show that, though those who spent more time on a smartphone overall did have a decline in mental well-being, there was no difference between the two groups. She and her colleagues argue that setting up policies at schools alone is simply not enough. Researchers are trying to paint a complete picture with both hands tied behind their back. According to Dr Orben, social-media companies routinely refuse to give independent researchers access to detailed data on the behaviours of their users. This forces researchers to rely on less accurate proxy measures, like overall screentime. It also means that children playing educational games are being put in the same analytical bin as children who are on social media. A more nuanced picture of the effects of smartphones needs to be drawn. Curious about the world? To enjoy our mind-expanding science coverage, sign up to Simply Science, our weekly subscriber-only newsletter. Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>NOVEMBER 18TH should have been a momentous day for Taylor Swift’s fans. Tickets for the American leg of the pop star’s tour next year—her first since 2018—were due to be released to the general public on Ticketmaster, an online ticket vendor. But on November 17th the company abruptly cancelled the sale, saying it had too few tickets left and problems with its ticketing system after a botched early release on November 15th. Ticketmaster had invited fans to register for the pre-release and verified those who could take part. This was an attempt to crack down on bots and ticket touts and to manage high demand. But the sale was plagued with glitches and delays. The firm said over 2m tickets were sold—but many soon appeared on resale sites for eye-watering sums. The bad blood extends beyond the ranks of infuriated Swifties (as Ms Swift’s vociferous fans are known). The pop star herself expressed frustration with Ticketmaster on social media. Jonathan Skrmetti, the Republican attorney-general of Tennessee, a state with a huge music industry, said he would look into the pre-release fiasco. On Friday Amy Klobuchar, the Democratic chair of the Senate antitrust subcommittee, said Congress would hold a hearing on Ticketmaster before the end of the year. The New York Times reported that in recent months America’s Department of Justice (DoJ) has been investigating whether Live Nation Entertainment (LNE), Ticketmaster’s parent company, is a monopoly. Is it? In 2010 the DoJ approved Ticketmaster’s merger with Live Nation, a venue operator, provided that it adhered to measures drawn up to protect competition in the primary ticketing sector. This included Ticketmaster divesting some of its business to competitors. But those safeguards seem to have failed. Typically, says Michael Carrier of Rutgers University, a market share above 70% is enough to control a market. According to a report by the Government Accountability Office, America’s congressional watchdog, published in 2018, Ticketmaster controlled more than 80% of the primary ticketing market prior to the merger and was “still the market leader as of 2017”. But LNE’s chief financial officer says it is not as big as it is often thought: he recently told NPR that though Ticketmaster does not have an exact figure, its estimated market share is 20-30%. That huge discrepancy probably means that LNE is defining the industry more broadly. It seems to be including concert promotion which makes its market share seem smaller. Monopolies are not inherently illegal. The Federal Trade Commission (FTC) approves of those obtained through “superior products, innovation or business acumen”. The problem comes when a perceived monopoly engages in anti-competitive behaviour to exclude other companies from the market. Ticketmaster and LNE have faced numerous accusations to that effect. In the mid-1990s Pearl Jam, a rock band, working with the DoJ, alleged that by buying up its competitors, Ticketmaster left artists and fans with no alternative and subjected them to exorbitant fees. That case was quietly closed in 1995. Earlier this year a class-action lawsuit alleged that Ticketmaster and LNE use their market power to force fans into arbitration with a new mediator they accuse of having financial links with the companies. Ticketmaster and LNE responded denying the accusations, saying the plaintiffs were overstating the impact of the new arbitrator. The approach America’s regulators take to trust busting has gone through a sea change under the current administration. President Joe Biden has bemoaned the rise of monopolies, including in the ticketing industry. In 2021 he appointed Lina Khan, known for calling for the breakup of several big tech firms, as chair of the FTC. But even with agencies more willing to pursue antitrust cases, irate Swifties would need proof of anti-competitive behaviour. Shoddy service is not enough. Still, the ticketing debacle emphasises the chilling effect of limited competition. A bigger range of large vendors could increase the pressure on Ticketmaster to improve its sales platform. That’s something fans could at last applaud.</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>Grand Strategy: Three strongmen and the world order, 80 years apart</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>If the great power consensus remains between Russia and the US, India may have little to worry about. But, if it includes China, it could be a cause for concern</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>No published date</t>
+          <t>Mar 01, 2025 01:18 pm</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/grand-strategy-three-strongmen-and-the-world-order-80-years-apart-101740486211738.html</t>
+          <t>https://www.hindustantimes.com/analysis/weather-bee-how-heavy-is-the-snowfall-in-the-hills-101740815337916.html</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>On February 18, US Secretary of State Marco Rubio and Russian Foreign Minister Sergey Lavrov met in Riyadh in Saudi Arabia to initiate negotiations aimed at ending the Russia-Ukraine war which this month marked three years. Shortly thereafter, Russian President Vladimir Putin and Chinese President Xi Jinping held a telephone conversation presumably to discuss the war and the Riyadh talks. On the same day, several European leaders and Canadian Prime Minister Justin Trudeau travelled to Kyiv in a show of solidarity to Ukraine, embattled and abandoned by the Trump administration. Notably, they were neither invited to the Riyadh meeting nor consulted by the US ahead of those negotiations. Nor was Ukraine consulted or invited to the discussions aimed at ending a war in which it is a key party. A little history In February 1945, exactly 80 years ago, three strongmen leaders -- US President Franklin Roosevelt, British Prime Minister Winston Churchill, and Soviet leader Joseph Stalin -- met at the Yalta resort in then-Soviet Crimea to create a new world order. And they did: They broke up Germany, and decided to set up a new international organisation, the United Nations, which materialised later that year. The San Francisco Conference brought delegates from 50 Allied nations from April to June 1945, drafted the charter for a world organisation. However, it was ultimately the victors of the Second World War—led by the three strongmen—who effectively established a new world order. Historically speaking, this was the height of the great power solidarity which would soon end with the start of the Cold War. For Russians, Yalta continues to symbolise their great power past; for some sections of the US too, particularly Trump and co., Yalta is the way to global stability. For a lot of Europeans, especially the Poles and the Baltic states, this meant being thrown to the vagaries of the Cold War and spheres influence, just as they were recovering from Nazi occupation and the harsh realities of the brutal world war. The US-Russia talks are expected to pave the way for a summit between Trump and Putin, allowing them to put their personal stamps on an end to the war and outline a post-war settlement. Given Trump’s conciliatory stance towards China’s Xi, it is possible he could be brought on board—even if indirectly—regarding the deal, with details expected to emerge over time. The Russia-US talks unequivocally acknowledge the argument made by a lot of analysts and decisionmakers including many in India that the war was a result of the great power rivalry (meaning NATO expansion into Russia’s sphere of influence) and therefore the only way to end this is to have conversations between Moscow and Washington. More so, this ‘great power conversation’ is also expected to tackle another pressing concern within the international community: the breakdown of arms control discussions between the US and Russia, alongside the absence of structured mechanisms for ensuring global stability. To that extent, US-Russia conversations are a good thing considering that this could potentially lead to great power concert and reproachment. But peace and stability under what conditions? The fact that Ukraine has so far found no place on the negotiating table is clearly worrisome considering the human cost it has had to bear in the last three years. Moreover, Europeans who stood with Washington over the past three years feel abandoned by the new administration, both regarding their own security and in their support for Ukraine. This sets a dangerous precedent at several levels: for one, this is bound to lead to a massive rearmament process in Europe, and the American credibility among its allies will fall dramatically. How will its Asian partners, South Korea and Japan, for instance, respond to this? What about Taiwan? If the US’ abrupt withdrawal from Afghanistan showcased America’s untrustworthiness, the situation in Ukraine has solidified that impression for the foreseeable future. Unlike 1945, those left out of the Jeddah conferences are not without options, nor are they all war-torn and economically ravaged. More so, the deep rupture in the trans-Atlantic consensus will not be a problem for Europe; it will be damaging for the US too in the long term. However, “long-term” considerations don’t necessarily align with Trump’s decision-making style. While Europe’s ability to sustain Ukraine’s war efforts is severely limited without American support, it may push back, choose not to cooperate with Trump, avoid engaging with the Russians, and seek to disentangle itself from the American security relationship. The real worry would be the reinstatement of spheres of influence or the creation of new ones as a result of the great power conversations. Put differently, while a decision by the US, Russia and China to peacefully co-exist is good for the world, such a world would prove to be ruinous for a large number of middle, rising and non-aligned powers including, perhaps, for India. Would the US, for instance, give China a carte blanche for China in Asia? How will that shift the India-China balance of power and what will that mean for the Indo-Pacific? A three-way US-China-Russia deal could present significant challenges for New Delhi. If the great power consensus remains between Russia and the US, New Delhi may have little to worry about. However, if this consensus extends to include China, it could be a cause for concern for India. Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>Multiple districts in the higher reaches of Himachal Pradesh and Uttarakhand have received heavy snowfall and rain this week, particularly on Thursday and Friday. This has led to landslides and avalanches. How intense is this precipitation? Is this usual for this time of the year? The gridded precipitation data of the India Meteorological Department (IMD) can help us in answering this question. This is what the data shows. The IMD’s data for precipitation is generated for 24 hours ending at 8:30 am on the day. This means that the data for February 28 corresponds to the 24-hour-period ending at 8:30 am on Friday, and shows precipitation for parts of both February 27 and February 28. According to this data, almost all of Himachal Pradesh, Uttarakhand, Jammu and Kashmir, and Ladakh received at least 7.5 mm precipitation on February 28, and large parts of these regions received more than 35.5 mm precipitation. Since IMD classifies rain in the 35.6-64.4 mm range as “rather heavy”, it is clear that large parts of these regions received heavy precipitation. Moreover, some districts – such as Reasi, Doda, Ramban, and Udhampur in Jammu and Kashmir; Lahul and Spiti, Kullu, and Kangra in Himachal Pradesh; and Chamoli in Uttarakhand -- received 64.4-124.4 mm precipitation, which is classified as “heavy” intensity for rain. Parts of Kullu also received precipitation in the 124.4-244.4 range, the second highest intensity category for a 24-hour period. This means that the precipitation on February 28 was just short of extreme in some places. This is consistent with the reports of precipitation in these districts being heavy enough to cause avalanches and landslides. Is such precipitation usual for this time of the year in these hilly regions? Not of this intensity. As the accompanying maps show, the usual precipitation for February 28 is mostly light (2.5-7.5 mm), although some places average moderate (7.5 mm-35.5 mm). To be sure, the cause of the current round of precipitation is indeed common in February. The current round of precipitation, as is often the case in winter in India, was caused by a western disturbance, which is a loosely defined term for storms originating west of India. Around 10 western disturbances affect India in the month of February (1971-2020 average), according to a dataset developed by Kieran M. R. Hunt and others, which was first published in the Quarterly Journal of the Royal Meteorological Society in January 2018. However, western disturbances have been of lower intensity this year or fewer in number after mid-January. This can be seen in the deviation of precipitation for the 29 days ending February 27. Almost all of the two hilly states and two UTs in the north had a deficit of 20% or more in this period. The disaster-causing precipitation on February 28 has decreased this deficit in a big way. In fact, large parts of Himachal Pradesh, have a surplus of over 20%. These statistics yet again highlight the erratic patterns of precipitation in a changing climate, where rain and snow fall in one short burst instead of being spread over multiple days, which would reduce the chances of disaster. To be sure, as this column highlighted last week, given the long-term decline in snow pack in India’s hilly regions in the north, it remains to be seen how much these bursts of snowfall help India’s snow pack this year.</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>Ecostani | History not on beleaguered Arvind Kejriwal’s side for political revival</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>The first party to challenge Congress’ political hegemony was Swatantra founded by C Rajagopalachari in 1959.</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Feb 18, 2025 08:00 am</t>
+          <t>Mar 01, 2025 08:00 am</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/ecostani-history-not-on-beleaguered-arvind-kejriwal-s-side-for-political-revival-101739806741223.html</t>
+          <t>https://www.hindustantimes.com/analysis/do-bans-on-smartphones-in-schools-improve-mental-health-101740127455267.html</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>The Aam Aadmi Party’s (AAP) loss to the Bharatiya Janata Party (BJP) in the Delhi assembly election has raised the question of whether former Delhi chief minister Arvind Kejriwal will be able to overcome his first major political debacle amid central investigation agencies likely to probe his alleged involvement in different cases. The BJP won the Delhi polls with 48 of the 70 assembly seats in Delhi and AAP could get only win 22 seats. Congress drew blank for the third time in a row.  It also has a majority in the Delhi Municipal Corporation (MCD) with three AAP councillors switching over to the BJP. With this latest switchover, the BJP’s tally in MCD has increased to 116 from 104 seats won in 2023 and the AAP is down to 114 compared to 134 earlier. Now, the BJP has full control over Delhi — local government, municipal bodies and land and law and order through the Central government, as defined under the National Capital Territory Act, 1991. One party with absolute control over three separate administrative wings in Delhi is rare: it had happened briefly between 2004 and 2008 when Sheila Dikshit was helming the Delhi government. The BJP now claims that Delhi will have a “triple engine” governance model and it will use all its powers to decimate the AAP politically in Delhi. Soon after the Delhi election results, the Central Bureau of Investigation launched a probe into the Delhi Transport Corporation (DTC) low-floor bus scam; the Central Vigilance Commission said it is looking into the alleged irregularities in Kejriwal’s official home on Flag Staff Road and other agencies into irregularities in the Delhi Jal Board. “Probe only in one case (excise) is being done against Kejriwal. Seven more are to happen,” home minister and BJP leader Amit Shah had said during the election campaign, indicating that the AAP chief is likely to be besieged with a series of corruption cases in the coming days. Dealing with these cases and retaining the party’s cadre and structure amid BJP’s political onslaught will not be easy. It remains to be seen whether other opposition parties, which are part of the INDIA bloc helmed by the Congress will back Kejriwal. In all likelihood, the Congress will not, as it sees its chances of revival with AAP’s loss in Delhi. In Punjab, where AAP is in power, the Congress is the main opposition party. Also, the Congress leadership believes that AAP eats into its votes than that of the BJP. However, how West Bengal chief minister, Mamata Banerjee, Samajwadi Party leader, Akhilesh Yadav, Rashtriya Janata Dal’s Tejaswhi Yadav and MK Stalin, Tamil Nadu chief minister, back Kejriwal is yet to be seen. Aditya Thackeray of Shiv Sena (UBT) is the only prominent leader to meet Kejriwal after the electoral debacle. More than the backing of the political parties, Kejriwal will need the support of the people to revive his political fortune. Before Kejriwal started his India Against Corruption (IAC) in 2012, primarily aimed at targeting the Congress, there were examples of political parties emerging from people-centric political movements in post-independent India. The first party to challenge Congress’ political hegemony was Swatantra founded by C Rajagopalachari in 1959, opposing Jawaharlal Nehru’s so-called Stalinist policy outlook of centralised planning even though the RSS-backed Bharatiya Jan Sangh, the earlier avatar of BJP, also existed. The party wound up in 1974, the year that witnessed another uprising led by socialist leader J P Narayan, which led to the formation of the Janata Party a few years later. In 1977, the Janata Party trounced the Congress to come to power at the Centre but lost the majority in less than three years. Two major splinter parties emerged from the Janata Party, the BJP and Janata Dal, in 1980. The Janata Dal came to power in 1989 for two years and in subsequent years splintered into different parties such as Samajwadi Party, RJD, Janata Dal (United), Janata Dal (Secular), Indian National Lok Dal and so on. In states, parties emerged after violent political movements. The All-Assam Students Union (AASU) led a violent protest demanding that non-native Assamese people should not be allowed in the state following the large-scale migration of people into the state from Eastern Pakistan, especially after 1971 when Bangladesh was formed. After the Centre signed the Assam Accord with AASU in 1985, its leader Prafulla Kumar Mohanta formed a political party Assom Gana Parishad and it won subsequent assembly elections defeating the Congress. Forty years down the line, the AGP is a minor alliance partner in the BJP-led Assam government, and its influence is limited. In Uttarakhand, the Uttarakhand Kranti Dal was behind the protests, demanding a separate state from Uttar Pradesh in the 1990s. However, after the state was created in 2000, the UKD’s political influence rapidly withered. In Telangana, the K Chandrashekhar Rao (KCR)-led Bharatiya Rashtra Samithi, which emerged from the movement to create the Telangana state, is looking for a political revival after a heavy loss in the 2023 assembly elections; KCR was in power for 10 years between 2014 and 2023. The Jharkhand Mukti Morcha, which was formed during an agitation led by Shibu Soren, to create the state, has survived many political upheavals, primarily due to the strong backing of the tribal votes. Similarly, RJD, Samajwadi Party and Janata Dal (Secular) have survived due to the backing of the caste groups they aim to represent. Kejriwal, however, does not represent or have a caste or a community group-specific vote bank. He has showcased himself as a leader of the poor and the downtrodden, a vote base that is known to shift from one party to another. Before Kejriwal, it was the vote bank of the Congress in Delhi. The Congress ensured that it carried out developmental works in poor colonies but at the same time did not ignore the aspirations of the middle class through infrastructure development. Kejriwal appeared to have forgotten the middle class in the past five years and getting them back will not be easy. Unlike other political parties, Kejriwal has not espoused strong ideological moorings, which can create a stable vote bank for him. He still has a strong 42% vote share in Delhi and 90% of it, I estimate, is of the poor and downtrodden. The question is whether he would be able to retain it for another five years. People tend to not politically forgive those, who have played with their trust. If the Congress is able to get back the votes of the poor in Delhi, which the BJP will like, survival for Kejriwal will not be easy but he is not known to give up without a fight. The BJP won the Delhi polls with 48 of the 70 assembly seats in Delhi and AAP could get only win 22 seats. Congress drew blank for the third time in a row. It also has a majority in the Delhi Municipal Corporation (MCD) with three AAP councillors switching over to the BJP. With this latest switchover, the BJP’s tally in MCD has increased to 116 from 104 seats won in 2023 and the AAP is down to 114 compared to 134 earlier. Now, the BJP has full control over Delhi — local government, municipal bodies and land and law and order through the Central government, as defined under the National Capital Territory Act, 1991. One party with absolute control over three separate administrative wings in Delhi is rare: it had happened briefly between 2004 and 2008 when Sheila Dikshit was helming the Delhi government. The BJP now claims that Delhi will have a “triple engine” governance model and it will use all its powers to decimate the AAP politically in Delhi. Soon after the Delhi election results, the Central Bureau of Investigation launched a probe into the Delhi Transport Corporation (DTC) low-floor bus scam; the Central Vigilance Commission said it is looking into the alleged irregularities in Kejriwal’s official home on Flag Staff Road and other agencies into irregularities in the Delhi Jal Board. “Probe only in one case (excise) is being done against Kejriwal. Seven more are to happen,” home minister and BJP leader Amit Shah had said during the election campaign, indicating that the AAP chief is likely to be besieged with a series of corruption cases in the coming days. Dealing with these cases and retaining the party’s cadre and structure amid BJP’s political onslaught will not be easy. It remains to be seen whether other opposition parties, which are part of the INDIA bloc helmed by the Congress will back Kejriwal. In all likelihood, the Congress will not, as it sees its chances of revival with AAP’s loss in Delhi. In Punjab, where AAP is in power, the Congress is the main opposition party. Also, the Congress leadership believes that AAP eats into its votes than that of the BJP. However, how West Bengal chief minister, Mamata Banerjee, Samajwadi Party leader, Akhilesh Yadav, Rashtriya Janata Dal’s Tejaswhi Yadav and MK Stalin, Tamil Nadu chief minister, back Kejriwal is yet to be seen. Aditya Thackeray of Shiv Sena (UBT) is the only prominent leader to meet Kejriwal after the electoral debacle. More than the backing of the political parties, Kejriwal will need the support of the people to revive his political fortune. Before Kejriwal started his India Against Corruption (IAC) in 2012, primarily aimed at targeting the Congress, there were examples of political parties emerging from people-centric political movements in post-independent India. The first party to challenge Congress’ political hegemony was Swatantra founded by C Rajagopalachari in 1959, opposing Jawaharlal Nehru’s so-called Stalinist policy outlook of centralised planning even though the RSS-backed Bharatiya Jan Sangh, the earlier avatar of BJP, also existed. The party wound up in 1974, the year that witnessed another uprising led by socialist leader J P Narayan, which led to the formation of the Janata Party a few years later. In 1977, the Janata Party trounced the Congress to come to power at the Centre but lost the majority in less than three years. Two major splinter parties emerged from the Janata Party, the BJP and Janata Dal, in 1980. The Janata Dal came to power in 1989 for two years and in subsequent years splintered into different parties such as Samajwadi Party, RJD, Janata Dal (United), Janata Dal (Secular), Indian National Lok Dal and so on. In states, parties emerged after violent political movements. The All-Assam Students Union (AASU) led a violent protest demanding that non-native Assamese people should not be allowed in the state following the large-scale migration of people into the state from Eastern Pakistan, especially after 1971 when Bangladesh was formed. After the Centre signed the Assam Accord with AASU in 1985, its leader Prafulla Kumar Mohanta formed a political party Assom Gana Parishad and it won subsequent assembly elections defeating the Congress. Forty years down the line, the AGP is a minor alliance partner in the BJP-led Assam government, and its influence is limited. In Uttarakhand, the Uttarakhand Kranti Dal was behind the protests, demanding a separate state from Uttar Pradesh in the 1990s. However, after the state was created in 2000, the UKD’s political influence rapidly withered. In Telangana, the K Chandrashekhar Rao (KCR)-led Bharatiya Rashtra Samithi, which emerged from the movement to create the Telangana state, is looking for a political revival after a heavy loss in the 2023 assembly elections; KCR was in power for 10 years between 2014 and 2023. The Jharkhand Mukti Morcha, which was formed during an agitation led by Shibu Soren, to create the state, has survived many political upheavals, primarily due to the strong backing of the tribal votes. Similarly, RJD, Samajwadi Party and Janata Dal (Secular) have survived due to the backing of the caste groups they aim to represent. Kejriwal, however, does not represent or have a caste or a community group-specific vote bank. He has showcased himself as a leader of the poor and the downtrodden, a vote base that is known to shift from one party to another. Before Kejriwal, it was the vote bank of the Congress in Delhi. The Congress ensured that it carried out developmental works in poor colonies but at the same time did not ignore the aspirations of the middle class through infrastructure development. Kejriwal appeared to have forgotten the middle class in the past five years and getting them back will not be easy. Unlike other political parties, Kejriwal has not espoused strong ideological moorings, which can create a stable vote bank for him. He still has a strong 42% vote share in Delhi and 90% of it, I estimate, is of the poor and downtrodden. The question is whether he would be able to retain it for another five years. People tend to not politically forgive those, who have played with their trust. If the Congress is able to get back the votes of the poor in Delhi, which the BJP will like, survival for Kejriwal will not be easy but he is not known to give up without a fight. Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>France has not allowed smartphone use in primary or secondary schools since 2018, claiming that it would help children focus, reduce their social-media use and mitigate online bullying. The Netherlands initiated a similar ban in January 2024. Hungary followed suit later that year. Legislators in Britain are considering similar measures. The key question facing them is whether banning smartphones in schools offers any benefits to mental health. That there is a problem seems clear. In 2021 America’s surgeon general compiled a report revealing that persistent feelings of hopelessness climbed by 40% among American high-school pupils between 2009 and 2019. The number who seriously considered killing themselves went up by 36%. What makes these findings all the worse is that 48% of mental-health problems (like depression and anxiety) that emerge during adolescence will plague people for the rest of their lives. It is tempting to connect these trends with the increased availability of smartphones, but establishing a causal connection is difficult. Part of the problem is that smartphones contain multitudes. Using a smartphone to solve crosswords or read the news may well have markedly different psychological effects from intensive social-media use. Children are no less varied. The brain undergoes profound changes during puberty, meaning that any research on the effects of smartphone use needs to consider the developmental age of the children being studied as well as their precise smartphone habits. No studies have got this specific. Those that have come close, however, reveal that unfettered access to social media on smartphones during puberty, especially at critical moments when the brain is changing, may cause problems. One study, led by Amy Orben at the University of Cambridge, asked 17,409 people between the ages of ten and 21 how satisfied they were with their lives and how much they used social media. The findings, reported in 2022 in Nature Communications, show that girls who increased their social media use over the course of a year were significantly less satisfied with their lives if the increase took place when they were between 11 and 13. Boys showed the same trend when increases took place when they were 14 or 15 years old. How much of this will change by banning phones in schools is unclear. In a paper published in the Lancet in February, Victoria Goodyear at the University of Birmingham compared the mental well-being of students in schools that implemented restrictive smartphone policies with those with relaxed policies. She also monitored overall screentime. Her results show that, though those who spent more time on a smartphone overall did have a decline in mental well-being, there was no difference between the two groups. She and her colleagues argue that setting up policies at schools alone is simply not enough. Researchers are trying to paint a complete picture with both hands tied behind their back. According to Dr Orben, social-media companies routinely refuse to give independent researchers access to detailed data on the behaviours of their users. This forces researchers to rely on less accurate proxy measures, like overall screentime. It also means that children playing educational games are being put in the same analytical bin as children who are on social media. A more nuanced picture of the effects of smartphones needs to be drawn. Curious about the world? To enjoy our mind-expanding science coverage, sign up to Simply Science, our weekly subscriber-only newsletter.</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>Decoding the look and feel of a Sabya</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Sabyasachi Mukherjee’s brand has turned 25. A new India has emerged in these years, and the fashion designer is an intrinsic part of that story</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/decoding-the-look-and-feel-of-a-sabya-101739810344836.html</t>
+          <t>https://www.hindustantimes.com/analysis/grand-strategy-three-strongmen-and-the-world-order-80-years-apart-101740486211738.html</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>The Republic Day weekend marked the 25th-anniversary celebrations of Sabyasachi’s brand. Over 600 guests, including international buyers, editors, and models, gathered at the Tony Jio Convention Centre in Mumbai for a fashion show. Bollywood royalty Deepika Padukone made her grand return to the runway post-maternity leave to open the show, while 90s supermodel Christy Turlington closed it. A lavish 72-ft grazing table, designed by celebrity wedding designer Devika Narain featured free-flowing caviar, oysters, cakes, and Dom Pérignon. On the ramp, viewers were treated to pieces that seemed nothing like the Sabyasachi lehengas and saris we have become used to seeing: the signature vermillion red, floral organzas, clash of boho-inspired block prints on silk, Benarsi brocade weaves. Instead, he launched more than 150 ultra-luxe, contemporary looks featuring artisanal details like handwoven Mongolian cashmere, Peruvian alpaca, trompe-l'œil embroidery made to resemble tweed, madras checks, and couture coats embellished with beaten Brazilian sequins. This was a significant extension of the language of his couture-pret collections that he first introduced when he launched his New York store in 2022. The setting, inspired by the baris (neighbourhoods) of old Kolkata, paid homage to the designer’s humble beginnings. However, there is nothing humble about the empire Sabyasachi has built.  *** “Twenty-five years ago, a young designer from Kolkata sent us a collection of plain matka silk kurta-pyjama sets paired with Kutchi embroidery bags. Maybe it was the fresh, unexpected combination of textiles or the ornate appeal, but every single piece flew off the racks in 30 minutes,” recalls Sangita Kathiwada, founder of the sustainable boutique Melange in Altamount Road, Mumbai. Kathiwada commissioned a second collection with a caveat—it had to be made exclusively with handspun, handwoven fabrics and feature only artisanal hand embroidery, with no plastic packaging. Sabyasachi aced the assignment. Even in his early days, he was focused on leveraging India’s abundant, indigenous resources: its weaves, surface texturing, and intricate hand craftsmanship. “If that means my market will only be India, so be it,” he declared to Kathiwada in their early meetings. The India of the 2000s was vastly different from the country that had attained independence barely 50 years before. The first decade of the millennium was also starkly different from the previous decade.“In recent years, there has been a striking change in the profile of Delhi. The city has become more cosmopolitan. Gurgaon and Noida are no longer distant suburbs, they are now hubs of global commercial activity,” a report from February 1, 2004 of the Hindustan Times read. By the end of 2003, there were far more IT engineers in Bengaluru than there were in Silicon Valley. The once-sleepy cantonment town dubbed India’s Silicon Valley was the headquarters of Indian Big Tech — Infosys, Tata Consultancy Services, Wipro, HCL Technologies — and attracted much of the work outsourced from the West. American thought leaders like Thomas Friedman and Jeffery Sachs heralded India’s entry into “global economic prominence”.  Not only was the middle class expanding, it also had more buying power. “At a time when western silhouettes and derivative design were considered fashionable, Sabyasachi brought intellect and a culturally rooted narrative of pride in Indian silhouettes, crafts and ideas to the Indian fashion circuit,” recalls Shefalee Vasudev, author of Powder Room: The Untold Story of Indian Fashion. "His use of spectacles on models, references from Rabindranath Tagore, books on the runway, tea-stained fabrics, bridal lehengas made from Khadi and other handwoven fabrics, gave him an intellectual edge over his contemporaries.”. Collections like Kashgaar Bazaar (2002), with which Sabyasachi made his debut at India Fashion Week, used traditional Indian techniques on contemporary silhouettes, Two years later, Frog Princess got him floor space next to Dries Van Noten at Browns in London. He launched collaborations with global giants Pottery Barn (a home decor collection in 2016), H&amp;M (2021) and even Starbucks (drinkware collection in 2022). His presence in retail meccas like Saks and Bergdorf Goodman (where projections and rumours of him outselling Chanel, and doing sales worth more than $1million a day did the rounds) cemented his global influence. Sabya learnt the value of saying no. “We don’t take cash payments, we don’t customise, and we don’t pander to the rich. We have stood our ground, and built our brand by saying no,” he said confidently. The brand has famously refused custom gown requests from celebrities for international events. “You’ll get a saree from us, and that’s that.” In 2018, in advertisements for his make-up collaboration with L’oreal Paris, he ensured Aishwarya Rai Bachan wore one in front of the Eiffel Tower. His H&amp;M collaboration included one too, and Alia Bhat’s saree designed by him garnered the highest EMV (electronic media value) by any celeb at the MET gala in 2024. *** Today, his 26,000 sq. ft. flagship store in Mumbai houses over 100 chandeliers, 275 carpets, 3,000 books, and 150 works of art. His New York store boasts similar grandeur, becoming a hub for NRIs and artisanal fashion enthusiasts. He’s opened an accessories-only store in Hyderabad (to be followed by Bengaluru), and he has been quietly working with celebrated French nose Nathalie Lorson to develop his own line of perfumes, which is currently at the bottling stage. With state-of-the-art stores, a loyal clientele that includes heads of state and royalty, a thriving accessories business, and a disruptive jewelry takeover, he has become the blueprint for many—though few can replicate his success. This is not for the want of trying. It was only to be expected that Sabya’s unprecedented popularity increased his cache in the domestic market. And the designer unerringly hit upon his target audience — the Indian bride — at a time when the wedding industry was burgeoning. In 2007, he launched Chand Bibi, his first bridal couture collection. The Sabya bride wore micro bindis and aviators, favoured heritage colours and plunging sleeveless blouses. “Within the traditional imagination, he recrafted the look of the Indian bride,” Vasudev said. “Sabyasachi’s influence on bridal pricing has been significant. He positioned bridal couture as an investment — not just an outfit for a day, but as a legacy piece to be passed down through generations.” shares Aashni Shah, founder of Aashni + Co, the multi-designer store which retails Sabyasachi’s bridalwear. “Twenty years ago, less than 1% of the affluent and super-affluent had destination weddings. Today, over 10% opt for them, growing the industry tenfold,” says Parthip Thyagarajan, CEO of WeddingSutra.com. While the wedding industry has matured, Sabyasachi’s unmistakable bridal aesthetic has set him apart. Two decades ago, affluent families spent under ₹50 lakh on weddings. Today, they invest anywhere between ₹1 to ₹5 crore on hometown or destination weddings, excluding clothes, jewellery, and gifts. For the top 1%, spending ₹5-10 lakh on the bride’s lehenga is hardly a splurge according to Thyagarajan. But Sabya’s lehenga reached beyond the elite customer to grab the middle-class bride’s attention. A copycat market burgeoned — first copy, and second copy options began to flood the market. “Sabya’s relationship with the copycat market is one of bristle, discomfort, some acceptance including strategic moves towards copyright protection of his patterns and designs,” Vasudev said. “You see more people feel good in a Sabya than look good in a Sabya,” the designer jokes good-naturedly. On the ramp, viewers were treated to pieces that seemed nothing like the Sabyasachi lehengas and saris we have become used to seeing: the signature vermillion red, floral organzas, clash of boho-inspired block prints on silk, Benarsi brocade weaves. Instead, he launched more than 150 ultra-luxe, contemporary looks featuring artisanal details like handwoven Mongolian cashmere, Peruvian alpaca, trompe-l'œil embroidery made to resemble tweed, madras checks, and couture coats embellished with beaten Brazilian sequins. This was a significant extension of the language of his couture-pret collections that he first introduced when he launched his New York store in 2022. The setting, inspired by the baris (neighbourhoods) of old Kolkata, paid homage to the designer’s humble beginnings. However, there is nothing humble about the empire Sabyasachi has built. *** “Twenty-five years ago, a young designer from Kolkata sent us a collection of plain matka silk kurta-pyjama sets paired with Kutchi embroidery bags. Maybe it was the fresh, unexpected combination of textiles or the ornate appeal, but every single piece flew off the racks in 30 minutes,” recalls Sangita Kathiwada, founder of the sustainable boutique Melange in Altamount Road, Mumbai. Kathiwada commissioned a second collection with a caveat—it had to be made exclusively with handspun, handwoven fabrics and feature only artisanal hand embroidery, with no plastic packaging. Sabyasachi aced the assignment. Even in his early days, he was focused on leveraging India’s abundant, indigenous resources: its weaves, surface texturing, and intricate hand craftsmanship. “If that means my market will only be India, so be it,” he declared to Kathiwada in their early meetings. The India of the 2000s was vastly different from the country that had attained independence barely 50 years before. The first decade of the millennium was also starkly different from the previous decade.“In recent years, there has been a striking change in the profile of Delhi. The city has become more cosmopolitan. Gurgaon and Noida are no longer distant suburbs, they are now hubs of global commercial activity,” a report from February 1, 2004 of the Hindustan Times read. By the end of 2003, there were far more IT engineers in Bengaluru than there were in Silicon Valley. The once-sleepy cantonment town dubbed India’s Silicon Valley was the headquarters of Indian Big Tech — Infosys, Tata Consultancy Services, Wipro, HCL Technologies — and attracted much of the work outsourced from the West. American thought leaders like Thomas Friedman and Jeffery Sachs heralded India’s entry into “global economic prominence”. Not only was the middle class expanding, it also had more buying power. “At a time when western silhouettes and derivative design were considered fashionable, Sabyasachi brought intellect and a culturally rooted narrative of pride in Indian silhouettes, crafts and ideas to the Indian fashion circuit,” recalls Shefalee Vasudev, author of Powder Room: The Untold Story of Indian Fashion. "His use of spectacles on models, references from Rabindranath Tagore, books on the runway, tea-stained fabrics, bridal lehengas made from Khadi and other handwoven fabrics, gave him an intellectual edge over his contemporaries.”. Collections like Kashgaar Bazaar (2002), with which Sabyasachi made his debut at India Fashion Week, used traditional Indian techniques on contemporary silhouettes, Two years later, Frog Princess got him floor space next to Dries Van Noten at Browns in London. He launched collaborations with global giants Pottery Barn (a home decor collection in 2016), H&amp;M (2021) and even Starbucks (drinkware collection in 2022). His presence in retail meccas like Saks and Bergdorf Goodman (where projections and rumours of him outselling Chanel, and doing sales worth more than $1million a day did the rounds) cemented his global influence. Sabya learnt the value of saying no. “We don’t take cash payments, we don’t customise, and we don’t pander to the rich. We have stood our ground, and built our brand by saying no,” he said confidently. The brand has famously refused custom gown requests from celebrities for international events. “You’ll get a saree from us, and that’s that.” In 2018, in advertisements for his make-up collaboration with L’oreal Paris, he ensured Aishwarya Rai Bachan wore one in front of the Eiffel Tower. His H&amp;M collaboration included one too, and Alia Bhat’s saree designed by him garnered the highest EMV (electronic media value) by any celeb at the MET gala in 2024. *** Today, his 26,000 sq. ft. flagship store in Mumbai houses over 100 chandeliers, 275 carpets, 3,000 books, and 150 works of art. His New York store boasts similar grandeur, becoming a hub for NRIs and artisanal fashion enthusiasts. He’s opened an accessories-only store in Hyderabad (to be followed by Bengaluru), and he has been quietly working with celebrated French nose Nathalie Lorson to develop his own line of perfumes, which is currently at the bottling stage. With state-of-the-art stores, a loyal clientele that includes heads of state and royalty, a thriving accessories business, and a disruptive jewelry takeover, he has become the blueprint for many—though few can replicate his success. This is not for the want of trying. It was only to be expected that Sabya’s unprecedented popularity increased his cache in the domestic market. And the designer unerringly hit upon his target audience — the Indian bride — at a time when the wedding industry was burgeoning. In 2007, he launched Chand Bibi, his first bridal couture collection. The Sabya bride wore micro bindis and aviators, favoured heritage colours and plunging sleeveless blouses. “Within the traditional imagination, he recrafted the look of the Indian bride,” Vasudev said. “Sabyasachi’s influence on bridal pricing has been significant. He positioned bridal couture as an investment — not just an outfit for a day, but as a legacy piece to be passed down through generations.” shares Aashni Shah, founder of Aashni + Co, the multi-designer store which retails Sabyasachi’s bridalwear. “Twenty years ago, less than 1% of the affluent and super-affluent had destination weddings. Today, over 10% opt for them, growing the industry tenfold,” says Parthip Thyagarajan, CEO of WeddingSutra.com. While the wedding industry has matured, Sabyasachi’s unmistakable bridal aesthetic has set him apart. Two decades ago, affluent families spent under ₹50 lakh on weddings. Today, they invest anywhere between ₹1 to ₹5 crore on hometown or destination weddings, excluding clothes, jewellery, and gifts. For the top 1%, spending ₹5-10 lakh on the bride’s lehenga is hardly a splurge according to Thyagarajan. But Sabya’s lehenga reached beyond the elite customer to grab the middle-class bride’s attention. A copycat market burgeoned — first copy, and second copy options began to flood the market. “Sabya’s relationship with the copycat market is one of bristle, discomfort, some acceptance including strategic moves towards copyright protection of his patterns and designs,” Vasudev said. “You see more people feel good in a Sabya than look good in a Sabya,” the designer jokes good-naturedly.  Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>On February 18, US Secretary of State Marco Rubio and Russian Foreign Minister Sergey Lavrov met in Riyadh in Saudi Arabia to initiate negotiations aimed at ending the Russia-Ukraine war which this month marked three years. Shortly thereafter, Russian President Vladimir Putin and Chinese President Xi Jinping held a telephone conversation presumably to discuss the war and the Riyadh talks. On the same day, several European leaders and Canadian Prime Minister Justin Trudeau travelled to Kyiv in a show of solidarity to Ukraine, embattled and abandoned by the Trump administration. Notably, they were neither invited to the Riyadh meeting nor consulted by the US ahead of those negotiations. Nor was Ukraine consulted or invited to the discussions aimed at ending a war in which it is a key party. A little history In February 1945, exactly 80 years ago, three strongmen leaders -- US President Franklin Roosevelt, British Prime Minister Winston Churchill, and Soviet leader Joseph Stalin -- met at the Yalta resort in then-Soviet Crimea to create a new world order. And they did: They broke up Germany, and decided to set up a new international organisation, the United Nations, which materialised later that year. The San Francisco Conference brought delegates from 50 Allied nations from April to June 1945, drafted the charter for a world organisation. However, it was ultimately the victors of the Second World War—led by the three strongmen—who effectively established a new world order. Historically speaking, this was the height of the great power solidarity which would soon end with the start of the Cold War. For Russians, Yalta continues to symbolise their great power past; for some sections of the US too, particularly Trump and co., Yalta is the way to global stability. For a lot of Europeans, especially the Poles and the Baltic states, this meant being thrown to the vagaries of the Cold War and spheres influence, just as they were recovering from Nazi occupation and the harsh realities of the brutal world war. The US-Russia talks are expected to pave the way for a summit between Trump and Putin, allowing them to put their personal stamps on an end to the war and outline a post-war settlement. Given Trump’s conciliatory stance towards China’s Xi, it is possible he could be brought on board—even if indirectly—regarding the deal, with details expected to emerge over time. The Russia-US talks unequivocally acknowledge the argument made by a lot of analysts and decisionmakers including many in India that the war was a result of the great power rivalry (meaning NATO expansion into Russia’s sphere of influence) and therefore the only way to end this is to have conversations between Moscow and Washington. More so, this ‘great power conversation’ is also expected to tackle another pressing concern within the international community: the breakdown of arms control discussions between the US and Russia, alongside the absence of structured mechanisms for ensuring global stability. To that extent, US-Russia conversations are a good thing considering that this could potentially lead to great power concert and reproachment. But peace and stability under what conditions? The fact that Ukraine has so far found no place on the negotiating table is clearly worrisome considering the human cost it has had to bear in the last three years. Moreover, Europeans who stood with Washington over the past three years feel abandoned by the new administration, both regarding their own security and in their support for Ukraine. This sets a dangerous precedent at several levels: for one, this is bound to lead to a massive rearmament process in Europe, and the American credibility among its allies will fall dramatically. How will its Asian partners, South Korea and Japan, for instance, respond to this? What about Taiwan? If the US’ abrupt withdrawal from Afghanistan showcased America’s untrustworthiness, the situation in Ukraine has solidified that impression for the foreseeable future. Unlike 1945, those left out of the Jeddah conferences are not without options, nor are they all war-torn and economically ravaged. More so, the deep rupture in the trans-Atlantic consensus will not be a problem for Europe; it will be damaging for the US too in the long term. However, “long-term” considerations don’t necessarily align with Trump’s decision-making style. While Europe’s ability to sustain Ukraine’s war efforts is severely limited without American support, it may push back, choose not to cooperate with Trump, avoid engaging with the Russians, and seek to disentangle itself from the American security relationship. The real worry would be the reinstatement of spheres of influence or the creation of new ones as a result of the great power conversations. Put differently, while a decision by the US, Russia and China to peacefully co-exist is good for the world, such a world would prove to be ruinous for a large number of middle, rising and non-aligned powers including, perhaps, for India. Would the US, for instance, give China a carte blanche for China in Asia? How will that shift the India-China balance of power and what will that mean for the Indo-Pacific? A three-way US-China-Russia deal could present significant challenges for New Delhi. If the great power consensus remains between Russia and the US, New Delhi may have little to worry about. However, if this consensus extends to include China, it could be a cause for concern for India.</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>Fear of losing kin, cultural ties fuel local opposition to fencing Myanmar border</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>India and Myanmar share a 1643-km long border in four states of northeast-Mizoram, Nagaland, Manipur and Arunachal Pradesh.</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Feb 11, 2025 08:14 pm</t>
+          <t>Feb 18, 2025 08:00 am</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/fear-of-losing-kin-cultural-ties-fuel-local-opposition-to-fencing-myanmar-border-101739284760390.html</t>
+          <t>https://www.hindustantimes.com/analysis/ecostani-history-not-on-beleaguered-arvind-kejriwal-s-side-for-political-revival-101739806741223.html</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>A year after the Centre's announcement to fence the international border with Myanmar and end the free movement regime (FMR), opposition from the local population, particularly those in the border areas, continues to grow. The proposed security fence along the Indo-Myanmar border looms as a threat to divide age-old ties between communities, which share cultural, ethnic and historical ties across the two neighbouring countries. India and Myanmar share a 1643-km long border in four states of northeast-Mizoram, Nagaland, Manipur and Arunachal Pradesh. The FMR, which was put in place in June 1968 allowed people living in the border areas to travel up to 40 km inside the other country without obtaining any visa. In July 2010, the distance was reduced to 16 km.  In January last year, Union home minister Amit Shah said during a visit to Meghalaya and Assam that the country’s border with Myanmar would be fenced and the existing FMR between the two countries scrapped. NagalandOn February 3, a public rally was held in Longwa, a village straddling the Indo-Myanmar border in Nagaland's Mon district, against the Centre’s decision to scrap the FMR and fence the border. Terming the decision as a move that would “divide our people whereby disturbing peace and order and hampering our traditional integrity and rights,” the Longwa Students' Union called for the participation of all adult members of the village at the rally to register their resentment of the Centre's resolve. The people in the border areas own land on both sides of the border, transcending the demarcated line on the map, living and cultivating on either side, long before the modern states of India and Myanmar were established. Remarkably, a physical border fence would cleave the house of the Angh (chief) of Longwa in two, with one side in India and the other in Myanmar as the boundary line goes right through the Angh's house. Many other houses in the village lie on the other side of the border as well. “In such a scenario (fencing the border), where will Longwa be -- in India or Myanmar? Why should one require a pass/permit to go to one's ancestral jhum field,” questioned Honang Konyak, a leader of the local community. Local communities were not consulted when the imaginary boundary between India and Myanmar was drawn in 1972. The Indo-Myanmar border runs through Nagaland's Mon, Noklak, Kiphire and Meluri districts. The Eastern Nagaland People's Organisation (ENPO) which represents seven Naga tribes including those that are from Mon, Noklak and Kiphire, is of the view that both India and Myanmar governments must uphold the United Nations Declaration of Rights of Indigenous Peoples (UNDRIP) as both are signatories of the same. Honang Konyak, ENPO general secretary, said New Delhi must start thinking diplomatically, ensuring the historical and political legitimacy of the people. Criticising the decision to physically fence the imaginary line, he maintained that, unlike other border areas, the question of illegal immigration is out of context especially in the Konyak region since every Konyak has their own well-defined ancestral land, be it in Myanmar or India. He said that the Nagaland state government must declare its "utmost resistance" like what its counterpart in Mizoram had done. "The state government must not play a safe game as it had been in the past," Konyak stated. "As ENPO, we pray and appeal to all concerned to avoid any form or force violence and bloodshed in the region in the course of such pursuits. This appeal should be cautiously understood and perceived by all meticulously," he said while adding that there can be a better option than enforcing "forced border fencing" and curbing the FMR if the Centre is sincere and mature enough. For P Shingnya, president of the Pangsha Public Organisation in Noklak district, his community has a resolution not to construct gates, let alone fences. “You see, as it is, my tribe- Khiamniungan people are spread across both India and Myanmar. My community has more than a hundred villages in Myanmar and about 50 here on the Indian side. We have been divided without our knowledge and consent. How can we allow fencing that would divide us further?” Shingnya asked. “Nagas are one people and we want to live together. We have been separated by force once; we don't want to be separated further. We, the Pangsha public absolutely support the Longwa rally,” he said. As per government officials, physical work on constructing the border fence is yet to begin in Nagaland. Although orders from the Centre are expected, no timeline has been drawn up yet, people aware of the matter said. The Nagaland Assembly in March 2024 adopted a resolution urging the Centre to reconsider its decision to fence the Indo-Myanmar border and scrap the FMR with the neighbouring country, stating that suspension of FMR and fencing the Indo-Myanmar boundary would disrupt the age-old historical, social, tribal, and economic ties of the Naga people living on both sides of the international border. Various Naga organisations including the Global Naga Forum, Naga Students' Federation, Naga Hoho and the NSCN-IM have opposed the move to fence the border. In neighbouring Manipur too, Naga bodies and their subordinate organisations are opposing the development due to fears of losing contact with their kin. ManipurAccording to the home ministry’s annual report for 2023-2024, “the construction of fencing for a border length of 9.214 km at Moreh, awarded to the Border Roads Organisation (BRO), has been completed, and work on the road along the fence is in progress.” Manipur shares an international border with Myanmar that spans 388 km. The porous nature of this border, coupled with the incomplete fencing work, has made it a hotspot for smuggling, illegal activities, and the influx of illegal immigrants. During a public interaction programme held in Kumbi, Bishnupur district, Manipur on Saturday, chief minister N. Biren Singh reiterated the state government’s commitment to fencing the borders and identifying illegal immigrants. “The government will continue its activities until these problems are resolved,” he said. Amid these developments, the United Naga Council (UNC), a Naga apex body, has cautioned against the continuation of the border fencing work, especially in Naga-inhabited areas of Manipur. In its statement issued on January 27, the Naga body declared that “no activities related to the purported construction of border fencing along the imaginary artificial Indo-Myanmar Border (IMB) will be allowed in the Naga ancestral homeland.” Kohring Victor, a leader of the Naga body, said there could be several reasons for constructing the border fence, but for the Nagas, inhabiting the border areas since their forefathers’ time, it would mean losing their kin. “The border fencing is going to demarcate families, as the fencing will fall between the villages of mother and son, grandparents and grandchildren, affecting emotional bonds for those inhabiting the area.” “Both the central and state governments might be undertaking this development under a good policy, which could be acceptable, but demarcating among families will not be accepted,” said Kohring. The UNC has already issued directives to all its units and subordinates in the impacted areas to take stringent steps to prevent the said activities in their respective jurisdictions. “Intensified forms of various agitations will be launched if the construction work is carried out forcibly,” Kohring said. Meanwhile, officials confirmed that construction work is ongoing along the stretch between international border pillars 81 and 84 in the Tengnoupal district, under the security of the Assam Rifles. MizoramIn February last year, the Mizoram assembly unanimously adopted a resolution opposing the Centre’s decision on scrapping FMR and fencing the border with Myanmar. Several community groups in the state have opposed the Centre’s move to fence the Myanmar border; the state shares a 510-km boundary with the neighbouring nation. Six districts of the state-Champhai, Siaha, Lanwgtlai, Hnahthial, Saitual and Sherchhip share the border with the Chin state of Myanmar. The Mizos too have long-standing ethnic, social and cultural ties with most residents of Chin, whom they consider as their brethren. Since the military coup in Myanmar in February 2021, several thousand refugees, most residents of Chin, have taken shelter in the Indian state. At present, there are over 33,000 Myanmar refugees in Mizoram spread across all districts. On January 29, the Zo Reunification Organisation (ZoRO), an Aizawl-based group that seeks the reunification of Chin, Kuki, Zo and Mizo tribes residing in India, Myanmar and Bangladesh, held a rally in Mizoram’s capital and several other places in the state against twin moves. “Mizos residing on both sides of the border are deeply affected by the decision to scrap FMR and fence the border with Myanmar. All civil society organisations and political parties in Mizoram have expressed opposition to the move and don’t want it to be implemented,” ZoRO general secretary L Ramdinliana Renthlei told reporters in Aizawl, adding that the move will lead to instability in the region. Two days before the ZoRO rally, Mizo Zirlai Pawl (MZP), the biggest and most influential student organisation in Mizoram, submitted a memorandum to Shah through Governor VK Singh expressing their strong opposition to the move to scrap FMR and fence the border. The MZP said that the border between India and present Myanmar was demarcated arbitrarily by the British and it led to divisions among the Mizo people on both sides and affected their unity. The FMR recognised the interconnectedness between the people on both sides and allowed cross-border relations to continue. The student group mentioned how scrapping the FMR and fencing the border will violate Article 36 of the United Nations Declaration on the Rights of Indigenous People (UNDRIP), 2007, which affirms the rights of indigenous peoples to maintain and develop cross-border relationships for cultural, economic, social, spiritual and political purposes. India and Myanmar share a 1643-km long border in four states of northeast-Mizoram, Nagaland, Manipur and Arunachal Pradesh. The FMR, which was put in place in June 1968 allowed people living in the border areas to travel up to 40 km inside the other country without obtaining any visa. In July 2010, the distance was reduced to 16 km. In January last year, Union home minister Amit Shah said during a visit to Meghalaya and Assam that the country’s border with Myanmar would be fenced and the existing FMR between the two countries scrapped. On February 3, a public rally was held in Longwa, a village straddling the Indo-Myanmar border in Nagaland's Mon district, against the Centre’s decision to scrap the FMR and fence the border. Terming the decision as a move that would “divide our people whereby disturbing peace and order and hampering our traditional integrity and rights,” the Longwa Students' Union called for the participation of all adult members of the village at the rally to register their resentment of the Centre's resolve. The people in the border areas own land on both sides of the border, transcending the demarcated line on the map, living and cultivating on either side, long before the modern states of India and Myanmar were established. Remarkably, a physical border fence would cleave the house of the Angh (chief) of Longwa in two, with one side in India and the other in Myanmar as the boundary line goes right through the Angh's house. Many other houses in the village lie on the other side of the border as well. “In such a scenario (fencing the border), where will Longwa be -- in India or Myanmar? Why should one require a pass/permit to go to one's ancestral jhum field,” questioned Honang Konyak, a leader of the local community. Local communities were not consulted when the imaginary boundary between India and Myanmar was drawn in 1972. The Indo-Myanmar border runs through Nagaland's Mon, Noklak, Kiphire and Meluri districts. The Eastern Nagaland People's Organisation (ENPO) which represents seven Naga tribes including those that are from Mon, Noklak and Kiphire, is of the view that both India and Myanmar governments must uphold the United Nations Declaration of Rights of Indigenous Peoples (UNDRIP) as both are signatories of the same. Honang Konyak, ENPO general secretary, said New Delhi must start thinking diplomatically, ensuring the historical and political legitimacy of the people. Criticising the decision to physically fence the imaginary line, he maintained that, unlike other border areas, the question of illegal immigration is out of context especially in the Konyak region since every Konyak has their own well-defined ancestral land, be it in Myanmar or India. He said that the Nagaland state government must declare its "utmost resistance" like what its counterpart in Mizoram had done. "The state government must not play a safe game as it had been in the past," Konyak stated. "As ENPO, we pray and appeal to all concerned to avoid any form or force violence and bloodshed in the region in the course of such pursuits. This appeal should be cautiously understood and perceived by all meticulously," he said while adding that there can be a better option than enforcing "forced border fencing" and curbing the FMR if the Centre is sincere and mature enough. For P Shingnya, president of the Pangsha Public Organisation in Noklak district, his community has a resolution not to construct gates, let alone fences. “You see, as it is, my tribe- Khiamniungan people are spread across both India and Myanmar. My community has more than a hundred villages in Myanmar and about 50 here on the Indian side. We have been divided without our knowledge and consent. How can we allow fencing that would divide us further?” Shingnya asked. “Nagas are one people and we want to live together. We have been separated by force once; we don't want to be separated further. We, the Pangsha public absolutely support the Longwa rally,” he said. As per government officials, physical work on constructing the border fence is yet to begin in Nagaland. Although orders from the Centre are expected, no timeline has been drawn up yet, people aware of the matter said. The Nagaland Assembly in March 2024 adopted a resolution urging the Centre to reconsider its decision to fence the Indo-Myanmar border and scrap the FMR with the neighbouring country, stating that suspension of FMR and fencing the Indo-Myanmar boundary would disrupt the age-old historical, social, tribal, and economic ties of the Naga people living on both sides of the international border. Various Naga organisations including the Global Naga Forum, Naga Students' Federation, Naga Hoho and the NSCN-IM have opposed the move to fence the border. In neighbouring Manipur too, Naga bodies and their subordinate organisations are opposing the development due to fears of losing contact with their kin. According to the home ministry’s annual report for 2023-2024, “the construction of fencing for a border length of 9.214 km at Moreh, awarded to the Border Roads Organisation (BRO), has been completed, and work on the road along the fence is in progress.” Manipur shares an international border with Myanmar that spans 388 km. The porous nature of this border, coupled with the incomplete fencing work, has made it a hotspot for smuggling, illegal activities, and the influx of illegal immigrants. During a public interaction programme held in Kumbi, Bishnupur district, Manipur on Saturday, chief minister N. Biren Singh reiterated the state government’s commitment to fencing the borders and identifying illegal immigrants. “The government will continue its activities until these problems are resolved,” he said. Amid these developments, the United Naga Council (UNC), a Naga apex body, has cautioned against the continuation of the border fencing work, especially in Naga-inhabited areas of Manipur. In its statement issued on January 27, the Naga body declared that “no activities related to the purported construction of border fencing along the imaginary artificial Indo-Myanmar Border (IMB) will be allowed in the Naga ancestral homeland.” Kohring Victor, a leader of the Naga body, said there could be several reasons for constructing the border fence, but for the Nagas, inhabiting the border areas since their forefathers’ time, it would mean losing their kin. “The border fencing is going to demarcate families, as the fencing will fall between the villages of mother and son, grandparents and grandchildren, affecting emotional bonds for those inhabiting the area.” “Both the central and state governments might be undertaking this development under a good policy, which could be acceptable, but demarcating among families will not be accepted,” said Kohring. The UNC has already issued directives to all its units and subordinates in the impacted areas to take stringent steps to prevent the said activities in their respective jurisdictions. “Intensified forms of various agitations will be launched if the construction work is carried out forcibly,” Kohring said. Meanwhile, officials confirmed that construction work is ongoing along the stretch between international border pillars 81 and 84 in the Tengnoupal district, under the security of the Assam Rifles. In February last year, the Mizoram assembly unanimously adopted a resolution opposing the Centre’s decision on scrapping FMR and fencing the border with Myanmar. Several community groups in the state have opposed the Centre’s move to fence the Myanmar border; the state shares a 510-km boundary with the neighbouring nation. Six districts of the state-Champhai, Siaha, Lanwgtlai, Hnahthial, Saitual and Sherchhip share the border with the Chin state of Myanmar. The Mizos too have long-standing ethnic, social and cultural ties with most residents of Chin, whom they consider as their brethren. Since the military coup in Myanmar in February 2021, several thousand refugees, most residents of Chin, have taken shelter in the Indian state. At present, there are over 33,000 Myanmar refugees in Mizoram spread across all districts. On January 29, the Zo Reunification Organisation (ZoRO), an Aizawl-based group that seeks the reunification of Chin, Kuki, Zo and Mizo tribes residing in India, Myanmar and Bangladesh, held a rally in Mizoram’s capital and several other places in the state against twin moves. “Mizos residing on both sides of the border are deeply affected by the decision to scrap FMR and fence the border with Myanmar. All civil society organisations and political parties in Mizoram have expressed opposition to the move and don’t want it to be implemented,” ZoRO general secretary L Ramdinliana Renthlei told reporters in Aizawl, adding that the move will lead to instability in the region. Two days before the ZoRO rally, Mizo Zirlai Pawl (MZP), the biggest and most influential student organisation in Mizoram, submitted a memorandum to Shah through Governor VK Singh expressing their strong opposition to the move to scrap FMR and fence the border. The MZP said that the border between India and present Myanmar was demarcated arbitrarily by the British and it led to divisions among the Mizo people on both sides and affected their unity. The FMR recognised the interconnectedness between the people on both sides and allowed cross-border relations to continue. The student group mentioned how scrapping the FMR and fencing the border will violate Article 36 of the United Nations Declaration on the Rights of Indigenous People (UNDRIP), 2007, which affirms the rights of indigenous peoples to maintain and develop cross-border relationships for cultural, economic, social, spiritual and political purposes. Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>The Aam Aadmi Party’s (AAP) loss to the Bharatiya Janata Party (BJP) in the Delhi assembly election has raised the question of whether former Delhi chief minister Arvind Kejriwal will be able to overcome his first major political debacle amid central investigation agencies likely to probe his alleged involvement in different cases. The BJP won the Delhi polls with 48 of the 70 assembly seats in Delhi and AAP could get only win 22 seats. Congress drew blank for the third time in a row. It also has a majority in the Delhi Municipal Corporation (MCD) with three AAP councillors switching over to the BJP. With this latest switchover, the BJP’s tally in MCD has increased to 116 from 104 seats won in 2023 and the AAP is down to 114 compared to 134 earlier. Now, the BJP has full control over Delhi — local government, municipal bodies and land and law and order through the Central government, as defined under the National Capital Territory Act, 1991. One party with absolute control over three separate administrative wings in Delhi is rare: it had happened briefly between 2004 and 2008 when Sheila Dikshit was helming the Delhi government. The BJP now claims that Delhi will have a “triple engine” governance model and it will use all its powers to decimate the AAP politically in Delhi. Soon after the Delhi election results, the Central Bureau of Investigation launched a probe into the Delhi Transport Corporation (DTC) low-floor bus scam; the Central Vigilance Commission said it is looking into the alleged irregularities in Kejriwal’s official home on Flag Staff Road and other agencies into irregularities in the Delhi Jal Board. “Probe only in one case (excise) is being done against Kejriwal. Seven more are to happen,” home minister and BJP leader Amit Shah had said during the election campaign, indicating that the AAP chief is likely to be besieged with a series of corruption cases in the coming days. Dealing with these cases and retaining the party’s cadre and structure amid BJP’s political onslaught will not be easy. It remains to be seen whether other opposition parties, which are part of the INDIA bloc helmed by the Congress will back Kejriwal. In all likelihood, the Congress will not, as it sees its chances of revival with AAP’s loss in Delhi. In Punjab, where AAP is in power, the Congress is the main opposition party. Also, the Congress leadership believes that AAP eats into its votes than that of the BJP. However, how West Bengal chief minister, Mamata Banerjee, Samajwadi Party leader, Akhilesh Yadav, Rashtriya Janata Dal’s Tejaswhi Yadav and MK Stalin, Tamil Nadu chief minister, back Kejriwal is yet to be seen. Aditya Thackeray of Shiv Sena (UBT) is the only prominent leader to meet Kejriwal after the electoral debacle. More than the backing of the political parties, Kejriwal will need the support of the people to revive his political fortune. Before Kejriwal started his India Against Corruption (IAC) in 2012, primarily aimed at targeting the Congress, there were examples of political parties emerging from people-centric political movements in post-independent India. The first party to challenge Congress’ political hegemony was Swatantra founded by C Rajagopalachari in 1959, opposing Jawaharlal Nehru’s so-called Stalinist policy outlook of centralised planning even though the RSS-backed Bharatiya Jan Sangh, the earlier avatar of BJP, also existed. The party wound up in 1974, the year that witnessed another uprising led by socialist leader J P Narayan, which led to the formation of the Janata Party a few years later. In 1977, the Janata Party trounced the Congress to come to power at the Centre but lost the majority in less than three years. Two major splinter parties emerged from the Janata Party, the BJP and Janata Dal, in 1980. The Janata Dal came to power in 1989 for two years and in subsequent years splintered into different parties such as Samajwadi Party, RJD, Janata Dal (United), Janata Dal (Secular), Indian National Lok Dal and so on. In states, parties emerged after violent political movements. The All-Assam Students Union (AASU) led a violent protest demanding that non-native Assamese people should not be allowed in the state following the large-scale migration of people into the state from Eastern Pakistan, especially after 1971 when Bangladesh was formed. After the Centre signed the Assam Accord with AASU in 1985, its leader Prafulla Kumar Mohanta formed a political party Assom Gana Parishad and it won subsequent assembly elections defeating the Congress. Forty years down the line, the AGP is a minor alliance partner in the BJP-led Assam government, and its influence is limited. In Uttarakhand, the Uttarakhand Kranti Dal was behind the protests, demanding a separate state from Uttar Pradesh in the 1990s. However, after the state was created in 2000, the UKD’s political influence rapidly withered. In Telangana, the K Chandrashekhar Rao (KCR)-led Bharatiya Rashtra Samithi, which emerged from the movement to create the Telangana state, is looking for a political revival after a heavy loss in the 2023 assembly elections; KCR was in power for 10 years between 2014 and 2023. The Jharkhand Mukti Morcha, which was formed during an agitation led by Shibu Soren, to create the state, has survived many political upheavals, primarily due to the strong backing of the tribal votes. Similarly, RJD, Samajwadi Party and Janata Dal (Secular) have survived due to the backing of the caste groups they aim to represent. Kejriwal, however, does not represent or have a caste or a community group-specific vote bank. He has showcased himself as a leader of the poor and the downtrodden, a vote base that is known to shift from one party to another. Before Kejriwal, it was the vote bank of the Congress in Delhi. The Congress ensured that it carried out developmental works in poor colonies but at the same time did not ignore the aspirations of the middle class through infrastructure development. Kejriwal appeared to have forgotten the middle class in the past five years and getting them back will not be easy. Unlike other political parties, Kejriwal has not espoused strong ideological moorings, which can create a stable vote bank for him. He still has a strong 42% vote share in Delhi and 90% of it, I estimate, is of the poor and downtrodden. The question is whether he would be able to retain it for another five years. People tend to not politically forgive those, who have played with their trust. If the Congress is able to get back the votes of the poor in Delhi, which the BJP will like, survival for Kejriwal will not be easy but he is not known to give up without a fight. Chetan Chauhan is National Affairs Editor. A journalist for over two decades, he has written extensively on social sector and politics with special focus on environment and political economy.</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>Why your portfolio is less diversified than you might think</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>The most important idea in modern finance has become maddeningly hard to implement</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Feb 11, 2025 08:00 am</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/why-your-portfolio-is-less-diversified-than-you-might-think-101738593588111.html</t>
+          <t>https://www.hindustantimes.com/analysis/decoding-the-look-and-feel-of-a-sabya-101739810344836.html</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>What is the best piece of investment advice you could fit into a single, short sentence? “Buy stocks” wins points for brevity and high returns. “Buy American stocks”, if given at almost any point over the past few decades, would have done even better. “Don’t waste money on stockpickers’ fees” deserves an honourable mention. Here is a less punchy suggestion: “A diversified portfolio can have the same returns as a concentrated one, with less risk.” Diversification is such an important idea in modern finance that it is easy to forget its age. The economist it is most associated with is Harry Markowitz, who won a Nobel prize for setting out its maths in the 1950s. But the practice, if not the theory, was popular long before that. During the first heyday of financial globalisation, in the early 20th century, European investors could hardly get enough of foreign assets. A survey by Charles Conant, a journalist, published in 1908 estimated that between a quarter and a half of the average British portfolio was invested abroad. In French and German portfolios, overseas allocations were around a third and a half, respectively. Such cosmopolitanism was then shattered by war, hyperinflation, capital controls and the Depression. More than a century on, and despite present-day worries of financial fragmentation, holding a varied portfolio is easier than ever. Foreign assets can be bought at the tap of a trading app, while cheap index funds give investors instant exposure to thousands of stocks in dozens of countries. The idea of diversifying across asset classes as well as geographies—via the classic 60/40 portfolio of stocks and bonds, for instance—is firmly in the mainstream. More exotic choices such as commodities and cryptocurrencies have become more accessible to retail investors, too, and private assets may eventually follow suit. Unfortunately there is a catch, and it is a big one. Building a portfolio that looks diversified has become a cinch. Building one that is actually diversified, in the sense that its components offset each other’s risk, has become much harder. Diversification gets its magic from the fact that the prices of different assets do not all move together. The market values of a gold mine in Kazakhstan and a recruitment firm in San Francisco, for instance, will fluctuate for very different reasons even if they both have similar returns. Hold shares in both and there is a chance that a sharp drop in one will be cushioned by a rise in the other. Hold lots of uncorrelated assets and you get this effect writ large: a portfolio with a return that is the average of its constituents’ but with a lower volatility. The less correlated the assets’ returns, the greater the magic. Yet just as it has become easier to invest in a wide array of assets, the correlations between them have shot up. These are measured on a scale from -1 to 1. A pair of prices that always move in opposite directions—in other words, a diversifier’s dream—scores -1. Prices that move in lockstep, offering no diversification benefit, score 1. In the 1970s, before the re-globalisation of finance gathered pace, the average correlation between pairs of share indices for developed markets was 0.37. By 2021 it was 0.75. For pairs of emerging-market indices the average correlation rose from 0.05 to 0.49. As the barriers separating them have come down, markets that once moved almost independently now increasingly ebb and flow together. It seems, therefore, that geographical diversification has followed a trajectory which is wearily familiar to financial historians. When few investors could manage the trick, it was a stellar idea. Once it was popular and available to the mass market, its dynamics were distorted and the benefits started to fade. A similar fate befell the Buffettian strategy of buying undervalued “cigar-butt” stocks, after automated screening made them easy to identify and hence vanishingly rare. In the case of diversification, once investors started spreading their capital across stockmarkets, they all began to resemble each other. What stings even more is that diversification across asset classes has become more difficult, too. Between 2000 and 2021 stocks and bonds listed in America complemented each other excellently, with an average correlation of -0.29. Since 2022, when both crashed together, that has risen to around 0.7. There is still some benefit to spreading your portfolio across different regions and asset classes. But given the gains have shrunk so much, it is no wonder investors are chasing after ever more esoteric products. Subscribers to The Economist can sign up to our new Opinion newsletter, which brings together the best of our leaders, columns, guest essays and reader correspondence.</t>
+          <t>The Republic Day weekend marked the 25th-anniversary celebrations of Sabyasachi’s brand. Over 600 guests, including international buyers, editors, and models, gathered at the Tony Jio Convention Centre in Mumbai for a fashion show. Bollywood royalty Deepika Padukone made her grand return to the runway post-maternity leave to open the show, while 90s supermodel Christy Turlington closed it. A lavish 72-ft grazing table, designed by celebrity wedding designer Devika Narain featured free-flowing caviar, oysters, cakes, and Dom Pérignon. On the ramp, viewers were treated to pieces that seemed nothing like the Sabyasachi lehengas and saris we have become used to seeing: the signature vermillion red, floral organzas, clash of boho-inspired block prints on silk, Benarsi brocade weaves. Instead, he launched more than 150 ultra-luxe, contemporary looks featuring artisanal details like handwoven Mongolian cashmere, Peruvian alpaca, trompe-l'œil embroidery made to resemble tweed, madras checks, and couture coats embellished with beaten Brazilian sequins. This was a significant extension of the language of his couture-pret collections that he first introduced when he launched his New York store in 2022. The setting, inspired by the baris (neighbourhoods) of old Kolkata, paid homage to the designer’s humble beginnings. However, there is nothing humble about the empire Sabyasachi has built. *** “Twenty-five years ago, a young designer from Kolkata sent us a collection of plain matka silk kurta-pyjama sets paired with Kutchi embroidery bags. Maybe it was the fresh, unexpected combination of textiles or the ornate appeal, but every single piece flew off the racks in 30 minutes,” recalls Sangita Kathiwada, founder of the sustainable boutique Melange in Altamount Road, Mumbai. Kathiwada commissioned a second collection with a caveat—it had to be made exclusively with handspun, handwoven fabrics and feature only artisanal hand embroidery, with no plastic packaging. Sabyasachi aced the assignment. Even in his early days, he was focused on leveraging India’s abundant, indigenous resources: its weaves, surface texturing, and intricate hand craftsmanship. “If that means my market will only be India, so be it,” he declared to Kathiwada in their early meetings. The India of the 2000s was vastly different from the country that had attained independence barely 50 years before. The first decade of the millennium was also starkly different from the previous decade.“In recent years, there has been a striking change in the profile of Delhi. The city has become more cosmopolitan. Gurgaon and Noida are no longer distant suburbs, they are now hubs of global commercial activity,” a report from February 1, 2004 of the Hindustan Times read. By the end of 2003, there were far more IT engineers in Bengaluru than there were in Silicon Valley. The once-sleepy cantonment town dubbed India’s Silicon Valley was the headquarters of Indian Big Tech — Infosys, Tata Consultancy Services, Wipro, HCL Technologies — and attracted much of the work outsourced from the West. American thought leaders like Thomas Friedman and Jeffery Sachs heralded India’s entry into “global economic prominence”. Not only was the middle class expanding, it also had more buying power. “At a time when western silhouettes and derivative design were considered fashionable, Sabyasachi brought intellect and a culturally rooted narrative of pride in Indian silhouettes, crafts and ideas to the Indian fashion circuit,” recalls Shefalee Vasudev, author of Powder Room: The Untold Story of Indian Fashion. "His use of spectacles on models, references from Rabindranath Tagore, books on the runway, tea-stained fabrics, bridal lehengas made from Khadi and other handwoven fabrics, gave him an intellectual edge over his contemporaries.”. Collections like Kashgaar Bazaar (2002), with which Sabyasachi made his debut at India Fashion Week, used traditional Indian techniques on contemporary silhouettes, Two years later, Frog Princess got him floor space next to Dries Van Noten at Browns in London. He launched collaborations with global giants Pottery Barn (a home decor collection in 2016), H&amp;M (2021) and even Starbucks (drinkware collection in 2022). His presence in retail meccas like Saks and Bergdorf Goodman (where projections and rumours of him outselling Chanel, and doing sales worth more than $1million a day did the rounds) cemented his global influence. Sabya learnt the value of saying no. “We don’t take cash payments, we don’t customise, and we don’t pander to the rich. We have stood our ground, and built our brand by saying no,” he said confidently. The brand has famously refused custom gown requests from celebrities for international events. “You’ll get a saree from us, and that’s that.” In 2018, in advertisements for his make-up collaboration with L’oreal Paris, he ensured Aishwarya Rai Bachan wore one in front of the Eiffel Tower. His H&amp;M collaboration included one too, and Alia Bhat’s saree designed by him garnered the highest EMV (electronic media value) by any celeb at the MET gala in 2024. *** Today, his 26,000 sq. ft. flagship store in Mumbai houses over 100 chandeliers, 275 carpets, 3,000 books, and 150 works of art. His New York store boasts similar grandeur, becoming a hub for NRIs and artisanal fashion enthusiasts. He’s opened an accessories-only store in Hyderabad (to be followed by Bengaluru), and he has been quietly working with celebrated French nose Nathalie Lorson to develop his own line of perfumes, which is currently at the bottling stage. With state-of-the-art stores, a loyal clientele that includes heads of state and royalty, a thriving accessories business, and a disruptive jewelry takeover, he has become the blueprint for many—though few can replicate his success. This is not for the want of trying. It was only to be expected that Sabya’s unprecedented popularity increased his cache in the domestic market. And the designer unerringly hit upon his target audience — the Indian bride — at a time when the wedding industry was burgeoning. In 2007, he launched Chand Bibi, his first bridal couture collection. The Sabya bride wore micro bindis and aviators, favoured heritage colours and plunging sleeveless blouses. “Within the traditional imagination, he recrafted the look of the Indian bride,” Vasudev said. “Sabyasachi’s influence on bridal pricing has been significant. He positioned bridal couture as an investment — not just an outfit for a day, but as a legacy piece to be passed down through generations.” shares Aashni Shah, founder of Aashni + Co, the multi-designer store which retails Sabyasachi’s bridalwear. “Twenty years ago, less than 1% of the affluent and super-affluent had destination weddings. Today, over 10% opt for them, growing the industry tenfold,” says Parthip Thyagarajan, CEO of WeddingSutra.com. While the wedding industry has matured, Sabyasachi’s unmistakable bridal aesthetic has set him apart. Two decades ago, affluent families spent under  ₹50 lakh on weddings. Today, they invest anywhere between  ₹1 to  ₹5 crore on hometown or destination weddings, excluding clothes, jewellery, and gifts. For the top 1%, spending  ₹5-10 lakh on the bride’s lehenga is hardly a splurge according to Thyagarajan. But Sabya’s lehenga reached beyond the elite customer to grab the middle-class bride’s attention. A copycat market burgeoned — first copy, and second copy options began to flood the market. “Sabya’s relationship with the copycat market is one of bristle, discomfort, some acceptance including strategic moves towards copyright protection of his patterns and designs,” Vasudev said. “You see more people feel good in a Sabya than look good in a Sabya,” the designer jokes good-naturedly.</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>Many governments talk about cutting regulation but few manage to</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Yet radical deregulation is often a big boost to growth</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>Feb 08, 2025 08:00 am</t>
+          <t>Feb 11, 2025 08:14 pm</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/many-governments-talk-about-cutting-regulation-but-few-manage-to-101738593577310.html</t>
+          <t>https://www.hindustantimes.com/analysis/fear-of-losing-kin-cultural-ties-fuel-local-opposition-to-fencing-myanmar-border-101739284760390.html</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>He brandished a chainsaw at campaign rallies, to signify his eagerness to clear-cut the thickets of bureaucracy and regulation impeding the economy’s progress. Perhaps more strikingly, he has actually lived up to this act. In November Javier Milei, the president of Argentina, told The Economist he had already taken 800 steps to reduce red tape and planned 3,200 more such “structural reforms”. He is not alone. Politicians around the world, on both the right and the left, are embracing deregulation. Donald Trump has created a “Department of Government Efficiency” (DOGE) headed by Elon Musk, an entrepreneur, to shrink government and slash red tape. He has also initiated a maelstrom in the civil service. Last year New Zealand set up a “ministry for regulation”, to which citizens can report any “red-tape issue”. On January 29th the European Commission pledged to cut corporate reporting requirements by 25%, and by 35% for small firms.  Even countries renowned for their powerful states are joining in. François Bayrou, France’s prime minister, promises “a strong movement of de-bureaucratisation”. Vietnam plans to abolish a quarter of government agencies. India’s bureaucracy, a byword for Dickensian obstruction, is slimming down. The push to reform how Western governments operate “is potentially bigger than the Reagan-Thatcher revolution” of the 1980s, argues John Cochrane of Stanford University. The world is not short of red tape to cut. According to the Regulatory Studies Centre at George Washington University, federal regulations in America now exceed 180,000 pages, up from 20,000 in the early 1960s. Official figures suggest that the federal government imposes 12bn hours of paperwork on Americans each year, or about 35 hours per person, up from 27 hours per person in 2001. The complete text of all German laws has 60% more words than in the mid-1990s. Over the past 20 years tax codes from Canada to Morocco have swollen (see chart 1). Friend or foe? Not all regulations are onerous. Shortly before John Quincy Adams became America’s sixth president in 1825, he described the confusion caused by the absence of a unified system of weights and measures, noting that it hindered trade between states. As president, he supported rules to make life easier for both companies and consumers. Today regulations help reduce the number of people sickened by rotten food, impoverished by financial scams or disadvantaged by racism.  It can be hard to distinguish good regulations from bad. Bureaucrats hoping to reduce outbreaks of salmonella may in the process prevent children from setting up lemonade stands without a licence. Weighing the benefits against the costs is sensible, but tricky. Take estimates of the cost to American banks of filing the “currency transaction report” required by law every time someone withdraws or deposits $10,000 or more. The government says this costs about $3.50 a report; banks $10-80. Despite these caveats, however, there are many indications that the regulatory build-up is harmful. It seems logical that as a society evolves, some new rules should be added and some old ones scrapped. Yet research by Davide Furceri of the IMF and colleagues finds “a remarkable slowdown” in rescissions since the 1990s in rich and poor countries alike. The share of Americans who think the government does “too much” currently exceeds those who want it to “do more” by an unusually wide margin, according to Gallup, a pollster.  Productivity statistics offer another clue. Data from Britain suggest that the administrators of government benefits are 20% less productive than they were in the late 1990s. Excluding defence, Canada’s federal bureaucracy is no more productive than it was a decade ago, even as private-sector productivity has grown by 7%. In Australia productivity in non-profit professions, including public administration, fell over the past decade. According to a recent study from the European Central Bank which focused on the euro area’s five biggest economies, “the public sector made a negative contribution to productivity per person” over the past five years. One of Mr Trump’s recent orders called for “modernising federal technology and software to maximise governmental efficiency”. In the 1970s and 1980s the average federal employee had three times as much software at her disposal as the average private-sector employee. Now she only has 1.7 times as much. No surprise, then, that although federal productivity grew by 50% from 1987 to 2010, it has since flatlined. Many rules are clearly pointless. Hundreds of thousands of firms in California must put up signs stating that their premises “contain chemicals known to the state of California to cause cancer”. Other firms must post signs in bathrooms telling staff to wash their hands. Hotels must have signs next to pools urging people with “active diarrhoea” not to bathe. In France a house cannot be sold unless a notary reads the contract aloud in the presence of the buyer and seller. Each of these bureaucratic follies is typically only a minor expense and inconvenience. Cumulatively, however, they stifle economic activity, like Gulliver tied down by lots of pieces of string. A recent paper by Leah Brooks of George Washington University and Zachary Liscow of Yale Law School gives a sense of how regulatory burdens can add up. From the late 1950s to the mid-1980s, they find, the cost in America of building a mile of highway rose from $8.5m in 2016 prices to more than $25m. (It has risen further since.) Cost overruns and huge delays are now par for the course when it comes to infrastructure. Some big projects, including a high-speed rail system in California, will probably never be built, given how tied up they are in environmental reviews. Britain has a vast queue of planned wind farms awaiting the promise of a future grid connection before beginning construction.  Across the rich world house-building has become much less responsive to rising house prices in recent years, making homes harder to afford (see chart 2). Architects and builders face long delays and high costs getting projects approved. The labour market is also hamstrung. Across the rich world the share of employment in jobs with mandatory qualifications is rising. Bakers, hairdressers and painters often have to obtain licences before being allowed to work. That reduces competition and raises prices. Regulations distract businesses from more profitable pursuits. In France senior managers spend 20% of their time dealing with them, according to the World Bank. Businesses in Germany typically need 122 days to obtain an operating licence. Getting an import licence takes about a month in the Netherlands. In 2023 more than 40% of Greek firms identified tax administration—as opposed to the rates themselves—as a “major or very severe constraint” on their operations. In America thousands of firms a year are eligible for a tax refund after making a loss. But the process is so complex that only 37% of eligible firms actually claim the money, according to a paper published in 2021 by Eric Zwick of the University of Chicago. Economists have tried to calculate the macroeconomic costs of all these bits of string. Mr Bayrou has cited a paper by Bruno Pellegrino of Columbia University and Geoffery Zheng of New York University, which finds that red tape costs the French economy close to 4% of GDP every year. (“Insupportable!” declares the prime minister.) The OECD estimates that compliance costs eat up around 4% of business output in member-countries on average. Chang-Tai Hsieh of the University of Chicago and Enrico Moretti of the University of California, Berkeley, attribute similarly staggering costs to land-use regulations. These papers focus on particular types of red tape, though, rather than bureaucratic inflexibility in the round, and thus can provide only a partial view of the problem. It is tempting to look at the economic performance of countries that have slashed red tape in recent years. Under Mr Milei Argentina has climbed out of its perma-recession. Greece, previously an economic laggard, topped our end-of-year rankings of the best-performing economies in both 2022 and 2023. Research by Goldman Sachs, a bank, has identified a group of companies, including banks, telecoms firms and energy firms, that are most likely to benefit from a deregulatory drive in America. Since the middle of last year, as the chances of a bonfire of red tape have grown, their share prices have risen by 23% on average, compared with 14% for the wider market. Capital flows are another indicator. Drawing on statistics from PitchBook, a data provider, we estimate that in the past decade two-thirds of the world’s venture capital has flowed to industries with relatively little red tape, such as consumer services and tech, whereas only a third has gone to more heavily regulated ones such as health care and manufacturing. Why has the rich world allowed itself to be tied up? One explanation is a growing appetite for safety. Richer people, after all, have more to lose and older people are more risk-averse. Consumers, via their political representatives, thus demand regulation. Forcing businesses to remind employees to wash their hands feels reassuring, even if it achieves little in practice. In fact, efforts by governments to give citizens more say on policy may have helped red tape to proliferate. A Supreme Court case in 1971, Citizens to Preserve Overton Park v Volpe, established the idea that pressure groups could seek judicial reviews of government agencies’ decisions. This prompted regulators to be more exacting and firms to go to greater lengths to be sure they are following the rules. Regulation also tends to work like a ratchet, always getting tighter. In part, this reflects risk-aversion on the part of regulators: why scrap a rule and suffer recriminations if that goes wrong when you can simply leave it in place? Bureaucracies also have their own interests. A person whose only job is to enforce a rule is unlikely to wish to abolish that rule. As a result, many promises to cut red tape come to little. In the 1980s Ronald Reagan created his own DOGE, the Grace Commission, which did not achieve much. In 2010 Britain set up an Office of Tax Simplification, which stood by helplessly as the tax code expanded. In 2023 the government decided to abolish not all its byzantine tax rules, but the OTS. DOGErs talk about firing half of America’s bureaucrats. But that does not in itself reduce red tape. If the rules stay the same then the remaining half will have twice as much to do, making the bureaucracy even slower than before. Yet governments sometimes manage to pare regulation. The Grace Commission was a dud, but Reagan did deregulate certain industries. A paper published by the OECD in 2006 found that between 1975 and 1985 roughly a fifth of America’s rules about energy, transport and communications were scrapped. That inspired other rich countries. By the 2000s across the OECD as a whole product markets for airlines, telecoms and energy firms were about half as regulated as in the 1970s. Some countries, inspired by America, have gone even further in their anti-red-tape drive. In “The Other Path”, a book published in 1986, Hernando de Soto documented the months of waiting, and constant demands for bribes, faced by Peruvians trying to start a business. The process now takes 26 days on average, the World Bank estimates. Post-Soviet countries have been particularly enthusiastic reformers. In the mid-1990s Estonia introduced a flat tax for both corporate and labour income, replacing a far more complex system. It has followed up by moving almost all government services online, which officials estimate produces savings worth 2% of GDP. Following the Rose Revolution of 2003 Georgia cut the number of taxes from 21 to six, while reducing the number of types of businesses which required a licence to operate from 909 to 159. What needs to happen for a red-tape revolution to succeed? A deep recession or a debt crisis, as in Greece, may focus minds. In post-Soviet states, not only were their economies swooning, but people were also eager for a clean break from the past. Disillusionment with the status quo, visible in surging support for populist politicians, may mean that today’s voters have more appetite for change than normal. Certainly there are more concrete plans for what needs to be done. In Britain activists have launched the Looking for Growth group, providing politicians with ideas on how to get the economy moving. One idea is that instead of trudging from agency to agency for years, developers should apply only to a single entity. A recent report written by Mario Draghi, a former Italian prime minister, has sensible recommendations for streamlining the EU’s labour and product markets. New Zealand’s new ministry for regulation has turned its attention to the approval process for agricultural goods and the rules governing barbershops, among other things. Even in San Francisco, red-tape central, things are changing. Small-business owners recently rejoiced at a tweak to a rule specifying that security doors on shop windows had to be 75% transparent. Now just 20% will do. Cutting red tape will not necessarily send growth soaring. Even if Mr Musk is successful, Mr Trump’s other policies, such as jacking up tariffs and deporting millions of workers, could easily erase the benefit. Effective deregulatory drives anger people who lose out, including those exposed to more competition and NIMBYs who dislike growth. But a boost to construction, business formation and innovation is worth ruffling a few feathers for. He is not alone. Politicians around the world, on both the right and the left, are embracing deregulation. Donald Trump has created a “Department of Government Efficiency” (DOGE) headed by Elon Musk, an entrepreneur, to shrink government and slash red tape. He has also initiated a maelstrom in the civil service. Last year New Zealand set up a “ministry for regulation”, to which citizens can report any “red-tape issue”. On January 29th the European Commission pledged to cut corporate reporting requirements by 25%, and by 35% for small firms. Even countries renowned for their powerful states are joining in. François Bayrou, France’s prime minister, promises “a strong movement of de-bureaucratisation”. Vietnam plans to abolish a quarter of government agencies. India’s bureaucracy, a byword for Dickensian obstruction, is slimming down. The push to reform how Western governments operate “is potentially bigger than the Reagan-Thatcher revolution” of the 1980s, argues John Cochrane of Stanford University. The world is not short of red tape to cut. According to the Regulatory Studies Centre at George Washington University, federal regulations in America now exceed 180,000 pages, up from 20,000 in the early 1960s. Official figures suggest that the federal government imposes 12bn hours of paperwork on Americans each year, or about 35 hours per person, up from 27 hours per person in 2001. The complete text of all German laws has 60% more words than in the mid-1990s. Over the past 20 years tax codes from Canada to Morocco have swollen (see chart 1). Friend or foe? Not all regulations are onerous. Shortly before John Quincy Adams became America’s sixth president in 1825, he described the confusion caused by the absence of a unified system of weights and measures, noting that it hindered trade between states. As president, he supported rules to make life easier for both companies and consumers. Today regulations help reduce the number of people sickened by rotten food, impoverished by financial scams or disadvantaged by racism. It can be hard to distinguish good regulations from bad. Bureaucrats hoping to reduce outbreaks of salmonella may in the process prevent children from setting up lemonade stands without a licence. Weighing the benefits against the costs is sensible, but tricky. Take estimates of the cost to American banks of filing the “currency transaction report” required by law every time someone withdraws or deposits $10,000 or more. The government says this costs about $3.50 a report; banks $10-80. Despite these caveats, however, there are many indications that the regulatory build-up is harmful. It seems logical that as a society evolves, some new rules should be added and some old ones scrapped. Yet research by Davide Furceri of the IMF and colleagues finds “a remarkable slowdown” in rescissions since the 1990s in rich and poor countries alike. The share of Americans who think the government does “too much” currently exceeds those who want it to “do more” by an unusually wide margin, according to Gallup, a pollster. Productivity statistics offer another clue. Data from Britain suggest that the administrators of government benefits are 20% less productive than they were in the late 1990s. Excluding defence, Canada’s federal bureaucracy is no more productive than it was a decade ago, even as private-sector productivity has grown by 7%. In Australia productivity in non-profit professions, including public administration, fell over the past decade. According to a recent study from the European Central Bank which focused on the euro area’s five biggest economies, “the public sector made a negative contribution to productivity per person” over the past five years. One of Mr Trump’s recent orders called for “modernising federal technology and software to maximise governmental efficiency”. In the 1970s and 1980s the average federal employee had three times as much software at her disposal as the average private-sector employee. Now she only has 1.7 times as much. No surprise, then, that although federal productivity grew by 50% from 1987 to 2010, it has since flatlined. Many rules are clearly pointless. Hundreds of thousands of firms in California must put up signs stating that their premises “contain chemicals known to the state of California to cause cancer”. Other firms must post signs in bathrooms telling staff to wash their hands. Hotels must have signs next to pools urging people with “active diarrhoea” not to bathe. In France a house cannot be sold unless a notary reads the contract aloud in the presence of the buyer and seller. Each of these bureaucratic follies is typically only a minor expense and inconvenience. Cumulatively, however, they stifle economic activity, like Gulliver tied down by lots of pieces of string. A recent paper by Leah Brooks of George Washington University and Zachary Liscow of Yale Law School gives a sense of how regulatory burdens can add up. From the late 1950s to the mid-1980s, they find, the cost in America of building a mile of highway rose from $8.5m in 2016 prices to more than $25m. (It has risen further since.) Cost overruns and huge delays are now par for the course when it comes to infrastructure. Some big projects, including a high-speed rail system in California, will probably never be built, given how tied up they are in environmental reviews. Britain has a vast queue of planned wind farms awaiting the promise of a future grid connection before beginning construction. Across the rich world house-building has become much less responsive to rising house prices in recent years, making homes harder to afford (see chart 2). Architects and builders face long delays and high costs getting projects approved. The labour market is also hamstrung. Across the rich world the share of employment in jobs with mandatory qualifications is rising. Bakers, hairdressers and painters often have to obtain licences before being allowed to work. That reduces competition and raises prices. Regulations distract businesses from more profitable pursuits. In France senior managers spend 20% of their time dealing with them, according to the World Bank. Businesses in Germany typically need 122 days to obtain an operating licence. Getting an import licence takes about a month in the Netherlands. In 2023 more than 40% of Greek firms identified tax administration—as opposed to the rates themselves—as a “major or very severe constraint” on their operations. In America thousands of firms a year are eligible for a tax refund after making a loss. But the process is so complex that only 37% of eligible firms actually claim the money, according to a paper published in 2021 by Eric Zwick of the University of Chicago. Economists have tried to calculate the macroeconomic costs of all these bits of string. Mr Bayrou has cited a paper by Bruno Pellegrino of Columbia University and Geoffery Zheng of New York University, which finds that red tape costs the French economy close to 4% of GDP every year. (“Insupportable!” declares the prime minister.) The OECD estimates that compliance costs eat up around 4% of business output in member-countries on average. Chang-Tai Hsieh of the University of Chicago and Enrico Moretti of the University of California, Berkeley, attribute similarly staggering costs to land-use regulations. These papers focus on particular types of red tape, though, rather than bureaucratic inflexibility in the round, and thus can provide only a partial view of the problem. It is tempting to look at the economic performance of countries that have slashed red tape in recent years. Under Mr Milei Argentina has climbed out of its perma-recession. Greece, previously an economic laggard, topped our end-of-year rankings of the best-performing economies in both 2022 and 2023. Research by Goldman Sachs, a bank, has identified a group of companies, including banks, telecoms firms and energy firms, that are most likely to benefit from a deregulatory drive in America. Since the middle of last year, as the chances of a bonfire of red tape have grown, their share prices have risen by 23% on average, compared with 14% for the wider market. Capital flows are another indicator. Drawing on statistics from PitchBook, a data provider, we estimate that in the past decade two-thirds of the world’s venture capital has flowed to industries with relatively little red tape, such as consumer services and tech, whereas only a third has gone to more heavily regulated ones such as health care and manufacturing. Why has the rich world allowed itself to be tied up? One explanation is a growing appetite for safety. Richer people, after all, have more to lose and older people are more risk-averse. Consumers, via their political representatives, thus demand regulation. Forcing businesses to remind employees to wash their hands feels reassuring, even if it achieves little in practice. In fact, efforts by governments to give citizens more say on policy may have helped red tape to proliferate. A Supreme Court case in 1971, Citizens to Preserve Overton Park v Volpe, established the idea that pressure groups could seek judicial reviews of government agencies’ decisions. This prompted regulators to be more exacting and firms to go to greater lengths to be sure they are following the rules. Regulation also tends to work like a ratchet, always getting tighter. In part, this reflects risk-aversion on the part of regulators: why scrap a rule and suffer recriminations if that goes wrong when you can simply leave it in place? Bureaucracies also have their own interests. A person whose only job is to enforce a rule is unlikely to wish to abolish that rule. As a result, many promises to cut red tape come to little. In the 1980s Ronald Reagan created his own DOGE, the Grace Commission, which did not achieve much. In 2010 Britain set up an Office of Tax Simplification, which stood by helplessly as the tax code expanded. In 2023 the government decided to abolish not all its byzantine tax rules, but the OTS. DOGErs talk about firing half of America’s bureaucrats. But that does not in itself reduce red tape. If the rules stay the same then the remaining half will have twice as much to do, making the bureaucracy even slower than before. Yet governments sometimes manage to pare regulation. The Grace Commission was a dud, but Reagan did deregulate certain industries. A paper published by the OECD in 2006 found that between 1975 and 1985 roughly a fifth of America’s rules about energy, transport and communications were scrapped. That inspired other rich countries. By the 2000s across the OECD as a whole product markets for airlines, telecoms and energy firms were about half as regulated as in the 1970s. Some countries, inspired by America, have gone even further in their anti-red-tape drive. In “The Other Path”, a book published in 1986, Hernando de Soto documented the months of waiting, and constant demands for bribes, faced by Peruvians trying to start a business. The process now takes 26 days on average, the World Bank estimates. Post-Soviet countries have been particularly enthusiastic reformers. In the mid-1990s Estonia introduced a flat tax for both corporate and labour income, replacing a far more complex system. It has followed up by moving almost all government services online, which officials estimate produces savings worth 2% of GDP. Following the Rose Revolution of 2003 Georgia cut the number of taxes from 21 to six, while reducing the number of types of businesses which required a licence to operate from 909 to 159. What needs to happen for a red-tape revolution to succeed? A deep recession or a debt crisis, as in Greece, may focus minds. In post-Soviet states, not only were their economies swooning, but people were also eager for a clean break from the past. Disillusionment with the status quo, visible in surging support for populist politicians, may mean that today’s voters have more appetite for change than normal. Certainly there are more concrete plans for what needs to be done. In Britain activists have launched the Looking for Growth group, providing politicians with ideas on how to get the economy moving. One idea is that instead of trudging from agency to agency for years, developers should apply only to a single entity. A recent report written by Mario Draghi, a former Italian prime minister, has sensible recommendations for streamlining the EU’s labour and product markets. New Zealand’s new ministry for regulation has turned its attention to the approval process for agricultural goods and the rules governing barbershops, among other things. Even in San Francisco, red-tape central, things are changing. Small-business owners recently rejoiced at a tweak to a rule specifying that security doors on shop windows had to be 75% transparent. Now just 20% will do. Cutting red tape will not necessarily send growth soaring. Even if Mr Musk is successful, Mr Trump’s other policies, such as jacking up tariffs and deporting millions of workers, could easily erase the benefit. Effective deregulatory drives anger people who lose out, including those exposed to more competition and NIMBYs who dislike growth. But a boost to construction, business formation and innovation is worth ruffling a few feathers for. Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>A year after the Centre's announcement to fence the international border with Myanmar and end the free movement regime (FMR), opposition from the local population, particularly those in the border areas, continues to grow. The proposed security fence along the Indo-Myanmar border looms as a threat to divide age-old ties between communities, which share cultural, ethnic and historical ties across the two neighbouring countries. India and Myanmar share a 1643-km long border in four states of northeast-Mizoram, Nagaland, Manipur and Arunachal Pradesh. The FMR, which was put in place in June 1968 allowed people living in the border areas to travel up to 40 km inside the other country without obtaining any visa. In July 2010, the distance was reduced to 16 km. In January last year, Union home minister Amit Shah said during a visit to Meghalaya and Assam that the country’s border with Myanmar would be fenced and the existing FMR between the two countries scrapped. On February 3, a public rally was held in Longwa, a village straddling the Indo-Myanmar border in Nagaland's Mon district, against the Centre’s decision to scrap the FMR and fence the border. Terming the decision as a move that would “divide our people whereby disturbing peace and order and hampering our traditional integrity and rights,” the Longwa Students' Union called for the participation of all adult members of the village at the rally to register their resentment of the Centre's resolve. The people in the border areas own land on both sides of the border, transcending the demarcated line on the map, living and cultivating on either side, long before the modern states of India and Myanmar were established. Remarkably, a physical border fence would cleave the house of the Angh (chief) of Longwa in two, with one side in India and the other in Myanmar as the boundary line goes right through the Angh's house. Many other houses in the village lie on the other side of the border as well. “In such a scenario (fencing the border), where will Longwa be -- in India or Myanmar? Why should one require a pass/permit to go to one's ancestral jhum field,” questioned Honang Konyak, a leader of the local community. Local communities were not consulted when the imaginary boundary between India and Myanmar was drawn in 1972. The Indo-Myanmar border runs through Nagaland's Mon, Noklak, Kiphire and Meluri districts. The Eastern Nagaland People's Organisation (ENPO) which represents seven Naga tribes including those that are from Mon, Noklak and Kiphire, is of the view that both India and Myanmar governments must uphold the United Nations Declaration of Rights of Indigenous Peoples (UNDRIP) as both are signatories of the same. Honang Konyak, ENPO general secretary, said New Delhi must start thinking diplomatically, ensuring the historical and political legitimacy of the people. Criticising the decision to physically fence the imaginary line, he maintained that, unlike other border areas, the question of illegal immigration is out of context especially in the Konyak region since every Konyak has their own well-defined ancestral land, be it in Myanmar or India. He said that the Nagaland state government must declare its "utmost resistance" like what its counterpart in Mizoram had done. "The state government must not play a safe game as it had been in the past," Konyak stated. "As ENPO, we pray and appeal to all concerned to avoid any form or force violence and bloodshed in the region in the course of such pursuits. This appeal should be cautiously understood and perceived by all meticulously," he said while adding that there can be a better option than enforcing "forced border fencing" and curbing the FMR if the Centre is sincere and mature enough. For P Shingnya, president of the Pangsha Public Organisation in Noklak district, his community has a resolution not to construct gates, let alone fences. “You see, as it is, my tribe- Khiamniungan people are spread across both India and Myanmar. My community has more than a hundred villages in Myanmar and about 50 here on the Indian side. We have been divided without our knowledge and consent. How can we allow fencing that would divide us further?” Shingnya asked. “Nagas are one people and we want to live together. We have been separated by force once; we don't want to be separated further. We, the Pangsha public absolutely support the Longwa rally,” he said. As per government officials, physical work on constructing the border fence is yet to begin in Nagaland. Although orders from the Centre are expected, no timeline has been drawn up yet, people aware of the matter said. The Nagaland Assembly in March 2024 adopted a resolution urging the Centre to reconsider its decision to fence the Indo-Myanmar border and scrap the FMR with the neighbouring country, stating that suspension of FMR and fencing the Indo-Myanmar boundary would disrupt the age-old historical, social, tribal, and economic ties of the Naga people living on both sides of the international border. Various Naga organisations including the Global Naga Forum, Naga Students' Federation, Naga Hoho and the NSCN-IM have opposed the move to fence the border. In neighbouring Manipur too, Naga bodies and their subordinate organisations are opposing the development due to fears of losing contact with their kin. According to the home ministry’s annual report for 2023-2024, “the construction of fencing for a border length of 9.214 km at Moreh, awarded to the Border Roads Organisation (BRO), has been completed, and work on the road along the fence is in progress.” Manipur shares an international border with Myanmar that spans 388 km. The porous nature of this border, coupled with the incomplete fencing work, has made it a hotspot for smuggling, illegal activities, and the influx of illegal immigrants. During a public interaction programme held in Kumbi, Bishnupur district, Manipur on Saturday, chief minister N. Biren Singh reiterated the state government’s commitment to fencing the borders and identifying illegal immigrants. “The government will continue its activities until these problems are resolved,” he said. Amid these developments, the United Naga Council (UNC), a Naga apex body, has cautioned against the continuation of the border fencing work, especially in Naga-inhabited areas of Manipur. In its statement issued on January 27, the Naga body declared that “no activities related to the purported construction of border fencing along the imaginary artificial Indo-Myanmar Border (IMB) will be allowed in the Naga ancestral homeland.” Kohring Victor, a leader of the Naga body, said there could be several reasons for constructing the border fence, but for the Nagas, inhabiting the border areas since their forefathers’ time, it would mean losing their kin. “The border fencing is going to demarcate families, as the fencing will fall between the villages of mother and son, grandparents and grandchildren, affecting emotional bonds for those inhabiting the area.” “Both the central and state governments might be undertaking this development under a good policy, which could be acceptable, but demarcating among families will not be accepted,” said Kohring. The UNC has already issued directives to all its units and subordinates in the impacted areas to take stringent steps to prevent the said activities in their respective jurisdictions. “Intensified forms of various agitations will be launched if the construction work is carried out forcibly,” Kohring said. Meanwhile, officials confirmed that construction work is ongoing along the stretch between international border pillars 81 and 84 in the Tengnoupal district, under the security of the Assam Rifles. In February last year, the Mizoram assembly unanimously adopted a resolution opposing the Centre’s decision on scrapping FMR and fencing the border with Myanmar. Several community groups in the state have opposed the Centre’s move to fence the Myanmar border; the state shares a 510-km boundary with the neighbouring nation. Six districts of the state-Champhai, Siaha, Lanwgtlai, Hnahthial, Saitual and Sherchhip share the border with the Chin state of Myanmar. The Mizos too have long-standing ethnic, social and cultural ties with most residents of Chin, whom they consider as their brethren. Since the military coup in Myanmar in February 2021, several thousand refugees, most residents of Chin, have taken shelter in the Indian state. At present, there are over 33,000 Myanmar refugees in Mizoram spread across all districts. On January 29, the Zo Reunification Organisation (ZoRO), an Aizawl-based group that seeks the reunification of Chin, Kuki, Zo and Mizo tribes residing in India, Myanmar and Bangladesh, held a rally in Mizoram’s capital and several other places in the state against twin moves. “Mizos residing on both sides of the border are deeply affected by the decision to scrap FMR and fence the border with Myanmar. All civil society organisations and political parties in Mizoram have expressed opposition to the move and don’t want it to be implemented,” ZoRO general secretary L Ramdinliana Renthlei told reporters in Aizawl, adding that the move will lead to instability in the region. Two days before the ZoRO rally, Mizo Zirlai Pawl (MZP), the biggest and most influential student organisation in Mizoram, submitted a memorandum to Shah through Governor VK Singh expressing their strong opposition to the move to scrap FMR and fence the border. The MZP said that the border between India and present Myanmar was demarcated arbitrarily by the British and it led to divisions among the Mizo people on both sides and affected their unity. The FMR recognised the interconnectedness between the people on both sides and allowed cross-border relations to continue. The student group mentioned how scrapping the FMR and fencing the border will violate Article 36 of the United Nations Declaration on the Rights of Indigenous People (UNDRIP), 2007, which affirms the rights of indigenous peoples to maintain and develop cross-border relationships for cultural, economic, social, spiritual and political purposes. Utpal is a Senior Assistant Editor based in Guwahati. He covers seven states of North-East India and heads the editorial team for the region. He was previously based in Kathmandu, Dehradun and Delhi with Hindustan Times.Read More</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>HistoriCity | A brief and morbid history of death, dying and moksha at Prayag</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>The earliest historical reference to people dying by suicide at the Sangam or confluence of the Yamuna and Ganga is by Chinese traveller Xuanzang.</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>No published date</t>
+          <t>Feb 11, 2025 08:00 am</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/historicity-a-brief-and-morbid-history-of-death-dying-and-moksha-at-prayag-101738680120361.html</t>
+          <t>https://www.hindustantimes.com/analysis/why-your-portfolio-is-less-diversified-than-you-might-think-101738593588111.html</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>The insensitive remarks by Dhirendra Shastri, who runs a religious congregation in Madhya Pradesh and others, that those killed in the Kumbh stampede last week would receive salvation was an attempt to downplay the tragedy. At least 30 people were killed and scores injured in the pre-dawn crowd surge on January 29. Such remarks are based on superstition, which over centuries has become a tradition to some. Though largely extinct, the practice of associating death by suicide at holy spots with salvation has ancient roots. It is difficult to identify when in history dying at holy spots, usually by a holy river like the Ganga, became associated with achieving Moksha, which itself has more than one meaning. The most common understanding is that it means liberation from metempsychosis or the endless cycle of birth and rebirth, but others believe that dying at places like Prayagraj (earlier called Allahabad), and Kashi could mean a good rebirth as a richer, more powerful person. There’s the hope that either you can escape rebirth or at least be born in better circumstances next time. Since it all happens after one’s death, we don’t know more. The earliest historical reference to people dying by suicide at the Sangam or confluence of the Yamuna and Ganga is present in Chinese traveller and Buddhist monk Xuanzang’s record of his visit to Kannauj where he was a guest at King Harshvardhan’s court for nearly two months. During this time, he attended a great Magh festival where Harshvardhan and other kings distributed massive amounts of wealth to ascetics, holy men, and the poor. The grounds where the festival took place were considered a highly charitable space, and “this spot had come to be known as the “Arena of Charitable Offering”, wrote RS Tripathi in his work, History of Kannauj. Xuanzang recorded the practice of suicide. He wrote: “The water is sweet and fine grains of sand come down with the current. According to local popular records, this river is known as the Water of Blessedness and one’s accumulated sins can be expiated by taking a bath in it. Those who drown themselves in the river will be reborn in heaven to enjoy happiness, and a recently deceased person whose corpse is thrown into the river will not fall into the evil state of existence in his next rebirth. By raising waves and blockading the current the souls of the dead will be saved” On the same visit, the Chinese monk also witnessed an ancient version of an anti-superstition programme. “At the time when all the people, men and women, old and young, assembled at the banks of the river, raised waves and blockaded the current, Deva Bodhisattva (a priest from Sri Lanka) mingled with them to draw up the water and lowered his head to push the current in the reverse direction, counter to the efforts of the other people. A heretic said to him, “Why are you doing it in a strange way?” Deva Bodhisattva said, “My parents and other kinsfolk are in the country of Sinhala and I fear that they may be suffering from hunger and thirst. So, I am trying to send this water from afar to save them.” The heretic said, “You are mistaken. You did not consider the matter well and behaved erroneously. Your home country is far away, separated [from here] by big mountains and rivers. To agitate the water here with the hope of saving those who are hungry there is like someone who goes backwards in order to advance. This is unthinkable !” Deva Bodhisattva said, “If sinners in the nether world can be benefited by this water, why could it not also save the people separated [from here] by mountains and rivers?” The heretics then realised their fault and acknowledged defeat,” Xuanzang, a Buddhist himself, records in his travelogue. When Al-Biruni, the great Khwarazmian Iranian scholar visited India as part of Mahmud Ghazni’s courtly entourage in the 11th century, he too described the prevalence of death and suicide practices at the Sangam. Al Biruni composed many seminal works, two of them on India, and has been described as the father of comparative religion, and Indology. Biruni wrote: “At the junction of the two rivers, Yamuna and Ganges, there is a great tree called Prayaga, a tree of the species called vata… here the Brahmans and Kshatriyas are in the habit of committing suicide by climbing up the tree and throwing themselves into the Ganges” Later chroniclers such as Al Badaoni in the 16th century wrote in his work, MuntikhabuTawarikh, “The infidels consider this a holy place, and with a desire to obtain the rewards which are promised in their creed, of which transmigration is one of the most prominent features, they submit themselves to all kinds of tortures. Some place their brainless heads under saws, others split their deceitful tongues in two, others enter Hell by casting themselves down into the deep river from the top of a high tree.” The continuity of the holiness of the site as well as of superstitious beliefs can be seen here, the custom of jumping off a tree too seems to have lived in the 6th century. Another account is that of Mahmud bin Amir Wali Balkhi who travelled to Allahabad in the 17th century (1624-25) during the reign of emperor Jahangir. Iqbal Husain quotes from Balkhi’s book Bahrul Asrar, in Irfan Habib (ed.), Medieval India: Researches in the History, Balkhi wrote, “I reached the said place [the Sangam] and began to enjoy the scene. My colleagues, other travellers and those present at the place tried to precede each other in getting their hair, beard and moustache shaved. Traders and rich people threw considerable sums of money, amounting to twenty thousand rupees, into that vast river. Due to this undesirable act, I lost my patience and began to speak mockingly with Narayan Das, one of the Sannyasis with whom I had developed closer intimacy than with the others. Thereupon, he became exceedingly annoyed and said, 'Of what value is wealth at this sacred place? This is the place where people wish to die.' For some time, he burnt with much rage, walking slowly as he went, and then he sat beneath a heavy dagger which was set hanging. He beckoned a Brahman so that he may perform his prescribed duty. Without hesitation, the Brahman drew the dagger and drove its point into that arrogant one's breast so that it pierced his body right through”. Iqbal Hussain asserted that “there is no confirmation of such a method of sacred suicide ever having been practised at the Sangam, but this is a matter of enquiry into local traditions”. In the 18th century, Joseph Tiefenthaler, a Jesuit priest and geographer too wrote about a huge axe hanging near the fort for conducting ritual death by suicide. Chroniclers have left records of this morbid and unscientific custom but clearly, it has no place in modern times. Talking about the Kumbh stampede, self-appointed gurus glossed over the fact that those who died in the stampede did not wish to die; theirs was an ‘akasmik mrityu’ or sudden death. Such irresponsible statements also trivialise the inner conflict, which drives individuals to even think of killing themselves. As Jonathan Parry writes in his seminal work on dying in Banaras: “By contrast with the controlled and voluntary release of life which is the idea; a bad death is an uncontrolled and involuntary evacuation of the body.” HistoriCity is a column by author Valay Singh that narrates the story of a city that is in the news, by going back to its documented history, mythology and archaeological digs. The views expressed are personal. Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>What is the best piece of investment advice you could fit into a single, short sentence? “Buy stocks” wins points for brevity and high returns. “Buy American stocks”, if given at almost any point over the past few decades, would have done even better. “Don’t waste money on stockpickers’ fees” deserves an honourable mention. Here is a less punchy suggestion: “A diversified portfolio can have the same returns as a concentrated one, with less risk.” Diversification is such an important idea in modern finance that it is easy to forget its age. The economist it is most associated with is Harry Markowitz, who won a Nobel prize for setting out its maths in the 1950s. But the practice, if not the theory, was popular long before that. During the first heyday of financial globalisation, in the early 20th century, European investors could hardly get enough of foreign assets. A survey by Charles Conant, a journalist, published in 1908 estimated that between a quarter and a half of the average British portfolio was invested abroad. In French and German portfolios, overseas allocations were around a third and a half, respectively. Such cosmopolitanism was then shattered by war, hyperinflation, capital controls and the Depression. More than a century on, and despite present-day worries of financial fragmentation, holding a varied portfolio is easier than ever. Foreign assets can be bought at the tap of a trading app, while cheap index funds give investors instant exposure to thousands of stocks in dozens of countries. The idea of diversifying across asset classes as well as geographies—via the classic 60/40 portfolio of stocks and bonds, for instance—is firmly in the mainstream. More exotic choices such as commodities and cryptocurrencies have become more accessible to retail investors, too, and private assets may eventually follow suit. Unfortunately there is a catch, and it is a big one. Building a portfolio that looks diversified has become a cinch. Building one that is actually diversified, in the sense that its components offset each other’s risk, has become much harder. Diversification gets its magic from the fact that the prices of different assets do not all move together. The market values of a gold mine in Kazakhstan and a recruitment firm in San Francisco, for instance, will fluctuate for very different reasons even if they both have similar returns. Hold shares in both and there is a chance that a sharp drop in one will be cushioned by a rise in the other. Hold lots of uncorrelated assets and you get this effect writ large: a portfolio with a return that is the average of its constituents’ but with a lower volatility. The less correlated the assets’ returns, the greater the magic. Yet just as it has become easier to invest in a wide array of assets, the correlations between them have shot up. These are measured on a scale from -1 to 1. A pair of prices that always move in opposite directions—in other words, a diversifier’s dream—scores -1. Prices that move in lockstep, offering no diversification benefit, score 1. In the 1970s, before the re-globalisation of finance gathered pace, the average correlation between pairs of share indices for developed markets was 0.37. By 2021 it was 0.75. For pairs of emerging-market indices the average correlation rose from 0.05 to 0.49. As the barriers separating them have come down, markets that once moved almost independently now increasingly ebb and flow together. It seems, therefore, that geographical diversification has followed a trajectory which is wearily familiar to financial historians. When few investors could manage the trick, it was a stellar idea. Once it was popular and available to the mass market, its dynamics were distorted and the benefits started to fade. A similar fate befell the Buffettian strategy of buying undervalued “cigar-butt” stocks, after automated screening made them easy to identify and hence vanishingly rare. In the case of diversification, once investors started spreading their capital across stockmarkets, they all began to resemble each other. What stings even more is that diversification across asset classes has become more difficult, too. Between 2000 and 2021 stocks and bonds listed in America complemented each other excellently, with an average correlation of -0.29. Since 2022, when both crashed together, that has risen to around 0.7. There is still some benefit to spreading your portfolio across different regions and asset classes. But given the gains have shrunk so much, it is no wonder investors are chasing after ever more esoteric products. Subscribers to The Economist can sign up to our new Opinion newsletter, which brings together the best of our leaders, columns, guest essays and reader correspondence.</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>Slice of Mumbai hand craftsmanship at Vatican Apostolic Library</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>An exhibition titled Il Viaggio (En Route) commissioned by the Biblioteca Apostolica Vaticana features works by global artists as well as Indian craftspersons.</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>Feb 04, 2025 07:06 pm</t>
+          <t>Feb 08, 2025 08:00 am</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/slice-of-mumbai-tailoring-at-vatican-apostolic-library-101738675343895.html</t>
+          <t>https://www.hindustantimes.com/analysis/many-governments-talk-about-cutting-regulation-but-few-manage-to-101738593577310.html</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>Artisans Abdul Hanif Jamader (40), Nisha Susvirkar (45) and Jyoti Kamble (26) have never travelled outside India and aren’t quite sure where Rome is. But from January 31, their intricate handiwork will be on display for a year at the exhibition hall of the Vatican Library. Susvirkar and Kamble are among 150 craftspeople from the Chanakya ateliers, all part of the Mumbai-based Chanakya School of Craft and graduates of the Chanakya School of Craft, whose work — two hand-crafted globes and five maps, made of translucent layers of dried linen and hemp yarn overlaid with contemporary needlepoint stitches — form part of an exhibition titled Il Viaggio (En Route) commissioned by the Biblioteca Apostolica Vaticana (or Vatican Apostolic Library).  Though the larger theme is to showcase aspects of travel across time and geographies through the span of human history, each individual work has specific references. The first globe titled Vasudhaiva Kutumbakam (The world is one family) showcases 88 distinct craft techniques as it rotates, featuring Tatreez (from the Middle East), Batik (from Southeast Asia), Zardozi, Phulkari, Zari, Kantha (from the Indian subcontinent), Shibori (from Japan), Xiang Xiu (from China) and Punto Antico (from Italy). The second globe, titled Antrik Vishwa, carries hand-stitched scenes depicting a site that is personal to nine of the women tailors from the Chanakya ateliers. Kamble, for instance, depicts a river from her village near Panhala in Kolhapur, which her family left as migrants when she was a baby. Susvirkar, born and raised in Mumbai, depicts a temple to signal her inner spiritual life. “Where we can’t go, our work goes,” Susvirkar said. “The second globe is an ode to the women of our school, whose journeys look different from the ones we are accustomed to seeing. They may not have passports or venture beyond their local communities, but their inner journeys are deep and evocative, and we wanted to capture that. They have woven intimate portrayals of their homes, temples, and rivers,” said Swali. The Vatican Apostolic Library commissioned works from Italian singer-songwriter Lorenzo Jovanotti Cherubini, Icelandic illustrator and graphic artist Kristjana Williams and creative director of the Dior womenswear Maria Grazia Chiuri, who collaborated with Karishma Swali, founder and creative director of the Mumbai-based Chanakya School of Craft, to produce textile-based artworks. Also on display is an extensive periodical collection of Cesare Poma (1862–1932), an Italian diplomat, which even includes a copy of the Khalsa Gazette, a weekly newspaper in the local language published out of Lahore starting in 1886. Another section highlights the journey of French journalists Lucien Leroy and Henri Papillaud, who, between 1895 and 1897, financed their round-the-world trip by publishing and selling a serialized travel journal. “This exhibition aligns with our mission to restore, catalogue, and digitize our collections,” Archbishop Angelo Vincenzo Zani, archivist and librarian of the Holy Roman Church, told a press gathering at the launch of the exhibition on January 31, the Vatican News website reported. En Route reflects the deeper meaning of pilgrimage in the Jubilee Year, the archbishop said. 2025 was declared the Jubilee Year by Pope Francis, an event that takes place every 25 years. Chiuri and Swali’s collaboration also resulted in five hand-stitched maps that stand juxtaposed to the globes, as they depict the travels of six intrepid women from the 19th century who defied all odds and social expectations. Each map traces the routes navigated by six women: Elizabeth Bisland Wetmore (1861-1929) and Elizabeth Cochrane (better known by her pen-name Nellie Bly, 1864-1922) both of whom were journalists who were in a race to circumnavigate the globe; Annie (Londonderry) Cohen Kopchovsky (1870-1947), considered to be the first woman to go around the globe on a bicycle; Gertrude Bell (1868-1926), a British administrator who travelled to the Middle East and wrote prolifically about it; Agnes Smith Lewis (1843-1926) and Margaret Dunlop Gibson (1843–1920), identical twins from Scotland who were polymaths, biblical scholars and travelled to Sinai to recover old manuscripts. The maps do more than showcase these journeys. For instance, Annie Kopchovsky decided to trade her corset for trousers, and one map delineates with a fine stitch the outline of the garment as a symbol of the sartorial journey that she made possible for women. “En Route” was an opportunity to collaborate with Karishma Swali and the Chanakya School of Craft who visually reconstructed the cultural legacy of these six extraordinary women. The stories and trajectories of the travellers offer the possibility of tracing alternative routes and imaginary cartographies where garments, fabrics, and embroidery techniques are devices of geographical knowledge and identity construction. This project is a celebration of community work, which is the foundation of craft,” Chiuri said. The Chanakya atelier also helped create three works — large-scale torans (wall hangings that are traditionally placed at the entrance of a house) — by Cherubini. In one, they hand-stitched depictions of musical notations from texts from the Vatican Apostolic Library archive. Master craftsmen like Jamedar, who worked on these creations, added ghungroos to signal the Indian tradition of dance and music. In another work, the names of the various places the Italian singer has travelled to have been hand-stitched. Jamedar, who worked on the three torans (one of them 14 ft tall, the other two, 10 ft tall) said he had never tried anything like this before, and he was proud that he could carry forward his traditional craft of zardozi work in contemporary works like this. “I come from a small village near Calcutta. But the world is seeing my work,” the 40-year-old said. Cherubini is also displaying a series of drawings traced on large geographical maps, as well as a sound installation. The library houses historical documents that span philosophy, theology, law, art, natural sciences, music, and astronomy collected over centuries — all the commissioned artists were invited to engage with the collection and create their works. The Vatican houses an art collection that dates back to Greek sculptures and vases from the 5th century B.C. to more contemporary pieces such as of Henri Matisse. The collection extends across a range of artistic holdings within the Vatican, including the Basilica of St Peter’s and its Treasury, the Papal apartments, the Vatican Museums and the Apostolic Library. It forms one of the oldest unbroken collections that dates back to A.D 320, the founding of the church of St Peter’s. In 2021, the Vatican Apostolic Library opened a public gallery and commissioned Italian artist Pietro Ruffo to create works themed around migration, and travel. A Vatican statement at the time contended that the work underlined “the difficulties and the beauty of the encounter between people of different origins.” Susvirkar and Kamble are among 150 craftspeople from the Chanakya ateliers, all part of the Mumbai-based Chanakya School of Craft and graduates of the Chanakya School of Craft, whose work — two hand-crafted globes and five maps, made of translucent layers of dried linen and hemp yarn overlaid with contemporary needlepoint stitches — form part of an exhibition titled Il Viaggio (En Route) commissioned by the Biblioteca Apostolica Vaticana (or Vatican Apostolic Library). Though the larger theme is to showcase aspects of travel across time and geographies through the span of human history, each individual work has specific references. The first globe titled Vasudhaiva Kutumbakam (The world is one family) showcases 88 distinct craft techniques as it rotates, featuring Tatreez (from the Middle East), Batik (from Southeast Asia), Zardozi, Phulkari, Zari, Kantha (from the Indian subcontinent), Shibori (from Japan), Xiang Xiu (from China) and Punto Antico (from Italy). The second globe, titled Antrik Vishwa, carries hand-stitched scenes depicting a site that is personal to nine of the women tailors from the Chanakya ateliers. Kamble, for instance, depicts a river from her village near Panhala in Kolhapur, which her family left as migrants when she was a baby. Susvirkar, born and raised in Mumbai, depicts a temple to signal her inner spiritual life. “Where we can’t go, our work goes,” Susvirkar said. “The second globe is an ode to the women of our school, whose journeys look different from the ones we are accustomed to seeing. They may not have passports or venture beyond their local communities, but their inner journeys are deep and evocative, and we wanted to capture that. They have woven intimate portrayals of their homes, temples, and rivers,” said Swali. The Vatican Apostolic Library commissioned works from Italian singer-songwriter Lorenzo Jovanotti Cherubini, Icelandic illustrator and graphic artist Kristjana Williams and creative director of the Dior womenswear Maria Grazia Chiuri, who collaborated with Karishma Swali, founder and creative director of the Mumbai-based Chanakya School of Craft, to produce textile-based artworks. Also on display is an extensive periodical collection of Cesare Poma (1862–1932), an Italian diplomat, which even includes a copy of the Khalsa Gazette, a weekly newspaper in the local language published out of Lahore starting in 1886. Another section highlights the journey of French journalists Lucien Leroy and Henri Papillaud, who, between 1895 and 1897, financed their round-the-world trip by publishing and selling a serialized travel journal. “This exhibition aligns with our mission to restore, catalogue, and digitize our collections,” Archbishop Angelo Vincenzo Zani, archivist and librarian of the Holy Roman Church, told a press gathering at the launch of the exhibition on January 31, the Vatican News website reported. En Route reflects the deeper meaning of pilgrimage in the Jubilee Year, the archbishop said. 2025 was declared the Jubilee Year by Pope Francis, an event that takes place every 25 years. Chiuri and Swali’s collaboration also resulted in five hand-stitched maps that stand juxtaposed to the globes, as they depict the travels of six intrepid women from the 19th century who defied all odds and social expectations. Each map traces the routes navigated by six women: Elizabeth Bisland Wetmore (1861-1929) and Elizabeth Cochrane (better known by her pen-name Nellie Bly, 1864-1922) both of whom were journalists who were in a race to circumnavigate the globe; Annie (Londonderry) Cohen Kopchovsky (1870-1947), considered to be the first woman to go around the globe on a bicycle; Gertrude Bell (1868-1926), a British administrator who travelled to the Middle East and wrote prolifically about it; Agnes Smith Lewis (1843-1926) and Margaret Dunlop Gibson (1843–1920), identical twins from Scotland who were polymaths, biblical scholars and travelled to Sinai to recover old manuscripts. The maps do more than showcase these journeys. For instance, Annie Kopchovsky decided to trade her corset for trousers, and one map delineates with a fine stitch the outline of the garment as a symbol of the sartorial journey that she made possible for women. “En Route” was an opportunity to collaborate with Karishma Swali and the Chanakya School of Craft who visually reconstructed the cultural legacy of these six extraordinary women. The stories and trajectories of the travellers offer the possibility of tracing alternative routes and imaginary cartographies where garments, fabrics, and embroidery techniques are devices of geographical knowledge and identity construction. This project is a celebration of community work, which is the foundation of craft,” Chiuri said. The Chanakya atelier also helped create three works — large-scale torans (wall hangings that are traditionally placed at the entrance of a house) — by Cherubini. In one, they hand-stitched depictions of musical notations from texts from the Vatican Apostolic Library archive. Master craftsmen like Jamedar, who worked on these creations, added ghungroos to signal the Indian tradition of dance and music. In another work, the names of the various places the Italian singer has travelled to have been hand-stitched. Jamedar, who worked on the three torans (one of them 14 ft tall, the other two, 10 ft tall) said he had never tried anything like this before, and he was proud that he could carry forward his traditional craft of zardozi work in contemporary works like this. “I come from a small village near Calcutta. But the world is seeing my work,” the 40-year-old said. Cherubini is also displaying a series of drawings traced on large geographical maps, as well as a sound installation. The library houses historical documents that span philosophy, theology, law, art, natural sciences, music, and astronomy collected over centuries — all the commissioned artists were invited to engage with the collection and create their works. The Vatican houses an art collection that dates back to Greek sculptures and vases from the 5th century B.C. to more contemporary pieces such as of Henri Matisse. The collection extends across a range of artistic holdings within the Vatican, including the Basilica of St Peter’s and its Treasury, the Papal apartments, the Vatican Museums and the Apostolic Library. It forms one of the oldest unbroken collections that dates back to A.D 320, the founding of the church of St Peter’s. In 2021, the Vatican Apostolic Library opened a public gallery and commissioned Italian artist Pietro Ruffo to create works themed around migration, and travel. A Vatican statement at the time contended that the work underlined “the difficulties and the beauty of the encounter between people of different origins.” Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>He brandished a chainsaw at campaign rallies, to signify his eagerness to clear-cut the thickets of bureaucracy and regulation impeding the economy’s progress. Perhaps more strikingly, he has actually lived up to this act. In November Javier Milei, the president of Argentina, told The Economist he had already taken 800 steps to reduce red tape and planned 3,200 more such “structural reforms”. He is not alone. Politicians around the world, on both the right and the left, are embracing deregulation. Donald Trump has created a “Department of Government Efficiency” (DOGE) headed by Elon Musk, an entrepreneur, to shrink government and slash red tape. He has also initiated a maelstrom in the civil service. Last year New Zealand set up a “ministry for regulation”, to which citizens can report any “red-tape issue”. On January 29th the European Commission pledged to cut corporate reporting requirements by 25%, and by 35% for small firms. Even countries renowned for their powerful states are joining in. François Bayrou, France’s prime minister, promises “a strong movement of de-bureaucratisation”. Vietnam plans to abolish a quarter of government agencies. India’s bureaucracy, a byword for Dickensian obstruction, is slimming down. The push to reform how Western governments operate “is potentially bigger than the Reagan-Thatcher revolution” of the 1980s, argues John Cochrane of Stanford University. The world is not short of red tape to cut. According to the Regulatory Studies Centre at George Washington University, federal regulations in America now exceed 180,000 pages, up from 20,000 in the early 1960s. Official figures suggest that the federal government imposes 12bn hours of paperwork on Americans each year, or about 35 hours per person, up from 27 hours per person in 2001. The complete text of all German laws has 60% more words than in the mid-1990s. Over the past 20 years tax codes from Canada to Morocco have swollen (see chart 1). Friend or foe? Not all regulations are onerous. Shortly before John Quincy Adams became America’s sixth president in 1825, he described the confusion caused by the absence of a unified system of weights and measures, noting that it hindered trade between states. As president, he supported rules to make life easier for both companies and consumers. Today regulations help reduce the number of people sickened by rotten food, impoverished by financial scams or disadvantaged by racism. It can be hard to distinguish good regulations from bad. Bureaucrats hoping to reduce outbreaks of salmonella may in the process prevent children from setting up lemonade stands without a licence. Weighing the benefits against the costs is sensible, but tricky. Take estimates of the cost to American banks of filing the “currency transaction report” required by law every time someone withdraws or deposits $10,000 or more. The government says this costs about $3.50 a report; banks $10-80. Despite these caveats, however, there are many indications that the regulatory build-up is harmful. It seems logical that as a society evolves, some new rules should be added and some old ones scrapped. Yet research by Davide Furceri of the IMF and colleagues finds “a remarkable slowdown” in rescissions since the 1990s in rich and poor countries alike. The share of Americans who think the government does “too much” currently exceeds those who want it to “do more” by an unusually wide margin, according to Gallup, a pollster. Productivity statistics offer another clue. Data from Britain suggest that the administrators of government benefits are 20% less productive than they were in the late 1990s. Excluding defence, Canada’s federal bureaucracy is no more productive than it was a decade ago, even as private-sector productivity has grown by 7%. In Australia productivity in non-profit professions, including public administration, fell over the past decade. According to a recent study from the European Central Bank which focused on the euro area’s five biggest economies, “the public sector made a negative contribution to productivity per person” over the past five years. One of Mr Trump’s recent orders called for “modernising federal technology and software to maximise governmental efficiency”. In the 1970s and 1980s the average federal employee had three times as much software at her disposal as the average private-sector employee. Now she only has 1.7 times as much. No surprise, then, that although federal productivity grew by 50% from 1987 to 2010, it has since flatlined. Many rules are clearly pointless. Hundreds of thousands of firms in California must put up signs stating that their premises “contain chemicals known to the state of California to cause cancer”. Other firms must post signs in bathrooms telling staff to wash their hands. Hotels must have signs next to pools urging people with “active diarrhoea” not to bathe. In France a house cannot be sold unless a notary reads the contract aloud in the presence of the buyer and seller. Each of these bureaucratic follies is typically only a minor expense and inconvenience. Cumulatively, however, they stifle economic activity, like Gulliver tied down by lots of pieces of string. A recent paper by Leah Brooks of George Washington University and Zachary Liscow of Yale Law School gives a sense of how regulatory burdens can add up. From the late 1950s to the mid-1980s, they find, the cost in America of building a mile of highway rose from $8.5m in 2016 prices to more than $25m. (It has risen further since.) Cost overruns and huge delays are now par for the course when it comes to infrastructure. Some big projects, including a high-speed rail system in California, will probably never be built, given how tied up they are in environmental reviews. Britain has a vast queue of planned wind farms awaiting the promise of a future grid connection before beginning construction. Across the rich world house-building has become much less responsive to rising house prices in recent years, making homes harder to afford (see chart 2). Architects and builders face long delays and high costs getting projects approved. The labour market is also hamstrung. Across the rich world the share of employment in jobs with mandatory qualifications is rising. Bakers, hairdressers and painters often have to obtain licences before being allowed to work. That reduces competition and raises prices. Regulations distract businesses from more profitable pursuits. In France senior managers spend 20% of their time dealing with them, according to the World Bank. Businesses in Germany typically need 122 days to obtain an operating licence. Getting an import licence takes about a month in the Netherlands. In 2023 more than 40% of Greek firms identified tax administration—as opposed to the rates themselves—as a “major or very severe constraint” on their operations. In America thousands of firms a year are eligible for a tax refund after making a loss. But the process is so complex that only 37% of eligible firms actually claim the money, according to a paper published in 2021 by Eric Zwick of the University of Chicago. Economists have tried to calculate the macroeconomic costs of all these bits of string. Mr Bayrou has cited a paper by Bruno Pellegrino of Columbia University and Geoffery Zheng of New York University, which finds that red tape costs the French economy close to 4% of GDP every year. (“Insupportable!” declares the prime minister.) The OECD estimates that compliance costs eat up around 4% of business output in member-countries on average. Chang-Tai Hsieh of the University of Chicago and Enrico Moretti of the University of California, Berkeley, attribute similarly staggering costs to land-use regulations. These papers focus on particular types of red tape, though, rather than bureaucratic inflexibility in the round, and thus can provide only a partial view of the problem. It is tempting to look at the economic performance of countries that have slashed red tape in recent years. Under Mr Milei Argentina has climbed out of its perma-recession. Greece, previously an economic laggard, topped our end-of-year rankings of the best-performing economies in both 2022 and 2023. Research by Goldman Sachs, a bank, has identified a group of companies, including banks, telecoms firms and energy firms, that are most likely to benefit from a deregulatory drive in America. Since the middle of last year, as the chances of a bonfire of red tape have grown, their share prices have risen by 23% on average, compared with 14% for the wider market. Capital flows are another indicator. Drawing on statistics from PitchBook, a data provider, we estimate that in the past decade two-thirds of the world’s venture capital has flowed to industries with relatively little red tape, such as consumer services and tech, whereas only a third has gone to more heavily regulated ones such as health care and manufacturing. Why has the rich world allowed itself to be tied up? One explanation is a growing appetite for safety. Richer people, after all, have more to lose and older people are more risk-averse. Consumers, via their political representatives, thus demand regulation. Forcing businesses to remind employees to wash their hands feels reassuring, even if it achieves little in practice. In fact, efforts by governments to give citizens more say on policy may have helped red tape to proliferate. A Supreme Court case in 1971, Citizens to Preserve Overton Park v Volpe, established the idea that pressure groups could seek judicial reviews of government agencies’ decisions. This prompted regulators to be more exacting and firms to go to greater lengths to be sure they are following the rules. Regulation also tends to work like a ratchet, always getting tighter. In part, this reflects risk-aversion on the part of regulators: why scrap a rule and suffer recriminations if that goes wrong when you can simply leave it in place? Bureaucracies also have their own interests. A person whose only job is to enforce a rule is unlikely to wish to abolish that rule. As a result, many promises to cut red tape come to little. In the 1980s Ronald Reagan created his own DOGE, the Grace Commission, which did not achieve much. In 2010 Britain set up an Office of Tax Simplification, which stood by helplessly as the tax code expanded. In 2023 the government decided to abolish not all its byzantine tax rules, but the OTS. DOGErs talk about firing half of America’s bureaucrats. But that does not in itself reduce red tape. If the rules stay the same then the remaining half will have twice as much to do, making the bureaucracy even slower than before. Yet governments sometimes manage to pare regulation. The Grace Commission was a dud, but Reagan did deregulate certain industries. A paper published by the OECD in 2006 found that between 1975 and 1985 roughly a fifth of America’s rules about energy, transport and communications were scrapped. That inspired other rich countries. By the 2000s across the OECD as a whole product markets for airlines, telecoms and energy firms were about half as regulated as in the 1970s. Some countries, inspired by America, have gone even further in their anti-red-tape drive. In “The Other Path”, a book published in 1986, Hernando de Soto documented the months of waiting, and constant demands for bribes, faced by Peruvians trying to start a business. The process now takes 26 days on average, the World Bank estimates. Post-Soviet countries have been particularly enthusiastic reformers. In the mid-1990s Estonia introduced a flat tax for both corporate and labour income, replacing a far more complex system. It has followed up by moving almost all government services online, which officials estimate produces savings worth 2% of GDP. Following the Rose Revolution of 2003 Georgia cut the number of taxes from 21 to six, while reducing the number of types of businesses which required a licence to operate from 909 to 159. What needs to happen for a red-tape revolution to succeed? A deep recession or a debt crisis, as in Greece, may focus minds. In post-Soviet states, not only were their economies swooning, but people were also eager for a clean break from the past. Disillusionment with the status quo, visible in surging support for populist politicians, may mean that today’s voters have more appetite for change than normal. Certainly there are more concrete plans for what needs to be done. In Britain activists have launched the Looking for Growth group, providing politicians with ideas on how to get the economy moving. One idea is that instead of trudging from agency to agency for years, developers should apply only to a single entity. A recent report written by Mario Draghi, a former Italian prime minister, has sensible recommendations for streamlining the EU’s labour and product markets. New Zealand’s new ministry for regulation has turned its attention to the approval process for agricultural goods and the rules governing barbershops, among other things. Even in San Francisco, red-tape central, things are changing. Small-business owners recently rejoiced at a tweak to a rule specifying that security doors on shop windows had to be 75% transparent. Now just 20% will do. Cutting red tape will not necessarily send growth soaring. Even if Mr Musk is successful, Mr Trump’s other policies, such as jacking up tariffs and deporting millions of workers, could easily erase the benefit. Effective deregulatory drives anger people who lose out, including those exposed to more competition and NIMBYs who dislike growth. But a boost to construction, business formation and innovation is worth ruffling a few feathers for.</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>Short Stream | An ode to the anxious teenage soul</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>A reflective and humorous 2D animation story about social anxiety and teenage interiority by Kolkata-based SRFTI graduate Subarna Dash</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Feb 01, 2025 08:00 am</t>
+          <t>No published date</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/short-stream-an-ode-to-the-anxious-teenage-soul-101738341120239.html</t>
+          <t>https://www.hindustantimes.com/analysis/historicity-a-brief-and-morbid-history-of-death-dying-and-moksha-at-prayag-101738680120361.html</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>In the age of AI wars and the advent of Deep Seek and Gemini, 2D animation seems arty-crafty—almost vintage. If Hayao Miyazaki, the Japanese master who transformed 2D animation into a kind of sublime slow art, were to retire from filmmaking, the medium might become a lost art form or at least a niche, analog luxury like 16mm or 35mm filmmaking. This month’s short film, The Girl Who Lived in the Loo, written and animated by 30-year-old Kolkata-based filmmaker Subarna Dash, a self-confessed Miyazaki devotee, is 2D animation—let’s call it "Japanimation"—at its most basic. What makes it compelling is the protagonist’s interiority and the story’s drift.  Four chapters punctuate the film’s 12-minute, 16-second runtime: "Ice cream sandwich is my favourite meal," "Lizards suck and I will tell you why," "My sister is useless," and "Lizards are bold but so are fish." The protagonist, an anxious, socially awkward unnamed teenager, is about to tell a room full of children about a girl who lived in a loo. She stutters anxiously while the children mock her, and we see her levitate in a bubble. In a montage-like structure, other characters—the Girl’s sister, aunts, family guests, a cacophonous party crowd, and a prying lizard—pop in and out, all serving one purpose: to reveal the Girl’s inner reserves as well as her frazzled nerves. Dash, born and raised in Kolkata and a recent graduate of the Satyajit Ray Film and Television Institute (SRFTI), Kolkata, says her film is autobiographical. “I was a very anxious child. I had a lot of social anxiety growing up. You could say the film is based on those experiences. I wanted to focus more on the feeling. Now, there’s probably a word for it—say, neurodivergence,” Dash says. The hand-drawn frames took her more than a year to complete. Dash wrote and produced the film under the mentorship of SRFTI professors. “The best part about SRFTI is that there are no rigid rules. We watched two films a day, and for me, the focus was on the process. 2D animation is all about that—it’s a very time-consuming art form,” she says. Watch the film here This month’s short film, The Girl Who Lived in the Loo, written and animated by 30-year-old Kolkata-based filmmaker Subarna Dash, a self-confessed Miyazaki devotee, is 2D animation—let’s call it "Japanimation"—at its most basic. What makes it compelling is the protagonist’s interiority and the story’s drift. Four chapters punctuate the film’s 12-minute, 16-second runtime: "Ice cream sandwich is my favourite meal," "Lizards suck and I will tell you why," "My sister is useless," and "Lizards are bold but so are fish." The protagonist, an anxious, socially awkward unnamed teenager, is about to tell a room full of children about a girl who lived in a loo. She stutters anxiously while the children mock her, and we see her levitate in a bubble. In a montage-like structure, other characters—the Girl’s sister, aunts, family guests, a cacophonous party crowd, and a prying lizard—pop in and out, all serving one purpose: to reveal the Girl’s inner reserves as well as her frazzled nerves. Dash, born and raised in Kolkata and a recent graduate of the Satyajit Ray Film and Television Institute (SRFTI), Kolkata, says her film is autobiographical. “I was a very anxious child. I had a lot of social anxiety growing up. You could say the film is based on those experiences. I wanted to focus more on the feeling. Now, there’s probably a word for it—say, neurodivergence,” Dash says. The hand-drawn frames took her more than a year to complete. Dash wrote and produced the film under the mentorship of SRFTI professors. “The best part about SRFTI is that there are no rigid rules. We watched two films a day, and for me, the focus was on the process. 2D animation is all about that—it’s a very time-consuming art form,” she says. Awash in muted browns, greys, and dusty pinks, Dash employs self-deprecating, deadpan humour to shape her protagonist. In 2024, The Girl Who Lived in the Loo premiered at the Berlinale International Film Festival and was also selected for the Dharamshala Film Festival. “At Berlinale, I got a lot of feedback from the young audience. One person told me she felt very seen when she watched the film.” 2D animation requires a conscious investment of attention; you have to immerse yourself in it. In the best examples—Miyazaki’s Spirited Away or Howl’s Moving Castle—you find yourself floating, buoyed up by gentleness, visual exuberance, and emotional literacy. Dash’s filmmaking has tremendous promise—her emotional literacy shines beyond the craft. Another standout talent in the film is sound designer Dibakar Saha, whose aural scheme effectively employs silences, hums, and ambient sounds that highlight the tender, reflective voice of the Girl. Dash’s earlier short film, TMI, a claymation narrative about girls' body image, shares the same deadpan humour and existentialist questioning—"What is the big deal about breasts?"—and was an official selection at the Toronto International Film Festival. “At present, I am working on a documentary feature in which women talk about various aspects of their lives—I see it as an extension of TMI,” Dash says. Short Stream is a monthly curated section presenting Indian short films that haven’t been widely seen but are making the right buzz in the film industry and festival circles. We stream the selected film for a month on HT Premium, the subscription-only section of hindustantimes.com. Sanjukta Sharma is a Mumbai-based writer and film critic. Write to her at sanjukta.sharma@gmail.com Details: The Girl Who Lived In The Loo Directed &amp; animated by: Subarna Dash Producer: Satyajit Ray Film &amp; Television Institute (SRFTI) Budget: Around ₹60,000 Languages: Bengali &amp; English Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>The insensitive remarks by Dhirendra Shastri, who runs a religious congregation in Madhya Pradesh and others, that those killed in the Kumbh stampede last week would receive salvation was an attempt to downplay the tragedy. At least 30 people were killed and scores injured in the pre-dawn crowd surge on January 29. Such remarks are based on superstition, which over centuries has become a tradition to some. Though largely extinct, the practice of associating death by suicide at holy spots with salvation has ancient roots. It is difficult to identify when in history dying at holy spots, usually by a holy river like the Ganga, became associated with achieving Moksha, which itself has more than one meaning. The most common understanding is that it means liberation from metempsychosis or the endless cycle of birth and rebirth, but others believe that dying at places like Prayagraj (earlier called Allahabad), and Kashi could mean a good rebirth as a richer, more powerful person. There’s the hope that either you can escape rebirth or at least be born in better circumstances next time. Since it all happens after one’s death, we don’t know more. The earliest historical reference to people dying by suicide at the Sangam or confluence of the Yamuna and Ganga is present in Chinese traveller and Buddhist monk Xuanzang’s record of his visit to Kannauj where he was a guest at King Harshvardhan’s court for nearly two months. During this time, he attended a great Magh festival where Harshvardhan and other kings distributed massive amounts of wealth to ascetics, holy men, and the poor. The grounds where the festival took place were considered a highly charitable space, and “this spot had come to be known as the “Arena of Charitable Offering”, wrote RS Tripathi in his work, History of Kannauj. Xuanzang recorded the practice of suicide. He wrote: “The water is sweet and fine grains of sand come down with the current. According to local popular records, this river is known as the Water of Blessedness and one’s accumulated sins can be expiated by taking a bath in it. Those who drown themselves in the river will be reborn in heaven to enjoy happiness, and a recently deceased person whose corpse is thrown into the river will not fall into the evil state of existence in his next rebirth. By raising waves and blockading the current the souls of the dead will be saved” On the same visit, the Chinese monk also witnessed an ancient version of an anti-superstition programme. “At the time when all the people, men and women, old and young, assembled at the banks of the river, raised waves and blockaded the current, Deva Bodhisattva (a priest from Sri Lanka) mingled with them to draw up the water and lowered his head to push the current in the reverse direction, counter to the efforts of the other people. A heretic said to him, “Why are you doing it in a strange way?” Deva Bodhisattva said, “My parents and other kinsfolk are in the country of Sinhala and I fear that they may be suffering from hunger and thirst. So, I am trying to send this water from afar to save them.” The heretic said, “You are mistaken. You did not consider the matter well and behaved erroneously. Your home country is far away, separated [from here] by big mountains and rivers. To agitate the water here with the hope of saving those who are hungry there is like someone who goes backwards in order to advance. This is unthinkable !” Deva Bodhisattva said, “If sinners in the nether world can be benefited by this water, why could it not also save the people separated [from here] by mountains and rivers?” The heretics then realised their fault and acknowledged defeat,” Xuanzang, a Buddhist himself, records in his travelogue. When Al-Biruni, the great Khwarazmian Iranian scholar visited India as part of Mahmud Ghazni’s courtly entourage in the 11th century, he too described the prevalence of death and suicide practices at the Sangam. Al Biruni composed many seminal works, two of them on India, and has been described as the father of comparative religion, and Indology. Biruni wrote: “At the junction of the two rivers, Yamuna and Ganges, there is a great tree called Prayaga, a tree of the species called vata… here the Brahmans and Kshatriyas are in the habit of committing suicide by climbing up the tree and throwing themselves into the Ganges” Later chroniclers such as Al Badaoni in the 16th century wrote in his work, MuntikhabuTawarikh, “The infidels consider this a holy place, and with a desire to obtain the rewards which are promised in their creed, of which transmigration is one of the most prominent features, they submit themselves to all kinds of tortures. Some place their brainless heads under saws, others split their deceitful tongues in two, others enter Hell by casting themselves down into the deep river from the top of a high tree.” The continuity of the holiness of the site as well as of superstitious beliefs can be seen here, the custom of jumping off a tree too seems to have lived in the 6th century. Another account is that of Mahmud bin Amir Wali Balkhi who travelled to Allahabad in the 17th century (1624-25) during the reign of emperor Jahangir. Iqbal Husain quotes from Balkhi’s book Bahrul Asrar, in Irfan Habib (ed.), Medieval India: Researches in the History, Balkhi wrote, “I reached the said place [the Sangam] and began to enjoy the scene. My colleagues, other travellers and those present at the place tried to precede each other in getting their hair, beard and moustache shaved. Traders and rich people threw considerable sums of money, amounting to twenty thousand rupees, into that vast river. Due to this undesirable act, I lost my patience and began to speak mockingly with Narayan Das, one of the Sannyasis with whom I had developed closer intimacy than with the others. Thereupon, he became exceedingly annoyed and said, 'Of what value is wealth at this sacred place? This is the place where people wish to die.' For some time, he burnt with much rage, walking slowly as he went, and then he sat beneath a heavy dagger which was set hanging. He beckoned a Brahman so that he may perform his prescribed duty. Without hesitation, the Brahman drew the dagger and drove its point into that arrogant one's breast so that it pierced his body right through”. Iqbal Hussain asserted that “there is no confirmation of such a method of sacred suicide ever having been practised at the Sangam, but this is a matter of enquiry into local traditions”. In the 18th century, Joseph Tiefenthaler, a Jesuit priest and geographer too wrote about a huge axe hanging near the fort for conducting ritual death by suicide. Chroniclers have left records of this morbid and unscientific custom but clearly, it has no place in modern times. Talking about the Kumbh stampede, self-appointed gurus glossed over the fact that those who died in the stampede did not wish to die; theirs was an ‘akasmik mrityu’ or sudden death. Such irresponsible statements also trivialise the inner conflict, which drives individuals to even think of killing themselves. As Jonathan Parry writes in his seminal work on dying in Banaras: “By contrast with the controlled and voluntary release of life which is the idea; a bad death is an uncontrolled and involuntary evacuation of the body.” HistoriCity is a column by author Valay Singh that narrates the story of a city that is in the news, by going back to its documented history, mythology and archaeological digs. The views expressed are personal.</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>HistoriCity | From temples to trade routes: The Indo-Indonesian civilisational bond</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>India and Indonesia’s historical links go beyond geography, weaving together centuries of trade, religion, and cultural exchange</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Jan 29, 2025 08:31 pm</t>
+          <t>Feb 04, 2025 07:06 pm</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/historicity-from-temples-to-trade-routes-the-indo-indonesian-civilisational-bond-101738161351586.html</t>
+          <t>https://www.hindustantimes.com/analysis/slice-of-mumbai-tailoring-at-vatican-apostolic-library-101738675343895.html</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>Indonesian President Prabowo Subianto, in his recent visit to India to attend the 75th Republic Day celebrations as a Chief Guest, quipped that he has "Indian DNA." While this statement may have drawn laughter from his hosts, it is suggestive of the strong civilizational links between the two countries: drawn from language, religion, trade, and even anti-imperialist solidarity. Trading historyWhile it is not possible to reconstruct entirely these ancient linkages, it is certain that trade formed the basis of this relationship. India’s ancient links to the Indonesian islands of Sumatra, Java, and Malacca (now in Malaysia) were a result of maritime trade between two landmasses richly endowed with natural resources. From the early centuries of the 1st millennium CE, dynasties from present-day Tamil Nadu established ties with the people of Indonesia—at this time loosely referring to a series of related regional cultural traditions belonging to specific linguistic and ethnic groups that would later comprise the modern Indonesian nation.  Ancient texts such as the Tamil epic Manimekalai and even the Ramayana refer to regions in Indonesia as being under the sway of kings from the Indian subcontinent. The Buddhist religion and Shaiva worship were later followed by that of Vishnu, and numerous inscriptions written in Pallava scripts (4th and 5th centuries CE) attest to a continuum of conquest and co-existence. The Srivijaya maritime empire propelled the spread of Buddhism in Southeast Asia between the 7th and 11th centuries. Evidence of the prosperity of trade during this time is also found in Tang dynasty records and the Pala records of Bengal. The Srivijaya empire also had trade links with the Middle East, which would later become a carrier of a new religion: Islam. Indonesia and IslamThe Islamisation of Indonesia in the second millennium CE was a historically transformative event for the region. While Muslim merchants frequented various Indonesian ports centuries before Islam took root in the 15th/16th centuries CE on islands such as Sumatra, Java, and Borneo, the scarcity and limited detail of historical records have prevented definitive conclusions about the precise nature of this transformation. The spread of Islam likely occurred through two intertwining pathways. The first involved indigenous Indonesians embracing Islam through direct exposure and voluntary conversion. The second pathway saw Muslim foreigners—including those from the Indian subcontinent—settle permanently in Indonesian territories. There, they married locals and gradually adopted indigenous customs until they essentially became part of local ethnic groups like the Javanese or Malay. According to Cornelis Dijk and Jajat Burhanuddin in their edited volume Islam in Indonesia: Contrasting Images and Interpretations, varying accounts claim that it was brought in by Arab traders from the Middle East between the seventh and the thirteenth centuries CE, while others assert that it was spread by Sufi traders. A third point of view states that it was brought to Indonesia by Gujarati traders. Either way, these processes often occurred simultaneously, making it difficult for historians to determine their relative importance when examining surviving evidence, such as records of Muslim dynasties establishing themselves in particular regions. M. N. Pearson writes in Merchants and Rulers in Gujarat: “Around 1500 CE, there were in Asia a number of well-defined international trade routes, the most important of which were: from China and Indonesia to Malacca; from Malacca to Gujarat; from Gujarat to the Red Sea, etc. The long-distance ‘international’ trade of Asia around 1500 was thus largely handled by Muslims of various origins. The Arabs, as they expanded south and east in the early years of the Hijrah, tended to convert mostly people who lived on the coasts and so were most accessible. This was certainly the case in Gujarat and Indonesia.” In the early 13th century, Islam was established in North Sumatra; by the 14th century, in northeast Malaya, Brunei, the southern Philippines, and among some courtiers in East Java; and finally, in the 15th century, in Malacca and other areas of the Malay Peninsula. In A History of Modern Indonesia since c. 1200, M. C. Ricklefs spotlights how different Islamic styles received patronage across different dynasties. Syamsuddin of Pasai, for instance, delved deep into mysticism and found favour with the Acehnese king. Another scholar, Nuruddin al-Raniri, under the patronage of the sultan, went on to persecute the previously favoured mystics, provoking the burning of their books. Absorption of Existing CulturesHindu-Buddhist stories, however, coexisted with this growing Islamisation and were preserved. The Hikayat Sri Rama (“The Story of Lord Rama,” based on the Ramayana) and the Hikayat Pandawa Jaya (“The Story of the Victorious Pandawas,” based ultimately on the Mahabharata) were examples of these. Hindu stories are also said to form the basis for the plots of the shadow-puppet plays known as wayang. Beyond this, archaeology also demonstrates this cultural co-presence. Two late-14th-century gravestones from North Sumatra document this cultural transition: one bears an Arabic inscription, and the other has an Old Malay inscription in what Ricklefs terms “paleo-Sumatran (Indian-type) characters.” Another significant series of gravestones is found in East Java, near the site of the court of the Hindu-Buddhist Majapahit empire. These stones mark the burial of Muslims but with one notable feature: they are dated in the Indian Śaka (Ś) era rather than the Islamic Anno Hijrae and use Old Javanese rather than Arabic numerals. This suggests that the elite adopted Islam at a time when the Hindu-Buddhist state of Majapahit was at the very height of its glory. While it is not possible to reconstruct entirely these ancient linkages, it is certain that trade formed the basis of this relationship. India’s ancient links to the Indonesian islands of Sumatra, Java, and Malacca (now in Malaysia) were a result of maritime trade between two landmasses richly endowed with natural resources. From the early centuries of the 1st millennium CE, dynasties from present-day Tamil Nadu established ties with the people of Indonesia—at this time loosely referring to a series of related regional cultural traditions belonging to specific linguistic and ethnic groups that would later comprise the modern Indonesian nation. Ancient texts such as the Tamil epic Manimekalai and even the Ramayana refer to regions in Indonesia as being under the sway of kings from the Indian subcontinent. The Buddhist religion and Shaiva worship were later followed by that of Vishnu, and numerous inscriptions written in Pallava scripts (4th and 5th centuries CE) attest to a continuum of conquest and co-existence. The Srivijaya maritime empire propelled the spread of Buddhism in Southeast Asia between the 7th and 11th centuries. Evidence of the prosperity of trade during this time is also found in Tang dynasty records and the Pala records of Bengal. The Srivijaya empire also had trade links with the Middle East, which would later become a carrier of a new religion: Islam. The Islamisation of Indonesia in the second millennium CE was a historically transformative event for the region. While Muslim merchants frequented various Indonesian ports centuries before Islam took root in the 15th/16th centuries CE on islands such as Sumatra, Java, and Borneo, the scarcity and limited detail of historical records have prevented definitive conclusions about the precise nature of this transformation. The spread of Islam likely occurred through two intertwining pathways. The first involved indigenous Indonesians embracing Islam through direct exposure and voluntary conversion. The second pathway saw Muslim foreigners—including those from the Indian subcontinent—settle permanently in Indonesian territories. There, they married locals and gradually adopted indigenous customs until they essentially became part of local ethnic groups like the Javanese or Malay. According to Cornelis Dijk and Jajat Burhanuddin in their edited volume Islam in Indonesia: Contrasting Images and Interpretations, varying accounts claim that it was brought in by Arab traders from the Middle East between the seventh and the thirteenth centuries CE, while others assert that it was spread by Sufi traders. A third point of view states that it was brought to Indonesia by Gujarati traders. Either way, these processes often occurred simultaneously, making it difficult for historians to determine their relative importance when examining surviving evidence, such as records of Muslim dynasties establishing themselves in particular regions. M. N. Pearson writes in Merchants and Rulers in Gujarat: “Around 1500 CE, there were in Asia a number of well-defined international trade routes, the most important of which were: from China and Indonesia to Malacca; from Malacca to Gujarat; from Gujarat to the Red Sea, etc. The long-distance ‘international’ trade of Asia around 1500 was thus largely handled by Muslims of various origins. The Arabs, as they expanded south and east in the early years of the Hijrah, tended to convert mostly people who lived on the coasts and so were most accessible. This was certainly the case in Gujarat and Indonesia.” In the early 13th century, Islam was established in North Sumatra; by the 14th century, in northeast Malaya, Brunei, the southern Philippines, and among some courtiers in East Java; and finally, in the 15th century, in Malacca and other areas of the Malay Peninsula. In A History of Modern Indonesia since c. 1200, M. C. Ricklefs spotlights how different Islamic styles received patronage across different dynasties. Syamsuddin of Pasai, for instance, delved deep into mysticism and found favour with the Acehnese king. Another scholar, Nuruddin al-Raniri, under the patronage of the sultan, went on to persecute the previously favoured mystics, provoking the burning of their books. Hindu-Buddhist stories, however, coexisted with this growing Islamisation and were preserved. The Hikayat Sri Rama (“The Story of Lord Rama,” based on the Ramayana) and the Hikayat Pandawa Jaya (“The Story of the Victorious Pandawas,” based ultimately on the Mahabharata) were examples of these. Hindu stories are also said to form the basis for the plots of the shadow-puppet plays known as wayang. Beyond this, archaeology also demonstrates this cultural co-presence. Two late-14th-century gravestones from North Sumatra document this cultural transition: one bears an Arabic inscription, and the other has an Old Malay inscription in what Ricklefs terms “paleo-Sumatran (Indian-type) characters.” Another significant series of gravestones is found in East Java, near the site of the court of the Hindu-Buddhist Majapahit empire. These stones mark the burial of Muslims but with one notable feature: they are dated in the Indian Śaka (Ś) era rather than the Islamic Anno Hijrae and use Old Javanese rather than Arabic numerals. This suggests that the elite adopted Islam at a time when the Hindu-Buddhist state of Majapahit was at the very height of its glory. Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>Artisans Abdul Hanif Jamader (40), Nisha Susvirkar (45) and Jyoti Kamble (26) have never travelled outside India and aren’t quite sure where Rome is. But from January 31, their intricate handiwork will be on display for a year at the exhibition hall of the Vatican Library. Susvirkar and Kamble are among 150 craftspeople from the Chanakya ateliers, all part of the Mumbai-based Chanakya School of Craft and graduates of the Chanakya School of Craft, whose work — two hand-crafted globes and five maps, made of translucent layers of dried linen and hemp yarn overlaid with contemporary needlepoint stitches — form part of an exhibition titled Il Viaggio (En Route) commissioned by the Biblioteca Apostolica Vaticana (or Vatican Apostolic Library). Though the larger theme is to showcase aspects of travel across time and geographies through the span of human history, each individual work has specific references. The first globe titled Vasudhaiva Kutumbakam (The world is one family) showcases 88 distinct craft techniques as it rotates, featuring Tatreez (from the Middle East), Batik (from Southeast Asia), Zardozi, Phulkari, Zari, Kantha (from the Indian subcontinent), Shibori (from Japan), Xiang Xiu (from China) and Punto Antico (from Italy). The second globe, titled Antrik Vishwa, carries hand-stitched scenes depicting a site that is personal to nine of the women tailors from the Chanakya ateliers. Kamble, for instance, depicts a river from her village near Panhala in Kolhapur, which her family left as migrants when she was a baby. Susvirkar, born and raised in Mumbai, depicts a temple to signal her inner spiritual life. “Where we can’t go, our work goes,” Susvirkar said. “The second globe is an ode to the women of our school, whose journeys look different from the ones we are accustomed to seeing. They may not have passports or venture beyond their local communities, but their inner journeys are deep and evocative, and we wanted to capture that. They have woven intimate portrayals of their homes, temples, and rivers,” said Swali. The Vatican Apostolic Library commissioned works from Italian singer-songwriter Lorenzo Jovanotti Cherubini, Icelandic illustrator and graphic artist Kristjana Williams and creative director of the Dior womenswear Maria Grazia Chiuri, who collaborated with Karishma Swali, founder and creative director of the Mumbai-based Chanakya School of Craft, to produce textile-based artworks. Also on display is an extensive periodical collection of Cesare Poma (1862–1932), an Italian diplomat, which even includes a copy of the Khalsa Gazette, a weekly newspaper in the local language published out of Lahore starting in 1886. Another section highlights the journey of French journalists Lucien Leroy and Henri Papillaud, who, between 1895 and 1897, financed their round-the-world trip by publishing and selling a serialized travel journal. “This exhibition aligns with our mission to restore, catalogue, and digitize our collections,” Archbishop Angelo Vincenzo Zani, archivist and librarian of the Holy Roman Church, told a press gathering at the launch of the exhibition on January 31, the Vatican News website reported. En Route reflects the deeper meaning of pilgrimage in the Jubilee Year, the archbishop said. 2025 was declared the Jubilee Year by Pope Francis, an event that takes place every 25 years. Chiuri and Swali’s collaboration also resulted in five hand-stitched maps that stand juxtaposed to the globes, as they depict the travels of six intrepid women from the 19th century who defied all odds and social expectations. Each map traces the routes navigated by six women: Elizabeth Bisland Wetmore (1861-1929) and Elizabeth Cochrane (better known by her pen-name Nellie Bly, 1864-1922) both of whom were journalists who were in a race to circumnavigate the globe; Annie (Londonderry) Cohen Kopchovsky (1870-1947), considered to be the first woman to go around the globe on a bicycle; Gertrude Bell (1868-1926), a British administrator who travelled to the Middle East and wrote prolifically about it; Agnes Smith Lewis (1843-1926) and Margaret Dunlop Gibson (1843–1920), identical twins from Scotland who were polymaths, biblical scholars and travelled to Sinai to recover old manuscripts. The maps do more than showcase these journeys. For instance, Annie Kopchovsky decided to trade her corset for trousers, and one map delineates with a fine stitch the outline of the garment as a symbol of the sartorial journey that she made possible for women. “En Route” was an opportunity to collaborate with Karishma Swali and the Chanakya School of Craft who visually reconstructed the cultural legacy of these six extraordinary women. The stories and trajectories of the travellers offer the possibility of tracing alternative routes and imaginary cartographies where garments, fabrics, and embroidery techniques are devices of geographical knowledge and identity construction. This project is a celebration of community work, which is the foundation of craft,” Chiuri said. The Chanakya atelier also helped create three works — large-scale torans (wall hangings that are traditionally placed at the entrance of a house) — by Cherubini. In one, they hand-stitched depictions of musical notations from texts from the Vatican Apostolic Library archive. Master craftsmen like Jamedar, who worked on these creations, added ghungroos to signal the Indian tradition of dance and music. In another work, the names of the various places the Italian singer has travelled to have been hand-stitched. Jamedar, who worked on the three torans (one of them 14 ft tall, the other two, 10 ft tall) said he had never tried anything like this before, and he was proud that he could carry forward his traditional craft of zardozi work in contemporary works like this. “I come from a small village near Calcutta. But the world is seeing my work,” the 40-year-old said. Cherubini is also displaying a series of drawings traced on large geographical maps, as well as a sound installation. The library houses historical documents that span philosophy, theology, law, art, natural sciences, music, and astronomy collected over centuries — all the commissioned artists were invited to engage with the collection and create their works. The Vatican houses an art collection that dates back to Greek sculptures and vases from the 5th century B.C. to more contemporary pieces such as of Henri Matisse. The collection extends across a range of artistic holdings within the Vatican, including the Basilica of St Peter’s and its Treasury, the Papal apartments, the Vatican Museums and the Apostolic Library. It forms one of the oldest unbroken collections that dates back to A.D 320, the founding of the church of St Peter’s. In 2021, the Vatican Apostolic Library opened a public gallery and commissioned Italian artist Pietro Ruffo to create works themed around migration, and travel. A Vatican statement at the time contended that the work underlined “the difficulties and the beauty of the encounter between people of different origins.”</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>Keeping up with UP: Can Congress-SP quota card breach the Sanatan narrative?</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>The Congress moves in untested territory as they have not been the first choice of Other Backward Classes (OBCs)</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>No published date</t>
+          <t>Feb 01, 2025 08:00 am</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/keeping-up-with-up-can-congress-sp-quota-card-breach-the-sanatan-narrative-101737887776679.html</t>
+          <t>https://www.hindustantimes.com/analysis/short-stream-an-ode-to-the-anxious-teenage-soul-101738341120239.html</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>The Mandal-Mandir politics of the early 1990s is back as the Opposition uses caste and quota to neutralise the Sanatan narrative in the country including in Uttar Pradesh (UP), the nerve centre of the Bhartiya Janata Party (BJP)’s Hindutva campaign. Ironically, the lower castes are also torn between religious sentiments and the quest for “roti kapda makan”, which is the focus of Prime Minister Narendra Modi’s welfare schemes.  To recall, it was in August 1990 that the National Front government led by Vishwanath Pratap Singh announced implementation of the Mandal Commission report, granting 27% quota for the Other Backward Classes (OBCs) amid growing chants of “Jai Shri Ram” as the Ayodhya temple movement was reaching peak momentum.  Singh’s announcement divided the society into pro and anti-quota groups. As the quota issue raged in the country, a worried Sangh Parivar launched the ‘Rath Yatra’ in September-October 1990, which covered 10,000 km in 10 states. The rest, as we are well aware, is history. Now, as the BJP, under the leadership of Modi and UP chief minister Yogi Adityanath, aggressively pushes its agenda, the Opposition has, once again, fallen back on the time-tested social justice theme to protect their voters from getting hijacked by the Hindutva bandwagon. In an attempt to thwart the growing consolidation of the Hindus under the Sanatani banner, they are also pushing emotive issues of the Constitution, reservation and caste census. The Constitution issue paid dividends in the 2024 general elections. Can the quota promise also deliver votes?  Ironically, while the Samajwadi Party (SP), Bahujan Samaj Party (BSP), the Rashtriya Janata Dal (RJD) in Bihar have gained from quota politics, the Congress has not succeeded in penetrating the vote bank of the lower castes. Recently, Congress leader Rahul Gandhi reiterated his party’s commitment to social justice, stating that the Congress, if voted to power, would remove the 50% cap placed on quota by the court. He said it during his visit to Bihar, which is heading for polls later in 2025. Earlier, Gandhi made a similar assertion in the Lok Sabha. The immediate reaction of the people was negative as many said it would nullify merit. However, his announcement may have appealed to the lower castes that dominate and decide the elections in Bihar. MP Dubey, former head of the political science department at Allahabad University, believe that the statement was nothing but an emotional ploy to stop the lower backward castes from getting swept by religious sentiments in today’s highly charged atmosphere. Shashi Kant Pandey of Baba Bhimrao Ambedkar University said the issue of caste, Constitution and quota was tested in the 2024 Lok Sabha polls. “By raising the quota issue, Rahul Gandhi is trying to address a constituency that comprises 70% of the population. The BJP is also worried as they have not been their core voters, but beneficiaries of the schemes. The BJP had largely bulldozed the narrative of caste by Hindutva and plethora of welfare schemes but now quota and caste census are denting their efforts.” Gandhi and SP leader Akhilesh Yadav have been consistently playing the caste card, raising the issues of caste census, quota and the Constitution. The question is would quota and caste census fetch them votes in the forthcoming assembly elections in Delhi and Bihar? The Congress is actually moving in untested territory, as with the traditional vote bank of Brahmins, Muslims and Dalits, it had not dabbled in the backward-forward caste politics until the resurgent BJP pushed its Hindutva agenda. The SP had been the face of social justice in UP as they got the bulk of support from the backward castes. The backwards had rarely accepted a forward caste leader as their “neta” (leader) as they doubted their sincerity to the cause. History proves that champions of quota met their nemesis in the electoral arena of modern India especially when the protagonists were from the upper castes. Both former PM VP Singh and former UP chief minister Rajnath Singh had pledged to change the social justice system. One implemented the Mandal while the other mooted quota within quota. Singh, who gave the call of “vyavyastha parivartan (change in social system)”, failed to resurrect himself in the latter part of his political career. Many agree with his close lieutenant Satya Pal Malik who had said, “You have left a legacy of divisiveness for which the nation would never forgive you”. For those who have not kept track of UP politics, the Janata Dal’s tally of Lok Sabha seats in UP fell from 54 in 1989 to 22 in 1991 (the post- Mandal scenario) though Singh was expecting a Mandal miracle. Janata Dal disintegrated and disappeared while Singh then tried to wage a renewed battle for farmers and rarely talked about Mandal. Rajnath Singh’s experiment with quota within quota for OBCs and Dalits in early 2000 boomeranged. What was touted as the BJP’s trump card failed in the electoral arena as it failed to divide the Opposition precious vote banks of OBCs and Dalits. The BJP ended up with less than 100 seats in the Vidhan Sabha of 403 in the 2002 assembly elections. The Congress is now trying to rebuild the party on the reservation plank. Its national president Mallikarjun Kharge is a Dalit but rarely is his caste flaunted. Gandhi belongs to the upper caste. Thus, the Congress will need allies like the RJD in Bihar and the SP in UP to gain mileage from quota and caste census. Ironically, the lower castes are also torn between religious sentiments and the quest for “roti kapda makan”, which is the focus of Prime Minister Narendra Modi’s welfare schemes. To recall, it was in August 1990 that the National Front government led by Vishwanath Pratap Singh announced implementation of the Mandal Commission report, granting 27% quota for the Other Backward Classes (OBCs) amid growing chants of “Jai Shri Ram” as the Ayodhya temple movement was reaching peak momentum.  Singh’s announcement divided the society into pro and anti-quota groups. As the quota issue raged in the country, a worried Sangh Parivar launched the ‘Rath Yatra’ in September-October 1990, which covered 10,000 km in 10 states. The rest, as we are well aware, is history. Now, as the BJP, under the leadership of Modi and UP chief minister Yogi Adityanath, aggressively pushes its agenda, the Opposition has, once again, fallen back on the time-tested social justice theme to protect their voters from getting hijacked by the Hindutva bandwagon. In an attempt to thwart the growing consolidation of the Hindus under the Sanatani banner, they are also pushing emotive issues of the Constitution, reservation and caste census. The Constitution issue paid dividends in the 2024 general elections. Can the quota promise also deliver votes?  Ironically, while the Samajwadi Party (SP), Bahujan Samaj Party (BSP), the Rashtriya Janata Dal (RJD) in Bihar have gained from quota politics, the Congress has not succeeded in penetrating the vote bank of the lower castes. Recently, Congress leader Rahul Gandhi reiterated his party’s commitment to social justice, stating that the Congress, if voted to power, would remove the 50% cap placed on quota by the court. He said it during his visit to Bihar, which is heading for polls later in 2025. Earlier, Gandhi made a similar assertion in the Lok Sabha. The immediate reaction of the people was negative as many said it would nullify merit. However, his announcement may have appealed to the lower castes that dominate and decide the elections in Bihar. MP Dubey, former head of the political science department at Allahabad University, believe that the statement was nothing but an emotional ploy to stop the lower backward castes from getting swept by religious sentiments in today’s highly charged atmosphere. Shashi Kant Pandey of Baba Bhimrao Ambedkar University said the issue of caste, Constitution and quota was tested in the 2024 Lok Sabha polls. “By raising the quota issue, Rahul Gandhi is trying to address a constituency that comprises 70% of the population. The BJP is also worried as they have not been their core voters, but beneficiaries of the schemes. The BJP had largely bulldozed the narrative of caste by Hindutva and plethora of welfare schemes but now quota and caste census are denting their efforts.” Gandhi and SP leader Akhilesh Yadav have been consistently playing the caste card, raising the issues of caste census, quota and the Constitution. The question is would quota and caste census fetch them votes in the forthcoming assembly elections in Delhi and Bihar? The Congress is actually moving in untested territory, as with the traditional vote bank of Brahmins, Muslims and Dalits, it had not dabbled in the backward-forward caste politics until the resurgent BJP pushed its Hindutva agenda. The SP had been the face of social justice in UP as they got the bulk of support from the backward castes. The backwards had rarely accepted a forward caste leader as their “neta” (leader) as they doubted their sincerity to the cause. History proves that champions of quota met their nemesis in the electoral arena of modern India especially when the protagonists were from the upper castes. Both former PM VP Singh and former UP chief minister Rajnath Singh had pledged to change the social justice system. One implemented the Mandal while the other mooted quota within quota. Singh, who gave the call of “vyavyastha parivartan (change in social system)”, failed to resurrect himself in the latter part of his political career. Many agree with his close lieutenant Satya Pal Malik who had said, “You have left a legacy of divisiveness for which the nation would never forgive you”. For those who have not kept track of UP politics, the Janata Dal’s tally of Lok Sabha seats in UP fell from 54 in 1989 to 22 in 1991 (the post- Mandal scenario) though Singh was expecting a Mandal miracle. Janata Dal disintegrated and disappeared while Singh then tried to wage a renewed battle for farmers and rarely talked about Mandal. Rajnath Singh’s experiment with quota within quota for OBCs and Dalits in early 2000 boomeranged. What was touted as the BJP’s trump card failed in the electoral arena as it failed to divide the Opposition precious vote banks of OBCs and Dalits. The BJP ended up with less than 100 seats in the Vidhan Sabha of 403 in the 2002 assembly elections. The Congress is now trying to rebuild the party on the reservation plank. Its national president Mallikarjun Kharge is a Dalit but rarely is his caste flaunted. Gandhi belongs to the upper caste. Thus, the Congress will need allies like the RJD in Bihar and the SP in UP to gain mileage from quota and caste census. To recall, it was in August 1990 that the National Front government led by Vishwanath Pratap Singh announced implementation of the Mandal Commission report, granting 27% quota for the Other Backward Classes (OBCs) amid growing chants of “Jai Shri Ram” as the Ayodhya temple movement was reaching peak momentum. Singh’s announcement divided the society into pro and anti-quota groups. As the quota issue raged in the country, a worried Sangh Parivar launched the ‘Rath Yatra’ in September-October 1990, which covered 10,000 km in 10 states. The rest, as we are well aware, is history. Now, as the BJP, under the leadership of Modi and UP chief minister Yogi Adityanath, aggressively pushes its agenda, the Opposition has, once again, fallen back on the time-tested social justice theme to protect their voters from getting hijacked by the Hindutva bandwagon. In an attempt to thwart the growing consolidation of the Hindus under the Sanatani banner, they are also pushing emotive issues of the Constitution, reservation and caste census. The Constitution issue paid dividends in the 2024 general elections. Can the quota promise also deliver votes? Ironically, while the Samajwadi Party (SP), Bahujan Samaj Party (BSP), the Rashtriya Janata Dal (RJD) in Bihar have gained from quota politics, the Congress has not succeeded in penetrating the vote bank of the lower castes. Recently, Congress leader Rahul Gandhi reiterated his party’s commitment to social justice, stating that the Congress, if voted to power, would remove the 50% cap placed on quota by the court. He said it during his visit to Bihar, which is heading for polls later in 2025. Earlier, Gandhi made a similar assertion in the Lok Sabha. The immediate reaction of the people was negative as many said it would nullify merit. However, his announcement may have appealed to the lower castes that dominate and decide the elections in Bihar. MP Dubey, former head of the political science department at Allahabad University, believe that the statement was nothing but an emotional ploy to stop the lower backward castes from getting swept by religious sentiments in today’s highly charged atmosphere. Shashi Kant Pandey of Baba Bhimrao Ambedkar University said the issue of caste, Constitution and quota was tested in the 2024 Lok Sabha polls. “By raising the quota issue, Rahul Gandhi is trying to address a constituency that comprises 70% of the population. The BJP is also worried as they have not been their core voters, but beneficiaries of the schemes. The BJP had largely bulldozed the narrative of caste by Hindutva and plethora of welfare schemes but now quota and caste census are denting their efforts.” Gandhi and SP leader Akhilesh Yadav have been consistently playing the caste card, raising the issues of caste census, quota and the Constitution. The question is would quota and caste census fetch them votes in the forthcoming assembly elections in Delhi and Bihar? The Congress is actually moving in untested territory, as with the traditional vote bank of Brahmins, Muslims and Dalits, it had not dabbled in the backward-forward caste politics until the resurgent BJP pushed its Hindutva agenda. The SP had been the face of social justice in UP as they got the bulk of support from the backward castes. The backwards had rarely accepted a forward caste leader as their “neta” (leader) as they doubted their sincerity to the cause. History proves that champions of quota met their nemesis in the electoral arena of modern India especially when the protagonists were from the upper castes. Both former PM VP Singh and former UP chief minister Rajnath Singh had pledged to change the social justice system. One implemented the Mandal while the other mooted quota within quota. Singh, who gave the call of “vyavyastha parivartan (change in social system)”, failed to resurrect himself in the latter part of his political career. Many agree with his close lieutenant Satya Pal Malik who had said, “You have left a legacy of divisiveness for which the nation would never forgive you”. For those who have not kept track of UP politics, the Janata Dal’s tally of Lok Sabha seats in UP fell from 54 in 1989 to 22 in 1991 (the post- Mandal scenario) though Singh was expecting a Mandal miracle. Janata Dal disintegrated and disappeared while Singh then tried to wage a renewed battle for farmers and rarely talked about Mandal. Rajnath Singh’s experiment with quota within quota for OBCs and Dalits in early 2000 boomeranged. What was touted as the BJP’s trump card failed in the electoral arena as it failed to divide the Opposition precious vote banks of OBCs and Dalits. The BJP ended up with less than 100 seats in the Vidhan Sabha of 403 in the 2002 assembly elections. The Congress is now trying to rebuild the party on the reservation plank. Its national president Mallikarjun Kharge is a Dalit but rarely is his caste flaunted. Gandhi belongs to the upper caste. Thus, the Congress will need allies like the RJD in Bihar and the SP in UP to gain mileage from quota and caste census. Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>In the age of AI wars and the advent of Deep Seek and Gemini, 2D animation seems arty-crafty—almost vintage. If Hayao Miyazaki, the Japanese master who transformed 2D animation into a kind of sublime slow art, were to retire from filmmaking, the medium might become a lost art form or at least a niche, analog luxury like 16mm or 35mm filmmaking. This month’s short film, The Girl Who Lived in the Loo, written and animated by 30-year-old Kolkata-based filmmaker Subarna Dash, a self-confessed Miyazaki devotee, is 2D animation—let’s call it "Japanimation"—at its most basic. What makes it compelling is the protagonist’s interiority and the story’s drift. Four chapters punctuate the film’s 12-minute, 16-second runtime: "Ice cream sandwich is my favourite meal," "Lizards suck and I will tell you why," "My sister is useless," and "Lizards are bold but so are fish." The protagonist, an anxious, socially awkward unnamed teenager, is about to tell a room full of children about a girl who lived in a loo. She stutters anxiously while the children mock her, and we see her levitate in a bubble. In a montage-like structure, other characters—the Girl’s sister, aunts, family guests, a cacophonous party crowd, and a prying lizard—pop in and out, all serving one purpose: to reveal the Girl’s inner reserves as well as her frazzled nerves. Dash, born and raised in Kolkata and a recent graduate of the Satyajit Ray Film and Television Institute (SRFTI), Kolkata, says her film is autobiographical. “I was a very anxious child. I had a lot of social anxiety growing up. You could say the film is based on those experiences. I wanted to focus more on the feeling. Now, there’s probably a word for it—say, neurodivergence,” Dash says. The hand-drawn frames took her more than a year to complete. Dash wrote and produced the film under the mentorship of SRFTI professors. “The best part about SRFTI is that there are no rigid rules. We watched two films a day, and for me, the focus was on the process. 2D animation is all about that—it’s a very time-consuming art form,” she says. Awash in muted browns, greys, and dusty pinks, Dash employs self-deprecating, deadpan humour to shape her protagonist. In 2024, The Girl Who Lived in the Loo premiered at the Berlinale International Film Festival and was also selected for the Dharamshala Film Festival. “At Berlinale, I got a lot of feedback from the young audience. One person told me she felt very seen when she watched the film.” 2D animation requires a conscious investment of attention; you have to immerse yourself in it. In the best examples—Miyazaki’s Spirited Away or Howl’s Moving Castle—you find yourself floating, buoyed up by gentleness, visual exuberance, and emotional literacy. Dash’s filmmaking has tremendous promise—her emotional literacy shines beyond the craft. Another standout talent in the film is sound designer Dibakar Saha, whose aural scheme effectively employs silences, hums, and ambient sounds that highlight the tender, reflective voice of the Girl. Dash’s earlier short film, TMI, a claymation narrative about girls' body image, shares the same deadpan humour and existentialist questioning—"What is the big deal about breasts?"—and was an official selection at the Toronto International Film Festival. “At present, I am working on a documentary feature in which women talk about various aspects of their lives—I see it as an extension of TMI,” Dash says. Short Stream is a monthly curated section presenting Indian short films that haven’t been widely seen but are making the right buzz in the film industry and festival circles. We stream the selected film for a month on HT Premium, the subscription-only section of hindustantimes.com. Sanjukta Sharma is a Mumbai-based writer and film critic. Write to her at sanjukta.sharma@gmail.com Details: The Girl Who Lived In The Loo Directed &amp; animated by: Subarna Dash Producer: Satyajit Ray Film &amp; Television Institute (SRFTI) Budget: Around  ₹60,000 Languages: Bengali &amp; English</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>Lalu empowers Tejashwi in a bid to prevent rifts, splits and heartburn in RJD</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>The party moved a resolution at its national executive meeting, authorising Lalu's younger son to make decisions on distributing party tickets along with Lalu.</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>Jan 22, 2025 05:48 pm</t>
+          <t>Jan 29, 2025 08:31 pm</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/lalu-empowers-tejashwi-in-a-bid-to-prevent-rifts-splits-and-heartburn-in-rjd-101737546049537.html</t>
+          <t>https://www.hindustantimes.com/analysis/historicity-from-temples-to-trade-routes-the-indo-indonesian-civilisational-bond-101738161351586.html</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>Family feuds, sibling rivalry and rival party machinations have weakened many regional parties in recent years. Some of these parties, especially in Bihar and Uttar Pradesh (UP) grew rapidly in the early 1990s, mostly driven by the popularity of local charismatic leaders, caste equations and the backdrop of the post-Mandal coalescing of communities. There are multiple examples: for one, the Samajwadi Party (SP) in UP where former chief minister Akhilesh Prasad Yadav dislodged his father Mulayam Singh Yadav from the post of president to take the reins of the party in his hands after dramatic feud with his father and uncle Shivpal Yadav in 2016-17, or he coup by legislators in the Shiv Sena in 2022 led to the split in two factions; there was also the split in the National Congress Party (NCP) led by former union minister Sharad Pawar where his nephew Ajit Pawar aligned with the Mahayuti in 2023 before the 2024 Maharashtra assembly polls.  Given this backdrop of splits and family fall-outs, Bihar's principal opposition party, Rashtriya Janata Dal (RJD) led by party national president and former chief minister Lalu Prasad, took a decision last week to try and preempt any such development. The party moved a resolution at its national executive meeting, authorising Lalu's younger son — already considered the heir apparent to the 77-year-old Yadav chieftain — to make decisions on distributing party tickets, party symbols and the party’s flag together with the party chief. Technically, the resolution means Tejashwi — who is the leader of the opposition and RJD's chief ministerial face for the upcoming 2025 polls -- is second in command in the party, now having powers at par with RJD chief, giving him the coveted status of 'de facto' head of the party. However, many believe, the decision taken just ahead of the assembly polls in Bihar in October-November was timed to not just elevate Tejashwi's stature given that the 35-year-old already enjoys clout in the party. He steered the party during Lalu's incarcerations in the fodder scam cases from 2017 to April 2021 and missed the chance of becoming the chief minister by a small margin after the RJD-Congress-Left coalition of Mahagatbanhdan won 110 seats in the 2020 polls with RJD winning 75 seats. It's a preemptive move to insulate the party from any attempt to destabilise the outfit, a coup engineered by the legislator or rival parties and most importantly, tame sibling rivalry by sending a clear message to Tejashwi's siblings be it elder brother and MLA, Tej Pratap, or eldest sister Misa Bharti. The message is clear: the former deputy CM is now the only official voice and face of the party after RJD chief. "Tejashwi has over the last many years become the face of the party after Lalu Prasad and is calling the shots on seat sharing with allies in any election, selection of party nominees or other programmes. The resolution was passed for two reasons: one, defining Tejashwi's position in the party as number two after Lalu Prasad and secondly, to give the party a shield to handle any adverse situation or attempts to destabilise it and prevent disputes arising in the name of the party or the symbol of the party as happened with parties in Maharashtra. Now, Tejashwi and the RJD chief both can make decisions on the party’s symbol, flag and tickets,” said a senior RJD functionary who asked not to be named. Insiders in the party said the RJD chief, known for his political astuteness, has been cautious in passing on the baton to his younger son, knowing well how it could antagonise senior leaders in the party and also, possibly, trigger a feud in the family. Bharti became a Lok Sabha MP from the Patliputra constituency in 2024 while Rohini unsuccessfully contested the Saran parliamentary seat in the 2024 polls. Pratap, a former minister, is a sitting MLA from Hassanpur assembly seat in Samastipur district). “Lalu has apparently taken a cue from the episode of a family feud in the Samajwadi Party and apprehends that the party could face a crisis if the baton is passed completely to his younger son. This is why, he is making all moves cautiously in a bid to avoid any dispute in the family among his children by shying away from openly declaring Tejashwi his heir apparent. Even senior leaders want this as it's the best way to preempt any move of a split in the party,” said a senior RJD leader, close to the former railway minister, who also asked not to be named. “The resolution has given Tejashwi powers to take key decisions on behalf of the RJD chief but Lalu still remains the party head and has the powers to take a final call on any dispute. That is a clever move for maintaining a power balance in the party,” he added. Lalu, despite a kidney transplant in 2022, continues to be politically active by making all final decisions on the selection of candidates, shaping political strategies or talking with allies, be it Congress or the Left parties. Significantly, sibling rivalry in the RJD's first family came to the fore a few years ago when Tej Pratap expressed discontentment over the way his loyalists were sidelined in the state RJD organisation, taking indirect potshots at his younger brother. In the 2020 assembly polls, Tej Pratap is said to have demanded a few seats for his loyalists but later relented. In the last few years, however, Tejashwi's siblings have maintained a low profile by not making any dissenting comments, indicating the RJD chief may have prevailed on his children to not show dissent in public over the growing stature of their younger brother in the party. Tej Pratap recently reiterated his younger brother was like "Arjun"- the Pandava prince - and equated himself to his "Krishna”, who played the role of charioteer or "Sarathi" during the epic war of Mahabharata by guiding the Pandava prince during the war. “Sibling rivalry in all political families is common. How far it would remain under control is uncertain in the RJD and cannot be predicted. But there are still doubts whether the transition of power to Tejaswhi would be very smooth in the coming days,” said the senior leader of a partner party in the Grand Alliance (GA). Incidentally, many believe, the growing stature of Tejashwi has created new power camps in the party with leaders close to the Yadav scion gaining clout. State president of the RJD, Jagdanand Singh, 77, who is considered a Lalu loyalist and Tejashwi’s mentor, is said to be sulking after the defeat of his son Ajit Singh from Ramgarh in the November by-polls. Disagreements between Lalu and Tejashwi over issues have come to the fore as recently the RJD chief's bid to make a big statement that his party was open to re-align with Chief Minister Nitish Kumar despite the latter's U-turns in the past was promptly, contradicted by Tejashwi. " No, our doors for CM Kumar are not open,” he said. The rival Janata Dal (United) and BJP were quick to take potshots at the statements asserting how a 'rift' has started in the RJD with father and son now making contradictory statements. "There are already several factions in the RJD. Lalu Prasad is now sidelined in the party by his son, Tejashwi,” said JD(U) MLC Neeraj Kumar. Nonetheless, Lalu,77, who lost power in 2005 to the NDA and later his party shared power in state government with the JD(U) following political re-alignment in 2015 and 2022 appears to be making its leadership transition smooth by strengthening Tejashwi's hands. But at the moment many in the RJD are optimistic the party is in safe hands with the younger Yadav scion gradually taking over the reins by displaying leadership traits and deft articulation. “The party has strengthened the hands of Tejashwi and it was required for certain norms to be followed by political parties as per Election Commission guidelines. He is the party's leader and there is cohesiveness and unity in the party. All is well,” said Shivanand Tiwary, national vice president of the RJD. Manoj Jha, RJD 's Rajya Sabha MP, said the party is solidly behind Tejashwi and has praised his new poll promise of implementing the Mai-Behan yojana of granting ₹2500 to women if the GA comes to power. There are multiple examples: for one, the Samajwadi Party (SP) in UP where former chief minister Akhilesh Prasad Yadav dislodged his father Mulayam Singh Yadav from the post of president to take the reins of the party in his hands after dramatic feud with his father and uncle Shivpal Yadav in 2016-17, or he coup by legislators in the Shiv Sena in 2022 led to the split in two factions; there was also the split in the National Congress Party (NCP) led by former union minister Sharad Pawar where his nephew Ajit Pawar aligned with the Mahayuti in 2023 before the 2024 Maharashtra assembly polls. Given this backdrop of splits and family fall-outs, Bihar's principal opposition party, Rashtriya Janata Dal (RJD) led by party national president and former chief minister Lalu Prasad, took a decision last week to try and preempt any such development. The party moved a resolution at its national executive meeting, authorising Lalu's younger son — already considered the heir apparent to the 77-year-old Yadav chieftain — to make decisions on distributing party tickets, party symbols and the party’s flag together with the party chief. Technically, the resolution means Tejashwi — who is the leader of the opposition and RJD's chief ministerial face for the upcoming 2025 polls -- is second in command in the party, now having powers at par with RJD chief, giving him the coveted status of 'de facto' head of the party. However, many believe, the decision taken just ahead of the assembly polls in Bihar in October-November was timed to not just elevate Tejashwi's stature given that the 35-year-old already enjoys clout in the party. He steered the party during Lalu's incarcerations in the fodder scam cases from 2017 to April 2021 and missed the chance of becoming the chief minister by a small margin after the RJD-Congress-Left coalition of Mahagatbanhdan won 110 seats in the 2020 polls with RJD winning 75 seats. It's a preemptive move to insulate the party from any attempt to destabilise the outfit, a coup engineered by the legislator or rival parties and most importantly, tame sibling rivalry by sending a clear message to Tejashwi's siblings be it elder brother and MLA, Tej Pratap, or eldest sister Misa Bharti. The message is clear: the former deputy CM is now the only official voice and face of the party after RJD chief. "Tejashwi has over the last many years become the face of the party after Lalu Prasad and is calling the shots on seat sharing with allies in any election, selection of party nominees or other programmes. The resolution was passed for two reasons: one, defining Tejashwi's position in the party as number two after Lalu Prasad and secondly, to give the party a shield to handle any adverse situation or attempts to destabilise it and prevent disputes arising in the name of the party or the symbol of the party as happened with parties in Maharashtra. Now, Tejashwi and the RJD chief both can make decisions on the party’s symbol, flag and tickets,” said a senior RJD functionary who asked not to be named. Insiders in the party said the RJD chief, known for his political astuteness, has been cautious in passing on the baton to his younger son, knowing well how it could antagonise senior leaders in the party and also, possibly, trigger a feud in the family. Bharti became a Lok Sabha MP from the Patliputra constituency in 2024 while Rohini unsuccessfully contested the Saran parliamentary seat in the 2024 polls. Pratap, a former minister, is a sitting MLA from Hassanpur assembly seat in Samastipur district). “Lalu has apparently taken a cue from the episode of a family feud in the Samajwadi Party and apprehends that the party could face a crisis if the baton is passed completely to his younger son. This is why, he is making all moves cautiously in a bid to avoid any dispute in the family among his children by shying away from openly declaring Tejashwi his heir apparent. Even senior leaders want this as it's the best way to preempt any move of a split in the party,” said a senior RJD leader, close to the former railway minister, who also asked not to be named. “The resolution has given Tejashwi powers to take key decisions on behalf of the RJD chief but Lalu still remains the party head and has the powers to take a final call on any dispute. That is a clever move for maintaining a power balance in the party,” he added. Lalu, despite a kidney transplant in 2022, continues to be politically active by making all final decisions on the selection of candidates, shaping political strategies or talking with allies, be it Congress or the Left parties. Significantly, sibling rivalry in the RJD's first family came to the fore a few years ago when Tej Pratap expressed discontentment over the way his loyalists were sidelined in the state RJD organisation, taking indirect potshots at his younger brother. In the 2020 assembly polls, Tej Pratap is said to have demanded a few seats for his loyalists but later relented. In the last few years, however, Tejashwi's siblings have maintained a low profile by not making any dissenting comments, indicating the RJD chief may have prevailed on his children to not show dissent in public over the growing stature of their younger brother in the party. Tej Pratap recently reiterated his younger brother was like "Arjun"- the Pandava prince - and equated himself to his "Krishna”, who played the role of charioteer or "Sarathi" during the epic war of Mahabharata by guiding the Pandava prince during the war. “Sibling rivalry in all political families is common. How far it would remain under control is uncertain in the RJD and cannot be predicted. But there are still doubts whether the transition of power to Tejaswhi would be very smooth in the coming days,” said the senior leader of a partner party in the Grand Alliance (GA). Incidentally, many believe, the growing stature of Tejashwi has created new power camps in the party with leaders close to the Yadav scion gaining clout. State president of the RJD, Jagdanand Singh, 77, who is considered a Lalu loyalist and Tejashwi’s mentor, is said to be sulking after the defeat of his son Ajit Singh from Ramgarh in the November by-polls. Disagreements between Lalu and Tejashwi over issues have come to the fore as recently the RJD chief's bid to make a big statement that his party was open to re-align with Chief Minister Nitish Kumar despite the latter's U-turns in the past was promptly, contradicted by Tejashwi. " No, our doors for CM Kumar are not open,” he said. The rival Janata Dal (United) and BJP were quick to take potshots at the statements asserting how a 'rift' has started in the RJD with father and son now making contradictory statements. "There are already several factions in the RJD. Lalu Prasad is now sidelined in the party by his son, Tejashwi,” said JD(U) MLC Neeraj Kumar. Nonetheless, Lalu,77, who lost power in 2005 to the NDA and later his party shared power in state government with the JD(U) following political re-alignment in 2015 and 2022 appears to be making its leadership transition smooth by strengthening Tejashwi's hands. But at the moment many in the RJD are optimistic the party is in safe hands with the younger Yadav scion gradually taking over the reins by displaying leadership traits and deft articulation. “The party has strengthened the hands of Tejashwi and it was required for certain norms to be followed by political parties as per Election Commission guidelines. He is the party's leader and there is cohesiveness and unity in the party. All is well,” said Shivanand Tiwary, national vice president of the RJD. Manoj Jha, RJD 's Rajya Sabha MP, said the party is solidly behind Tejashwi and has praised his new poll promise of implementing the Mai-Behan yojana of granting ₹2500 to women if the GA comes to power. Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>Indonesian President Prabowo Subianto, in his recent visit to India to attend the 75th Republic Day celebrations as a Chief Guest, quipped that he has "Indian DNA." While this statement may have drawn laughter from his hosts, it is suggestive of the strong civilizational links between the two countries: drawn from language, religion, trade, and even anti-imperialist solidarity. While it is not possible to reconstruct entirely these ancient linkages, it is certain that trade formed the basis of this relationship. India’s ancient links to the Indonesian islands of Sumatra, Java, and Malacca (now in Malaysia) were a result of maritime trade between two landmasses richly endowed with natural resources. From the early centuries of the 1st millennium CE, dynasties from present-day Tamil Nadu established ties with the people of Indonesia—at this time loosely referring to a series of related regional cultural traditions belonging to specific linguistic and ethnic groups that would later comprise the modern Indonesian nation. Ancient texts such as the Tamil epic Manimekalai and even the Ramayana refer to regions in Indonesia as being under the sway of kings from the Indian subcontinent. The Buddhist religion and Shaiva worship were later followed by that of Vishnu, and numerous inscriptions written in Pallava scripts (4th and 5th centuries CE) attest to a continuum of conquest and co-existence. The Srivijaya maritime empire propelled the spread of Buddhism in Southeast Asia between the 7th and 11th centuries. Evidence of the prosperity of trade during this time is also found in Tang dynasty records and the Pala records of Bengal. The Srivijaya empire also had trade links with the Middle East, which would later become a carrier of a new religion: Islam. The Islamisation of Indonesia in the second millennium CE was a historically transformative event for the region. While Muslim merchants frequented various Indonesian ports centuries before Islam took root in the 15th/16th centuries CE on islands such as Sumatra, Java, and Borneo, the scarcity and limited detail of historical records have prevented definitive conclusions about the precise nature of this transformation. The spread of Islam likely occurred through two intertwining pathways. The first involved indigenous Indonesians embracing Islam through direct exposure and voluntary conversion. The second pathway saw Muslim foreigners—including those from the Indian subcontinent—settle permanently in Indonesian territories. There, they married locals and gradually adopted indigenous customs until they essentially became part of local ethnic groups like the Javanese or Malay. According to Cornelis Dijk and Jajat Burhanuddin in their edited volume Islam in Indonesia: Contrasting Images and Interpretations, varying accounts claim that it was brought in by Arab traders from the Middle East between the seventh and the thirteenth centuries CE, while others assert that it was spread by Sufi traders. A third point of view states that it was brought to Indonesia by Gujarati traders. Either way, these processes often occurred simultaneously, making it difficult for historians to determine their relative importance when examining surviving evidence, such as records of Muslim dynasties establishing themselves in particular regions. M. N. Pearson writes in Merchants and Rulers in Gujarat: “Around 1500 CE, there were in Asia a number of well-defined international trade routes, the most important of which were: from China and Indonesia to Malacca; from Malacca to Gujarat; from Gujarat to the Red Sea, etc. The long-distance ‘international’ trade of Asia around 1500 was thus largely handled by Muslims of various origins. The Arabs, as they expanded south and east in the early years of the Hijrah, tended to convert mostly people who lived on the coasts and so were most accessible. This was certainly the case in Gujarat and Indonesia.” In the early 13th century, Islam was established in North Sumatra; by the 14th century, in northeast Malaya, Brunei, the southern Philippines, and among some courtiers in East Java; and finally, in the 15th century, in Malacca and other areas of the Malay Peninsula. In A History of Modern Indonesia since c. 1200, M. C. Ricklefs spotlights how different Islamic styles received patronage across different dynasties. Syamsuddin of Pasai, for instance, delved deep into mysticism and found favour with the Acehnese king. Another scholar, Nuruddin al-Raniri, under the patronage of the sultan, went on to persecute the previously favoured mystics, provoking the burning of their books. Hindu-Buddhist stories, however, coexisted with this growing Islamisation and were preserved. The Hikayat Sri Rama (“The Story of Lord Rama,” based on the Ramayana) and the Hikayat Pandawa Jaya (“The Story of the Victorious Pandawas,” based ultimately on the Mahabharata) were examples of these. Hindu stories are also said to form the basis for the plots of the shadow-puppet plays known as wayang. Beyond this, archaeology also demonstrates this cultural co-presence. Two late-14th-century gravestones from North Sumatra document this cultural transition: one bears an Arabic inscription, and the other has an Old Malay inscription in what Ricklefs terms “paleo-Sumatran (Indian-type) characters.” Another significant series of gravestones is found in East Java, near the site of the court of the Hindu-Buddhist Majapahit empire. These stones mark the burial of Muslims but with one notable feature: they are dated in the Indian Śaka (Ś) era rather than the Islamic Anno Hijrae and use Old Javanese rather than Arabic numerals. This suggests that the elite adopted Islam at a time when the Hindu-Buddhist state of Majapahit was at the very height of its glory.</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>HistoriCity | Maha Kumbh: When Victorian morality collided with Naga Sadhu rituals</t>
+          <t>No title</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>While the British colonial rule had banned nudity, it was not easy to enforce it within the arena of a religious festival like the Kumbh</t>
+          <t>No synopsis</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>No published date</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>https://www.hindustantimes.com/analysis/historicity-maha-kumbh-when-victorian-morality-collided-with-naga-sadhu-rituals-101737515161937.html</t>
+          <t>https://www.hindustantimes.com/analysis/keeping-up-with-up-can-congress-sp-quota-card-breach-the-sanatan-narrative-101737887776679.html</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>Far from the romanticised ‘pacifist’ and ‘tolerant’ stereotypes surrounding them, recent videos of a few sadhus beating up ‘reporters’ have surfaced from the ongoing Maha Kumbh, demonstrating an image of these holy men as unpredictable, status-conscious and ready for a duel at short notice and for perceived slights. This is nothing new. In general, throughout the colonial period when the Magh mela at Triveni Sangam was first repositioned as the Kumbh mela on the lines of the original Kumbh mela in Haridwar, the sadhus and their Akharas have sought to create an exclusive zone for themselves, where they could maintain complete supremacy. This, however, has never been allowed by the government of the day.  Beyond being the world’s largest gathering, the Maha Kumbh has historically been a site for contestation and dispute. Beyond its religiosity, in colonial times, the fair bore witness to numerous instances that, though now forgotten, helped shape its identity. Naga Sadhus and Victorian moralityWhile the British banned nudity, it was not easy to enforce it within the arena of a religious festival like the Kumbh. Going around stark naked was a practice and indeed became a key status marker for important Akharas. This contestation of sadhus’ practice and British morality led to curious incidents that reveal how both sides resolved it. Sadhus, for instance, fought among themselves over the right to be naked, as recorded in 1861 and 1872, when the Nirmali akhara attempted to walk naked and was immediately stopped by rival akharas, leading the British to ban all akharas from practising nudity. This was seen as interference in religion and the British, having learnt their lessons from the 1857 mutiny, devised another way to ensure peace was not disturbed at Kumbh melas. Kama MacLean wrote in “Pilgrimage and Power: The Kumbh Mela in Allahabad”, “sadhus enjoyed their reputation as turbulent and difficult and interpreted British attempts to control them in interesting ways. By the 1880s, the authorities in charge of the mela had found that the most effective way to conduct the processions was to post a European officer to lead each akhara to the waters of the sangam. For the akharas, it was a mark of their importance that a European dignified their procession, and in one incident, at the 1882 Kumbh when an Indian Tahsildar was deputed to lead a procession, the akhara's mahant took it as a slight to the status of his sect and refused to proceed unless he was furnished with a white officer. One was duly supplied.” Failed attempt to monetise Hindu customIn true capitalist spirit, businessmen too began looking at the mela as a business opportunity. “Messers Watson and Summers”, for instance, a business firm dealing in uniforms among other goods, hit upon an ingenious idea for the 19th century: they paid ₹200 to the mela fund and sought to collect the hair that pilgrims had ‘offered’ to the Ganga and sell them to wig-makers in London. This is now a widely lucrative business at several temples most notably at the Balaji temple in Tirupati. But back in 1874, this was an entirely new idea. Hindu organisations were able to successfully thwart this attempt by asserting that their religious custom could not be turned into a commercial enterprise. 1924 Kumbh: Why Nehru defied the Bathing BanIn 1923, heavy rains led to the erosion of the Ganga bank at the sangam making it extremely dangerous for bathing. The British government, therefore, banned bathing at the Ardha Kumbh. This was duly opposed by Hindus who, led by Madan Mohan Malviya, requested the government to undertake urgent repairs and release a sum of ₹20,000 to ensure pilgrims could take the ritual bath. But government inefficiency meant that there was a considerable delay in the release of funds leaving no time to repair the bank, therefore the ban remained in place. Malviya was joined by Jawaharlal Nehru, who would go on to become the first Prime Minister of independent India, in challenging the ban. On the day before Sankranti, on January 13, 1924, Malviya telegrammed the officer in charge of the Kumbh that the ban was “illegal and improper and unjustly interferes with our liberty and performing our religious duties”. The next day on Makar Sankranti when Nehru reached the Sangam it resembled a garrison town with heavy foot and mounted police deployed to prevent bathing. Malviya and his followers began a Satyagraha in protest, as the day progressed the crowd swelled forcing the district administration to negotiate. The administration suggested that the sadhus bathe first but this was rejected by Malviya on the ground that the British were trying to divide the Hindus. Though Nehru, a devout atheist had stayed away from religious politics, he saw the occasion as an example of British high-handedness and the government’s unwillingness to accommodate the feelings of Hindu masses. MacLean wrote, “Nehru went to the sangam on the morning of the Kumbh, “with no intention of bathing,” and joined the Satyagraha. After some hours, as the tension grew, he began to suspect that the crowd would be charged. He climbed the barricade and was handed the national flag, Nehru recalled in his autobiography, “Faint memories of revolutionary barricades came to me. At last, I got down on the other side and, feeling very hot after my exertions, decided to have a dip in the Ganges.” Seeing Nehru defying the ban, many other bathers followed his lead and took the holy dip. In the following days, the British had to accept that they had been mistaken in trying to enforce the ban and eventually took urgent steps to regulate the flow of water, strengthen the bank and ensure that the rest of the Kumbh went off peacefully by incorporating the views and suggestions of Hindu organisations. HistoriCity is a column by author Valay Singh that narrates the story of a city that is in the news, by going back to its documented history, mythology and archaeological digs. The views expressed are personal. This is nothing new. In general, throughout the colonial period when the Magh mela at Triveni Sangam was first repositioned as the Kumbh mela on the lines of the original Kumbh mela in Haridwar, the sadhus and their Akharas have sought to create an exclusive zone for themselves, where they could maintain complete supremacy. This, however, has never been allowed by the government of the day. Beyond being the world’s largest gathering, the Maha Kumbh has historically been a site for contestation and dispute. Beyond its religiosity, in colonial times, the fair bore witness to numerous instances that, though now forgotten, helped shape its identity. While the British banned nudity, it was not easy to enforce it within the arena of a religious festival like the Kumbh. Going around stark naked was a practice and indeed became a key status marker for important Akharas. This contestation of sadhus’ practice and British morality led to curious incidents that reveal how both sides resolved it. Sadhus, for instance, fought among themselves over the right to be naked, as recorded in 1861 and 1872, when the Nirmali akhara attempted to walk naked and was immediately stopped by rival akharas, leading the British to ban all akharas from practising nudity. This was seen as interference in religion and the British, having learnt their lessons from the 1857 mutiny, devised another way to ensure peace was not disturbed at Kumbh melas. Kama MacLean wrote in “Pilgrimage and Power: The Kumbh Mela in Allahabad”, “sadhus enjoyed their reputation as turbulent and difficult and interpreted British attempts to control them in interesting ways. By the 1880s, the authorities in charge of the mela had found that the most effective way to conduct the processions was to post a European officer to lead each akhara to the waters of the sangam. For the akharas, it was a mark of their importance that a European dignified their procession, and in one incident, at the 1882 Kumbh when an Indian Tahsildar was deputed to lead a procession, the akhara's mahant took it as a slight to the status of his sect and refused to proceed unless he was furnished with a white officer. One was duly supplied.” In true capitalist spirit, businessmen too began looking at the mela as a business opportunity. “Messers Watson and Summers”, for instance, a business firm dealing in uniforms among other goods, hit upon an ingenious idea for the 19th century: they paid ₹200 to the mela fund and sought to collect the hair that pilgrims had ‘offered’ to the Ganga and sell them to wig-makers in London. This is now a widely lucrative business at several temples most notably at the Balaji temple in Tirupati. But back in 1874, this was an entirely new idea. Hindu organisations were able to successfully thwart this attempt by asserting that their religious custom could not be turned into a commercial enterprise. In 1923, heavy rains led to the erosion of the Ganga bank at the sangam making it extremely dangerous for bathing. The British government, therefore, banned bathing at the Ardha Kumbh. This was duly opposed by Hindus who, led by Madan Mohan Malviya, requested the government to undertake urgent repairs and release a sum of ₹20,000 to ensure pilgrims could take the ritual bath. But government inefficiency meant that there was a considerable delay in the release of funds leaving no time to repair the bank, therefore the ban remained in place. Malviya was joined by Jawaharlal Nehru, who would go on to become the first Prime Minister of independent India, in challenging the ban. On the day before Sankranti, on January 13, 1924, Malviya telegrammed the officer in charge of the Kumbh that the ban was “illegal and improper and unjustly interferes with our liberty and performing our religious duties”. The next day on Makar Sankranti when Nehru reached the Sangam it resembled a garrison town with heavy foot and mounted police deployed to prevent bathing. Malviya and his followers began a Satyagraha in protest, as the day progressed the crowd swelled forcing the district administration to negotiate. The administration suggested that the sadhus bathe first but this was rejected by Malviya on the ground that the British were trying to divide the Hindus. Though Nehru, a devout atheist had stayed away from religious politics, he saw the occasion as an example of British high-handedness and the government’s unwillingness to accommodate the feelings of Hindu masses. MacLean wrote, “Nehru went to the sangam on the morning of the Kumbh, “with no intention of bathing,” and joined the Satyagraha. After some hours, as the tension grew, he began to suspect that the crowd would be charged. He climbed the barricade and was handed the national flag, Nehru recalled in his autobiography, “Faint memories of revolutionary barricades came to me. At last, I got down on the other side and, feeling very hot after my exertions, decided to have a dip in the Ganges.” Seeing Nehru defying the ban, many other bathers followed his lead and took the holy dip. In the following days, the British had to accept that they had been mistaken in trying to enforce the ban and eventually took urgent steps to regulate the flow of water, strengthen the bank and ensure that the rest of the Kumbh went off peacefully by incorporating the views and suggestions of Hindu organisations. HistoriCity is a column by author Valay Singh that narrates the story of a city that is in the news, by going back to its documented history, mythology and archaeological digs. The views expressed are personal. Get 360° coverage—from daily headlines to 100 year archives.</t>
+          <t>The Mandal-Mandir politics of the early 1990s is back as the Opposition uses caste and quota to neutralise the Sanatan narrative in the country including in Uttar Pradesh (UP), the nerve centre of the Bhartiya Janata Party (BJP)’s Hindutva campaign. Ironically, the lower castes are also torn between religious sentiments and the quest for “roti kapda makan”, which is the focus of Prime Minister Narendra Modi’s welfare schemes. To recall, it was in August 1990 that the National Front government led by Vishwanath Pratap Singh announced implementation of the Mandal Commission report, granting 27% quota for the Other Backward Classes (OBCs) amid growing chants of “Jai Shri Ram” as the Ayodhya temple movement was reaching peak momentum. Singh’s announcement divided the society into pro and anti-quota groups. As the quota issue raged in the country, a worried Sangh Parivar launched the ‘Rath Yatra’ in September-October 1990, which covered 10,000 km in 10 states. The rest, as we are well aware, is history. Now, as the BJP, under the leadership of Modi and UP chief minister Yogi Adityanath, aggressively pushes its agenda, the Opposition has, once again, fallen back on the time-tested social justice theme to protect their voters from getting hijacked by the Hindutva bandwagon. In an attempt to thwart the growing consolidation of the Hindus under the Sanatani banner, they are also pushing emotive issues of the Constitution, reservation and caste census. The Constitution issue paid dividends in the 2024 general elections. Can the quota promise also deliver votes? Ironically, while the Samajwadi Party (SP), Bahujan Samaj Party (BSP), the Rashtriya Janata Dal (RJD) in Bihar have gained from quota politics, the Congress has not succeeded in penetrating the vote bank of the lower castes. Recently, Congress leader Rahul Gandhi reiterated his party’s commitment to social justice, stating that the Congress, if voted to power, would remove the 50% cap placed on quota by the court. He said it during his visit to Bihar, which is heading for polls later in 2025. Earlier, Gandhi made a similar assertion in the Lok Sabha. The immediate reaction of the people was negative as many said it would nullify merit. However, his announcement may have appealed to the lower castes that dominate and decide the elections in Bihar. MP Dubey, former head of the political science department at Allahabad University, believe that the statement was nothing but an emotional ploy to stop the lower backward castes from getting swept by religious sentiments in today’s highly charged atmosphere. Shashi Kant Pandey of Baba Bhimrao Ambedkar University said the issue of caste, Constitution and quota was tested in the 2024 Lok Sabha polls. “By raising the quota issue, Rahul Gandhi is trying to address a constituency that comprises 70% of the population. The BJP is also worried as they have not been their core voters, but beneficiaries of the schemes. The BJP had largely bulldozed the narrative of caste by Hindutva and plethora of welfare schemes but now quota and caste census are denting their efforts.” Gandhi and SP leader Akhilesh Yadav have been consistently playing the caste card, raising the issues of caste census, quota and the Constitution. The question is would quota and caste census fetch them votes in the forthcoming assembly elections in Delhi and Bihar? The Congress is actually moving in untested territory, as with the traditional vote bank of Brahmins, Muslims and Dalits, it had not dabbled in the backward-forward caste politics until the resurgent BJP pushed its Hindutva agenda. The SP had been the face of social justice in UP as they got the bulk of support from the backward castes. The backwards had rarely accepted a forward caste leader as their “neta” (leader) as they doubted their sincerity to the cause. History proves that champions of quota met their nemesis in the electoral arena of modern India especially when the protagonists were from the upper castes. Both former PM VP Singh and former UP chief minister Rajnath Singh had pledged to change the social justice system. One implemented the Mandal while the other mooted quota within quota. Singh, who gave the call of “vyavyastha parivartan (change in social system)”, failed to resurrect himself in the latter part of his political career. Many agree with his close lieutenant Satya Pal Malik who had said, “You have left a legacy of divisiveness for which the nation would never forgive you”. For those who have not kept track of UP politics, the Janata Dal’s tally of Lok Sabha seats in UP fell from 54 in 1989 to 22 in 1991 (the post- Mandal scenario) though Singh was expecting a Mandal miracle. Janata Dal disintegrated and disappeared while Singh then tried to wage a renewed battle for farmers and rarely talked about Mandal. Rajnath Singh’s experiment with quota within quota for OBCs and Dalits in early 2000 boomeranged. What was touted as the BJP’s trump card failed in the electoral arena as it failed to divide the Opposition precious vote banks of OBCs and Dalits. The BJP ended up with less than 100 seats in the Vidhan Sabha of 403 in the 2002 assembly elections. The Congress is now trying to rebuild the party on the reservation plank. Its national president Mallikarjun Kharge is a Dalit but rarely is his caste flaunted. Gandhi belongs to the upper caste. Thus, the Congress will need allies like the RJD in Bihar and the SP in UP to gain mileage from quota and caste census.</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
           <t>Analysis</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:F11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
@@ -6228,365 +4072,369 @@
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Content</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Noida man makes hole in Rs 1.5-crore flat’s wall with pencil, leaves internet stunned: ‘Gaon ke ghar zyada mazboot hain’</t>
+          <t>‘Growing up, my dad didn’t let me use the car’: Vivek Oberoi opens up about his business side, checking price tags, fitness rituals, and more</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>The video quickly went viral, sparking heated discussions about the quality of construction in pricey housing projects.</t>
+          <t>“Acting is my passion, but business is the enabler,” says Vivek Oberoi.</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>November 13, 2025 11:23 am</t>
+          <t>March 02, 2026 3:59 pm</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/trending/trending-in-india/noida-man-makes-a-hole-in-rs-1-crore-flat-wall-with-pencil-triggers-debate-10358903/</t>
+          <t>https://indianexpress.com/article/lifestyle/growing-up-my-dad-didnt-let-me-use-the-car-vivek-oberoi-opens-up-about-his-business-side-checking-price-tags-fitness-rituals-and-more-10496406/</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Many people invest their life savings in luxury apartments in metropolitan cities, believing they’re buying safety and high-quality construction. But a recent video from a high-rise in Noida, reportedly priced at around Rs 1.5 crore, has left the internet shocked. In the clip, a resident reveals just how fragile the walls of his flat are. Instead of using a power drill, he presses a wooden pencil against the wall, gives it a light tap with a hammer, and within seconds, a hole appears. In his video, the resident said, “This hole in the wall was made using a pencil. I placed the pencil against the wall, hit it with a hammer, and it went right in. When I first tried using a drill, and then used the pencil, the pencil went straight through the wall. It’s a wooden pencil with graphite, which we used in school. That’s how the house has been built, so weak that you don’t even need a drill. You can make a hole in the wall just with a pencil.” He shared the clip with a frustrated caption: “Apna ghar dusron se banwao to unke sar par khade reh banwao bhai… warna ye milega! Ye kaisa ghar bana diya??” (When you get your house constructed by others, stand right over their heads and supervise… or else this is what you’ll get! What kind of house is this?)   A post shared by Kabeer.Unfiltered (@kabeer.unfiltered)  The video quickly went viral, sparking heated discussions about the quality of construction in pricey housing projects. However, some viewers were quick to clarify that these are non-structural Autoclaved Aerated Concrete (AAC) walls – lightweight materials often used in high-rise buildings for safety and efficiency. One user tried to educate others, writing, “Those are non-structural AAC walls. They aren’t weak – they’re lightweight, eco-friendly, fire-resistant, and provide good insulation. Since they’re non-load-bearing, they actually make a building safer during earthquakes. We’re just used to the purane zamane ke eent pathar ke ghar (the old brick-and-stone houses), so this feels shocking – but in breaking it, you’re only damaging your own home.” Another comment read, “Brother, these are AAC blocks – autoclaved aerated concrete. They have air pockets that make them light, which is why drilling is so easy. This is why knowledge is important.” But not everyone was convinced. “How bad it feels to have been cheated, investing almost a crore in such poor infrastructure,” one user wrote. “Even gaon ki mitti ke ghar (the mud houses in villages) are stronger than this,” said another. Kamlochan Kashyap, Deputy Inspector General of South Bastar, first encountered Madvi Hidma in 2007 after a deadly Maoist attack. Hidma rose to become a formidable leader, leading Battalion 1 in numerous deadly attacks on security forces. Despite years of pursuit, Hidma remained elusive due to challenging terrain and lack of police presence.</t>
+          <t>From the soft, romantic boy-next-door in Saathiya to the menacing Maya Dolas in Shootout at Lokhandwala, Vivek Oberoi has showcased a remarkable range on screen. But there’s another side to the actor that many may not know. Long before “lights, camera, action” became part of his life, Oberoi was already venturing into the world of business. In fact, his entrepreneurial journey began when he was just 10 years old. Today, he oversees a diverse business portfolio spanning real estate, jewellery, spirits, and technology. And no, this isn’t a celebrity side hustle. For Oberoi, business is serious territory — the quiet engine that fuels his creative freedom in cinema. His luxury real estate venture, BNW Developments, recently teamed up with Italian brand Tonino Lamborghini to launch the first-ever Tonino Lamborghini Residences in Ras Al Khaimah, UAE, with a star-studded launch featuring celebrities like Rishab Shetty and Mouni Roy. In an exclusive chat with indianexpress.com, the actor-entrepreneur opens up about his everyday rituals, his relationship with money, and the values he grew up with. From green juice mornings and family breakfasts to still checking price tags despite his success, he talks about the discipline behind the glamour, and the lessons that continue to shape both his boardroom and on-screen choices. Here are the edited excerpts: Vivek Oberoi: The very first thing I do is drink a shot of green juice before drinking or eating anything else. It’s a great detox and gives me the time to find my centre before the world wakes up. I try to avoid caffeine early in the morning because the only real wake-up fuel I need is the ritual of breakfast with my wife and kids. Vivek Oberoi: I work out every single day. Sometimes I take my son along too; it’s a great way to bond while getting a solid session in. Vivek Oberoi: I’ve returned to the simple magic of physical books. In an age of endless scrolling and digital distractions, these quiet, analogue moments are my greatest luxury. Vivek Oberoi: Acting is my passion, but business is the enabler. It has got me to a point where I can pursue my passion purely. Just like cinema, real estate is about long-term vision, timing, and creating something that truly lasts Vivek Oberoi: I think films and business have their own uniqueness, but if I have to talk about one thing that is common, it is that you need a strong team to win in both realms. Vivek Oberoi: I’m looking forward to exciting, creative and business projects in both India and the UAE. Honestly, my hands are full, and I love it!   A post shared by CNBC-TV18 (@cnbctv18india) Vivek Oberoi: I look at wealth creation in three simple steps. First, you must be very clear about your source, your active income. Second comes savings. Once your basics are secure, the surplus income should be invested with a long-term perspective and purpose. Vivek Oberoi: Always. Growing up, my dad didn’t let me use the car, so I had to take the bus to college. He taught me that there’s a certain respect for money you never lose if you’ve worked hard for it. So yes, I check the tag, not because I have to, but because I want to know if the value matches the price. Vivek Oberoi: Memories. Whether it’s a trip with my parents or a special experience for my kids, I never look at the bill. Money is not eternal, but that one afternoon of pure joy with your family is an investment that pays dividends forever. Vivek Oberoi: A lot of people get very surprised at my business acumen because it’s a common myth that creative people are not very business savvy. Very few people know that I’ve been a business guy since I was ten, selling perfumes door-to-door and maintaining a khata book. 📣 For more lifestyle news,  click here to join our WhatsApp Channel and also follow us on Instagram</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Pune real estate records robust growth, property transactions breach 13,000-mark in September</t>
+          <t>Loan diversion, stalled flats: Bengaluru police launch probe against bank officials, developers in 'Rs 130-crore housing fraud'</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Haveli Taluka, Pune Municipal Corporation, and Pimpri Chinchwad Municipal Corporation areas continued to dominate residential transactions, contributing 61 per cent of total market activity.</t>
+          <t>Over 123 homebuyers, mostly senior citizens, have been left in the lurch after paying Rs 70 crore for flats that were never delivered.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>October 30, 2025 4:22 pm</t>
+          <t>February 15, 2026 6:10 pm</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/cities/pune/pune-real-estate-records-robust-growth-property-transactions-breach-13000-mark-in-september-10335950/</t>
+          <t>https://indianexpress.com/article/cities/bangalore/loan-diversion-bengaluru-pbank-officials-developers-housing-fraud-10533729/</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>Written by Sanika Deshpande The Pune real estate market recorded 13,557 property transactions in September 2025, which is a 23 per cent increase from the 11,056 transactions registered in the same month last year. The growth in sales was also complemented by an uptick in government revenue collections. As per a report of the Maharashtra Inspector General of Registration (IGR), stamp duty collections increased 3 per cent year-on-year (YoY), climbing to Rs 523 crore in September 2025 from Rs 508 crore a year earlier. Knight Frank India, a real estate advisory firm, reported that property registrations climbed by over 2 per cent month-to-month (MoM) from 13,253 in August 2025, while stamp duty revenues increased by 7.8 per cent from Rs 485 crore in August 2025. Knight Frank credited this to the opportune festive calendar this year. The Shradhh (Pitru Paksha) period extended for most of September last year, causing a decrease in property registrations. In contrast, the 2025 calendar allowed the festive season to begin earlier, with the onset of Navratri and Dussehra coinciding with the end of Shradhh. This encouraged homebuyers to schedule their purchase, leading to a surge in property transactions during the month. Complementing these findings, Cushman &amp; Wakefield said in their Residential Q3 2025 MarketBeat that Pune saw 10,776 new residential unit releases in the third quarter. The mid-segment accounted for 58 per cent of these launches, while high-end and luxury units made up 38 per cent. The NH-4 Bypass North corridor, including Hinjewadi and Wakad, led with 38 per cent of new launches. The report also noted that properties priced up to Rs 1 crore constituted nearly 85 per cent of the total registrations. Meanwhile, the proportion of homes valued above Rs 1 crore saw a slight increase, rising from 14 per cent in September 2024 to 15 per cent in September 2025. “The market is operating at sustainable volumes, signalling growing maturity and enduring confidence among homebuyers,” said Shishir Baijal, Chairman and Managing Director, Knight Frank India. Regionally, Haveli Taluka, Pune Municipal Corporation (PMC), and Pimpri Chinchwad Municipal Corporation (PCMC) continued to dominate residential transactions, contributing 61 per cent of total market activity. Western Pune accounted for 17 per cent, while the remaining 22 per cent came from the eastern, northern, and southern corridors of the city. “Pune’s real estate momentum is further reinforced by its accelerating infrastructural developments. With major projects such as the Pune Metro expansion, the PMRDA and MSRDC outer ring roads, and the Pune-Bengaluru Expressway, the city has significantly enhanced connectivity and accessibility, further strengthening its position as a preferred centre for real estate investment and sustainable urban growth,” said a real estate expert. (Sanika Deshpande is an intern with The Indian Express) Click here to join Express Pune WhatsApp channel and get a curated list of our stories India has received a six-month exemption from US sanctions on the Chabahar port in Iran, which is being developed by India, MEA spokesperson Randhir Jaiswal said during a press briefing on Thursday. The US had previously withdrawn the sanctions waiver granted to the port, which is strategically important for India as it provides a direct trade route to Afghanistan and Central Asia.</t>
+          <t>The Central Crime Branch (CCB) of the Bengaluru police Friday registered an FIR against Shore Dwellings Pvt Ltd (Mantri Dwellings), senior officials of ICICI Bank, Kappa Developers LLP, and others in connection with a housing fraud allegedly involving over Rs 130 crore. According to the complaint, joint development agreements were signed between Shore Dwellings and senior developers for constructing residential flats on properties in Kharadi and Ghorpadi villages, Haveli taluk, Pune district, Maharashtra. Shore Dwellings allegedly promised delivery of 123 flats and collected around Rs 70 crore from homebuyers. The complaint alleges that Shore Dwellings mortgaged these properties to Yes Bank and obtained loans totalling approximately Rs 40 crore, which were later taken over by ICICI Bank. ICICI Bank allegedly sanctioned loans totalling nearly Rs 130 crore, of which Rs 60.67 crore was disbursed. Despite minimal construction activity, bank officials are accused of releasing funds in violation of project finance norms, with portions of the loan allegedly diverted for non-construction purposes. In December 2021, an agreement was executed with Kappa Developers LLP to develop the project, allegedly without safeguarding the interests of existing flat purchasers. Other accused include Nidhi Jain and Plaza Agencies Pvt Ltd. Sources said the initial promoters operated from an office on Vittal Malia Road, Bengaluru, while the project loans were sanctioned by banks and financiers from the city, establishing a financial nexus to Bengaluru. The case pertains to the stalled Mantri Vantage project in Pune, developed by Shore Dwellings Pvt Ltd, a subsidiary of Mantri Developers Pvt Ltd. The FIR registered after the complaint was submitted to the Commissioner of Police, Bengaluru, cites multiple provisions of the Indian Penal Code (IPC), including Sections 120B (criminal conspiracy), 403 (dishonest misappropriation), 405/406 (criminal breach of trust), 415/420 (cheating), and 464 (forgery). These provisions cover conspiracy, misappropriation, cheating, breach of trust, and document fabrication. Sources say the project, Mantri Vantage in Pune, a subsidiary of Mantri Developers Pvt Ltd, was originally scheduled for completion in December 2019 but stalled during the Covid-19 pandemic. By 2021, promoters became unresponsive. Around 123 flat buyers – mostly senior citizens – had paid over Rs 70 crore via advance bookings and instalments. Buyers later discovered that the project was mortgaged to Yes Bank and ICICI Bank, and the loan account was classified as NPA in 2019. In 2021, arrangements were allegedly attempted between the developer, lenders, and a third-party developer for a takeover via one-time settlement, but the plan did not materialise. In December 2024, buyers noticed a possession notice on-site and discovered previously undisclosed financial and legal arrangements affecting the project.
+With construction stalled for over seven years and only partial structures in place, buyers – many still paying EMIs – have filed criminal complaints alleging financial irregularities and lack of transparency. Further investigations are underway. Stay updated with the latest - Click here to follow us on Instagram</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Create your own urban jungle with these 6 indoor plants that can grow over six feet</t>
+          <t>9-page red-ink note and walk-in psychiatry visit deepen mystery around Bengaluru businessman C J Roy's suicide</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>As homes get greener and taller, these 6-foot-plus indoor plants are turning everyday corners into stylish, wellness-driven urban jungles.</t>
+          <t>Just weeks before he killed himself, C J Roy had moved the Karnataka High Court against I-T proceedings, only to abruptly withdraw the plea two days later.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>September 14, 2025 12:22 pm</t>
+          <t>February 09, 2026 12:48 pm</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/lifestyle/create-your-own-urban-jungle-with-these-6-indoor-plants-that-can-grow-over-six-feet-10231874/</t>
+          <t>https://indianexpress.com/article/cities/bangalore/mystery-around-real-estate-tycoon-c-j-roy-suicide-sit-probe-10520994/</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>It is no secret that greenery lifts the mood, soothes the mind, and transforms any space into a calmer, more ambient zone. Scientific studies, too, have long confirmed the therapeutic benefits of being around plants. But here’s something you might not know—bringing indoor plants into your space isn’t just a feel-good hobby, it’s part of a booming global movement. The wellness real estate industry, which focuses on designing spaces that promote mental and physical health, is already worth $584 billion (as of 2024) and is projected to hit $1.1 trillion by 2029, according to the Global Wellness Institute. Millions are revamping their homes with greenery of all sizes and shapes, leaning into the trend of biophilic living. As the trends catches on, you can also create your own version of urban jungle with these plant varieties, readily available in India. Each of these can grow over six feet with the right care and make a serious style statement while they’re at it. A classic favourite in Indian homes, the Areca Palm is loved for its lush, feathery fronds and air-purifying qualities. It thrives in bright, indirect light and, with the right care, can grow up to 7 feet indoors. Bonus: it acts as a natural humidifier—perfect for dry weather. If there were a celebrity among houseplants, this would be it. With its large, violin-shaped glossy leaves, the Fiddle Leaf Fig became an interior design darling during the pandemic. Place it in bright, filtered sunlight, water sparingly, and it can shoot well beyond 6 feet, making a dramatic vertical accent. Sleek and stylish, the Rubber Plant is known for its thick, waxy leaves in deep green or burgundy. It grows tall with minimal fuss and can tolerate a bit of neglect—great for beginners. Position it in a spot with medium to bright light, and it will quietly reach for the ceiling. This spiky beauty from Madagascar offers a sculptural, minimalist look and can grow 6–8 feet tall. It’s highly drought-tolerant, needing only occasional watering. Just note: it’s mildly toxic to pets, so skip it if you’ve got furry friends roaming around. For a bold, tropical vibe, the Monstera is unbeatable. Its iconic split leaves (“Swiss cheese plant,” anyone?) love bright, indirect light and humid conditions. Stake it for support, and it’ll climb high and proud—perfect for a sunny room or bathroom with occasional misting. Graceful and elegant, the Parlor Palm brings a touch of vintage charm—it was a favorite during the Victorian era. Known for thriving in low-light spaces, it grows slowly but steadily, eventually reaching over 6 feet indoors with minimal care. Think timeless sophistication in a pot. 📣 For more lifestyle news,  click here to join our WhatsApp Channel and also follow us on Instagram Kamlochan Kashyap, Deputy Inspector General of South Bastar, first encountered Madvi Hidma in 2007 after a deadly Maoist attack. Hidma rose to become a formidable leader, leading Battalion 1 in numerous deadly attacks on security forces. Despite years of pursuit, Hidma remained elusive due to challenging terrain and lack of police presence.</t>
+          <t>Over a month before his now confirmed death by suicide, amid an Income Tax (I-T) department probe at his central Bengaluru office, C J Roy, 57, a flamboyant, high-profile, real estate businessman, had approached the Karnataka High Court with a plea to stop tax evasion proceedings initiated against him by Income Tax authorities in Kerala. Within two days of filing the petition on December 16, 2025, seeking an order declaring a search and seizure operation conducted by I-T authorities on December 3, 2025, at his Bengaluru office and other properties as “illegal, arbitrary and without jurisdiction”, the chairman of the Confident Group withdrew his plea on December 18. “The counsel for the Petitioner seeks leave of this Hon’ble Court to withdraw the instant writ petition with a liberty to challenge subsequently. The memo may be considered in the interest of justice and equity,” a single-judge bench of the HC noted in the December 18 order. No reasons were given for the withdrawal of the plea, and advocate Mahesh Choudhary, who appeared for the Confident Group in the case, did not comment in the immediate aftermath of Roy’s death on what prompted the withdrawal, but acknowledged that no fresh plea was filed subsequently. Additional Solicitor General of India Arvind Kamath, who appeared on behalf of the Income Tax authorities, said the authorities had found evidence of “undisclosed income” linked to Roy, leading to proceedings against the real estate tycoon, who had business interests in Karnataka, Kerala and the UAE. “For three days (since January 28), the I-T department has been conducting investigations there (at Roy’s office). I don’t know what they have done or what they have asked. I do not know the details. He has died by suicide. The I-T investigation was being done by a team headed by an additional commissioner from Kerala, Krishna Prasad,” C J Roy’s older brother C J Babu, also a businessman, told the media in Bengaluru on January 30, soon after the death. “Other than the Income Tax issue, he had no other issues. I am very sure of it. He didn’t have threats or loans. But I don’t know what happened with Income Tax. I have to find out. Let the truth come out, let us see what happens,” Babu said in another public comment. “I last spoke with him at 10.40 am yesterday (on the day of death). He called me twice. I will see what the office staff say,” said Babu, who has business interests in real estate and gold. Even as a Special Investigation Team (SIT) of the Bengaluru police attempts to find the circumstances that triggered the death, it is apparent that the I-T proceedings alone, as implied by the comments of Roy’s older brother soon after the death, did not trigger the death. The Confident Group and Roy had, in fact, faced several I-T proceedings in the past and won a significant favourable order in the Karnataka HC in a tax evasion case in 2016. The latest I-T proceedings against the Confident Group began with a search that was conducted on December 3, 2025 by I-Tauthorities on the Confident Group’s central Bengaluru headquarters which holds the office of C J Roy, who was reportedly in Dubai at the time, and the residence of a director in the firm since 2023, Joju Kochappan, considered to be a close, trusted associate of the Confident Group chairman. The search, according to sources, was conducted based on a clearance issued by the I-T department’s Principal Director of Investigation in Kochi. The search is reported to have yielded evidence of violations of the I-T Act and the Black Money (Undisclosed Foreign Income and Assets) and Imposition of Tax Act 2015 by Roy and his firms. Multiple documents linked to land purchases around Bengaluru by Confident Projects (India) Pvt Ltd, the holding company of the group, its subsidiaries and associated firms were seized in the searches along with computer servers, mobile phones, laptops and email accounts of key employees and a new chartered accountant employed by the firm since 2025. The I-T department’s Karnataka and Goa region office in Bengaluru did not comment officially on the searches and evidence gathered in the proceedings against the Confident Group in December 2025. “This pertains to investigations by the Kochi unit,” an I-T official said. According to sources, the I-T searches at Roy’s office and Joju Kochappan’s residence from December 3 to December 7 were carried out under a warrant authorising searches of multiple entities, including firms owned by Roy’s older brother, Babu, the Kerala-based Confident Group MD, Joseph T A, and other long-term associates. Although the search of the director, Joju Kochappan’s residence, which resulted in the recovery of over Rs 38 lakh in cash and documents, was not part of the search warrant, the searches were reportedly conducted on the basis of Kochappan’s association with Roy. In the petition withdrawn in the HC on December 18, Confident Group and Roy questioned the I-T department’s selective searches. The petition said that “search proceedings were admittedly carried out only against certain entities and not against all named in the warrant”. “The warrant relied upon is a single, omnibus authorisation deployed to cover multiple distinct assessees and premises, including residential premises of persons not named therein. Further reliance on material seized under such defective authorisation would perpetuate an apparent illegality,” the HC petition that was withdrawn argued. After the I-T department found evidence during the searches to indicate tax evasion by C J Roy, Confident Projects (India) Pvt Ltd and others, the I-T department summoned Roy because the employees of the firm indicated that only Roy could explain many documents that the I-T department had seized. Following the December 2025 search proceedings, the I-T department summoned Roy and he responded combatively through a letter written on December 8, saying the summons was illegal. He also claimed diplomatic immunity from I-T department proceedings by citing his credentials as the Honorary Consul of Slovakia. Roy said in his letter to I-T authorities in Kerala that his office in Bengaluru “includes the office maintained by him in his official capacity as the honorary consul officer of the Republic of Slovakia under the Vienna Convention on Consular Relations, 1963”. “Any intrusion, entry, search seizure, or interference with consular premises or consular archives – whether partially or wholly situated within the assessee’s premises – is prohibited under the VCCR,” the Confident Group chairman said. He sought time till December 11 to meet I-T officials in Kerala to discuss his case. After challenging the I-T case in the Karnataka HC in mid-December 2025 and abruptly withdrawing it, the Confident Group chairman is reported to have met with I-T officials. A family friend who met Roy in early January during one of his visits to Bengaluru from Dubai said the Confident Group chairman had appeared anxious for several days. The financials filed by Roy’s holding company, Confident Projects India Pvt Ltd, with the registrar of companies in 2025 for the 2023-24 financial year indicate the firm was healthy. The firm reported revenue of Rs 81 crore on a standalone basis in 2023-24, with a net profit of Rs 2.31 crore, compared to revenue of Rs 62 crore and a profit of Rs 1.9 crore in 2022-23. The consolidated revenue of the holding firm was recorded at Rs 152 crore in 2023-24 compared to Rs 134 crore the previous year and a net profit of Rs 4.8 crore compared to Rs 4.3 crore in 2022-23. In the 2024 financial year, Confident Projects India Pvt Ltd received an unsecured loan of Rs 127 crore from a related party, compared with a similar loan of Rs 60 crore in 2023. The firm recorded foreign exchange outflows of Rs 6.6 crore in 2024, compared with Rs 85 crore in 2023. Confident Projects – Residential, a Kerala based partnership firm under the Confident umbrella which was created in 2015 – with Confident Projects India Pvt Ltd, C J Roy and the company MD, Joseph T A, as partners – was reportedly the largest revenue grosser in the group through its property business in Kerala with GST filings of over Rs 200 crore in 2023-24. Confident Projects: Residential, which builds apartments in Kerala, reportedly received a loan of Rs 15 crore from Confident Projects India Pvt Ltd in 2024. The presence of this firm in Kerala is reported to have given the I-T department jurisdiction to probe tax evasion by the Bengaluru-headquartered Confident Group. A Confident Group associated firm, D J Projects, which is involved in real estate in Bengaluru, where Joju Kochappan is a director along with C J Roy, reported Rs 71 crore of revenue in 2024 and reported liabilities to the tune of Rs 101 crore. Other Confident Group firms named by the IT department in its probe were Confident Airlines, Confident Resorts, Confident Entertainment and Esteem Building Technology – some of which had negligible revenues or no business at all in the 2023-24 period. Following their searches at the office of C J Roy between December 3 and December 7, the I-T authorities had sealed a cabin of an official on the ground floor of the Confident Group headquarters. The I-T authorities returned on January 28 to open the sealed properties within 60 days of the seizures, as mandated by I-T rules. Roy, who was staying at the five-star Concord Hotel in East Bengaluru at the time, participated in the I-T department proceedings. According to a complaint given by the Confident Group managing director, Joseph T A, on January 30, to the Bengaluru police for legal action over the death of Roy, the Confident Group chairman arrived at the company office at 3 pm along with the MD “to give a statement to the Income Tax Department”. According to Joseph’s written statement to the police, Roy went to his cabin and, after a while, expressed a wish to speak to his mother. “I went outside. After about 10 minutes when I returned the security officer informed me that Dr Roy C J had instructed them not to allow anyone to enter his cabin. After about 10 minutes I went to the cabin and knocked the door but there was no response. I realized the door was locked from inside, we then broke open the door and entered the cabin,” reads the statement of complaint by Joseph T A. “Upon entering the cabin we found Dr Roy C J sitting on his chair with blood on his shirt. We immediately felt his body had become cold. We called an ambulance,” says the complaint. The post-mortem and forensics of the death have revealed that Roy shot himself with a small foreign-made firearm he possessed after holding the gun at a close distance from his chest. The small 6.35 mm calibre bullet pierced his chest and was lodged in his body. The post-mortem and preliminary forensic analysis have ruled out foul play in the death, said multiple police and forensic officials involved with the investigation of the death of C J Roy. Following the complaint by the Confident Group MD Joseph T A for legal action into the death of the group chairman C J Roy, the Congress government in Karnataka constituted an SIT of the Bengaluru police headed by Joint Commissioner of Police (West) Vamsi Krishna, a DIG-rank officer. One of the discoveries made by the SIT since it began its probe “into the circumstances of the death” of Roy, which has been confirmed as death by suicide, is nine pages of notes reported to have been handwritten in red ink by the Confident Group chairman. The note was reportedly discovered at the scene of Roy’s death but was not handed over to the police until a day after the death by a senior official of the company who was at the Confident Group office, raising questions on its authenticity, sources said. The notes written in red ink are about the nurturing of the Confident Group and its businesses by Roy, but do not spell out a specific reason or affix blame for Roy’s decision kill himself on January 30, multiple police sources said. Another discovery made by the SIT during its probe is that Roy consulted a psychiatrist a couple of days before his death at a hospital in South Bengaluru. “It was not a consultation based on an appointment. It was a walk-in OPD consultation,” police sources said. The SIT, which has constituted multiple teams for its probe, has questioned dozens of people in connection with the death, including office staff of the Confident Group and the MD Joseph T A, who was quizzed for an entire day on February 4. “I cannot comment on the death because the SIT has said I must not make media statements,” the Confident Group MD said when contacted for a response. SIT officials said that the family members of C J Roy were yet to be interviewed in the case, as they had sought time for grieving, including Roy’s older brother C J Babu, who had initially suggested that it was the I-T department pressure that took a toll, but did not make any specific mention in statements to the police. With the complaint filed by Joseph T A not blaming anyone and the handwritten notes found after Roy’s death not apportioning blame for the death, the SIT has been restricted so far to understanding the psyche of C J Roy and the circumstances of his death, rather than the causes. “There is no evidence for abetment of suicide,” SIT sources said. According to Roy’s family friends, the Confident Group chairman had a strained relationship with his brother, Babu, for over seven years and had only recently patched things up. “They were not communicating with each other for a while. It was only over the last month that they began talking again,” a former close business associate and friend of Roy said. Roy is reported to have attended a birthday event for Babu in January in Bengaluru. Following the calls Roy made on the day he died, Babu, a former accountant in the defence ministry who was in Thailand for a wedding between January 28 and 30, is reported to have told Roy that he would help him on his return. Incidentally, in March 2025, when a team of the Directorate of Enforcement, the CBI and the Directorate of Revenue Intelligence carried out searches at multiple locations in Bengaluru in connection with a Dubai-origin gold smuggling racket, the premises of Babu, who operates a gold purchase firm, White Gold, and a real estate firm, White Projects, were also searched. The ongoing SIT probe in Bengaluru is not likely to interview tax authorities over the death of Roy on account of no specific link being made in statements to the death. “I cannot comment on the investigations in this case,” SIT head Vamsi Krishna said. The SIT is likely to submit a preliminary report outlining “the circumstances of the death” in the coming days, police sources said.  Stay updated with the latest - Click here to follow us on Instagram</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Amid relentless Mumbai rains, netizens demand ‘boat parking’ for Rs 10 crore luxury flats</t>
+          <t>Married US real estate CEO accused of offering $3 million to subordinate to leave her husband</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>In just four days, Mumbai recorded 791 mm of rainfall, already overshooting the city’s August average of 566 mm.</t>
+          <t>According to Steckling, the couple had a happy married life until Poleg got involved in January 2025.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>August 21, 2025 11:36 am</t>
+          <t>January 31, 2026 6:36 pm</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/trending/trending-in-india/mumbai-rains-netizen-demand-boat-parking-for-8-10-crore-flats-10202205/</t>
+          <t>https://indianexpress.com/article/world/us-news/real-estate-ceo-offered-3-million-to-subordinate-to-leave-husband-10505723/</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>Mumbai, infamous for its sky-high property rates, has been battling a deluge over the past few days, with the monsoon bringing the city to a halt. From flooded streets to disrupted commutes, Mumbaikars are facing the brunt of nature, but many found ways to respond with humour. Social media was flooded with witty posts about the irony of paying crores for homes in a waterlogged city. One viral X post by HowHumans read: “Builders charging 8–10 crores for flats in Mumbai should also provide Boat Parking these days.” #MumbaiRains Mumbai Rain Builders charging 8- 10 crores for flats in Mumbai they should also provide Boat Parking these days pic.twitter.com/U1cglVDxNx — How Football Saved Humans – Great Book to Read (@HowHumans) August 19, 2025  The joke resonates even more when seen against CRE Matrix’s analysis of Mumbai’s property market. It shows that in 2024, a budget of Rs 1 crore secures just 73 sq ft of space in Malabar Hill, one of the most exclusive neighborhoods in the city. Meanwhile, the rain has been relentless. In just four days, Mumbai recorded 791 mm of rainfall, already overshooting the city’s August average of 566 mm. To put that in perspective, Santacruz recorded 798 mm through the entire month of July, a mark nearly matched in under a week. Beyond the numbers, the city’s streets have become a stage for unusual sights. A man dressed as Spider-Man waded through knee-deep water with a toilet wiper in hand, “rescuing” people. In Mumbra, a viral clip showed a man breaking into the trending Aura Farming dance amid the downpour. Outside Oberoi Mall, some even took to swimming in the flooded roads.   A post shared by SPIDER-MAN FROME MUMBAI (@shaddyman98)  The India Meteorological Department (IMD) has placed Mumbai under a yellow alert for today, noting in its daily bulletin that rainfall over Konkan and Madhya Maharashtra is expected to ease gradually over the next three days. Kamlochan Kashyap, Deputy Inspector General of South Bastar, first encountered Madvi Hidma in 2007 after a deadly Maoist attack. Hidma rose to become a formidable leader, leading Battalion 1 in numerous deadly attacks on security forces. Despite years of pursuit, Hidma remained elusive due to challenging terrain and lack of police presence.</t>
+          <t>Tamir Poleg, the CEO of a New York-based real estate firm, has landed in hot water after a lawsuit accused him of offering millions to a female co-worker to leave her husband. The lawsuit, filed by Michael Steckling, claimed that Poleg repeatedly pursued his wife, Paige Steckling, with financial incentives and promises, which according to him, led to the end of their marriage in 2025. Poleg allegedly offered Steckling, a mother of two, financial support beginning in January 2025, including cash payments, real estate and travel, Fox News, citing the lawsuit, reported. The lawsuit characterises the alleged offer as an “indecent proposal.” Poleg offered Paige more than $500,000 in cash and a home in Park City, Utah, valued between $2 million and $3 million. The complaint further alleges Poleg later provided Paige with instructions by email on how to access $1.5 million in two installments, including $800,000 immediately and $700,000 at a later date, the lawsuit alleged. “[He] organized at least three meetings with Paige, including Las Vegas, Nevada in October 2024; Park City, Utah in December 2024, and Anaheim, California in January 2025, presumably to persuade Paige to leave her marriage and pursue a romantic relationship with him,” the lawsuit, which seeks $5 million in damages for his shattered marriage, alleged further. The lawsuit also alleges Poleg booked a hotel room in Miami for himself and Paige in February 2025 and met with her on multiple occasions in Las Vegas, Park City and California prior to the alleged financial offer. According to Steckling, the couple had a happy married life until Poleg got involved in January 2025. He alleged that Paige filed for divorce in February, three days after receiving the email about the $1.5 million. In a statement to Fox News, Poleg’s firm, Real Brokerage, disputed the allegations. The company said Paige Steckling “is not, and was never, an employee of Real,” and said Poleg “never paid Ms. Steckling any money.” However, Poleg admitted to the Daily Mail that he did send the email referenced in the lawsuit, but claimed he was simply offering Paige financial support. He, however, denied the claim that it led to the collapse of the marriage. “[There were] no offers, no romance, no interference,” Poleg said.  The Express Global Desk at The Indian Express delivers authoritative, verified, and context-driven coverage of key international developments shaping global politics, policy, and migration trends. The desk focuses on stories with direct relevance for Indian and global audiences, combining breaking news with in-depth explainers and analysis.
+A major focus area of the desk is US immigration and visa policy, including developments related to student visas, work permits, permanent residency pathways, executive actions, and court rulings. The Global Desk also closely tracks Canada’s immigration, visa, and study policies, covering changes to study permits, post-study work options, permanent residence programmes, and regulatory updates affecting migrants and international students.
+All reporting from the Global Desk adheres to The Indian Express’ editorial standards, relying on official data, government notifications, court documents, and on-record sources. The desk prioritises clarity, accuracy, and accountability, ensuring readers can navigate complex global systems with confidence.
+Core Team
+The Express Global Desk is led by a team of experienced journalists and editors with deep expertise in international affairs and migration policy:
+Aniruddha Dhar – Senior Assistant Editor with extensive experience in global affairs, international politics, and editorial leadership.
+Nischai Vats – Deputy Copy Editor specialising in US politics, US visa and immigration policy, and policy-driven international coverage.
+Mashkoora Khan – Sub-editor focusing on global developments, with a strong emphasis on Canada visa, immigration, and study-related policy coverage.							... Read More</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Luxury, land, and a Rs 90,000 crore pipeline: Is Godrej Properties still a buy?</t>
+          <t>Why this Rs 1.2-crore Mumbai apartment is leaving netizens speechless: ‘Matchboxes can hold more sticks’</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Godrej Properties’ business fundamentals remain strong. In Q1 FY26, the company delivered its highest-ever quarterly net profit of Rs 600 crore, EBITDA of Rs 915 crore, and collections stood at Rs 3,670 crore, a 22 percent rise from a year ago. Yet the flat share price raises questions: is the growth pace slowing, is the premium valuation already pricing in the next few years, or is the broader housing cycle entering a more balanced phase?</t>
+          <t>The video was originally shared on Instagram, with caption, “Mumbai real estate feels like a massive social experiment at this point.”</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>August 20, 2025 7:51 am</t>
+          <t>January 22, 2026 1:59 pm</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/smart-stocks/luxury-land-rs-90000-crore-pipeline-godrej-properties-10199276/</t>
+          <t>https://indianexpress.com/article/trending/trending-in-india/mumbai-1-2-crore-tiny-apartment-bathroom-in-front-of-kitchen-viral-video-10488530/</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Godrej Properties has been one of the most closely watched names in India’s listed real estate space. The stock’s 10-year journey shows a steady climb in the early years, followed by a sharp acceleration from 2023 into mid-2024 when it touched record highs above Rs 3,200. Since then, the share price has corrected and now trades mostly between Rs 2,000 and Rs 2,400. This reflects a market reassessment of growth expectations after a period of extraordinary momentum. The latest quarterly numbers offer insight into how the business is positioned in this new phase. In Q1 FY26, the company reported bookings worth Rs 7,082 crore from the sale of 4,231 homes, covering 6.17 million square feet. This was the eighth consecutive quarter above the Rs 5,000 crore-mark and represented a two-year compounded growth rate of 77 per cent, even though it was lower than the same period last year. The sales mix was broad, with Bengaluru contributing over Rs 3,000 crore, and both the Mumbai region and NCR crossing Rs 1,600 crore each. Collections stood at Rs 3,670 crore, a 22 per cent rise from a year ago, reinforcing the company’s ability to turn bookings into cash. On the profit side, Godrej Properties delivered its highest-ever quarterly net profit of Rs 600 crore, up 15 per cent year-on-year, on a total income of Rs 1,593 crore. Earnings before interest, tax, depreciation and amortisation (EBITDA) grew 18 per cent to Rs 915 crore, aided by strong sell-through on new launches and cost control. For investors, the data confirms that the business fundamentals remain strong. Yet, the flat share price suggests lingering questions: is the growth pace slowing, is the premium valuation already pricing in the next few years, or is the broader housing cycle entering a more balanced phase? Business model and margins: Making sense of the numbers
-[...1 lines deleted...]
-Godrej Properties’ stock does not trade like a typical real estate company. On many metrics, it is valued more like a high-growth consumer brand. The market is willing to pay a premium because of three things: the power of the Godrej name, its ability to sell across multiple cities, and a land bank that can keep the launch pipeline full for years. That premium is visible in the numbers. By most analyst estimates, the stock trades at par with the sector average on earnings and enterprise value multiples. The upside case is easy to imagine. If Godrej can convert its Rs 40,000 crore-plus launch pipeline into steady sales, keep collections strong, and speed up deliveries so that profits rise in step with bookings, earnings could grow at a healthy clip for several years. That would make today’s valuation look more reasonable over time. The balance sheet is in good shape, debt is low, and the brand gives it pricing power in many markets. In a softer demand environment, that combination can still win share from weaker developers. The downside comes from the same place as the promise. With the stock already pricing in a long runway of growth, there is little margin for error. Any slowdown in sales momentum, slippage in deliveries, or squeeze on margins could quickly change investor sentiment. Competition is intense, with other large developers also launching aggressively in key micro markets. If prices stagnate and absorption rates slow, the market could start to question whether the premium is still justified. Approval delays, especially in large city projects, and a need for higher construction spending could also weigh on near-term cash flows. For now, the share price is telling its own story. It has been locked in a range because investors are waiting for proof that the high bookings of recent quarters will flow through into equally strong earnings, quarter after quarter. The next leg up hinges on execution – getting projects built and handed over at the pace the pipeline promises, without letting margins slip. If that happens, the stock has room to move. Note: This article relies on data from annual and industry reports. We have used our assumptions for forecasting. Parth Parikh has over a decade of experience in finance and research and currently heads the growth and content vertical at Finsire. He holds an FRM Charter and an MBA in Finance from Narsee Monjee Institute of Management Studies. Disclosure: The writer and his dependents do not hold the stocks discussed in this article. The website managers, its employee(s), and contributors/writers/authors of articles have or may have an outstanding buy or sell position or holding in the securities, options on securities or other related investments of issuers and/or companies discussed therein. The content of the articles and the interpretation of data are solely the personal views of the contributors/ writers/authors. Investors must make their own investment decisions based on their specific objectives, resources and only after consulting such independent advisors as may be necessary. Kamlochan Kashyap, Deputy Inspector General of South Bastar, first encountered Madvi Hidma in 2007 after a deadly Maoist attack. Hidma rose to become a formidable leader, leading Battalion 1 in numerous deadly attacks on security forces. Despite years of pursuit, Hidma remained elusive due to challenging terrain and lack of police presence.</t>
+          <t xml:space="preserve">Mumbai’s property prices are no secret, but every now and then, a listing appears that still manages to leave people speechless. This time, it’s a video tour of a compact apartment priced at a jaw-dropping Rs 1.2 crore that has taken social media by storm, not only because of its size, but also due to a layout many viewers found hard to believe. The video was originally shared on Instagram by Jayantika, who captioned it, “Mumbai real estate feels like a massive social experiment at this point.” The clip is now deleted on Instagram but many other social media accounts on X has reposted the video which opens with a text overlay that reads, “Mumbai real estate and it is Rs 1.2 crore,” immediately drawing attention to the steep price tag. As Jayantika walks viewers through the space, she first shows a small but well-decorated drawing room, admitting she initially mistook it for the lobby. The shock comes when she moves towards the kitchen. Pointing out the setup, she says, “You have a kitchen like this and jahan pe apka chulha ayega uske this samne there is a sandaas” (where the cooking stove is placed, the toilet is right in front of it) – a design choice that quickly became the focus of online reactions. She then shows the tiny bedroom, where the bed takes up most of the available space. Clearly taken aback by the overall layout, she remarks, “Mumbai may kuch bhi chal raha hai” (anything goes in Mumbai), before ending the tour. 1.25Cr apartment in Mumbai 😭 pic.twitter.com/IfDKnUgZMT — Gagan🇮🇳 (@1no_aalsi_) January 21, 2026  The clip soon went viral, prompting a wave of comments from netizens. While many poked fun at the cramped space, others used the moment to highlight the broader housing challenges in Mumbai, where high demand and limited land continue to drive prices upward. An Instagram user wrote, “Bathroom looks as big as the hall.” Another user commented, “Government should fixed the rate with area wise. Otherwise builder will ask any amount due to which common people unable to purchase.” A third person wrote, “People will still buy the flat for the price. This gives the builder the complacency to build such flat.” Some users made sarcastic comparisons. An individual wrote, “Mahindra makes cars bigger than this apartment.” Another added, “Matchboxes can hold more sticks.” Someone else commented, “The issue here isn’t the size; it’s the lack of functional flow. Even with limited square footage, a good layout should prioritize movement and light. This design creates unnecessary bottlenecks and awkward corners that make the space feel claustrophobic rather than cozy. It’s a classic case of a bad floor plan, making a small space feel even smaller.” </t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Where in Delhi can you rent the cheapest house? Find out from a new report</t>
+          <t>The Chinese island where dreams of real estate glory never die</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Delhi continues to be the second most expensive city for accommodation after Mumbai.</t>
+          <t>From its inception, Ocean Flower Island was driven by the same idea that drove much of China’s frenzy of construction during a decades-long economic boom: Build it and they will come.</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>August 10, 2025 7:36 pm</t>
+          <t>January 20, 2026 4:05 pm</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/cities/delhi/delhi-affordable-rental-housing-new-report-10181291/</t>
+          <t>https://indianexpress.com/article/world/chinese-island-real-estate-glory-never-die-10484582/</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>Dwarka Mor and Laxmi Nagar are the areas to find cheapest rental accommodation in Delhi, with rents ranging from Rs 13,700 to Rs 16,100 for two-bedroom apartments. Rental rates in the national capital have increased by approximately 36.8 per cent compared to last year, as it continues to be the most expensive city for accommodation after Mumbai, where rents exceed double those in Delhi. These findings are from real estate platform Magicbricks Rental Index for April-June this year. As per the report, Chhatarpur in South Delhi also emerged as an area where people can find cheap rentals, with average monthly rent for two-bedroom flats being Rs 20,500 and Rs 37,500 for three-bedroom units. “New Delhi’s rental market continues to grow steadily, backed by its status as the national capital and a hub for professionals, students, and migrants from across the country,” the report notes. “Localities like Dwarka, Saket and South Delhi remain highly sought after due to their strong connectivity, metro access and established metro infrastructure. Ongoing metro expansions, urban renewal projects and improved civic amenities are further enhancing rental appeal across the country,” it adds. Two-bedroom flats in Saket and Mayur Vihar 1 both command average monthly rents of Rs 28,300. The most expensive localities are Vasant Kunj and Lajpat Nagar. Two-bedroom flats in Vasant Kunj have a monthly rent of Rs. 46,500, and three-bedroom flats have a rent of Rs 71,800. In Lajpat Nagar, the monthly rent for two-bedroom and three-bedroom apartments is Rs 38,600 and Rs 62,500, respectively. According to data from the report, there is a mismatch in the nature of supply and demand in the rental market. While there is a higher demand for smaller and cheaper rental flats, supply favours larger and expensive flats. As per the report, 40 per cent of the demand for rental accommodations in Delhi is in the Rs 10,000 to Rs 20,000 segment, and 19 per cent of the demand comes from the Rs 20,000 to Rs 30,000 segment. However, for the 59 per cent of demand in the Rs 10,000 to Rs. 30,000 segment, only 33 per cent of the supply is accounted for. On the other hand, while flats with rents above Rs 50,000 account for just 11 per cent of the demand, 38 per cent of the supply is this segment. In the rental market, 33 per cent of the demand is for one-bedroom flats, but only 15 per cent of the available supply falls within this category. In contrast, three-bedroom apartments represent only 20 per cent of the demand, while 40 per cent of the supply comprises these larger units. Devansh Mittal is a trainee correspondent with The Indian Express. He studied political science at Ashoka University. He can be reached at devansh.mittal@expressindia.com.                        ... Read More Stay updated with the latest - Click here to follow us on Instagram You May Like</t>
+          <t>Inspired by Dubai and bloated by the outsize ambitions of a disgraced Chinese property developer, Ocean Flower Island, a cluster of artificial islets in the South China Sea, flopped as a business. But it still dazzles as a breathtaking fiesta of fantasy and folly. The hugely expensive, partially completed project — a gigantic shopping mall without shops, a theme park without visitors, dozens of abandoned high-rise housing blocks and artificial beaches too dangerous to swim — helps explain why China’s years long real estate crisis never really seems to end. There is so much money and so much hope entangled in the wreckage that it is too big to clear away quickly. “This place is a dead zone,” said Zhou Qingbin, a visitor from the nearby coastal city of Danzhou. The municipal government of Danzhou now controls much of Ocean Flower Island and is struggling to figure out what to do with it. It was built by Evergrande, a Chinese real estate developer that collapsed under more than $300 billion of debt in 2021. Evergrande’s implosion and the troubles of other big property developers have shattered confidence in real estate, once an important driver of China’s economic growth. New home sales have dropped to their lowest level in more than 15 years, according to figures released by the statistics bureau in Beijing on Monday. The sector has become such a headache that the Chinese authorities recently began censoring pessimistic online posts about the property market. And yet, the Danzhou government seems to be pressing on with Evergrande’s original concept. It was intended as a Chinese version of Dubai’s Palm Island Jumeirah — only bigger. Evergrande sank around $12 billion, most of it borrowed, into what was supposed to be China’s biggest built-from-scratch entertainment, conference and shopping destination, with the islets forming the petals of a flower. That investment, though huge, fell short of the $23 billion the company said it needed to build apartments to house up to 200,000 people. That has left Ocean Flower Island in limbo. Before its collapse, Evergrande said it had completed 60,000 apartments and handed them over to buyers. Other buildings, however, never rose beyond their concrete foundations, which, flooded by rainwater, have become fishing holes. Thirty-nine high-rise apartment blocks that were nearly finished but never sold are marooned on a wasteland of rubble. The whole project was the brainchild of Xu Jiayin, Evergrande’s founder and former chair, who was once China’s richest man and is now in jail. A gushing account by Evergrande said Xu came up with the idea for Ocean Flower Island during a 2011 vacation in Singapore. Sequestered in his room, the company said, he sketched out designs for an artificial archipelago in the shape of a bougainvillea and “meticulously oversaw every detail.” But he did not appear to have nailed down how the project would make enough money to build the fake islands and pay back a growing pile of debt to Chinese and foreign lenders. Evergrande also needed to persuade officials in China’s southern province of Hainan to sign off on a venture that violated environmental protection and other laws. Zhang Qi, the former mayor and Communist Party chief of Danzhou, who approved Ocean Flower Island, was convicted of corruption in 2020 and sentenced to life in prison. Other local officials have also been convicted on various corruption charges, including the former governor and party secretary of Hainan, Luo Baoming, who was jailed for 15 years in December for taking around $16 million in bribes. From its inception, Ocean Flower Island was driven by the same idea that drove much of China’s frenzy of construction during a decades-long economic boom: Build it and they will come. In a country with 1.4 billion people and expectations of ever-rising incomes, this was for years a safe bet, until it wasn’t. In 2021, Beijing, worried by out-of-control lending, issued a directive restricting access to loans by property developers. Credit from banks, the biggest of which are controlled by the state, dried up. Evergrande seized up. The Danzhou government is trying to keep the project alive. It pitches Ocean Flower Island to Chinese vacationers and would-be homebuyers as a “unique lifestyle concept.” There are no reliable estimates of the current population, beyond the thousands of people who initially purchased properties — a fraction of early projections. Unlike Palm Island in Dubai, where the grand villas were snapped up by celebrities, soccer stars and foreign officials looking for a sunny sanctuary, Ocean Flower Island drew mostly retirees from northern China looking for a warm place to winter. The main street in the residential area is lined with restaurants offering northern specialties like steamed buns and hot pot, as well as geriatric health care services. Zhang Qun, 70, a retiree from Heilongjiang province, said that when he bought his apartment five years ago there were crowds of people at the Evergrande office clamoring to buy. Today, the office is littered with old brochures and property contracts and is staffed with government-supervised clerks responsible for sorting out paperwork for properties purchased years ago. If Zhang sold his apartment now, he would lose half his investment. The only other traces of Evergrande are vending machines stocked with dusty bottles of “Evergrande Spring” mineral water. Xu vanished from public view in 2021. A report in March by the Supreme People’s Procuratorate said that he had been prosecuted for crimes including financial fraud and disorderly financial management. It did not say whether he had been convicted or where he was. “A lot of people lost money because of Evergrande, and are angry,” said Li Yanbo, a real estate agent on Ocean Flower Island. Those who bought apartments early made big profits, at least on paper, as the price per square yard more than tripled between 2015 and a 2021 peak. Those who arrived late lost their shirts. But Evergrande, Li added, was not all bad: “Some people think they were cheated, but there are others who would never have had a chance to get an apartment if not for Evergrande.” Property prices on Ocean Flower Island, he added, have stabilized somewhat. Nearly every city in China has unfinished tower blocks left stranded by Evergrande’s demise. But probably nowhere has Xu’s hubris left such a high concentration of excess as in Ocean Flower Island. To help accommodate what was supposed to be a flood of tourists, Evergrande built The Castle, a hotel with 5,100 rooms. Its two outdoor swimming pools have been drained of water, and the hotel has stayed afloat by catering to budget travelers on peak-season package tours. For much of the year, it is largely empty. The sound of wind whistles through the broken windows of luxury coastal villas fit for Russian oligarchs. Some have been taken over by laborers who sleep on the floor. Shopping streets featuring Italian, German, Chinese and other styles of architectures look like deserted movie sets. A plaza flanked by eight fake churches, including a red brick structure resembling a cathedral, is meant as an Instagram-able setting for wedding photos. The churches are now used as the backdrop for a sound and light show. Ocean Flower Island still has believers. Wang Xian, a retired banker from the northern province of Hebei, acknowledged that Evergrande’s founder “went too far and thought he could do anything.” But with around 300 million Chinese people retiring over the next decade, he noted, many will want to find a sunny and safe place to live. “If just 1% come here,” he said, “this place will be a big success.” This article originally appeared in The New York Times. Stay updated with the latest - Click here to follow us on Instagram</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Real estate market of Pune sluggish as demand has softened: Report</t>
+          <t>Karnataka HC decision to quash KCOCA against MLA Byrathi Basavaraj won’t apply to all organised crime cases: SC</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>As per the report, prices of new projects launched are down by 4.73 per cent over the last year.</t>
+          <t>BJP MLA Byrathi Basavaraj is an accused in the murder of Bengaluru real estate operator Bikla Shiva, who was killed outside his house on July 15 last year.</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>July 12, 2025 8:59 pm</t>
+          <t>January 20, 2026 3:03 pm</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/cities/pune/real-estate-market-of-pune-sluggish-as-demand-has-softened-report-10122615/</t>
+          <t>https://indianexpress.com/article/cities/bangalore/karnataka-hc-decision-kcoca-against-mla-byrathi-basavaraj-organised-crime-10484270/</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>The bi-annual report recently released by The Gera Developments Private imited (GDPL) highlights that after seven years of consistent growth in prices, sales and supply, the market is experiencing a consolidation phase driven by ‘sticker shock’, the cumulative effect of rising prices and increasing home sizes. The Gera Pune Residential Realty Report says, “While prices rose at a moderate 7.31% year-on-year, this still added significantly to total ticket sizes. Over the past five years, prices have climbed by 40% and average home sizes by 25%, resulting in an overall 76% increase in the average sticker price. Consequently, buyers in the Budget and Upper-mid segments are facing affordability challenges, while affluent buyers are gravitating towards larger, more comfortable homes.” Speaking about the market shifts at a press conference in the city, Rohit Gera, Managing Director, Gera Developments Private Limited, said, “We are witnessing the market respond to a steep escalation in total ticket size, what we’re calling Sticker Shock. Even though interest rates have come down over the last 6 months, affordability remains a concern as the total outgo for buyers has increased by 76 per cent over five years. The steep increase in sticker price has led to sticker shock and has caused people to slow down their purchase decision, resulting in the demand softening.” Gera added, “Developers are responding cautiously by slowing new launches and recalibrating configurations. I expect smaller home sizes to return to the market, making homes more affordable not through pricing corrections but by offering compact yet efficient layouts. For buyers, this is a critical time – choosing projects by developers with strong financial stability is more important than ever.” As per the report, prices of new projects launched are down by 4.73 per cent over the last year, while the overall market is still on an uptrend.  East Pune recorded the highest price appreciation across the city marking a 9.6 per cent growth followed by West Pune which saw a 6.8 per cent appreciation. Currently Pune has 2,605 residential projects under development, up by 6.7% since June 2024. However, the market is consolidating, small projects (&lt;100 units) fell 39% since 2018, while large projects (&amp;gt;500 units) surged by 70%, the report said Areas such as Hinjewadi, connected by the new Metro corridors, have seen stable pricing and increased traction from affordability-focused buyers. “Pune’s real estate market is entering a phase of strategic recalibration,” the report added. Click here to join Express Pune WhatsApp channel and get a curated list of our stories You May Like Even as India and the US negotiate a trade agreement, President Donald Trump on Wednesday announced a 25 per cent tariff on Indian goods from August 1, with an additional but unspecified “penalty” for its defence and energy imports from Russia. In a post on social media platform Truth Social, Trump said India has “the most strenuous and obnoxious non-monetary Trade Barriers of any Country”.</t>
+          <t>The Supreme Court on Tuesday said that the Karnataka High Court’s decision to drop charges under a stringent organised crime law against BJP MLA Byrathi Basavaraj, an accused in the murder of a Bengaluru real estate operator, “shall not be relied upon as a precedent”. The apex court passed the interim order following a special leave petition filed by the Karnataka Police’s Criminal Investigation Department (CID). On January 3, the CID had challenged the high court’s December 19, 2025, order that set aside the invocation of the stringent Karnataka Control of Organised Crime Act (KCOCA) against K R Pura MLA Basavaraj in the murder of realtor Bikla Shiva. The CID had also sought a stay on the ruling, saying that it had created confusion over the application of the Act. Setting aside the invocation of KCOCA in the July 15, 2025, murder case, a single-judge bench of the Karnataka High Court had said it was invoked in the absence of evidence of continuing criminal activity by an organised gang—in the form of multiple chargesheets against at least one member for offences punishable with three years or more of imprisonment. The high court order scrapping the invocation of KCOCA against Basavaraj also extended to the KCOCA charges against the 20 others who were arrested and accused of being part of an organised gang that carried out Shiva’s murder in Bengaluru. The confusion over the high court order arose following the high court’s interpretation that an attempt to murder case that attracts a punishment of up to 10 years (under Section 307 of the Indian Penal Code) would not apply as an instance of a prior crime for invoking the KCOCA, as it does not specifically prescribe a three-year sentence as mentioned in the Act. Section 2 (1)(d) of KCOCA defines continuing organised crime as “an activity prohibited by law for the time being in force, which is a cognisable offence punishable with imprisonment of three years or more, undertaken either singly or jointly, as a member of an organised crime syndicate or on behalf of such syndicate in respect of which more than one charge-sheet have been filed before a competent Court within the preceding period of ten years and that Court has taken cognizance of such offence”. On December 19, 2025, the Karnataka High Court ruled that KCOCA was wrongly invoked in the Bikla Shiva murder case by the police despite one of the accused having two pending cases in the trial stage involving the attempt to murder charge under IPC Section 307, which is punishable by a jail term of 10 years. “A holistic reading of Section 2(1)(d) and 2(1)(e) of KCOCA would indicate that as regards a member of the organised crime syndicate, there must be involvement of such member individually or jointly in cognisable offence punishable with imprisonment of three years or more with respect to at least more than one charge sheet having been filed in that regard before a competent Court,” the high court observed. “This aspect, having been overlooked by the approval authority, would reflect non-application of mind,” the Karnataka High Court said. Senior counsel Siddharth Luthra on Tuesday sought a stay on the Karnataka High Court order, saying that its interpretation of a “mandatory minimum” sentence of three years for invoking KCOCA would be chaotic. “The biggest problem with the interpretation of this law would be what about 307 (IPC) which is punishable with life but not minimum of three years,” a Supreme Court bench of Chief Justice Surya Kant, Justice Joymalya Bagchi and Justice Vipul M Panchal pointed out. Mukul Rohatgi, the senior counsel for Basavaraj, argued that the Supreme Court has said that a punishment of three years or more implies a minimum of three years. The bench, however, pointed out that the word punishable under KCOCA means a punishment that may be imposed and not mandatorily imposed. The word “punishable” is not alien since the Criminal Procedure Code says that offences punishable with three years or more are cognisable offences and less than three years are non- cognisable offences. “What happens when a special law imposes a minimum punishment of five years? Will it become a non-cognisable offence? This is the only part we want to clarify,” Justice Bagchi said in oral observations. The counsel for Basavaraj argued that a stay on the high court order would have the effect of cancellation of anticipatory bail granted by the Karnataka High Court, as the stringent KCOCA law does not have a provision for granting anticipatory bail. The Supreme Court adjourned the matter for a final hearing with the observation that “meanwhile the implied judgement of the high court shall not be relied upon as a binding precedent”. Under KCOCA, investigating agencies have a 180-day time limit for filing chargesheets against arrested people, and there is no provision for anticipatory bail for the accused. It also allows 30 days of police custody for the accused during the investigation period instead of the regular 15 days of custody. Realtor V G Shivaprakash alias Bikla Shiva, 44, was killed outside his house on a public street near the Halasuru Lake in Bengaluru on the evening of July 15 last year by a gang of armed assailants. The murder is alleged to be linked to a property dispute dating back to February 2025 between two groups staking claim to a property in the Kithaganur area of east Bengaluru. BJP MLA Byrathi Basavaraj is alleged to be closely linked to a gang that operates in the real estate sector in his constituency. Members of the gang are accused in the Shiva murder case. The murder victim had also filed police complaints about threats from the MLA. Earlier in September 2025, a special court for cases involving elected representatives had rejected a plea of six people arrested in the case who had claimed that the provisions of the KCOCA were wrongly invoked against them since they were not involved in continuing criminal activities as described by the law. The special court pointed out that the involvement of any one of the accused in multiple serious crimes where charge sheets are filed and taken cognisance by the courts is sufficient to bring all other accused in a case under the purview of KCOCA. Under KCOCA, “continuing unlawful activity” means involvement of at least one person named in a gang crime in more than one serious crime in the last 10 years—where the punishment is a prison term of over three years, and where the courts have taken cognisance of the chargesheet in the case. This is a prerequisite to invoking KCOCA charges. Stay updated with the latest - Click here to follow us on Instagram</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Kalpataru shares close over 4% higher after flat debut</t>
+          <t>Bengaluru real estate murder: Special court rejects bail plea of actor-producer Anil Kumar who ‘provided SUV used for crime'</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>The company proposes to utilise the net proceeds from the IPO towards reducing debt, and for general corporate purposes.</t>
+          <t>Anil Kumar is alleged to have supplied a Scorpio SUV which was used to transport the assailants for the murder of Bikla Shiva in Bengaluru on July 15 this year.</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>July 01, 2025 6:41 pm</t>
+          <t>December 15, 2025 1:55 pm</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/business/market/kalpataru-shares-close-over-4-higher-after-flat-debut-10099939/</t>
+          <t>https://indianexpress.com/article/cities/bangalore/special-court-rejects-bail-plea-of-anil-kumar-provided-suv-used-for-crime-10421137/</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>Real estate developer Kalpataru Ltd’s shares made a flat debut on both the NSE and BSE, listing at Rs 414 apiece, the same as the issue price. However, after making a weak debut, Kalpataru Ltd’s share price ended over 4 per cent higher on the exchanges. The price band of Kalpataru Ltd’s initial public offering (IPO) was fixed between Rs 387 and Rs 414 per share. The share price of the real estate player opened at Rs 414 a share each on the BSE and NSE on Tuesday. On BSE, Kalpataru’s share price rose 4.78 per cent to close the session at Rs 433.80 apiece. On NSE, its shares gained 4.42 per cent to end at Rs 432.3 per share. The Rs 1,590-crore IPO of Kalpataru Ltd, which closed on June 26, was subscribed 2.26 times. It received total bids for 5.15 crore equity shares, as against 2.28 crore shares offered. The qualified institutional buyers’ (QIBs) portion was subscribed 3.12 times and the retail portion witnessed a subscription of 1.29 times. The non-institutional investors’ (NII) portion was subscribed 1.31 times. The company raised Rs 708 crore from anchor investors. GIC, a global long-term investor managing Singapore’s foreign reserves and Bain Capital, a global private investment firm, subscribed to a bulk of the anchor investor portion. Domestic and anchor investor lists included SBI Mutual Fund and ICICI Prudential MF; long-only leading insurance companies such as SBI General Insurance, Aditya Birla Sun Life Insurance; and 360 ONE WAM among others. Other anchor investors include Taurus Mutual Fund and Ayushmat Ltd. The company proposes to utilise the net proceeds from the IPO towards reducing debt, and for general corporate purposes. Kamlochan Kashyap, Deputy Inspector General of South Bastar, first encountered Madvi Hidma in 2007 after a deadly Maoist attack. Hidma rose to become a formidable leader, leading Battalion 1 in numerous deadly attacks on security forces. Despite years of pursuit, Hidma remained elusive due to challenging terrain and lack of police presence.</t>
+          <t>A special court for elected representatives in Bengaluru has rejected the bail plea of actor-producer Anil Kumar who allegedly provided an SUV that was used to execute a real estate-linked murder on July 15, 2025. While rejecting the plea on December 8, the court cited prima facie evidence of “active participation” in the murder. Anil Kumar M alias Anil R D, 39, a small-time film producer and actor, was arrested by the Crime Investigation Department (CID) unit of the Karnataka Police on November 10 in connection with the murder of real estate operative V G Shivaprakash alias Bikla Shiva, 44. He had sought bail claiming that he was questioned and cleared earlier by the Bengaluru police. Anil is alleged to have supplied a Scorpio SUV which was used to transport the assailants for the murder of Bikla Shiva on a busy Bengaluru street. The 2011 model white Scorpio with the registration number KA 53 P 7193 and the words ‘Army’ inscribed on it was seized by the Bengaluru police after the murder, and was found to originally belong to a person identified as Reddappa M. He had reportedly sold the car to a second-hand buyer. Anil was named as accused number four in the First Information Report (FIR) registered by the Bharathinagar police, which also named Byrathi Basavaraj, 63, the BJP’s K R Pura MLA; local gangster Jaga alias Jagadish P, 45; and his associates. The prosecutor for the CID informed the court that Anil had assisted the main accused in buying the Scorpio used during the murder and that he had been seen in the company of some of the key accused a day before the murder. The court was apprised that the accused had a criminal background and was allegedly involved in real-estate activities to earn illegal money and “had actively participated in the company of other accused persons prior to commission of the murder.” Anil is also alleged to have fled to Tamil Nadu and deactivated his phone after the murder. The murder, subsequent arrests
+Realtor Bikla Shiva was killed outside his house on a public street near the Halasuru Lake on the evening of July 15 by a gang of armed assailants. The murder is alleged to be linked to a property dispute dating back to February 2025 between two groups staking claim to a property in the Kithaganur area of East Bengaluru. Jagadish P alia Jaga, the gang leader who fled from India to Dubai soon after the murder, was nabbed in Jakarta by Interpol on the basis of a Blue Corner Notice issued at the instance of the Karnataka CID police, and was brought back to India and arrested on August 26. The CID has invoked the stringent Karnataka Control of Organised Crime Act, 2000, in connection with the Bikla Shiva murder. On November 10, the CID arrested Anil as well as realtor, advocate and film producer A G Ajeeth Kumar, 48, in connection with the murder, taking the total number of people arrested in the case to 20. While Ajeeth was released the same day on a personal bond, Anil continues to remain in judicial custody. The key accused, Jagadish and Ajeeth, are reported to be closely associated with MLA Byrathi Basavaraj, who has been protected from arrest by an August 12 order of the Karnataka High Court directing the police not to take “coercive action” against the legislator. Stay updated with the latest - Click here to follow us on Instagram</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Looking for affordable houses in Delhi-NCR? Here's why it will be difficult.</t>
+          <t>Mumbai realtor, son booked for duping 18 investors of Rs 31.26 crore</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Many of the potential buyers interested in the affordable segment work in the unorganised sector, which was severely hit by the pandemic</t>
+          <t>According to the Mumbai police, the alleged scam came into light following a complaint from a pharma businessman who invested Rs 8.26 crore between April 2021 and May 2023 in a real estate project of the accused.</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>April 27, 2025 10:39 am</t>
+          <t>December 04, 2025 10:35 am</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/cities/delhi/over-5-years-affordable-houses-see-a-dip-as-luxury-units-in-delhi-ncr-grow-post-pandemic-report-9967729/</t>
+          <t>https://indianexpress.com/article/cities/mumbai/mumbai-realtor-son-booked-for-duping-18-investors-of-rs-31-26-crore-10401373/</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>Affordable and mid-end housing sections – priced below Rs 40 lakh and between Rs 40 lakh to Rs 80 lakh, respectively – comprised 72% of the total residential units added to the inventory in Delhi-National Capital Region (NCR) in 2019. Five years later, this figure has shrunk to 15%. Specifically, the share of newly-launched houses priced below Rs 40 lakh dropped sharply from 62% in 2020 to 11% last year. Meanwhile, units under luxury and ultra luxury sections – worth Rs 1.5 crore and above – have seen a massive jump, with 70% of such houses added to the market in 2024, up from only 13% in 2019. As many as 59% of such houses added to the market last year were worth more than Rs 2.5 crore, a report released by real estate consultancy Anarock, titled ‘NCR Real Estate – A Beacon of Growth and Opportunity’, stated. Amid the reasons cited by the report for this development is the Covid-19 pandemic.  Many of the potential buyers interested in the affordable segment work in the unorganised sector, which was severely hit by the pandemic. “This diminished their ability to buy a house,” said Prashant Thakur, Head of Research and Advisory, Anarock. At the other end of the income spectrum, however, the report stated that people wanted bigger livable spaces post pandemic. Further, Thakur said that many of the incentives offered to builders and buyers since 2015 in regard to affordable housing had expired in the last one or two years, making this sector unappealing to both groups. “Next, rising costs for land acquisition and construction, and need to get approvals have led builders to prioritise higher-end projects over affordable housing, which typically has thin profit margins,” Thakur said. The report also highlighted that the robust performance of capital markets in the recent past has led to an increased availability of disposable wealth among individuals, who consequently aspire to buy “superior” residences, which have certain amenities, architectural designs and a prestigious location. As a result, many of the potential buyers of affordable houses have had to be content with renting, rather than purchasing a residence, Thakur said. The residential real estate market in NCR spans over 55,000 sq km across Delhi and certain districts of Haryana, Uttar Pradesh, and Rajasthan. According to the report, due to the pandemic as well as the result of a number of stalled projects, the NCR housing market had witnessed weakened demand, limiting new launches and stagnating price growth. But government reforms, the key being the introduction of Real Estate Regulatory Authority (RERA), and a number of infrastructural projects like Eastern and Western Peripheral expressways, Dwarka Expressway and an expanding Metro network, have led to a revival in the region’s market, it added.  The report further said that residential property prices in NCR have surged by 81% over the last five years. Leading the price growth is Greater Noida, which witnessed a staggering 98% increase — from Rs 3,340 per sq ft in the first quarter (Q1) of 2020 to Rs 6,600 per sqft in Q1 2025. The upcoming international airport in Jewar near Greater Noida and other infrastructure developments in the area have led to increased interest among homebuyers and investors, the report said. Noida followed with a 92% jump in average property prices to Rs 9,200 per sq ft, while Gurgaon saw an 84% rise to Rs 11,300 per sq ft. Delhi continued to have the highest average property prices at Rs 25,200 per sq ft, though it posted a relatively modest increase of 38%. It is important to note that the report only studies housing projects registered with the Real Estate Regulatory Authority (RERA), under which only projects either built on land bigger than 500 sq m or having more than eight apartments, have to be registered. The report also leaves out residences built by the government. Only housing in the private organised sector, leaving out both government projects and individual plotted development — both of which are prevalent in the Capital — were studied. Therefore, it did not take into account the massive inventory of the Delhi Development Authority in the Capital. Despite price hikes, NCR’s unsold housing inventory dropped 51% in the five-year period, the report noted. From around 1.73 lakh units in the first quarter of 2020, the inventory fell to about 84,500 units by Q1 2025. Noida recorded the sharpest fall in unsold stock — down by 72% — followed by Ghaziabad (58%) and Greater Noida (56%). Inventory overhang—a key metric indicating how long it would take to clear current unsold stock—fell dramatically from 88 months in 2020 to just 17 months in 2025. The report also identified key growth corridors in NCR such as Sohna, New Gurgaon, Dwarka Expressway and Greater Noida West. Devansh Mittal is a trainee correspondent with The Indian Express. He studied political science at Ashoka University. He can be reached at devansh.mittal@expressindia.com.                        ... Read More Stay updated with the latest - Click here to follow us on Instagram You May Like Karnataka's Chief Electoral Officer issued a notice to Rahul Gandhi asking for evidence to support his "vote chori" allegations in the Mahadevapura Assembly segment. Gandhi claimed that one Shakun Rani had voted twice, but the preliminary inquiry revealed that the document shown by him was not issued by the polling officer.</t>
+          <t>The Andheri police booked two directors of a real estate firm in Mumbai on Wednesday for allegedly defrauding 18 investors to the tune of Rs 31.26 crore on the pretext of annual interest returns of 18 per cent. The investigation against the accused, identified as Jaykumar Gupta and his son Suyash Gupta, was transferred to the Economic Offences Wing (EOW) as the swindled amount exceeded Rs 10 crore, according to senior inspector Umesh Machinder of the Andheri police station. The suspects have allegedly used the money to invest in a redevelopment project in Jogeshwari, he said. According to the police, the alleged scam came into light following a complaint from an Andheri-based pharma businessman, Mahesh Doshi, 71, who operates a medicine manufacturing factory in Gujarat’s Vapi. In 2021, Doshi was seeking an investment opportunity, and he was then introduced to the suspects through one of his acquaintances, Chirag Shah. The two men pitched an ongoing redevelopment project by Ranbir Real Estate and Development LLP located in Jogeshwari (East). Doshi reported that he, along with his family members, met with Jaykumar Gupta and Suyash at Shah’s office in Andheri (West) on March 19, 2021. The Guptas claimed that they have been in the real estate and transport businesses for the past two decades, and were both directors at Ranbir Real Estate and Developers LLP. They allegedly told Doshi that their partnership was redeveloping a piece of land in Majas village along Meghwadi Sarvodaya Nagar Road, Jogeshwari, and that they required money for the project. They promised that three buildings would be constructed, with one building containing 215 flats and six shops, which would be built by the landowner. The Guptas had the right to sell the flats in the two other buildings, the police said. Jayakumar and Suyash Gupta offered Doshi an investment opportunity in the project, promising an annual interest rate of 18 per cent on the investment until the principal amount is returned. They stated that interest payments would be made every three months. Between April 2021 and May 2023, Doshi and his family members invested Rs 8.26 crore. While the Guptas initially paid the promised interest quarterly from 2021 until September 30, 2024, they subsequently ceased payments and did not return the principal investment. Doshi further claimed that the actual landlord had transferred possession of the building to the Guptas, who completed 95 per cent of the construction of two buildings and sold several flats without returning the investors’ money. Upon further investigation, the complainant discovered that there were additional investors who had also been promised the same interest rate but had not received their funds back. In total, 18 investors fell victim to the scheme, with losses amounting to approximately Rs 31.26 crore, according to police reports. Stay updated with the latest - Click here to follow us on Instagram</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Building Pune: 2.12 km stretch of Sinhagad road flyover to open next month</t>
+          <t>‘Too good to be true’: Redditor exposes new rental scam offering cheap flats in Bengaluru</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>The objective of the flyover is to address the traffic chaos at Rajaram bridge junction and ease the traffic flow on Sinhagad road, making it easier for pedestrians to cross the road.</t>
+          <t>The Redditor said he came across multiple ads for fully furnished 2BHK flats, complete with appliances and access to amenities like a gym and swimming pool, priced at just Rs 15,000 in areas such as JP Nagar.</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>April 24, 2025 9:37 pm</t>
+          <t>December 02, 2025 6:50 pm</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/cities/pune/building-pune-sinhagad-road-flyover-open-next-month-9964036/</t>
+          <t>https://indianexpress.com/article/trending/trending-in-india/redditor-exposes-bengaluru-new-rental-scam-offering-cheap-flats-10398443/</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>The much awaited flyover on Sinhagad road is all set to open for public soon as the Pune Municipal Corporation (PMC) has almost completed work of its 2.2 km long lane from Vithalwadi to Funtime theatre while the work on the opposite lane of 1.54 km from Indian Hume Pipe to Inamdar chowk will be completed in June. The PMC completed Phase-1 of the project which is a 520 metre long flyover on Sinhagad road at Rajaram bridge chowk in August last year, after the opposition criticised the civic administration for delaying its inauguration due to unavailability of ministers. The focus had then shifted to complete the largest part of the flyover in Phase-2 that will allow commuters to avoid five traffic signals on the congested road. The project is pegged at Rs 118.37 crore and additional Rs 27 crore for the metro pillars. The second phase includes a 2.12-km flyover on one side from Vithalwadi to Fun Time theatre and a 1.54-km flyover from Indian Hume Pipe to Inamdar chowk. “The work of the 2.12 km lane is complete except for signages and other small things. It can be opened by next week. However, the work of the opposite 1.54 km stretch will be complete only in June,” said Yuvraj Deshmukh, Chief Engineer of PMC.
-[...3 lines deleted...]
-Ajay has been reporting on sustainable development initiatives that protects the environment while ensuring infrastructure development.                         ... Read More Click here to join Express Pune WhatsApp channel and get a curated list of our stories You May Like The increase in US tariffs on shrimp imports from India will greatly affect Andhra Pradesh's shrimp farmers, forcing many to shut down or switch to less profitable species. This is due to the US market accounting for 40% of India's shrimp exports and the industry facing competition from Ecuador with lower tariffs. The state government is looking into ways to support the farmers.</t>
+          <t xml:space="preserve">A Bengaluru resident has sparked an online discussion after posting on Reddit about what he calls a new kind of rental scam targeting people hunting for reasonably priced apartments in the city. In his post, titled ‘Bengaluru New Flat Rental Scam’, he broke down how fraudsters are using unbelievably cheap listings on well-known property websites to trap desperate tenants. The Redditor said he came across multiple ads for fully furnished 2BHK flats, complete with appliances and access to amenities like a gym and swimming pool, priced at just Rs 15,000 in areas such as JP Nagar. The too-good-to-believe rate made him wary, but he decided to investigate anyway. “I was already skeptical as it was fully furnished 2BHK, for just 15K… TV, Fridge, Washing Machine everything,” he wrote, saying the listing immediately raised red flags. When he called the number provided, the so-called landlord claimed that society rules prevented direct visits and insisted that an entry ID card had to be generated first. To get this pass, the tenant would need to send a photo and a government ID. The Redditor warned others never to hand over personal details to strangers. As he put it: “In this world of AI a single photo can be used to blackmail you into doing many things.” The real trap, he said, came next: the scammer asked for a refundable Rs 2,500 to create the entry card. Once someone pays, the scammer vanishes. When the poster insisted on meeting at the society gate and getting the ID verified by security first, the caller disconnected immediately. He mentioned spotting at least two identical listings, suggesting this trick may be spreading. Bengaluru New Flat Rental Scam
+byu/souravworks inbangalorerentals  The post quickly gained traction, with many agreeing that fraudsters are exploiting Bengaluru’s intense rental demand. Several commenters shared similar run-ins and urged others to avoid sharing IDs, making advance payments, or trusting deals that seem far too generous. A user wrote, “Faced this same scam 2 years ago, had to pay 500 as a token amount. NEVER EVER PAY MONEY JUST TO SEE A FLAT. MAJOR RED FLAG. Go for brokers instead. They take one months rent as brokerage but that means u can look at any number of houses until ur fully satisfied and then give them the brokerage once agreement is signed.” Another user commented, “More than the scam I appreciate their creativity and innovation. If they did even 50% of such innovation for ethical in their jobs they would have owned the flat itself. OP thanks for sharing this.” A third person shared, “No way OP why didn’t you posted it earlier. I am new to Bangalore and got scammed of 20K today.” </t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Real Estate</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
@@ -6605,6539 +4453,4680 @@
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Content</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Railways launches new policy to boost bulk cement transport; sets freight rate at Rs 0.90 per tonne/km</t>
+          <t>EXCLUSIVE | Centre looks to empower more ministries to block social media content</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>The new rate for bulk cement has been rationalised to Rs 0.90 per tonne per km. Earlier, it was based on different distance bands.</t>
+          <t>Inter-ministerial discussions on, officials flag proliferation of AI-generated misleading content</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2025-11-19T00:10:11+05:30</t>
+          <t>2026-03-18T09:46:53+05:30</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/business/commodities/railways-launches-new-policy-to-boost-bulk-cement-transport-sets-freight-rate-at-rs-0-90-per-tonne-km-10373172/</t>
+          <t>https://indianexpress.com/article/business/centre-looks-to-empower-more-ministries-to-block-social-media-content-10587612/</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>As part of efforts to diversify the transportation of commodities via rail to meet new demands, Minister for Railways Ashwini Vaishnaw on Tuesday launched a new policy to facilitate the movement of bulk cement, along with a new rate.
-[...9 lines deleted...]
-Railway officials said that facilities such as hoppers, silos, bagging plants, etc. will be developed under the policy, which will help in unloading the cement. For this, the Railways will provide its land and give concession to the cement companies to develop the bulk cement handling terminals.</t>
+          <t>The Centre may soon allow the ministries of Home Affairs, External Affairs, Defence, and Information and Broadcasting to issue content blocking orders to social media platforms under Section 69 (A) of the Information Technology (IT) Act, 2000, a power currently only available to the IT Ministry, The Indian Express has learnt.
+This will impact tech platforms like Instagram, Facebook and YouTube which may start receiving blocking orders from a wide range of government agencies.
+According to two senior officials, the government is holding inter-ministerial discussions with various stakeholders to bring an amendment to make the change possible, which they said was being necessitated due to the proliferation of AI-generated misleading content on the internet.
+Although these five ministries are currently being discussed, the scope could also widen to allow regulators like the Securities and Exchange Board of India (SEBI) to send takedown orders directly to tech companies. For a long time now, SEBI has been flagging the issue of incorrect financial information through financial influencers on the internet.
+Currently, there are two parallel content blocking mechanisms in India. One is under Section 69 (A) of the IT Act, through which content that violates national security, or threatens India’s foreign policy, is taken down. Various ministries and state governments have nodal officers who gather such content and send it to officials at the IT Ministry, which is the final signing-off agency responsible for issuing the blocking order.
+The other mechanism works under Section 79 (3)(b) of the IT Act, under which various ministries have been directly empowered to issue blocking orders to online platforms, most commonly through the Home Ministry-led Sahyog portal.
+“We want to bring parity across both regimes. Like how using the Sahyog portal various agencies at the Central and state level can send blocking orders to social media companies, there is a growing feeling that the Section 69 (A) blocking process should also be similarly decentralised,” said a senior government official, speaking on condition of anonymity.
+The changes are being considered at a time when the government is pushing social media companies to take down content quickly. Last month, it brought about a change in law to reduce blocking timelines from 24-36 hours to 2-3 hours.
+Users on social media have since also flagged that many of their posts which were satirical or critical of the government, and not necessarily illegal, have been impacted as companies ramp up their compliance infrastructure in the face of growing regulatory pressure.
+Broadly, Section 69 (A) of the IT Act empowers the Central government to restrict public access to information in the interest of sovereignty, security, public order or preventing incitement to offences. The process is governed by the Information Technology (Procedure and Safeguards for Blocking for Access of Information by Public) Rules, 2009.
+Typically, a government agency sends a request to the Ministry of Electronics and Information Technology, which is examined by a committee before directions are issued to intermediaries such as social media platforms to block the specified content. In emergencies, interim blocking can be ordered before review. But in both these cases, it is the IT Ministry which currently sends the final blocking order to intermediaries like social media companies.
+“What we are seeing increasingly happen due to the structure of the Section 69 (A) blocking process is a bottleneck at the IT Ministry. We are receiving many inputs from nodal officers at other agencies and we simply cannot act on them quick enough given the high volumes. So to free up the IT Ministry, it is being decided that various agencies be given the powers to block now independently, without needing the IT Ministry’s signature,” a second official said.
+Queries sent to the IT Ministry by The Indian Express did not elicit a response.</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Raising global capital to fund decarbonisation ‘very, very difficult’, says former MoS Jayant Sinha</t>
+          <t>‘National interest paramount’: India will prioritise domestic demand before deciding on extra fuel requests from neighbours</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>The comment, by former Minister of State for Finance Jayant Sinha, comes amid the ongoing COP30 meeting in Brazil.</t>
+          <t>One-fifth of global oil and natural gas supplies usually transit through the Strait of Hormuz—the narrow waterway between Iran and Oman that connects the Persian Gulf with the Gulf of Oman.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2025-11-18T22:29:00+05:30</t>
+          <t>2026-03-19T05:09:58+05:30</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/business/global-capital-decarbonisation-difficult-former-mos-jayant-sinha-10373066/</t>
+          <t>https://indianexpress.com/article/business/india-fuel-supply-neighbors-west-asia-conflict-strait-of-hormuz-lpg-crisis-10589247/</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>Casting doubt over various estimates of financing required to decarbonise India, former Minister of State for Finance Jayant Sinha has warned that raising global capital to fund such endeavors is “very, very difficult” and that even Indian corporate capital expenditure has not been what may be conservatively required to mitigate climate change due to carbon emissions from power, transport, steel, and cement sectors.
-[...8 lines deleted...]
-“We have to be on a very different decarbonisation trajectory from what the government is saying. And all that the government has right now is for the power sector… For the other industrial sectors, there is no baseline case right now. But if we take the baseline case for power and then start to estimate what it will take under current course of speed, there is a very different decarbonisation trajectory that ends up happening…and the Net Zero 2070 projections have to be much sharper,” Sinha said.</t>
+          <t>Amid requests from some of India’s neighbours for additional fuel supplies amid the supply squeeze due to the West Asia conflict, the government on Wednesday said that it will prioritise meeting domestic fuel demand first before deciding on any of these requests. India is among the top refiners globally, and is a net exporter of petroleum fuels. In addition to commercial exports by India’s private sector refiners, public sector oil companies supply fuels to neighbouring countries that include Nepal, Bhutan, Bangladesh, Sri Lanka and the Maldives.
+“Rashtrahit sarvopari (national interest is paramount)…First, the domestic demand has to be met, and if there ‌is a surplus, then a decision would be taken by an appropriate authority,” Petroleum Ministry Joint Secretary Sujata Sharma told reporters at the government’s press brirfing on the West Asia conflict. According to Sharma, supply of crude oil and major fuels like petrol and diesel is currently adequate in India, and no shortage has been reported from any part of the country. Indian refineries are also operating at optimal levels, she said.
+Speaking on the same issue at the briefing, ministry of External Affairs (MEA) spokesperson Randhi Jaiswal said, “We have received these requests, and we are examining those requests, keeping in mind our own requirements and availability.”
+Some of India’s neighbouring countries—primarily Bangladesh, Sri Lanka, Nepal, and the Maldives—have sought additional fuel supplies from New Delhi beyond the volumes that are regularly supplied to them. With the effective halt in vessel movements through the critical maritime chokepoint of the Strait of Hormuz, global oil and gas supply has been hit, leading to tightness in physical supplies and a surge in oil and gas prices. Unlike China, India has so far not moved to ban fuel exports.
+One-fifth of global oil and natural gas supplies usually transit through the Strait of Hormuz—the narrow waterway between Iran and Oman that connects the Persian Gulf with the Gulf of Oman.
+India is heavily dependent on West Asia for its energy imports, with a huge chunk of those supplies coming through the Strait of Hormuz. Around 2.5–2.7 million bpd of India’s crude imports—accounting for around half of the country’s total oil imports—have transited the Strait in recent months; the longer-term average is around 40%. This oil is mainly from Iraq, Saudi Arabia, the UAE, and Kuwait; India doesn’t buy Iranian oil due to American sanctions on Tehran. India’s dependence on the Strait for liquefied natural gas (LNG) and liquefied petroleum gas (LPG) supplies is greater than for crude. Roughly 60% of India’s LNG imports come through the Strait of Hormuz; the figure is a staggering 90% in the case of LPG.
+In the case of crude oil, India has managed to partly cover the loss in Hormuz volumes by ramping up imports from other regions. India’s Russian oil imports, which had been on a downward trajectory for the past few months, have also shot up significantly since the West Asia conflict began on February 28. In the case of LNG, there is some stress, although supplies to priority sectors are being maintained at fairly high levels. On the LPG front, however, there is a supply crisis due to the extreme dependence on West Asia for the fuel.
+Apart from prioritising LPG supplies to households over commercial and industrial consumers, for whom the supply has been cut to a fraction of earlier volumes, the government ordered refiners to maximise LPG production, and directed them to divert propane, butane, and other streams from petrochemical manufacturing to LPG production. According to Sharma, these measures have led to an increase of 40% in domestic LPG production vis-à-vis pre-West Asia conflict levels, and a further increase is likely over the next few days.
+India currently has 22 merchant vessels stuck in the Persian Gulf, and a majority of those are oil and gas tankers. They cumulatively hold 3.2 lakh tonnes of liquefied petroleum gas (LPG), 2 lakh tonnes of LNG, and 16 lakh tonnes of crude oil destined for India. According to Jaiswal, India continues to be in constant contact with all relevant governments at various political and diplomatic levels and is making efforts to ensure that Indian vessels can achieve safe and unhindered transit to maintain the country’s energy security. The efforts have seen some success, as two India-flagged LPG tankers arrived at Indian ports from the Persian Gulf earlier this week.</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>With QCO rollbacks underway, Commerce Ministry weighs quick response to dumping concerns</t>
+          <t>Centre’s offer to states: Expedite piped natural gas rollout, get additional commercial LPG supplies</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Amid a comprehensive revamp of quality control orders (QCOs) that have resulted in rollbacks of standards on over 20 products, which could rise to 208 products if Niti Aayog’s suggestions are implemented, imports are likely to increase.</t>
+          <t>The Petroleum and Natural Gas Regulatory Board (PNGRB) has also advised CGD companies to deploy additional resources and step up outreach to provide connections quickly to consumers wherever networks are available.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2025-11-18T22:44:27+05:30</t>
+          <t>2026-03-19T05:09:56+05:30</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/business/qco-rollbacks-commerce-ministry-quick-response-dumping-10373058/</t>
+          <t>https://indianexpress.com/article/business/centre-lpg-shortage-commercial-supply-incentive-png-rollout-gas-10589156/</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>The anti-dumping wing of the Commerce and Industry Ministry, Directorate General of Trade Remedies (DGTR), is weighing provisional legal measures aimed at a quicker response to industries’ concerns over dumping of goods from various countries, a senior government official said.
-[...11 lines deleted...]
-The surge in the use of these orders has had a substantial impact on supply chains. Between 2016 and 2025, the number of products brought under mandatory QCO coverage grew from fewer than 70 to nearly 790, including one Omnibus Technical Requirement (OTR) that covers 20 products. The implementation of QCOs restricts the import, manufacturing, distribution or sale of products covered under the orders without a Standard Mark, except under a valid licence from the Bureau of Indian Standards (BIS).</t>
+          <t>Close on the heels of urging states to help expedite expansion of piped natural gas (PNG) access and coverage amid the shortage of liquefied petroleum gas (LPG) due to the West Asia conflict, the Centre on Wednesday said that it would incentivise the states that do so by allocating additional volumes of LPG for commercial use beyond the current allocation of 20% of demand. Under the proposal, states could get up to 30% of the commercial LPG demand if they take some specific measures to enable faster rollout of PNG infrastructure. This comes amid the Centre’s appeal to LPG consumers—commercial users as well as households—to shift to PNG, wherever feasible, to take some pressure off of LPG supplies.
+With the effective halt in maritime traffic through the critical chokepoint of the Strait of Hormuz, India’s LPG supplies have been majorly hit. The country depends on imports to meet 60% of its LPG needs, and 90% of those flow through the Strait of Hormuz—the narrow maritime passage between Iran and Oman that connects the Persian Gulf with the Gulf of Oman. This effectively means that roughly 55% of India’s LPG consumption volumes are currently unavailable. While the government has prioritised LPG supplies to households, commercial and industrial users like restaurants are facing severe shortages of the fuel.
+In a letter to the chief secretaries of all states and union territories on Wednesday, Petroleum Secretary Neeraj Mittal wrote, “In the current LPG shortage scenario due to Middle East crisis, OMCs (oil marketing companies) are providing 20% commercial LPG for states. It would be a smart move at this stage for States to enable transition of LPG consumers to PNG. Therefore, it is proposed that even while LPG for commercial is in short supply, its allocation to be increased to 30% provided States can help in long-term transition to PNG.”
+In the letter, Mittal wrote that states can get an additional 1% commercial LPG allocation for formation of state and empowered district level committees with local body executive representation for approving CGD applications and resolving grievances. Another 2% allocation will be made if the state or UT issues orders to grant deemed permissions to all old applications by CGD companies, and also to the new ones “after lapse of 24 hrs of application”, for laying pipelines.
+“3% additional allocation for introduce a ‘Dig and Restore scheme’ for CGD entities so they can dig and restore on their own, eliminate restoration charges and substitute them with a Bank Guarantee up to a maximum of Rs 10 lakh per kilometre to ensure satisfactory restoration of digging/laying of pipelines. 4% additional allocation for reducing the annual rental/lease charges for laying/operating CGD network to zero,” Mittal wrote. States and UTs that implement all these four measures will get LPG allocation to meet 30% of demand for the fuel from commercial consumers.
+Mittal said that city gas distribution (CGD) companies, which operate PNG networks, have said that that many local bodies levy high right-of-use and pipeline digging charges and lease rents, which has dampened the CGD investment climate. He also cited the slow pace of rollout of PNG connections for household use—just 1.6 crore connections are functional against a minimum work programme commitment of 12.63 crore.
+“It is known that excessive taxes on a fledgling business could have strangulating effect on other consequential economic activities of that business. Therefore, needless to say that having reasonable taxes/other charges on CGD activity will lead to revenue buoyancy from attendant economic activity. Thus, to improve the investment environment and expedite adoption of natural gas as a clean fuel and substitution of scarce LPG supply, the State Government may require the local bodies (and for State owned infrastructure) to minimise the level of charges levied on the business CGD entities and improve ease of doing business,” Mittal wrote.
+In a media briefing on Wednesday, Petroleum Ministry Joint Secretary Sujata Sharma said that with incentives on the table, the “onus is on states and UTs to take this reform forward and expedite approvals”. She said that the LPG supply situation remains concerning, even as the OMCs continue to maintain LPG supplies to households at regular levels. Sharma also said that priority sectors continue to receive protected natural gas supplies, including 100% supply to the household PNG and compressed natural gas (CNG) for transport segments, while supplies to industrial and commercial consumers are being regulated at around 80%.
+Although natural gas supplies to India have also been hit due to the Strait of Hormuz’s closure, the situation is not as concerning as in the case of LPG. India depends on imports to meet roughly half of its natural gas needs, with 55-60% of the imports coming through the Strait. Over the past few days, the government has been appealing to consumers to switch to PNG if it is available in their vicinity. Some CGD companies have also announced incentives like some volumes of free gas and waiver of connection charges to encourage consumers to sign up for PNG connections.
+The Petroleum and Natural Gas Regulatory Board (PNGRB) has also advised CGD companies to deploy additional resources and step up outreach to provide connections quickly to consumers wherever networks are available. According to the government’s estimates, there are roughly 60 lakh households that are in the vicinity of PNG coverage, and can quickly switch to piped gas connections. As against 33.3 crore households with LPG connections, the number for PNG connections stands at around 1.5 crore. But while LPG is supplied in portable cylinders, PNG requires pipeline connectivity at the doorstep.
+Apart from prioritising LPG supplies to households over commercial and industrial consumers, the government ordered refiners to maximise LPG production, and directed them to divert propane, butane, and other streams from petrochemical manufacturing to LPG production. According to Sharma, these measures have led to an increase of 40% in domestic LPG production vis-à-vis pre-West Asia conflict levels, and a further increase is likely over the next few days. The government has also increased waiting times between cylinder bookings by households from 21 days to 25 days in urban areas and 45 days in rural areas to check hoarding behaviour and manage demand and supply. The government has also activated alternative fuel streams like kerosene, fuel oil, biomass, and even coal for commercial consumers to help them cover their LPG shortfall.</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Looking to double investor base in 3-5 years: Sebi Chairman</t>
+          <t>Flashpoint at WTO: India set to oppose US proposal seeking permanent ban on e-transmission duties</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Last week, the National Stock Exchange of India (NSE) said its total unique trading accounts surpassed 24 crore. The number of unique registered investors stood at 12.2 crore as of October 31, 2025, the exchange said.</t>
+          <t>US wants continuation of moratorium, but India sees it as a deterrent towards taxing the digital economy</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2025-11-18T06:24:58+05:30</t>
+          <t>2026-03-18T12:00:30+05:30</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/business/market/looking-to-double-investor-base-in-3-5-years-sebi-chairman-10371622/</t>
+          <t>https://indianexpress.com/article/business/e-transmission-duty-us-seeks-permanent-curbs-india-opposes-10587672/</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>The Securities and Exchange Board of India (Sebi) aims to double the number of unique investors in the country over the next three to five years, Chairman Tuhin Kanta Pandey said on Monday.
-[...5 lines deleted...]
-“The securities market is no longer a passive mirror of the economy — it is an active partner in nation-building,” he said.</t>
+          <t>India is set to oppose a key US-led World Trade Organisation (WTO) proposal seeking a permanent moratorium on customs duties on electronic transmissions at the 14th Ministerial Conference (MC14) set to be held in Cameroon later this month, The Indian Express has learned.
+“We do not support the extension of the moratorium. The growth of e-commerce or gains from e-commerce should not be conflated with the so-called benefits of the moratorium. While the cost of the moratorium is almost completely borne by the developing countries that are net importers of digital products, its benefits are accruing to a few developed countries.
+“A re-consideration of the moratorium  is critical for developing countries, most importantly to preserve policy space and achieve domestic industrialisation,” an Indian representative said as per the minutes of the meeting of a WTO meeting held on December 2 last year.
+India’s position was sharply contrasting with that of the US, which has not only asked for an extension but has also sought a permanent moratorium, arguing that imposing duty on electronic transmissions would restore “some confidence in the WTO” and its ability to deliver something meaningful and tangible to those stakeholders — “stability and predictability in the digital economy”. The controversial moratorium on customs duties on electronic transmission has been a subject that has divided developing and developed nations and has been renewed every two years since it was first instituted in 1998. However, with the advent of AI-generated products, the significance of rules around digital commerce has rapidly gained prominence.
+According to a WTO report, digitally delivered services exports have touched about $5 trillion, nearly double the level they had reached in 2017.
+However, the regulations around this sector have been a point of tension between developing and developed nations for a long time.
+The US has forced several trade partners to agree to a moratorium under bilateral trade pacts. India has been arguing against any extension to the moratorium because digital trade has been dominated by big tech and developed countries, and the moratorium squarely favours the developed nations. Experts say that India loses about $1 billion in tax revenue annually by foregoing duty on e-transmission.
+“In listening to those seeking to address the digital divide, the imposition of customs duties on electronic transmissions would actually undermine the efforts to address the digital divide and other development concerns. Doing so would impose significant administrative burdens and divert resources to enforce it — resources that could be better spent addressing the digital divide. So, we look forward to continuing this conversation with Members, and we look forward to making the moratorium permanent at MC14,” the US representative said during the meeting.
+During the WTO meeting in December, India said that concrete actions are needed to address this matter, such as providing technical assistance and capacity-building activities focused on digital literacy and e-commerce skills development, tailored to the specific needs of developing countries and Least Developed Countries (LDCs).
+“The actions should include… Facilitating the transfer of digital technologies to developing countries and LDCs to support e-commerce development; creating a mechanism to match developing countries and LDCs’ identified needs for digital infrastructure and technologies with available resources and offers of support,” the Indian representative said.
+China has also supported the moratorium, saying it is “vital for development”.
+Its representative argued that the moratorium provides great stability and predictability for all WTO members and businesses, especially
+the MSMEs in developing members.</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>In ‘historic first’ deal, India to source 10% LPG imports from US in 2026</t>
+          <t>Middle seats are no longer your only free option as DGCA issues new directives</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Move comes as New Delhi looks to shrink trade surplus with Washington</t>
+          <t>Airlines have also been asked to bring out clear, transparent policies for carriage of pets.</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2025-11-18T01:42:20+05:30</t>
+          <t>2026-03-18T22:57:36+05:30</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://indianexpress.com/article/business/historic-first-deal-india-to-source-10-lpg-imports-from-us-in-2026-10371141/</t>
+          <t>https://indianexpress.com/article/business/aviation/passenger-grouse-dgca-airline-seats-free-pnr-10588202/</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>As India looks to increase its energy trade with the US amid trade pact negotiations, Indian public sector refiners have signed a one-year deal for American liquefied petroleum gas (LPG) imports, marking the first structured contract of US LPG for the domestic market.
-[...11 lines deleted...]
-Trump said last week that the US will bring down tariffs on India, and that they are close to signing a trade deal.</t>
+          <t>The Directorate General of Civil Aviation (DGCA) has directed airlines to ensure that at least 60% of seats on flights are offered without any selection fee, and passengers on the same booking reference, or PNR, are seated together, “preferably in adjacent seats”.
+Passengers have long complained that airlines offer very few free-of-charge seats for pre-selection and during web check-in. For groups or families travelling on the same PNR, not being able to sit together, particularly if children are part of the group, has also been a major grouse.
+“To further strengthen passenger convenience, transparency and uniformity of practices across airlines, the Ministry has issued the following directions through the Directorate General of Civil Aviation (DGCA): Minimum 60% of seats on any flight to be allocated free of charge to ensure fair access, passengers travelling on the same PNR to be seated together, preferably in adjacent seats…,” the Ministry of Civil Aviation (MoCA) said in a release.
+Flyers have been complaining that the few free seats airlines offer free of charge during booking or web check-in are often middle seats or seats at the rear of the cabin. Usually though, better seats can be availed at the airline’s check-in counter at the airport prior to departure for free, subject to availability. But that option isn’t really available if the flight is full.
+Most Indian airlines currently offer a limited number of seats, usually 20-30%, for free during booking and web check-in, while charging selection fee for others; the charges can vary depending on factors like the location of the seat in the aircraft cabin and in the specific row, and seat pitch, which effectively is a measure of legroom. Also, all seat selection – chargeable and free – is on a first-come, first-served basis.
+Seat selection fees form a major ancillary, or non-ticket, revenue stream for airlines, and mandating more than half the seats to be offered free of charge could impact their revenue. Over the years, Indian airlines, like global carriers, have been increasingly unbundling services to generate more ancillary revenue through add-ons like preferred seat selection, pre-booked meal services, and on-board food and beverage retail, while keeping base fares low.
+How Indian airlines will implement these directives is not clear yet. Theoretically, more free seats could lead to higher selection charges for seats that will still remain chargeable, or even a slight increase in base fares, although such moves would also depend on competition and market factors. As for getting those on the same PNR to sit together, pre-booked seats by other passengers could be a hindrance, and how airlines implement this directive in such cases remains to be seen. A couple of years ago, the DGCA had asked airlines to ensure that children up to 12 years of age must be seated next to at least one of their parents or guardians travelling on the same PNR without having to pay extra for the seat selection.
+Apart from the directives on seat selection, the regulator also asked airlines to facilitate carriage of sports equipment and musical instruments in a “transparent and passenger-friendly manner” subject to safety and operational regulations.
+Additionally, airlines have also been asked to bring out clear, transparent policies for carriage of pets. A couple of major Indian carriers allow pets on board, subject to cage and weight specifications, while few others allow carriage of pets only in the cargo hold of the aircraft.
+The DGCA has also instructed airlines to ensure strict adherence to passenger rights framework, particularly in cases of delays, cancellations and denial of boarding; prominently display of passenger rights across airline websites, mobile applications, booking platforms, and airport counters; and to have clear communication of passenger entitlements in regional languages to ensure wider accessibility and awareness.
+The Ministry of Civil Aviation said it “remains committed to enhancing passenger experience, ensuring transparency, reducing grievances and upholding the highest standards of safety across the aviation ecosystem”.</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Business</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:F101"/>
+  <dimension ref="A1:F29"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Title</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Synopsis</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Content</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>How Celebrity Homes Quietly Shape India’s Middle Class Housing Aspirations</t>
+          <t>HDFC Bank share price plunges 4%; Keki Mistry says ‘no material concerns, no power struggle’</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Celebrity homes don’t just showcase luxury; they quietly guide how India’s middle class designs and aspires to live. Developers borrow star-style cues to create aspirational homes.</t>
+          <t>HDFC Bank shares dip after chairman's exit and ADR slump. Stay updated on key leadership and governance developments.</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Wednesday, 19 Nov, 2025</t>
+          <t>2026-03-19T09:28:03+05:30</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/how-celebrity-homes-quietly-shape-indias-middle-class-housing-aspirations-122791.html</t>
+          <t>https://www.financialexpress.com/market/hdfc-bank-share-price-leadership-exit-atanu-chakraborty-adr-fall-4177441/</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Bollywood homes have always been more than glamorous addresses. They sit in the public imagination as symbols of achievement, lifestyle and belonging. Over the years, these star residences have quietly influenced how middle class India thinks about comfort, design and what a “dream home” should feel like. Builders pay attention to this cultural pull, and buyers respond to it. Somewhere between glossy celebrity house tours and everyday family decisions, a new style of housing has taken shape.
-[...9 lines deleted...]
-In this way, celebrity homes act like roadmaps. They show families how to imagine their futures and what kind of spaces might hold those dreams. They influence architecture, trends and the meaning of ownership itself. The world of stars may seem distant, but its ripple effects shape how millions live, plan and aspire. As the market keeps evolving, these quiet influences will continue to shape India’s housing story.</t>
+          <t>The share price of the private lender giantHDFC Bankhas plunged 4% after a sudden leadership change at the top raised questions among investors. Moreover, this recent development comes at a time when the stock has already been under pressure.Addressing analysts at a conference call earlier today, Keki Mistry, who stepped in as interim chairman said, “no material concerns, no power struggle at the board , nothing substantial board minutes would support this.”HDFC Bank board members met RBI late last night and the management highligted that “the regulator was supportive and approves Keki Mistry’s appointment as interim Chairman.” They reiterated that, “Disclosures are complete and transparent in line with regulatory requirements for banking sector.” So, what exactly has happened and why does it matter now? Let’s take a look – The biggest reason why the shares is in focus is the resignation of the bank’s part-time chairman and independent director,Atanu Chakraborty. He stepped down from his role on March 18 with immediate effect, according to the company’s exchange filing. In his letter, he pointed out that some practices within the bank over the past two years did not align with his personal values and ethics. “Certain happenings and practices within the bank, that I have observed over last two years, are not in congruence with my personal Values and Ethics,” he added in his resignation letter. At the same time, he also acknowledged the work culture within the organisation and appreciated teams handling compliance, audit, and governance functions. Following the resignation, theReserve Bank of Indiahas approved the appointment of Keki Mistry as the interim part-time chairman. He will take on this role starting March 19 for a period of three months. This temporary arrangement ensures that there is no gap in leadership at the top. The reaction was also visible in the overseas market. The bank’s American Depository Receipts (ADR), listed on the New York Stock Exchange, fell over 7% after the news came out. This was opne of the sharpest fall in the share rice in recent times. Another reason the stock is in focus is its recent performance. The share price has been under pressure across different time periods. Over the past one month, the share price of this private lender has declined around 8%. In the last six months, it has fallen about 13%. Looking at a one-year view, the stock is down 3%, while so far in 2026, it has dropped nearly 15%. Going ahead, investors will closely track how the bank addresses concerns around governance and leadership.</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Inside India’s 5 Hidden Housing Markets Quietly Reshaping Real Estate Today</t>
+          <t>Nuvama ‘Overweight’ 8 stocks: Why Reliance, HDFC Bank, Infosys are top picks – Check full list</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>India’s real housing engine runs outside formal markets, through hostels, PGs, Airbnbs, illegal colonies, and informal rentals that quietly shape how millions live and work across cities.</t>
+          <t>Nuvama turns selective in a risky market, backing Reliance, HDFC Bank and Infosys while flagging metals and autos as overvalued bets.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Wednesday, 19 Nov, 2025</t>
+          <t>2026-03-19T08:32:00+05:30</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/inside-indias-5-hidden-housing-markets-quietly-reshaping-real-estate-today-122790.html</t>
+          <t>https://www.financialexpress.com/market/nuvama-overweight-8-stocks-why-reliance-hdfc-bank-infosys-are-top-picks-check-full-list-4176871/</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>India’s real estate story is usually told through glossy brochures and shiny new towers. But the real engine of housing in this country often lives far away from formal builders and regulated projects. Behind the official skyline is a parallel world of student hostels, PGs, short-term rentals, unplanned colonies, and informal rental chains. These systems run on trust, improvisation, and everyday hustle, serving millions who can’t afford or don’t want the rigidity of formal housing. They may not show up in government reports, but they shape how people study, work, migrate, and settle in cities. They are messy, vibrant, and completely essential.
-[...15 lines deleted...]
-These five markets reveal the real truth about Indian housing: people build their own solutions when the formal system can’t keep up. They may not fit neatly into city plans, but they reflect the way India grows, improvised, people-driven, and full of resilience.</t>
+          <t>India’s equity markets may have delivered flat returns over the past two years, yetNuvama, a brokerage firm, says valuations are still elevated and earnings expectations leave limited margin for disappointment. In its latest strategy report, the brokerage has retained a defensive stance. It had assigned ‘Overweight’ ratings toReliance Industries,HDFC Bank,Infosys,Kotak Mahindra Bank,Nestle India,SBI Life Insurance Company,Dr. Reddy’s LaboratoriesandEternalwhile also backing select midcaps such as Coromandel International and APL Apollo Tubes. Given the challenging macro setup, Nuvama said the broad investment philosophy in high-risk backdrop. The focus is ” to look for stocks/sectors where valuations reflect the risks.” They are Overweight on sectors with “reasonable growth/valuation,” where “risks are priced in” and “defensive.” The firm expects about 19% earnings growth for the broader market but warns that risks from oil prices, weak demand and margin pressure could trigger downgrades, making stock selection crucial. Nuvama has retained an ‘Overweight’ stance on Reliance Industries, citing its presence across energy, telecom and retail that supports earnings stability. The stock, trading near Rs 1,395, is expected to deliver steady growth supported by improving performance across segments. The brokerage points to the strength of having multiple revenue drivers that reduce dependence on a single business. At the same time, it acknowledges that valuations remain elevated and performance could be sensitive to global energy trends and domestic consumption. “Overall, from the discussion above the overall macro setup is challenging,” Nuvama Institutional Equities said. HDFC Bankhas moved firmly into the ‘Overweight’ category as Nuvama sees the recent correction as an opportunity. Trading around Rs 841, the bank has faced pressure following merger-related balance sheet adjustments, especially around loan to deposit mismatches. The brokerage believes the strength lies in its long-term franchise and ability to improve return ratios once the transition stabilises. The near-term concerns include margin pressure and slower growth. “Post merger, the bank is working through a loans deposits mismatch that is compressing margins,” Nuvama Institutional Equities said. The firm has also turned constructive on private banks more broadly as valuations have eased. Infosys continues to feature in the ‘Overweight’ list, with Nuvama backing its stable earnings, strong cash flows and dividend payout. The stock, near Rs 1,250, offers relative comfort despite uncertainty in global technology spending. Nuvama recognises risks from artificial intelligence affecting traditional outsourcing, but believes a part of this concern is already captured in valuations. “AI posing threat to current business model but some of the risks are priced in,” the report said. The brokerage has included information technology among sectors where risks are already reflected in prices. Kotak Mahindra BankandSBI Life Insuranceremain part of Nuvama’s preferred financial picks, reflecting its tilt toward quality balance sheets. Kotak Mahindra Bank, trading near Rs 370, is seen as a steady compounder with consistent profitability. SBI Life Insurance, around Rs 1,909, benefits from rising insurance penetration. The strength for both lies in stable return profiles and relatively lower exposure to risky lending segments. The downside risk stems from broader economic pressure that could affect financial sector growth. “With regard to other segments in BFSI, we think insurance offers value,” the report said. Nuvama’s defensive positioning is visible in its ‘Overweight’ stance on Dr Reddy’s Laboratories,Nestle IndiaandHavells India. Dr Reddy’s, trading near Rs 1,277, offers earnings visibility backed by pharmaceutical demand. Nestle India, around Rs 1,213, continues to deliver strong return ratios despite slower volume growth. Havells India, near Rs 1,297, provides exposure to premium consumption. The positives include stable demand and earnings resilience. The risks lie in elevated valuations that may limit upside. “Large segments are undergoing industry transitions, nevertheless valuations remain expensive,” the brokerage said. Eternal, trading around Rs 222, represents Nuvama’s ‘Overweight’ stance on internet businesses. The brokerage sees long-term growth potential even with high valuations. This inclusion indicates a willingness to back growth-oriented companies with scalable models. The downside risk comes from elevated valuations and sensitivity to funding conditions. “Our broad philosophy in such a high risk backdrop is to look for stocks where valuations reflect the risks,” Nuvama Institutional Equities said. Among midcaps, Nuvama has maintained selective ‘Overweight’ exposure to Coromandel International,APL Apollo Tubes,Motherson Sumi Wiring,Aarti IndustriesandGravita India. Coromandel International, around Rs 1,959, benefits from agricultural demand, while APL Apollo Tubes, near Rs 1,894, is supported by infrastructure demand. Motherson Wiring and Aarti Industries provide exposure to manufacturing and chemicals, while Gravita India is linked to recycling. The strength lies in sector-specific drivers and earnings visibility, while the risks relate to broader market volatility and demand cycles. “Our broad philosophy in such a high risk backdrop is to look for stocks where valuations reflect the risks,” the report said. Metals is the strongest negative call in Nuvama’s strategy, with the brokerage downgrading the sector to ‘Underweight’. The firm notes that valuations are at two-decade highs while return ratios remain average, leaving little margin for error. The positives such as supply disruptions are already priced in, while downside risks remain if global growth slows. “Downgrade metals to ‘Underweight’ as its 20 year high valuations leave no room for error,” the report said. Nuvama has maintained an ‘Underweight’ stance on autos, industrials,public sector banksand non banking financial companies, describing them as expensive cyclicals. These sectors have delivered strong performance in recent years but are now operating at peak margins and valuations. The positives include strong past earnings performance. The risks include margin normalisation and economic slowdown. “Some are at peak margins making them quite prone to macroeconomic risks,” the report said. NBFCs remain expensive even as select names like Shriram Finance are included in the preferred list, indicating a cautious approach within the segment. Nuvama has raised concerns about uneven demand trends, with growth concentrated in a few sectors while others lag. This raises questions about the sustainability of earnings growth, especially as expectations remain high. “Analysing the high frequency data suggests a very narrow pocket based recovery,” the report said. The brokerage also noted that much of the earnings expansion in recent years has been driven by margins rather than demand. “This poses large risks to earnings estimates,” it added. Nuvama has built its India strategy around selective stock picking rather than broad exposure. Its ‘Overweight’ calls focus on companies with stable earnings and valuations that already factor in risks, while its ‘Underweight’ stance targets sectors where optimism remains high despite late-cycle conditions. The brokerage sees limited comfort at the aggregate market level and prefers disciplined allocation toward defensives and select growth opportunities. Disclaimer: This article provides factual analysis only and is not, and should not be construed as, an offer, solicitation, or recommendation to buy or sell securities. Investors must conduct their own independent due diligence and seek advice from a SEBI-registered financial advisor.</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Bollywood’s Secret Real Estate Playbook: How Stars Are Quietly Building Wealth</t>
+          <t>Sensex Today| LIVE: Bloodbath at Dalal Street – Nifty slides below 23,300, Sensex down 1,600 points; HDFC Bank down 4.5%</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Beyond flashy bungalows, Bollywood celebrities are buying land in Pune-Goa-Hyderabad and cashing out Mumbai flats at huge profits – all away from the limelight.</t>
+          <t>Sensex, Nifty | Stock market live updates: Markets brace for heavy losses as Sensex, Nifty, and Asian indices slide—track live updates and key drivers now.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Wednesday, 19 Nov, 2025</t>
+          <t>2026-03-19T09:25:26+05:30</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/bollywoods-secret-real-estate-playbook-how-stars-are-quietly-building-wealth-122789.html</t>
+          <t>https://www.financialexpress.com/market/sensex-nifty-50-stock-market-today-live-updates-crude-oil-us-israel-iran-conflict-gold-silver-rate-us-asia-nikkei-fii-19-march-2026-4177377/</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Bollywood money stories usually focus on lavish mansions and sea-facing apartments, but the real action is happening far from the spotlight. The biggest stars are no longer chasing properties that look good on Instagram. They are building long-term wealth through quieter, smarter real estate moves, raw land, redevelopment stakes, office spaces, and even co-living projects. Most of these deals stay tucked away with family advisors so nothing leaks until the paperwork is done.
-[...7 lines deleted...]
-The next time you see a celebrity at a premiere, remember that the real story might be unfolding quietly in the form of land deals and commercial investments. The glamour will always be there, but the real power lies in assets that grow long after the cameras shut off.</t>
+          <t>Sensex Today | Nifty Live Updates:Markets saw a sharp fall in the opening bell, with the Sensex dropping 1,650.23 points or 2.15% to 75,053.90, while the Nifty declined 500.90 points or 2.11% to 23,276.90. Crude oil priceszoomed up 4% on growing tension across West Asia. US West Texas Intermediate (WTI) crude was up about 3.1%, trading near $99.31 per barrel. Meanwhile, Brent crude rose around 4.1% and was hovering close to $111.59 per barrel Tension in West Asia continue to stay elevated as the conflict involving the US, Israel and Iran moves into its third week. Recent attacks and counterattacks across the region have increased uncertainty, with risks to oil and gas supply also rising. Investors are closely watching the situation, as any further escalation could push crude oil prices higher and impact overall market sentiment. Asian markets are deep in red on on Thursday, with losses seen across major indices. Japan’s Nikkei fell around 2.5% and the Topix dropped about 1.8%. In South Korea, the Kospi declined nearly 2.6%, while the Kosdaq slipped around 1.7%. Australia’s S&amp;P/ASX 200 also opened weak, down about 1.5%. TheFederal Reservekept its key interest rates unchanged at 3.5% to 3.75%. Its Chair,Jerome Powell, said that inflation is not cooling as much as expected. He also indicated that rate cuts may not happen anytime soon. US markets ended on a weak note, with all major indices closing lower. The Dow Jones Industrial Average fell sharply by 768.11 points, or 1.63%, to settle at 46,225.15. The S&amp;P 500 also declined by 1.36%, ending at 6,624.70. Meanwhile, the Nasdaq Composite dropped 1.46% to close at 22,152.42. Indian equity indices cracked in the opening trade on Thursday. The Nifty 50 slipped 443 points or 1.86% to open at 23,334.75, while the BSE Sensex tumbled 1,461 .86 points or 1.91% to open at 75,242. The banking index saw the highest cut among the major indices, cracking 2.67% or 1,477.70 points to 53,848. The Nifty Midcap 100 opened 945 points or 1.68% lower at 55,344.75. In the last trading session, The Manipal Group led the gains with a rise of about 7.5%, followed by Jaypee Group up 6.6% and Oswal Group gaining nearly 5.8%. On the other hand, Essar Group slipped around 1.3%, Indiabulls Group declined about 1.4%, and Vedanta Group fell over 2%. As HDFC Bank's interim chairman resigned, citing ethical issues, the private lender has kept an analyst and investor call at 9 AM today, March 19. "We wish to inform you that the Bank will host a call with analysts and investors at 09:00 hours (IST) on Thursday, March 19, 2026, in relation to the intimation made by the Bank on March 18, 2026," said the bank in an exchange filing. "We believe the market has completed a portion of the pullback rally, and we may see some profit booking at higher levels. For day traders. On the downside, 23,600 and 23,500 will be immediate support zones, while 23,950–24,000 could act as important resistance areas for bulls. However, below 23,500, sentiment could change. If the index falls below these levels, traders may choose to exit their long positions as the Index may fall to 23,100-22,950-22,650," said Shrikant Chouhan, Head of Equity Research at Kotak Securities. As expected, the US Fed kept rates unchanged at 3.5%–3.75% in an 11-1 vote. The Federal Reserve’s dot plot indicates that the policymakers are still hoping for two rate cuts. First one in 2026 and another in 2027, unchanged from December projections. On the derivatives front, the Put–Call Ratio (PCR) stands near 0.92, indicating relatively balanced positioning, with significant call open interest at 24,800 and 25,000 capping the upside, while put writers are active around 24,500, establishing it as an immediate support base. "The overall structure suggests the index may witness a pullback toward 25,080–25,320 if it sustains above 24,500, whereas a break below this level could once again expose the index to downside risk toward 24,300," said Dhupesh Dhameja, Derivatives Research Analyst, SAMCO Securities. HDFC Bank's American Depository Receipts dropped 7.5% after the bank's part-time chairman and independent director, Atanu Chakraborty, resigned with immediate effect. HDFC Bank has appointed Keki Mistry, the former CEO of HDFC, as the interim part-time chairman, with effect from March 19, 2026, for a period of 3 months, following the approval from the Reserve Bank of India (RBI). In the last trading session, several sectors saw strong gains. The paper sector led with a rise of about 5.1%, followed by education up 4.3%. Small finance and leather sectors also gained around 3.7% each. "The Indian equity market is expected to open with a sharp gap-down, with Nifty 50 likely to decline by 300–500 points, potentially snapping its recent three-session recovery rally amid rising global risk aversion. Sentiment has weakened significantly following a sharp surge in crude oil prices, as escalating tensions in the Middle East and reported attacks on key energy infrastructure have intensified concerns over supply disruptions," said Ponmudi R, CEO of Enrich Money. "Global cues remain decisively negative, with widespread selling pressure evident across major markets. Asian equities have reacted sharply, as the Nikkei declined 2.68% and the KOSPI fell 2.87%, mirroring overnight weakness on Wall Street. U.S. markets closed lower, with the Dow Jones dropping 1.63% and the Nasdaq declining 1.46%. European indices also closed lower, with the FTSE 100 and DAX slipping around 1%, underscoring a broad-based risk-off sentiment across developed markets," he added. In the international market, gold was trading at $4,841 per ounce. Gold prices in India remain in sharp focus. On the MCX, April 2, 2026, gold futures were trading at Rs 1,53,001 per 10 grams in the latest update. The US Dollar Index (DXY), which measures the dollar’s value against a basket of six foreign currencies, was trading 0.14% down at 100.15 on Thursday morning. The index evaluates the strength or weakness of the US dollar in comparison to major currencies. The basket contains currencies such as the British Pound, Euro, Swedish Krona, Japanese Yen, Swiss Franc, etc. The rupee appreciated 0.25% to close at 92.63 to the dollar on March 18. On March 18, foreign investors sold Indian shares worth about Rs 2,714 crore, according to provisional exchange data. At the same time, domestic institutional investors bought shares worth around Rs 3,253 crore. Markets extended their gains for the third straight session on Wednesday, with both benchmark indices closing higher. The Sensex ended up by 633 points at 76,704, while the Nifty 50 rose 196 points to settle at 23,777.</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>What India Can Learn From China’s Fight Against Air Pollution</t>
+          <t>FOMC Meeting 2026: Fed raises inflation forecast, holds rates — 5 key dot plot takeaways</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>China cleaned up its air by cutting coal use, regulating industries and pushing electric transport. India can adapt these lessons with stronger enforcement and coordinated action.</t>
+          <t>The Fed has decided not to change interest rates for now, keeping them in the range of 3.50% to 3.75%.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Wednesday, 19 Nov, 2025</t>
+          <t>2026-03-19T06:34:05+05:30</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/what-india-can-learn-from-chinas-fight-against-air-pollution-122788.html</t>
+          <t>https://www.financialexpress.com/market/global-markets-fomc-meeting-2026-fed-raises-inflation-forecast-holds-rates-5-key-dot-plot-takeaways-4177359/</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>India’s struggle with air pollution feels overwhelming most days, especially when winter smog settles over cities and turns the sky into a dull grey sheet. But another large and fast-growing country has already fought a similar battle and managed to make progress. China faced some of the world’s worst pollution a decade ago. In many cities, residents woke up to air that was unsafe to breathe. Today, several of those same cities report cleaner skies and lower levels of dangerous pollutants. The improvement did not happen overnight, but the steps China took offer India a useful starting point.
-[...8 lines deleted...]
-China’s story shows that a polluted country can turn things around. It takes political will, strong enforcement and a clear plan that tackles the biggest sources first. India’s path will be different, but the possibility of cleaner skies is not out of reach.</t>
+          <t>Amid global tensions, tariff worries and leadership changes at theUS Federal Reserve, investors were closely watching the latest Summary of Economic Projections (SEP). The Fed has decided not to change interest rates for now, keeping them in the range of 3.50% to 3.75%. Its latest projections show that any rate cuts will be slow and limited over the next few years. The central bank still expects only a small rate cut of 0.25% in 2026. The Fed’s outlook for interest rates has not changed from its December projections. It expects the policy rate to come down to 3.4% by the end of 2026. After that, rates are likely to fall slightly to 3.1% in 2027 and remain at that level in 2028. In the long run, the Fed sees interest rates settling at around 3.0%. The dot plot, which shows the views of 19 policymakers, indicates that most officials now expect rates in 2026 to be between 3.25% and 3.50%. “If you notice, the median didn’t change, but there was actually some movement toward — a meaningful amount of movement — toward fewer cuts by people,”Fed Chair Jerome Powellsaid in his post-meeting remarks. “So four or five people went from two to one, let’s say, two cuts to one cut.” The biggest shift in the projections is in inflation. The Fed now expects personal consumption expenditures (PCE) inflation to be 2.7% in 2026, higher than the earlier estimate of 2.4%. Core inflation, which excludes food and energy, is also expected to be 2.7%, up from 2.5%. Even though inflation is still expected to fall over time, it is now seen coming down more slowly. It is projected to reach 2.2% in 2027 and return to the Fed’s 2% target by 2028. The Fed has become slightly more optimistic about economic growth. GDP is now expected to grow by 2.4% in 2026, up from 2.3% earlier. Growth for 2027 has also been revised higher to 2.3%, and for 2028 to 2.1%. The long-term growth estimate has been raised to 2.0% from 1.8%, showing that the economy is holding up well even with higher interest rates. The outlook for thejob marketremains stable. The Fed expects unemployment to be 4.4% in 2026. For 2027, it has been slightly increased to 4.3%. The estimate for 2028 and the longer term remains at 4.2%. These levels are still relatively low, indicating that the Fed expects only a gradual slowdown in hiring, not a sharp rise in job losses. At the start of the year, many traders were expecting two rate cuts. But those expectations have been pushed back as inflation data has remained strong. “I do not expect any market-moving news to be made during the Powell presser either. Bottom line, the chances of two cuts this year will continue to fall, regardless of who’s sitting in the Fed Chair seat going forward. 2 cuts this year will be a hard case to make for anyone with inflation spiking and uncertainty rising substantially, unless a recession hits,” said David Alton Clark, Investing Group Leader for The Winter Warrior Investor to Seeking Alpha. Fed funds futures now suggest that there may be only one rate cut in 2026, or even none if inflation stays high. This also complicates the job for Kevin Warsh, who is expected to take over as Fed Chair when Jerome Powell’s term ends in May. Warsh has previously supported lower interest rates. With inflation still above target, the Fed is choosing to move carefully. The projections show that the central bank is not in a hurry to cut rates, even though economic growth remains steady. Its focus is on bringing inflation down to 2% in a stable and lasting way. Policymakers believe that inflation risks are tilted to the upside, meaning prices could rise more than expected.</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Why Mid-Premium Homes Are India’s Hottest Real Estate Story Now</t>
+          <t>Gudi Padwa 2026: Are NSE, BSE open or closed on March 19? Here’s what investors should know</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>India’s mid-premium homes are upgrading fast, bigger, greener, wellness-focused, better connected, and delivered on time by trusted builders, turning ‘affordable luxury’ into everyday reality.</t>
+          <t>Indian stock markets remain open on Gudi Padwa 2026; trade as usual and stay updated on partial segment closures. Learn more!</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Wednesday, 19 Nov, 2025</t>
+          <t>2026-03-19T05:31:00+05:30</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/why-mid-premium-homes-are-indias-hottest-real-estate-story-now-122787.html</t>
+          <t>https://www.financialexpress.com/market/gudi-padwa-2026-are-nse-bse-open-or-closed-on-march-19-heres-what-investors-should-know-4177113/</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Five years ago, buying a home in India usually meant choosing between two extremes: cramped ‘affordable’ flats or sky-high luxury towers. Today, a delicious middle has emerged, the mid-premium segment (Rs. 80 lakh – Rs. 2.5 crore, city-wise) and it is rewriting the rules of Indian living.
-[...13 lines deleted...]
-The Indian middle class is no longer willing to compromise on lifestyle. And for the first time, developers are listening and delivering. Your dream home is no longer a compromise between budget and desire.</t>
+          <t>It’sGudi Padwatoday and the celebrations take centre stage inMaharashtra– home to Mumbai, the financial capital of the country. Many investors might now be thinking of one key question – will the stock market take a break or continue trading as usual? The answer is very simple – the Indian stock markets will remain open on March 19, 2026. Both the Bombay Stock Exchange (BSE) and theNational Stock Exchange (NSE)of India will function normally. Trading will continue as usual during regular market hours. Talking about the festival, Gudi Padwa is the beginning of the new year in Maharashtra. It is celebrated with great pomp and show in Mumbai. However, it does not feature on the official stock market holiday calendar for 2026. This means that investors can continue buying and selling stocks in both the equity and equity derivatives segments without any interruption. Even though the broader market remains active, but it is not entirely business as usual across all segments. It is also important to note that certain areas of the financial market will observe a pause due to Gudi Padwa being a bank holiday. Some segments like currency derivatives, NDS-RST (repo settlement system), and tri-party repo will remain closed for the day. These are linked to banking activities, so they are shut because banks are closed for the holiday. At the same time, trading in commodity derivatives and electronic gold receipts will continue. The confusion often arises because festivals like Gudi Padwa are regionally significant. However, it is not always classified as nationwide market holidays. Since Mumbai, also called the financial capital of India plays a central role in India’s financial ecosystem, many assume that local holidays will automatically impact trading schedules. However, exchanges follow a predefined holiday calendar. This balances regional occasions with national-level uniformity. As a result, not every state-specific festival leads to a complete market shutdown. Although March 19 is not a trading holiday, the month does include a few market closures. Earlier in the month, trading was suspended on March 3 on account of Holi, when both exchanges remained shut. Looking ahead, there are two more holidays lined up. Markets will remain closed on March 26 for Ram Navami and again on March 31 for Mahavir Jayanti. On these days, trading across all major segments including equity, derivatives, and currency markets will be suspended.</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Maharashtra Approves ‘Iconic Cities’ Plan To Unlock Big Land Parcels</t>
+          <t>Bharat Electronics: The Rs 76,000-crore ‘structural’ play hiding behind the ‘order noise’</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Maharashtra Cabinet green-lights new townships on CIDCO land, affordable homes in Mumbai, faster land cases, skill university jobs and removes outdated words from old laws.</t>
+          <t>Bharat Electronics is emerging as a key beneficiary of India’s long defence modernisation cycle, supported by a strong order pipeline and rising indigenisation. Improving margins, high return ratios and a virtually debt-free balance sheet provide earnings visibility despite elevated valuations. For investors, the stock represents a structural policy-driven manufacturing play rather than a short-term order momentum story.</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>Wednesday, 19 Nov, 2025</t>
+          <t>2026-03-19T05:30:00+05:30</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/maharashtra-approves-iconic-cities-plan-to-unlock-big-land-parcels-122786.html</t>
+          <t>https://www.financialexpress.com/market/stock-insights/bharat-electronics-the-rs-76000-crore-structural-play-hiding-behind-the-order-noise/4177186/</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>Good news for anyone waiting for better homes and smarter cities in Maharashtra! On Tuesday, 18 November 2025, the state cabinet took several big decisions that will change how land is used and how people live.
-[...7 lines deleted...]
-For ordinary citizens, the message is clear: whether you’re hunting for an affordable flat, worried about traffic-clogged suburbs, or just want cleaner, better-planned towns, the government has started pressing the accelerator. Now the real test begins – turning these approvals into actual homes, roads and jobs on the ground.</t>
+          <t>Defence companiestend to attract attention in bursts. A large order gets announced. The stock moves. Television studios discuss geopolitics. Then silence returns until the next contract headline appears. Bharat Electronics Limitedtells a different story. The company’s recent disclosure of fresh orders worth around Rs 1,011 crore covering communication systems, electronic warfare equipment, avionics components and laser based solutions did not create much noise in the market. Yet these incremental wins say more about the company’s trajectory than any single blockbuster contract could. Bharat Electronics 1-Year Share Price Chart They point to something more structural. India’s long defence modernization cycle is gradually translating into predictable business visibility. And this is for a specialised electronics manufacturer that has spent decades building technological capability largely away from the spotlight. Bharat Electronics operates in a segment of the defence industry that rarely excites retail investors. It does not manufacture fighter jets or warships. Instead, it builds the electronic nervous system that allows these platforms to function. Radar systems, surveillance networks, electronic warfare solutions, communication equipment and missile electronics form the core of its business. As India increases defence spending and prioritises domestic sourcing, companies specialising in these areas stand to benefit in a structural rather than cyclical manner. The company’s recent financial performance suggests that this shift is already underway. For the nine months ended December 2025, Bharat Electronics reported revenue was up from up from Rs 14,538 crore to Rs 17,302 crore in the same period last year. Margins remained strong as well. Operating profitability in the third quarter was close to 29.7%, higher than the management’s earlier indication of around 27% for the full year. However, the more interesting part lies with the order, which has remained broadly stable at around Rs 73,000 crore. Growth has therefore come not only from fresh orders but also from faster conversion of existing backlog into revenue. This sharper drawdown has translated into sector leading revenue growth of about 24% year on year in recent quarters. For investors used to the stop start nature of defence procurement, this change in pace matters. India’s defence spending pattern has evolved significantly over the past decade. The focus has moved from importing complete platforms to building domestic capability across subsystems and technologies. Programmes encouraging local sourcing and technology partnerships have strengthened this trend. More recently, geopolitical tensions in the region have accelerated procurement decisions under the Make in India framework. Order inflows for Bharat Electronics are estimated to have risen sharply in the current financial year as the government prioritised indigenous suppliers for strategic programmes. The Union Budget has reinforced these priorities. Capital spending continues to rise in sectors such as defence and railways even as fiscal consolidation remains a policy objective. This creates an unusual macro backdrop. Overall public finances remain tight, yet specific segments of industrial investment continue to receive sustained support. For companies like Bharat Electronics, this combination translates into demand visibility that extends beyond normal business cycles. The existing order book already provides revenue visibility for several years. More importantly, the pipeline of potential programmes is even larger. Sector estimates suggest that opportunities worth roughly US$12 billion are under consideration, with about US$6.5 billion of orders likely to materialise over the next twelve months. There is also a gradual strategic shift underway. Bharat Electronics is moving from being primarily a supplier of electronic components to participating in larger system level programmes. The company has indicated its involvement in consortium level participation for India’s proposed fifth generation fighter aircraft programme. Additionally, it is positioning itself in indigenous long range air defence systems that could be comparable in scale to imported missile shields. If these ambitions materialise, the company’s earnings profile could change meaningfully. Operating margins have trended higher in recent years. While the longer term average margin has been around 25%, recent quarters have seen levels closer to 30%. This reflects the higher value nature of specialised electronics manufacturing once technological capability is established. Return ratios are equally striking. Return on capital employed is close to 39% while return on equity is around 29%. The balance sheet remains virtually debt free, providing flexibility to pursue new technology programmes without significant financial stress. Over the past three years, revenue growth has averaged around 15% while profit growth has been significantly higher, indicating the benefits of scale and operating leverage. The market has already begun to price in this transformation. The stock trades at a price to earnings multiple of over 50 times. Such valuations suggest that investors expect sustained growth from the defence pipeline, continued margin strength and successful participation in upcoming strategic programmes. However, optimism comes with risks. Defence procurement cycles can still face delays due to budget constraints or procedural complexities. Competition from private sector players is rising as policy frameworks evolve. Sustaining high growth will require consistent conversion of the large opportunity pipeline into firm orders and revenue. Bharat Electronics may never generate the excitement associated with consumer technology companies. Its products are complex, specialized and often confidential. Yet its relevance within India’s industrial landscape is steadily increasing. The company sits at the intersection of three long term trends. Rising defence expenditure. Policy driven domestic manufacturing. And the growing technological intensity of modern warfare. The recent flow of relatively modest order announcements therefore deserves closer attention. They signal that India’s defence investment cycle is gradually translating into steady business momentum rather than sporadic contract driven spikes. For investors willing to look beyond headline deals, Bharat Electronics represents a quieter compounding story. Not a dramatic turnaround. Not a speculative defence bet. Instead, a technology manufacturer benefiting from structural policy shifts and improving financial metrics. In a sector where visibility has traditionally been low and growth uneven, that combination may prove more durable than the market currently realises. Note: We have relied on data fromwww.Screener.inthroughout this article. Only in cases where the data was not available, have we used an alternate, but widely used and accepted source of information. The purpose of this article is only to share interesting charts, data points and thought-provoking opinions. It is NOT a recommendation. If you wish to consider an investment, you are strongly advised to consult your advisor. This article is strictly for educative purposes only. Manvi Aggarwal has been tracking the stock markets for nearly two decades. She spent about eight years as a financial analyst at a value-style fund, managing money for international investors. That’s where she honed her expertise in deep-dive research, looking beyond the obvious to spot value where others didn’t. Now, she brings that same sharp eye to uncovering overlooked and misunderstood investment opportunities in Indian equities. As a columnist for LiveMint and Equitymaster, she breaks down complex financial trends into actionable insights for investors. Disclosure: The writer and her dependents do not hold the stocks discussed in this article. The website managers, its employee(s) and contributors/writers/authors of articles have or may have an outstanding buy or sell position or holding in the securities, options on securities or other related investments of issuers and/or companies discussed therein.  The content of the articles and the interpretation of data are solely the personal views of the contributors/ writers/authors.  Investors must make their own investment decisions based on their specific objectives, resources and only after consulting such independent advisors as may be necessary.</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Bengaluru’s Residential Market Set For Steady 3-5% Growth In FY26</t>
+          <t>4 summer stocks to watch as India’s heatwave arrives 2 months early</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Bengaluru’s housing market is set for steady growth in FY26 as mid-income and luxury demand rises, launches expand, and buyers shift towards larger premium homes.</t>
+          <t>With India facing record-breaking temperatures as early as February and March 2026, the demand for air conditioners and refrigerators is shifting from seasonal to structural.</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>Wednesday, 19 Nov, 2025</t>
+          <t>2026-03-19T05:30:00+05:30</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/bengalurus-residential-market-set-for-steady-3-5-growth-in-fy26-122785.html</t>
+          <t>https://www.financialexpress.com/market/stock-insights/4-summer-stocks-to-watch-as-indias-heatwave-arrives-2-months-early/4177161/</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>Bengaluru’s housing market is heading into FY26 with steady momentum, even as the mix of buyers and the types of homes they prefer continue to evolve. A new analysis by ICRA shows the city holding firm despite a sharp correction in the affordable segment, with mid-income and luxury housing now steering the growth story.
-[...7 lines deleted...]
-Bengaluru’s residential market, as the data shows, is changing shape. What remains constant is the city’s ability to absorb new supply, attract committed end-users, and draw developers who see long-term value in one of India’s most stable urban housing markets. As FY26 progresses, the balance between launches and sales, along with the performance of the luxury segment will determine how firmly the growth trend continues.</t>
+          <t>Summer once meant sticky mango juice on your hands, fighting over the last slice of watermelon, and someone in the house shouting, “fan full speed pe chalao!” while everyone still complained. The heat was annoying, but manageable. Almost part of the routine. Now, summers are arriving earlier. Staying longer. And getting harsher. Temperatures in several parts of India have already been reported 4°C to 8°C above normal in early March. In some regions, readings have even touched close to 40°C as early as February-end, something that was rare earlier. The trend is not just about one-off spikes. Weather agencies have indicated that heatwave days between March and May could remain above seasonal averages this year. Even February has already turned out to be among the warmest on record. What used to be peak-summer conditions is now becoming the new normal much earlier in the year. This shift is clearly reflecting in consumption patterns. Sales of air conditioners are picking up faster than usual. Air coolers are seeing demand in smaller towns where affordability matters. Refrigerators are also becoming more essential, especially as households try to store food better during longer heat spells. This is no longer a short seasonal spike. It is gradually turning into a structural demand trend, making the segment worth tracking. The stocks selected here are built around this demand theme. They cover different parts of the cooling market without overlapping too much. Some capture premium urban demand, while others reflect mass adoption across regions. The focus is on companies with strong brands, wide distribution, and the ability to benefit consistently as rising temperatures keep pushing cooling demand higher year after year. Voltasis engaged in the business of air conditioning, refrigeration, electro-mechanical projects as an EPC contractor both in domestic and international geographies (Middle East and Singapore) and engineering product services for mining, water management and treatment, construction equipment and textile industry. Voltas reported a mixed set of numbers for the December quarter. The company continued to hold its leadership in the room air conditioner market. Total income for Q3 FY26 stood at around Rs 3,130 crore. This was flat compared to Rs 3,164 crore last year. Net profit came in at Rs 84 crore. This was down from the Rs 131 crore reported a year ago. The decline was due to cost pressures and higher incentives. The RAC Dominance: Leveraging a 17.9% Market Share The room air conditioning business remained the key driver during the quarter. The company saw improved channel activity. There was also some pre-season demand. This was supported by GST changes and advance buying before regulatory transitions. Voltas strengthened its market position. Its RAC market share rose to about 17.9% year-to-date. This is important as India heads into an early and intense summer in March 2026. The company is preparing for this demand cycle. It has expanded its retail reach. This includes micro-level targeting and adding new channel partners. There is also a focus on regional retailers and institutional sales. Inventory levels in the channel remain under control. Management expects stocks to clear within weeks as summer demand improves. Supply Chain Aggression: Expanding Capacity to 1.5 Million Units On the manufacturing side, capacity is being ramped up. The Pantnagar plant is already running at full capacity. The Chennai plant is being expanded. Capacity is moving from 1 million units to about 1.5 million units. Utilisation is expected to stay high during peak summer. The company has also improved backward integration at Chennai. This should help with cost control and efficiency. Overall, profitability remained under pressure in Q3. Costs and pricing dynamics weighed on margins. But the outlook appears better from here. Rising temperatures and early summer conditions are likely to support demand. The company is entering the season with better preparation. This includes stronger distribution and higher capacity. This could help Voltas benefit from a stronger cooling cycle ahead. In the past year, share price of Voltas is down 3.1%. Voltas 1 Year Share Price Chart Blue Starmanufacturers air purifiers, air coolers, water purifiers, cold storage and speciality products. The company offers turnkey solutions in mechanical, electrical, plumbing, (MEP) and fire-fighting projects. It is the largest after-sales service provider for air conditioning and commercial refrigeration products in the country. Blue Star reported a muted performance in the December quarter, reflecting a weak demand environment through most of FY26. Consolidated revenue for Q3FY26 rose 4.2% year-on-year (YoY) to Rs 2,925 crore. Net profit, however, declined sharply by around 39% to Rs 80.6 crore, largely due to a one-off impact and softer operating conditions. The quarter was marked by subdued demand across key segments. Management indicated that Q3 was a transitional phase rather than a growth period. The core air-conditioning business showed early signs of recovery. This was driven by channel restocking ahead of new energy efficiency norms and expectations of summer demand. The “Affluent India” Proxy: High Margins in Unitary Cooling The central theme for the business remains weather-led demand. Rising temperatures and an expected stronger summer season are seen as key growth triggers. Room air-conditioners have started seeing traction again after a weak stretch. Demand is being driven by Tier-2 and Tier-3 markets, where penetration remains low and price-sensitive consumers dominate. The Infrastructure Backbone: MEP Projects and Data Centre Demand In the projects segment, revenue grew 8.6% YoY. However, order inflows were weaker during the quarter. Some large project finalisations were delayed. Demand from factories, data centres and commercial buildings remains steady. Infrastructure projects are nearing closure, which is putting pressure on margins due to cost overruns. The unitary cooling products segment, which includes room ACs, remained flat in revenue terms. Margins improved due to cost control and lower discounting. The company consciously avoided excess inventory. This helped protect profitability in a weak demand environment. On the expansion front, Blue Star is focusing on strengthening its distribution network and preparing for the summer season. Production of new models aligned with revised energy norms has begun. The company is also investing in supply chain resilience and localisation to reduce dependence on imports. Global ambitions remain intact but are progressing gradually. The company is expanding its presence in the US and Europe. However, progress is constrained by trade uncertainties and weak demand in segments like heat pumps. Management indicated that exports could contribute meaningfully over the next three years as capabilities scale up. Looking ahead, the near-term outlook hinges on the onset and intensity of summer. Pricing actions are expected due to higher input costs and regulatory changes. Demand recovery is visible but not yet strong. The company expects Q4 to be significantly better than Q3. However, sustained growth will depend on how the upcoming summer season plays out and how pricing impacts consumer demand. In the past year, share price of Blue Star tumbled 16%. Blue Star1 Year Share Price Chart Havells Indiais a leading fast moving electrical goods (FMEG) company and a major power distribution equipment manufacturer with a strong global presence. Havells India reported a steady December quarter. Revenue for Q3FY26 grew about 14% year-on-year. EBITDA rose 21%, indicating operating leverage. Net profit was impacted by an exceptional charge of around Rs 45 crore. The Lloyd segment remains central to the company’s near-term outlook. Cooling products such as air-conditioners faced weak demand in recent quarters due to a poor summer. However, channel inventory has now started normalising. This is a key trigger as the market enters the peak summer months of March and April. The Lloyd Turnaround: Normalizing Inventory for a Q4 Rebound Management indicated that production planning for Lloyd is being done with caution. The company is balancing optimism with prudence after last year’s weak season. Inventory at the channel level is lower compared to earlier periods, which could support demand as the season progresses. Pricing remains an important factor for Lloyd. The company expects a 5% to 10% price increase in air-conditioners due to higher input costs, regulatory changes, and currency movements. However, GST adjustments may partly offset the impact for consumers. Pricing and demand trends will need to be monitored as the season progresses. Operating Leverage: How the Cables Business Funds Consumer Expansion Beyond Lloyd, the cables and wires segment led overall growth during the quarter. Volume growth remained strong, supported by infrastructure demand and commodity price tailwinds. Other consumer categories such as heating products and water heaters also performed well due to a favourable winter. On expansion, investments in the Lloyd business are largely complete. The company is now focusing on optimising utilisation of its existing capacity. Capex going forward will be directed more towards cables and wires and the development of a new R&amp;D centre. Total capital expenditure of around Rs 1,000 crore is planned for the next year. Exports in air-conditioners remain limited, with the business largely domestic-focused. While opportunities are being explored, global expansion has been slow due to external factors such as tariffs. Overall, Havells’ near-term performance is closely tied to the upcoming summer season, with Lloyd at the centre of this narrative. A strong summer could drive volume recovery and improve operating leverage. However, the company remains cautious, with demand visibility still evolving and dependent on weather conditions. In the past year, share price of Havells India tumbled 11.9%. Havells India1 Year Share Price Chart Whirlpool of Indiais one of the leading manufacturers and marketers of major home appliances in the country. Whirlpool of India reported a stable performance in the December quarter, operating in what it described as a relatively weak industry environment. Revenue for Q3FY26 grew around 4% YoY. Profitability, however, suffered. In Q3 FY26 profit dropped to Rs 27 crore from Rs 45 crore reported in a year ago period. Profit decline appears largely driven by a sharp fall in other income and continued pressure from interest and depreciation, rather than core operating weakness. The company indicated that demand remained subdued across key categories, including refrigerators and air-conditioners. Despite this, it was able to sustain market share in a competitive industry. The focus during the quarter was clearly on improving profitability rather than chasing volume growth. Margin Over Volume: The Shift to Negative Working Capital Margin expansion was driven by cost control measures under its productivity programs. These efforts helped the company deliver EBITDA growth of over 30% during the quarter. This reflects a shift towards operational efficiency in a low-growth environment. Operationally, the company continued to maintain strong discipline. Working capital remained healthy, with the business operating at negative net working capital levels. This indicates efficient cash flow management despite demand pressures. The Global Tech Link: Tapping into Worldwide R&amp;D Ecosystems Whirlpool also highlighted its ongoing engagement with global operations, including services linked to its Global Technology Center. These arrangements are expected to continue over the medium term, supporting continuity and capability development. Overall, the quarter reflects a cautious operating environment. Growth remains modest, but profitability has improved. The company appears focused on maintaining market position and strengthening margins while navigating weak demand conditions. In the past year, share price of Whirlpool of India is down 11.2%. Whirlpool of India1 Year Share Price Chart Financial Health: Comparing P/E Ratios and Margins Let’s now turn to the valuations of the companies in focus, using the Enterprise Value to EBITDA multiple as a yardstick. Valuations of Companies in focus In terms of return ratios, Blue Star and Havells are in a better spot. Blue Star’s Return on Capital Employed (ROCE) stands at 26.2% and Return on Equity (ROE) at 20.6%. Havells is close with 25.3% ROCE and 18.8% ROE. Voltas is lower at 17.6% and 13.5%. Whirlpool is the weakest here with 12.3% ROCE and 9.3% ROE. Valuations, however, tell a slightly different story. Voltas and Blue Star are trading much higher than both their past averages and the industry median. Voltas is at 53.3x EV/EBITDA and Blue Star at 40.5x. Havells is at 33.1x, which is lower than its own history but still above the industry. Whirlpool, at 11.2x, is the only one below both its average and the sector median. This creates a gap. Some companies are already priced for growth, but recent performance has been weak. Others look cheaper, but also have lower return ratios. That is where the difference lies across these names. The trend is clearly in place. Rising temperatures are pushing demand for cooling products across categories. But at the company level, the picture is still not fully settled. Some companies are trading at higher valuations, which means expectations are already built in. At the same time, return ratios are stronger for a few players, while others are still catching up. Despite this, stock prices across most of these names have been under pressure over the past year. That suggests the market is still waiting for a clear pickup in earnings. As the summer season progresses, actual demand will start reflecting in numbers. This is where things will become clearer. How companies handle pricing, manage costs and convert demand into volumes will matter more than just the overall theme. For now, the story looks promising but not fully played out. These stocks can be tracked to see how they perform as the season unfolds. You can track how these companies progress as temperatures rise byadding stocks to your watchlist. Note: We have relied on data from www.Screener.in throughout this article. Only in cases where the data was not available, have we used an alternate, but widely used and accepted source of information. The purpose of this article is only to share interesting charts, data points and thought-provoking opinions. It is NOT a recommendation. If you wish to consider an investment, you are strongly advised to consult your advisor. This article is strictly for educative purposes only. Ekta Sonecha Desai has a passion for writing and a deep interest in the equity markets. Combined with an analytical approach, she likes to deep dive into the world of companies, studying their performance, and uncovering insights that bring value to her readers. Disclosure: The writer and her dependents do not hold the stocks discussed in this article. The website managers, its employee(s), and contributors/writers/authors of articles have or may have an outstanding buy or sell position or holding in the securities, options on securities or other related investments of issuers and/or companies discussed therein.  The content of the articles and the interpretation of data are solely the personal views of the contributors/ writers/authors.  Investors must make their own investment decisions based on their specific objectives, resources and only after consulting such independent advisors as may be necessary.</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Kolkata Records 12% YoY Rise In Home Registrations In October 2025</t>
+          <t>Move over Mazagon Dock: This shipping veteran has Rs 5,438 crore cash and 30 years of dividends</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Kolkata registered 4,470 homes in October 2025, with buyers shifting to larger apartments and South and North zones leading activity despite a seasonal dip from September.</t>
+          <t>Shipping earnings rise and fall with global cycles. This company has seen enough of them. The question now is not what the business earns, but how it behaves when the cycle stops favouring it.</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>Wednesday, 19 Nov, 2025</t>
+          <t>2026-03-19T05:30:00+05:30</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/kolkata-records-12-yoy-rise-in-home-registrations-in-october-2025-122784.html</t>
+          <t>https://www.financialexpress.com/market/stock-insights/move-over-mazagon-dock-this-shipping-veteran-has-rs-5438-crore-cash-and-30-years-of-dividends/4177180/</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>Kolkata’s housing market has been moving with a steady, purposeful rhythm in 2025, and October added another chapter to this momentum. The Kolkata Metropolitan Area (KMA) registered 4,470 apartments during the month. It’s a solid 12 percent rise compared to the same time last year, even though registrations dipped 16 percent from September. The drop isn’t a sign of cooling demand. Instead, it’s the result of an unusually strong festive month that came earlier this year, pulling a rush of buyers into September because Durga Puja and Navratri both fell there almost entirely.
-[...8 lines deleted...]
-The numbers, the shifts in home size demand, and the strong performance of South and North Kolkata all point to a market that is maturing. Kolkata may still be known for its cultural heartbeat and slower pace compared to other metros, but in real estate, it is moving with purpose. The market is widening, the choices are improving, and more people are stepping into homeownership with confidence. That combination gives the city a healthy base for continued growth in the months ahead.</t>
+          <t>Ever wondered about the ships you never see, but depend on every day? Great Eastern Shippingis one of them. Its business is known, its cycles are common, and its income, at least in strong years, is evident enough for the market to recognise. And yet, it is still tough to read. Because inshipping, what looks powerful today can shift quickly. Earnings increase when freight markets tighten, and sink just as suddenly when conditions change. That makes the business less about development and more about planning, control, and continued existence. Somewhere off the coast of India, far from cities and headlines, a massive crude oil tanker moves slowly across the Arabian Sea. It carries barrels of oil, fuel that will ultimately power cars, plants, and energy grids. Nobody traces this journey in real time.Nobody discusses the company behind it. But without ships like these, modern economies would grind to a halt. Great Eastern operates in this invisible layer of the economy, moving energy and commodities across oceans, silently linking global supply chains to domestic demand. At this stage, the question is no longer whether the business works. The market has seen enough cycles to understand that. The real question is whether a company like Great Eastern can continue to traverse those cycles with discipline, and still be relevant even when conditions turn less favourable. That is the story worth examining now. Shippingis often termed a cyclical business. That’s true, but what matters more ishow companies perform within that cycle. For long periods, the industry can look unremarkable. Revenues move slowly, vessel utilisation remains stable, and profitability stays contained. Then, when conditions tighten, whether due to supply disruptions, longer trade routes, or a shortage of vessels, freight rates can rise sharply. That shift is not gradual. In recent years, tanker markets have seen times when the rates rose sharply in a short time, thereby increasing the earnings sharply for companies like Great Eastern Shipping.The same operating base, the same vessels, suddenly start producing substantially higher cash flows. This is what makes shipping different. The upside is not created by expanding capacity.It is created by being in the right place when the cycle turns. And that is where discipline matters more than scale. What Great Eastern Actually Does Great Eastern Shipping manages two main subdivisions: The shipping division moves gas, crude oil, petroleum products, and bulk cargo like coal and iron ore. This is where most of the profit instability comes from, as revenues are wholly linked to global cargo rates. The offshore section works differently. It works in oil exploration that typically has longer-duration agreements. It also means earnings are less prone to short-term cargo developments and more connected to capital investments in energy. This difference matters. Because while shipping can generate sharp earnings during uptrends, offshore gives a slower, firmer base, even if it contributes a smaller share of gains in strong shipping markets. At a consolidated level, Great Eastern’s revenues have remained broadly in the ₹5,500–6,000 crore range over the past few years. But profitability has moved substantially from ₹ 591 crores in FY22 to ₹1,878 crores in FY25based on how these two segments perform. In effect, the company is not subjected to a single cycle. It sits across two correlated but different cycles, global trade and energy investment. And that mix is what shapes its earnings more than headline demand. For much of the last decade, shipping was a difficult business globally. An oversupply of vessels and weak trade growth kept freight rates under pressure. That began to change after the pandemic. Global supply chains tightened. Energy demand returned. And geopolitical troubles, mainly around oil runs, created inefficiencies in shipping routes. For companies like Great Eastern Shipping, this converted into stronger earnings. Over the past couple of years, the company has grown. It had a consolidated revenue of ₹4,455 crore in 9MFY26, while the profit after tax (including other incomes) is around ₹1,808 crore. The profits expanded substantially during peak freight cycles. Return ratios improved sharply during upcycles, with the return on capital employed hovering around 15% and the return on equity rising to 16% in 9MFY26. The share price grew 59% in the last year.GE Shipping 1-Year Share Price Trend The consolidated Net Asset Value per share at the end of Q3FY26 was ₹1,566. Even more notably, the balance sheet has stayed conservative. Great Eastern has generally maintained low leverage relative to global shipping peers, allowing it to endure downcycles and gain when cycles rise. Gross debt stands at just over ₹1,400 cr. Its net debt is a negative of ₹6,919 cr. As per the latest available balance sheet, the company has cash and equivalents of ₹5,438 crores. This self-restraint is one of the company’s central characteristics. Unlike many businesses, it isn’t just about income at shipping companies. It is also about properties and other resources. Each ship the Great Eastern owns has a market value that swings with global demand and supply. When shipping markets are strong, container values rise. When markets decline, they fall. This tendency generates an interesting dynamic. At times, the fleet’s replacement value can vary drastically from what is reflected in earnings or book value. Per its latest investor presentation, the company has a fleet of 40 vessels, including crude oil tankers, product carriers, and dry bulk ships, totalling 3.14 million dwt (dead weight tonnage). It also has 23 offshore vessels as of 30thJanuary 2026. In contrast, the market substitution value of similar vessels can rise notably higher during strong cycles, based on cargo rates and container demand. This gap between book value and market value is what makes shipping different from most industries. Investors who look only at P/E ratios often miss this. In shipping, understanding the business requires asking a different question: What are these ships worth today? Great Eastern has, in the past, made the most of this cycle by buying when the market is declining and selling older ships when the market becomes favourable. The company has offloaded several older ships at beneficial rates, which has helped it reinvest the capital in newer, more effective vessels. This planned capital allocation has helped the company protect its returns through the years. At first glance, shipping can look like a fading story in a world moving toward renewable energy. But the reality isn’t as simple as it seems. Even as renewables grow, global energy systems are still dependent on oil, gas, and bulk commodities. India, in particular, still imports a large share of its energy requirements, and the same imports have to cross oceans to reach our shores. What has changed is not just demand, buthow that demand jumps. Geopolitical swings, restrictions, and trade deals have made shipping routes longer and less efficient. Oil that once travelled via quicker, expected paths is now being forwarded across regions, increasing journey times and shrinking access to ships. This has an important effect on shipping businesses. Shipping demand is no longer driven only by volume. It is progressively more affected by distance and interruptions. For companies like Great Eastern Shipping, that changes the finances. Even if global trade expands slowly, longer routes and uneven supply chains can maintain higher vessel utilisation and support freight costs. In other words, the business is no longer just cyclic. Parts of it are becoming structurally stronger. Despite its strengths, shipping is still a challenging business. The biggest risk is the trade cycle itself. Freight rates can drop as quickly as they rise. An unexpected expansion in vessel supply or a slowdown in global trade can squeeze margins sharply. Adequate capital allocation is another risk. Buying vessels at the wrong point in the cycle can ruin returns for years. Not to forget, the regulatory and conservation pressures. New emission rules and fuel constraints may raise operating costs or require additional investment. For investors, this means one thing: Shipping rewards patience, and penalizes poor timing. What sets Great Eastern Shipping apart is not that it avoids cycles. It is that it manages them differently. The company has always concentrated on keeping a strong balance sheet,avoiding unnecessary debts, reusing capital by trading assets at the right time, and managing a diversified fleet This approach does not remove instability. But it helps the company survive slow cycles and grow in upcycles. That discipline is also evident in how the market values the company. Great Eastern trades at a P/E of around 9x, marginally lower than the broader shipping and logistics space, with a P/E of 11x. On an Enterprise Value/Earnings Before Interest Taxes, Depreciation and Amortisation (EBITDA) basis, the company trades in the range of ~4.8x, nearly 50% below the shipping average of 8.4x. Its P/B is 1.35, almost at par with the industry median of 1.38. At first glance, these multiples may appear low. But in a cyclic business, like shipping, valuation is seldom about being cheap or expensive in absolute terms. It is about where the company sits in the cycle, and whether it has the balance sheet and discipline to navigate the next phase. Great Eastern’s fairly moderate valuation shows it has strong current earnings driven by favourable cycles, and that such cycles do not last forever The global shipping industry is entering an uncertain, but also more restrained period. Fleet additions have stayed measured over the past few years, while green regulations are tightening and new vessel costs are growing. At the same time, energy movements are becoming less predictable, with freight moving across extended and more complicated routes. This combination, limited supply and evolving demand, suggests that shipping may not return easily to the overflowing conditions seen in earlier cycles. For India, the consequences are direct. As one of the world’s largest importers of crude oil and a growing consumer of mass commodities, the country’s dependence on sea transport is only rising. The need is no longer just for capacity, but for trustworthy, well-positioned fleets that can work across changing trade routes. The opportunity ahead is not about pursuing the next spike in freight prices. It lies in contributing to an industry where supply control, regulatory change, and trade shifts are increasingly reshaping how shipping companies run. For Great Eastern, the question is not whether the industry will shift. It is whether the company can continue to adapt as that movement becomes fundamental rather than cyclic. Want to keep an eye on this business,add it to your watchlist. Note: We have relied on data from www.Screener.in throughout this article. Only in cases where the data was not available have we used an alternate, but widely used and accepted source of information. The purpose of this article is only to share interesting charts, data points, and thought-provoking opinions. It is NOT a recommendation. If you wish to consider an investment, you are strongly advised to consult your advisor. This article is strictly for educative purposes only. Archana Chettiar is a writer with over a decade of experience in storytelling and, in particular, investor education. In a previous assignment, at Equentis Wealth Advisory, she led innovation and communication initiatives. Here, she focused her writing on stocks and other investment avenues that could empower her readers to make potentially better investment decisions. Disclosure: The writer and her dependents do not hold the stocks discussed in this article. The website managers, their employees (s), and contributors/writers/authors of articles have or may have an outstanding buy or sell position or holding in the securities, options on securities, or other related investments of issuers and/or companies discussed therein.  The content of the articles and the interpretation of data are solely the personal views of the contributors/ writers/authors.  Investors must make their own investment decisions based on their specific objectives, resources, and only after consulting such independent advisors as may be necessary.</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>China’s Housing Slump Deepens as October Prices See Steepest Drop</t>
+          <t>Fed holds rates at 3.5%-3.75%: 5 key takeaways from policy decision and Powell’s remarks</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>China’s home prices fell at the fastest pace in a year, underscoring weak demand, shaky confidence, and the rising need for stronger measures to stabilise the housing market.</t>
+          <t>Federal Reserve holds rates steady amid inflation concerns, Middle East tensions and slowing jobs, while indicating future rate cuts and warning of uncertain economic outlook.</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>Tuesday, 18 Nov, 2025</t>
+          <t>2026-03-19T06:16:06+05:30</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/chinas-housing-slump-deepens-as-october-prices-see-steepest-drop-122767.html</t>
+          <t>https://www.financialexpress.com/market/global-markets/fed-holds-rates-at-3-5375-5-key-takeaways-from-policy-decision-and-powells-remarks/4177280/</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>China’s housing market slipped further in October, with new home prices recording their sharpest monthly fall in a year. The latest data from the National Bureau of Statistics shows prices dropped 0.5 percent from September, a decline steeper than the previous month’s 0.4 percent fall. On a yearly basis, prices were down 2.2 percent, matching September’s slide and signalling that the market remains firmly under pressure.
-[...8 lines deleted...]
-These long-term plans hint at a shift away from the old model of rapid construction and easy credit. But for now, the market is still searching for stability. With prices falling and confidence fading, the pressure is building on authorities to decide whether the current policy stance is enough—or if stronger action is needed to put the sector back on firmer ground.</t>
+          <t>TheFederal Reserveon Wednesday kept interest rates steady at 3.5% to 3.75%, its second pause after three rate cuts late last year. TheFederal Open Market Committee(FOMC) voted 11-1 in favour of the decision, with GovernorStephen Mirandissenting in support of a 25 basis point cut. The Fed said the economy continues to expand at a “solid pace,” though job gains have slowed and inflation remains somewhat elevated. Policymakers also flagged that uncertainty around the economic outlook “remains elevated,” especially due to tensions in theMiddle East. Fed Chair Jerome Powell said slower hiring shows weaker demand for workers and lower immigration. He also noted that tariffs are pushing up goods prices, keeping inflation elevated. Powell added that the current rate is “within a range of neutral.” “The implications of events in the Middle East for the US economy are uncertain,” Powell said. “In the near term, higher energy prices will push up overall inflation, but it is too soon to determine the scope and duration of the potential effects on the economy.” Rising fuel prices are expected to increase overall inflation and worsen affordability concerns. “Higher fuel costs, along with the downstream effects on shipping, travel and trade, are likely to add further pressure to consumer prices,” said Stephen Kates of Bankrate to CNBC. “Cutting rates while inflation is rising would be difficult to justify, even if it might receive political support.” The Fed continues to project one rate cut in 2026 and another in 2027. Inflation forecasts for 2026 have been raised to 2.7%, including core inflation, while growth is now seen at 2.4% and unemployment at 4.4%. US markets declined after the announcement, with the Dow Jones falling 714 points, the S&amp;P 500 down 1.2% and the Nasdaq dropping 1.3%. Powell also said he will stay on until a Justice Department probe into renovation costs is completed. “I have no intention of leaving the board until the investigation is well and truly over, with transparency and finality,” he said.</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Delhi-NCR’s Office Revival Gains Pace as Infrastructure Reshapes Corporate Choices</t>
+          <t>Rupee drifts down to new lows</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Delhi-NCR’s office market is rebounding, powered by new supply, stronger infrastructure, and rising demand for modern, well-connected workplaces across Delhi, Gurugram, Noida, and Faridabad.</t>
+          <t>The Indian rupee plummeted to a lifetime low of 92.63 against the US dollar on Wednesday, March 18, 2026.</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>Tuesday, 18 Nov, 2025</t>
+          <t>2026-03-19T00:51:42+05:30</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/delhi-ncrs-office-revival-gains-pace-as-infrastructure-reshapes-corporate-choices-122766.html</t>
+          <t>https://www.financialexpress.com/market/rupee-drifts-down-to-new-lows-4177266/</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>After nearly ten years of sluggish movement, Delhi’s office market is finally waking up. A joint report by CBRE and CII notes that close to 5 million square feet of new Grade A space is expected over the next two years. For developers and occupiers who had grown used to slow momentum, this marks a real shift. Delhi’s old commercial clusters are being upgraded, large infrastructure links have started shaping corporate behaviour, and companies are once again hunting for modern, efficient offices. For the first time in a long while, Delhi looks ready to reclaim a meaningful role in NCR’s commercial story.
-[...7 lines deleted...]
-Across NCR, the common thread is clear: demand is shifting from simply adding more offices to building better-planned, better-connected work ecosystems. The historic tilt toward Gurugram is beginning to ease as Delhi and Faridabad re-enter the conversation, backed by infrastructure upgrades and fresh supply. The result is a more distributed, future-ready NCR—one that can support large corporate footprints across multiple nodes rather than relying on one dominant centre. This transformation is laying the foundation for NCR to operate as a unified commercial powerhouse in the years ahead.</t>
+          <t>The rupee depreciated to a fresh low against the dollar on Wednesday ascrude oilprices remained above the $100 /barrel mark fuelled by the war in West Asia. The domestic currency ended the session at 92.63 against the dollar, down 24 paise or 0.27 % over the previous close, according to Bloomberg data. Dealers said thecentral bankstayed away from the markets for the most part. The rupee has continued to drift down since the outbreak of the hostilities in West Asia and has fallen 1.8%, taking the depreciation in FY26 so far to 8.4%. “The rupee was resisting the 92.50 level for the past 2-3 days due to intervention in the market by Reserve Bank of India. Liquidity remained thin ahead of Thursday’s holiday, triggering stop-losses after the level was breached,” Dilip Parmer, research analyst atHDFCSecurities, told FE. Persistent dollar outflows resulting from the sale of stocks by foreign portfolio investors (FPI) also continue to weigh on the currency. “FPIscontinue to sell in the equity market and together with oil importers are driving up demand for dollars, “Ritesh Bhansali, deputy CEO at Mecklai Financial Services said. He added that importers are increasingly hedging their exposures though exporters were leaving their exposures unhedged. In general, the currency is expected to be under pressure as long as prices of crude oil remain elevated. The RBI is expected to intervene to limit excessive depreciation.  According to Parmer the market will closely watch the 93 level. ENDS</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>Top 5 Most Unusual Tech Homes Across the Globe</t>
+          <t>Relief rally lifts IT stocks as AI jitters subside</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>From underwater villas to rotating houses, these homes prove technology can turn imagination into architecture.</t>
+          <t>CLSA sees no deflation risk, flags steady demand</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>Tuesday, 18 Nov, 2025</t>
+          <t>2026-03-18T23:54:08+05:30</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/top-5-most-unusual-tech-homes-across-the-globe-122765.html</t>
+          <t>https://www.financialexpress.com/market/relief-rally-lifts-it-stocks-as-ai-jitters-subside-4177215/</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Around the world, architects and technologists are pushing the boundaries of what a “home” can be. These aren’t just smart houses with voice assistants — they’re feats of engineering that challenge gravity, climate, and convention. From India’s vertical single-family tower in Mumbai to Germany’s upside-down house, Dubai’s underwater villas, and Norway’s cliff-edge pods, each property showcases how technology can transform living spaces into experiences. Some are playful, some are futuristic, and all of them redefine the idea of shelter. Together, they form a global tour of homes where innovation meets eccentricity.
-[...10 lines deleted...]
-From Mumbai’s vertical tower to Mexico’s seashell sanctuary, these homes prove that technology isn’t just about convenience — it’s about imagination. Each one redefines what “home” can mean, blending eccentric design with systems that make life smoother, safer, and more sustainable. They’re unusual, yes, but they’re also deeply human — places where innovation meets emotion.</t>
+          <t>IndianIT stockssaw a recovery on Wednesday, with theNiftyIT index rebounding after the previous session’s underperformance, as investor sentiment steadied following brokerage commentary that tempered concerns around AI-led disruption. A CLSA report highlighted no increase in AI-led deflation, easing fears of sharp pricing pressure on IT services. The Nifty IT index was up 2.78% at the end of trading on Wednesday after a fall of 0.97% on Tuesday. Among the top gainers on the day, Coforge (up 5.13%) led the pack with the sharpest uptick, followed by Oracle Financial Services Software (OFSS; up 4.73%) andPersistent Systems(up 3.52%), reflecting a broad-based recovery across mid-tier IT names after the previous session’s sell-off. Among large-cap IT stocks, Tech Mahindra (up 3.05%) and HCLTech (up 2.79%) were among the key movers, while Infosys (up 2.74%) and TCS up 1.98%) also ended higher, indicating a stabilisation in sentiment across frontline companies. The rebound comes a day after IT stocks fell on concerns that rapid advancements in artificial intelligence—particularly around automation and agentic AI—could compress traditional revenue models built on labour-based billing. However, CLSA in its Q4 commentary suggested that such fears may be overstated, at least in the near term. “We find no evidence of increased deflation in renewal contracts due to the latest AI tools from Anthropic and OpenAI since their launch,” analysts from the brokerage said citing conversation with management from IT companies ahead of the fiscal final quarter results. The brokerage noted that TCS continued to view AI as a net tailwind for the industry, with a focus on building applications through AI tools becoming an opportunity for India’s large IT services firm. “TCSis in advanced discussions with Anthropic as well around building a partnership like the one they did with OpenAI,” CLSA analysts noted. The report did call out HCLTech as continuing to see 2%-3% gross deflation per annum due to AI, which CLSA said could be effectively offset by volume opportunity in key areas like custom silicon chip designing, physical AI, robotics, IP revenue, and marketing as a service. Vertical-wise demand trends are also expected to remain resilient, particularly in the BFSI segment, which continues to see discretionary spending and deal momentum, analysts said. While technology verticals are expected to hold up well, sectors such as retail, autos, and healthcare could see relative softness, they added. On the macro front, CLSA noted that direct exposure to the Middle East remains limited for Indian IT companies, although broader risks will depend on how geopolitical tensions impact global growth and enterprise spending. The brokerage also pointed out that valuations for Indian IT stocks are now near their 10-year averages, making the sector relatively attractive after recent corrections.</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>What Makes Sector 107 Noida the Next Prime Destination for Real Estate?</t>
+          <t>Stock markets extend winning run to 3rd day; Sensex, Nifty climb nearly 1 pc</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Sector 107 in Noida is emerging as a luxury real estate hub, with developers offering premium amenities, timely delivery, and aspirational homes for discerning buyers.</t>
+          <t>Indian benchmark indices, Sensex and Nifty, extended their recovery for a third straight session on Wednesday, gaining 0.8% as cooling crude prices and "bargain hunting" sparked a ₹5.70 lakh crore wealth surge.</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Tuesday, 18 Nov, 2025</t>
+          <t>2026-03-18T22:14:50+05:30</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/what-makes-sector-107-noida-the-next-prime-destination-for-real-estate-122764.html</t>
+          <t>https://www.financialexpress.com/market/stock-markets-extend-winning-run-to-3rd-day-sensex-nifty-climb-nearly-1-pc-4177105/</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Noida’s Sector 107 is rapidly establishing itself as one of the most attractive locations for real estate development in the National Capital Region (NCR). With its strategic location, excellent connectivity, and increasing demand from premium homebuyers, the sector is fast evolving into a hub for residential and commercial investments. Developers are actively capitalizing on this potential, offering thoughtfully designed projects that combine luxury, convenience, and lifestyle amenities.
-[...7 lines deleted...]
-As Sector 107 continues to attract investment, it is expected to become a benchmark for modern, high-quality living in Noida. Developers like Great Value Realty are setting new standards for residential projects, combining thoughtful design, connectivity, and lifestyle amenities to meet the evolving expectations of buyers. For homebuyers seeking premium, well-planned communities with long-term value, Sector 107 is emerging as a destination of choice in the NCR real estate landscape.</t>
+          <t>Stocks staged another comeback rally on Wednesday extending their gains for a third straight session amidst a slight fall in crude oil prices and reports of oil-tankers arriving on Indian shores. Bothbenchmark indicesput on about a percentage point each. The 30-shareBSE Sensexjumped 633.29 points or 0.83% to end the day at 76,704.13 while the broader NSE Nifty climbed 196.65 points or 0.83% to close the session at 23,777.80. The rally was fairly broad-based with the BSE MidCap Select index jumping 2.39% and the SmallCap Select index going up by 1.59%. Investors’ wealth rose by ₹5.70 lakh crore, as per data on the BSE The benchmark indices have now gained almost 3% each over the last three sessions, in a smart recovery. However, they remain lower by about 10% from their record highs. Some experts anticipate another slide should the war be prolonged and should Brent crude oil prices remain above the $100-per-barrel mark for longer. Foreign portfolio investors remained sellers. “In the current scenario, there is no compelling reason for them to come back,” Dhananjay Sinha,CEO and co-head of institutionalequitiesat Systematix group, said. In the last 11-12 years, there have been only three years of strong foreign investor participation, he added. Market watchers believe there has been some bargain hunting after the recent sharp sell-off after the start of the war in West Asia which had sent crude oil prices to levels of over $130/barrel at one point. Stock prices had come off by as much as 30-40% from their 52-week highs as foreign funds continued to take risk off the table and some domestic investors also opted to bookprofits. “There has been some value buying especially where prices have seen a steep drop,” said a head of an institutional brokerage. He added both mutual funds and retail buyers have been adding to their positions. Moreover buying in beaten-downs sectors such as Information technology has surfaced following recommendations from brokerages. Some of the rebound in stock prices has also been attributed to short-covering. Experts point out that the markets may not have bottomed out given the many uncertainties relating to the war and crude oil prices. In the last two years, Nifty valuations have eased from the peak but remain pricey when compared with Asian peers. With oil prices expected to hurt the economy, there are fears of earnings downgrades to FY26 as well as FY27 estimates. ends</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>Digital Innovation Is Transforming Affordable Housing Across India’s Growing Cities</t>
+          <t>Equities take a breather for 3rd straight day</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Tech-driven platforms are redefining construction by bringing transparency, efficiency, and trust to India’s housing sector.</t>
+          <t>Experts see correction in case of prolonged war and consequent disruptions</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>Tuesday, 18 Nov, 2025</t>
+          <t>2026-03-18T21:28:43+05:30</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/digital-innovation-is-transforming-affordable-housing-across-indias-growing-cities-122763.html</t>
+          <t>https://www.financialexpress.com/market/equities-take-a-breather-for-3rd-straight-daynbsp-4177067/</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>India’s housing market is entering a new phase where technology is as critical as cement and steel. Long plagued by fragmented execution, opaque processes, and uneven quality, the sector is now seeing digital platforms step in to restore confidence. Real-time project tracking, remote collaboration, and structured delivery models are making construction more predictable and accessible, especially in Tier 2 and Tier 3 cities. Homeowners who once felt disconnected from their sites are now active participants, receiving verified updates and milestone approvals from afar. Vendors and contractors are being aligned to standardized benchmarks, reducing disputes and delays. For buyers, this means homes that are not only affordable but also reliable. For developers, it means efficiency and scalability in markets once considered too complex. Together, these innovations are reshaping how India builds — turning affordability into a promise backed by transparency and technology.
-[...6 lines deleted...]
-The impact extends beyond convenience. These systems generate valuable data that helps forecast risks, improve timelines, and reduce costly rework. Looking ahead, predictive insights and sustainability-linked design tools will add intelligence to the process, suggesting eco-friendly materials or anticipating delays before they occur. Affordable housing will no longer be defined only by cost — it will be defined by reliability, sustainability, and confidence. Remote collaboration is emerging as the bridge between aspiration and reality, ensuring every family can build with certainty, no matter where they are.</t>
+          <t>Short covering and no major aggravation in theWest Asiageopoliticalissue made Indian equities heave a sigh of relief on Wednesday, making the market inch higher for the third straight session. However, some experts believe that it is still too early to say if the market has bottomed out, given the uncertainty on when the war will come to an end. On Wednesday, investors’ wealth rose by ₹5.70 lakh crore, as per data on theBSE. The Nifty 50 ended 0.8% or 196.65 points higher at 23777.80 points and the BSE Sensex closed at 76704.13 points, up 0.8% or 633.29 points. The day’s gains were led by shares of information technology, realty, and auto companies as well as the mid-cap and small-cap pack. Bothbenchmark indicesgained almost 3% each in three sessions, almost recovering from the war-led fall. They are also around 10% down from their record highs. A few anticipate the market to fall 5% more in case of a prolonged war and if the Brent crude oil prices remain above the $100-per-barrel mark for longer, they said. In the last two years, valuation of the 50-stock index has eased from its peak, though it is still a “little pricey” among Asian peers, market experts said. There are concerns about potential downward revisions to FY26 as well as FY27 earnings estimates, given the current global geopolitical scenario.  The top line growth of Nifty 50 companies grew 5-6% in the last six quarters and was expected to grow in the mid teens in the next fiscal. “Long-term value persists, however, near-term upside remains constrained due to ongoing geopolitical tensions, elevated crude prices, and continued rupee depreciation,” Vinod Nair, head of research at Geojit Investments, said. Investors are now awaiting policy decisions from major global central banks, such as theUS Federal Reserve, European Central Bank, Bank of Japan, and Bank of England, “where guidance will be crucial in assessing the impact of the US-Iran conflict on the future interest rate outlook,” he added. While market participants continue to bet on India’s long-term growth story, they are not hopeful that foreign investors will make a comeback anytime soon. “Under the current scenario, there is no compelling reason for them to come back to India,” Dhananjay Sinha, chief executive officer and co-head of institutional equities at Systematix group, said. In the last 11-12 years, there has been only three years of strong foreign investor participation, he added. Foreign portfolio investors (FPIs) remained net sellers in the Indian market on Wednesday, net offloaded shares worth ₹4,283.93 crore, according to data on the National Securities Depository. FPI holdings in Indian equities are at a 15-year low. Some of the reasons for their year-long selling spree include muted earnings growth, depreciation of the rupee, lower returns, elevated valuations, along with the latest geopolitical conflict in West Asia. The advance-decline ratio on Wednesday was 2.80, with 3,169 gainers against 1,130 losers on the BSE. The near-term ease in jitters was also visible in the fear gauge, India VIX, which closed over 5% lower at 18.72. Among sectoral indices, BSE Realty, BSE Information Technology, and NSE Telecommunications ended up to 2.8% higher, while the BSE Metal was the only one to end in the red, down 0.09%. Coming to Sensex constituents, top gainers were HCL Technologies, Adani Ports &amp; Special Economic Zone, Infosys, Tech Mahindra, and Zomato, ending 2.76-3.37% higher. On the other hand, major losers were ITC, HDFC Bank, Sun Pharmaceutical Industries, Hindustan Unilever, and NTPC which closed 0.30-1.29% lower.</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>Panchkula Emerges as North India’s New Luxury Housing Hotspot</t>
+          <t>Why is US stock market falling today? Dow down 200, Nasdaq slips ahead of Powell’s Fed rate cut decision announcement</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Panchkula is redefining luxury living with rising property values, elite demand, and world-class infrastructure.</t>
+          <t>US stocks fall ahead of Fed decision as investors watch Powell, inflation data, oil prices, and dot plot signals for clues on rate cuts and market direction</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>Tuesday, 18 Nov, 2025</t>
+          <t>2026-03-18T21:37:27+05:30</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/panchkula-emerges-as-north-indias-new-luxury-housing-hotspot-122762.html</t>
+          <t>https://www.financialexpress.com/market/global-markets/why-is-us-stock-market-falling-today-dow-down-200-nasdaq-slips-ahead-of-powells-fed-rate-cut-decision-announcement/4176979/</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>Panchkula’s skyline is undergoing a quiet but striking transformation, with luxury homes steadily replacing modest housing and property values climbing from Rs.5,000–7,500 per sq. ft. to Rs.6,200–8,500 per sq. ft. in just five years. This surge reflects more than rising prices — it signals a shift in aspirations. Families and investors are increasingly drawn to the city’s rare combination of Shivalik hill views, abundant green spaces, and master-planned layouts, offering a lifestyle that blends serenity with sophistication. With seamless connectivity to Chandigarh International Airport, NH-7, and the Ambala-Chandigarh Expressway, Panchkula has positioned itself as both a residential haven and a gateway to leisure destinations like Kasauli and Shimla.
-[...6 lines deleted...]
-Developers have quickly recognized Panchkula’s potential and are shaping projects that reflect the city’s evolving identity. Trident Realty and DLF Homes are leading the charge, introducing resort-style living concepts, expansive layouts, and privacy-focused designs. Aakash Ohri of DLF highlights the growing interest from NRIs, who view Panchkula as a safe, high-return investment, especially with the rupee’s depreciation making Indian assets more attractive. These buyers are seeking larger homes, independent floors, and plotted developments that offer both exclusivity and modern amenities. For them, Panchkula represents more than property ownership — it’s a lifestyle statement rooted in space, serenity, and trust in established developers. Together, local demand and NRI interest are fueling a market that feels poised not just for growth, but for transformation into one of North India’s most compelling luxury destinations.</t>
+          <t>US stocksopened lower on a crucial day for markets as investors wait for theFederal Reserve’s interest rate decision and guidance from Chair Jerome Powell. At 9:30 AM ET, the Dow Jones fell 204.45 points, or 0.44%, to 46,788.81.S&amp;P 500 dropped 22.61 points, or 0.34%, to 6,693.48, Nasdaq declined 64.71 points, or 0.29%, to 22,414.82. Market fear also ticked higher, with the VIX rising 0.85 points, or 3.80%, to 23.22. At the same time, gold prices fell sharply by 148.80, down 2.97%, to 4,859.40, oil prices climbed 2.36, up 2.45%, to 98.57. This shows that investors are becoming cautious, especially with rising oil prices and uncertainty around interest rates. Investors widely expect the Federal Reserve to keep interest rates unchanged in the 3.5% to 3.75% range. However, the real focus is on what the Fed signals next, especially through Powell’s comments and the dot plot, which shows where policymakers expect rates to go. “Markets continue to trade with some hesitation ahead of the Fed decision and elevated oil prices. While the Fed is likely to hold rates steady, investors will be watching how policymakers frame the Iran conflict in terms of inflation risks and its impact on growth,” said Anthony Saglimbene, chief market strategist at Ameriprise Financial to CNBC. Fresh data has added to market concerns. Wholesale inflation came in hotter than expected, with the Producer Price Index rising 0.7% in February, higher than January’s 0.5% increase. This shows that price pressures in the economy are still strong. “The hotter than expected number is specific to tariffs,” Todd M. Schoenberger, CIO at CrossCheck Management LLC, told CNN noting that metals, industrial inputs and manufacturing costs are all seeing higher prices. “This is structural inflation, not temporary, and is likely going to impact monetary policy deep into the third quarter.” “Add in the hotter energy prices we’ve seen since the Iran War began, which have yet to show in these reports, and Wall Street is bracing for rapidly rising prices that will clearly flow down to the consumer level,” Schoenberger continued. The ongoing Iran conflict is adding another layer of uncertainty. Rising tensions and attacks on energy infrastructure have pushed oil prices higher and increased fears about supply disruptions, especially around key trade routes like theStrait of Hormuz. Higher oil prices are important because they can make everything more expensive, from transport to food. For example, US diesel prices have crossed $5 per gallon for the first time since 2022 in the last week raising costs across industries. Jet fuel prices have also surged sharply which has laid pressure on airlines to increase travel costs. “Higher fuel costs, along with the downstream effects on shipping, travel, and trade, are likely to add further pressure to consumer prices,” said certified financial planner Stephen Kates, a financial analyst at Bankrate to CNBC. Even though a rate hold is expected, markets are more focused on what comes next. Investors are closely watching the Fed’s tone and projections to understand whether rate cuts are still possible this year or if inflation risks will delay them. Chris Beauchamp, Chief Market Analyst at IG Bank in his note said, stock markets are likely to react to any shifts in the Fed’s tone rather than the expected rate hold itself. Spread betting traders should watch for volatility following the announcement, especially if the Fed’s outlook differs from market expectations. He added, “Bond markets will be particularly sensitive to any hints about future rate cuts. The yield curve has been closely monitored as an economic indicator, with investors using it to gauge recession risks and potential policy changes.”Disclaimer: This article provides factual analysis only and is not, and should not be construed as, an offer, solicitation, or recommendation to buy or sell securities. Investors must conduct their own independent due diligence and seek advice from a registered financial advisor in the respective jurisdiction.</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>India’s Retail Market Transforms as Tier 2 Cities Drive New Growth</t>
+          <t>US Fed Meeting 2026 Highlights: Central bank keeps rates unchanged, FOMC dot plot signals gradual easing ahead, outlook remains ‘uncertain’ amid Iran war</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>India’s retail sector is booming, driven by rising incomes, digital-savvy consumers, and strong growth in Tier 2 cities, where malls and high streets are reshaping shopping habits.</t>
+          <t>US Federal Reserve interest rate decision March 2026 Highlights. FOMC holds rates at 3.5%-3.75%? Powell's penultimate meeting, dot plot, impact on India markets</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>Tuesday, 18 Nov, 2025</t>
+          <t>2026-03-19T05:56:12+05:30</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/indias-retail-market-transforms-as-tier-2-cities-drive-new-growth-122761.html</t>
+          <t>https://www.financialexpress.com/market/global-markets/us-fed-interest-rate-decision-march-2026-fomc-meeting-live-updates/4176734/</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>India’s retail market is projected to cross $1.6 trillion by 2030, with organised retail expected to hold over 35% market share. This growth is powered by a rising middle class, digitally connected Gen Z consumers, and a shift toward experience-led shopping.
-[...14 lines deleted...]
-For developers and brands, the takeaway is clear: invest in experience, not just square footage. Build for emotion, not just efficiency. As Tier 2 cities mature, the old metro/non-metro divide is dissolving — and in its place, a pan-India retail culture is rising, one that’s aspirational, expressive, and unmistakably modern.</t>
+          <t>Welcome to Financial Express’ live blog on theFOMCmeeting, where we bring you the latest updates, key insights, and real-time market reactions as the Fed announces its policy decision Jerome Powell: The Fed is concerned about the very, very low level of job creation. Over the past 6 months, if you adjust for overcounting, there is effectively zero net job creation in the private sector. Jerome Powell: The Fed is concerned about the very, very low level of job creation. Over the past 6 months, if you adjust for overcounting, there is effectively zero net job creation in the private sector.pic.twitter.com/IfUQnNMalX The S&amp;P 500 dropped sharply during the day, falling 1.2% and hitting one of its lowest levels this year. At the same time, oil prices continued to rise. US crude oil futures climbed about 1.4% to nearly $97 a barrel. Earlier in the day, prices even went above $99. The US dollar also strengthened, while the 10-year Treasury yield moved up to around 4.25%. Some analysts believe rising war-related spending could be pushing these long-term yields higher. Federal Reserve kept interest rates unchanged, as widely expected. It sees slightly higher inflation, steady unemployment, and is closely watching risks from the US and Israel-Iran conflict. Fed Chair Jerome Powell said rising energy prices could push inflation up in the short term, but the full impact remains uncertain. Projections indicate just one small rate cut (0.25%) by the end of this year, with no clear timeline, unchanged from earlier forecasts and differing from Donald Trump’s call for sharper cuts. Policymakers are largely looking past the oil price shock and still expect rates to come down, with inflation seen easing to 2.2% by 2027. No officials expect rate hikes this year, though one sees a possible increase in 2027, while Fed Governor Stephen Miran dissented again, favouring a rate cut. Rising fuel prices are expected to increase overall inflation and worsen affordability concerns. “Higher fuel costs, along with the downstream effects on shipping, travel and trade, are likely to add further pressure to consumer prices,” said Stephen Kates of Bankrate to CNBC. “Cutting rates while inflation is rising would be difficult to justify, even if it might receive political support.” US stock markets declined after the Federal Reserve’s announcement, as investors reacted to concerns about persistent inflation. Dow Jones Industrial Average fell 714 points, or 1.5%, while the S&amp;P 500 dropped 1.2% and the Nasdaq Composite slipped 1.3%. Federal Reserve Chair Jerome Powell said he would not describe the current US economic situation as “stagflation,” regardless of concerns over rising oil prices and inflation. “I would reserve the term stagflation for a much more serious set of circumstances,” Powell said, noting that unemployment remains near normal levels and inflation is only moderately above target. He added that while inflation forecasts have been revised higher, growth expectations have also improved, supported by anticipated productivity gains. Federal Reserve Chair Jerome Powell said he does not plan to step down while an ongoing investigation related to the central bank’s headquarters is unresolved and will remain in place until his successor is confirmed. “I have no intention of leaving the board until the investigation is well and truly over,” Powell said. He added that he has not yet decided whether he will continue as a Fed governor after his term as chair ends, saying the decision will depend on what is “best for the institution and for the people we serve.” Federal Reserve Chair Jerome Powell said the central bank is navigating a difficult balance between supporting the labour market and controlling inflation. “We are balancing these two goals,” Powell said, noting that downside risks to employment could argue for lower rates, while upside risks to inflation suggest keeping policy tight. “We’re in a difficult situation… and where we are now is kind of on that borderline of restrictive versus not restrictive,” he added. Federal Reserve Chair Jerome Powell said inflation is expected to ease this year, but the pace of improvement may be slower than anticipated. “The forecast is that we will be making progress on inflation not as much as we had hoped, but some progress,” Powell said, adding that tariff-related pressures should begin to fade around mid-year. He noted that while projections point to possible rate cuts, these are not guaranteed. “The rate forecast is conditional on the performance of the economy, so if we don’t see that progress, then you won’t see the rate cut,” he said. Federal Reserve Chair Jerome Powell said there is significant uncertainty around the impact of rising oil prices due to the US-Iran conflict. “The U.S. economy is doing pretty well,” Powell said, but added, “we don’t know what the effects of this will be, really, no one does,” highlighting the unclear outlook for growth and inflation. Federal Reserve Chair Jerome Powell said monetary policy is not fixed and will be decided based on incoming data at each meeting. “Monetary policy is not on a preset course and we’ll make our decisions on a meeting-by-meeting basis,” Powell said, adding that the Fed remains focused on its dual mandate of maximum employment and stable prices, with a commitment to bringing inflation back to its 2% target while keeping expectations anchored. Federal Reserve Chair Jerome Powell said higher energy prices are expected to push up inflation in the near term and could weigh on consumer spending. “High prices may weigh on consumption,” Powell said, adding there is “no conviction” yet on how quickly these effects will pass through the economy. He noted that inflation so far has been driven by goods and tariffs, while the broader US economy continues to perform well. Federal Reserve Chair Jerome Powell said any future rate cuts will depend on whether inflation continues to ease as expected. “The forecast is that we will be making progress on inflation this year,” Powell said, adding that the rate outlook is tied to economic conditions. “If we don’t see progress, you won’t see a rate cut.” The Federal Reserve said the ongoing conflict in the Middle East is adding uncertainty to the economic outlook, particularly through its impact on oil prices and inflation. “The implications of developments in the Middle East for the U.S. economy are uncertain,” the Fed said in its policy statement, warning that the situation could complicate its path toward bringing inflation back to the 2% target. Federal Reserve Chair Jerome Powell said the central bank is closely tracking inflation trends, noting that a large part of current price pressures is linked to tariffs and energy shocks. “We’re well aware of inflation performance over the past few years,” Powell said, adding that “it’s important to see progress through a reduction in goods inflation as tariff effects pass through the economy.” He noted that core inflation is around 3%, with “roughly half of this coming from tariffs,” and stressed that the impact of energy shocks will depend on inflation expectations remaining anchored. Fed Chair Jerome Powell is addressing the media following the policy announcement. Jerome Powell’s term as Federal Reserve chair ends in May, his tenure as a Fed governor runs until January 2028. Traditionally, Fed chairs step down from the board when a new chair takes over. However, concerns about the central bank’s independence—and the possibility of additional appointments by Donald Trump have raised speculation that Powell could choose to stay on. Powell, 73, has not publicly outlined his plans. If he remains, his position could carry added weight, potentially serving as a swing vote on the Fed’s seven-member board. Court filings show that Powell’s attorneys discussed the possibility of him continuing as a governor during a meeting with the Department of Justice in January. Such a move would break with precedent, and there is no clear roadmap for how Powell would operate in that role or interact with chair nominee Kevin Warsh. In the statement, Fed stated that it will continue to assess incoming data to guide its monetary policy decisions and adjust its stance if risks threaten its economic goals. The central bank added that it will consider a broad set of indicators, including labour market conditions, inflation trends and expectations, as well as financial and global developments. In its Summary of Economic Projections, the Federal Reserve raised its forecast for headline PCE inflation to 2.7%, up from 2.4%. The outlook for core inflation, which excludes volatile components, was also revised higher to 2.7% from 2.5%. The FOMC policy decision was supported by Chair Jerome Powell, Vice Chair John C. Williams, and governors Michael S. Barr, Michelle W. Bowman, Lisa D. Cook, Beth M. Hammack, Philip N. Jefferson, Neel Kashkari, Lorie K. Logan, Anna Paulson, and Christopher J. Waller. Governor Stephen Miran dissented, preferring a 25 basis point rate cut at this meeting. Policymakers said uncertainty around the outlook remains elevated, with Middle East developments adding to risks. Fed Governor Stephen Miran dissented, preferring a 25 basis point rate cut at this meeting. As per the latest statement, job gains have remained low and the unemployment rate has seen little change in recent months. The Fed said economic activity is expanding at a solid pace, while inflation remains somewhat elevated. The Fed said Middle East developments pose uncertainty for the US economy, while noting activity remains solid, inflation is still elevated, and job gains have stayed low. Median Fed officials now see core inflation at 2.7% by end-2026 (vs 2.5% earlier), while GDP growth is pegged at 2.4%, slightly higher than previous estimates. Fed’s dot plot shows policymakers still expect two rate cuts, one in 2026 and another in 2027 unchanged from December projections. US Fed keeps rates unchanged at 3.5%–3.75% in 11-1 vote The US-Israeli conflict with Iran is pushing oil prices higher, which could weigh on consumer spending. The average price of gasoline in the US rose to $3.84 per gallon on Wednesday morning, up from $3.79 a day earlier, according to data from motorist group AAA. That marks an increase of about 28% compared to levels before the conflict began. Higher fuel costs risk adding to already elevated inflation, which has also been driven by the Trump administration’s tariff measures on imports. While the Federal Reserve is expected to keep interest rates unchanged, any discussion about potential rate hikes would be a concern for markets, Rob Haworth, senior investment strategy director at U.S. Bank Asset Management Group, said on Tuesday, according to Reuters. “With higher oil prices, we’ll often get higher inflation,” Haworth said, adding that such dynamics could complicate the outlook for policy easing and unsettle investors.</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>Is Wadala Becoming the City’s Next BKC?</t>
+          <t>SEBI bars 18 individuals for Retro Green stock manipulation</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Wadala is emerging as Mumbai’s next CBD, with Raymond Realty leading the transformation through premium residential and commercial projects, boosted by major infrastructure and strategic connectivity.</t>
+          <t>Regulator ordered ₹2.92-crore disgorgement, imposed ₹2.80-crore penalty</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>Tuesday, 18 Nov, 2025</t>
+          <t>2026-03-18T18:07:06+05:30</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/is-wadala-becoming-the-citys-next-bkc-122760.html</t>
+          <t>https://www.financialexpress.com/market/sebi-bars-18-individuals-for-retro-green-stock-manipulation-4176822/</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>Raymond Realty Steps in at the Right Moment
-[...13 lines deleted...]
-Raymond Realty is coming soon to Wadala — shaping Mumbai’s next skyline.</t>
+          <t>The Securities and Exchange Board of India (Sebi) barred 18 individuals, including those related to the Choksi group, for allegedly manipulating Retro Green Revolution’s share price in 2021. The regulator directed them to disgorge the ₹2.94-crore “ill-gotten profits” along with an interest of 12% per annum from December 2021 till the date of payment, imposed an aggregate penalty of ₹2.80 crore, and barred them from the market for 3-5 years. This is a case where a premeditated scheme has been orchestrated to jack up the price of an illiquid scrip having abysmally thin volumes of trading, Sebi said in an order dated Tuesday. Further, an attempt was made to allure innocent publicinvestorsby circulating tips or stock recommendations through Telegram channel, the markets regulator said. At the end of FY21, Choksi group held about 42% stake in the company and key managerial positions were held by individuals connected to the group.Originally formed as Jolly Tea India Company in 1990, Retro Green was promoted by one of the noticees, Sanjay Arunkumar Choksi, his father, along with other associates in Vadodara. The regulator noted that several adjudication orders were passed against Sanjay in the past “for creation of artificial volume and misleading appearance of trading” three other shares and was also imposed a total penalty of ₹28 lakh for the same. The regulator found that a group of individuals led by Sanjay and five others orchestrated a scheme including funding arrangements and last-traded-price manipulation to inflate the stock price. Following the surge in share price, the Choksi group offloaded illiquid 39.5% stake, enabling them exit from the company at much higher levels. These six individuals were the ‘main perpetrators of the scheme and created a misleading appearance of trading in the script and also manipulated the stock price. They also funded other entities directly and indirectly for trading in Retro Green’s shares. Some of the individuals were funded to disseminatestockrecommendations through a Telegram channel. Due to the manipulation, the stock price rose 177% during the December quarter of 2021 and volume spiked by 92% following the Telegram recommendations in December 6-10, 2021, enabling exits for the Choksi group, as per the order. The BSE-listed stock hit its record low of ₹1.28 on Wednesday before closing 0.8% lower at ₹1.33. In the last one year, it has lost 80% of its value.</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>Federal Housing Programs Restart as Congress Approves Government Funding Deal</t>
+          <t>Cube Highways Trust files for conversion of pvt InvIT into public InvIT; to raise Rs 5000 crore via OFS</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Government funding deal has reopened key federal housing programs, allowing stalled FHA, VA and USDA loans and flood insurance policies to restart, though some delays may continue.</t>
+          <t>Cube Highways Trust has filed for a landmark conversion from a private to a public InvIT via a ₹5,000 crore Offer for Sale (OFS).</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>Monday, 17 Nov, 2025</t>
+          <t>2026-03-18T18:41:54+05:30</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/federal-housing-programs-restart-as-congress-approves-government-funding-deal-122749.html</t>
+          <t>https://www.financialexpress.com/market/cube-highways-trust-files-for-conversion-of-pvt-invit-into-public-invit-to-raise-rs-5000-crore-via-ofs-4176807/</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>After weeks of paralysis, the U.S. government is back up and running, reopening the federal programs that the housing market depends on. The House of Representatives approved a funding bill on Wednesday, ending what had become the longest government shutdown in American history. The Senate had passed the measure earlier in the week, and President Donald Trump signed it soon after.
-[...10 lines deleted...]
-Now that the government is back open, the heavy lifting begins. Agencies must clear the backlog, lenders must re-start processing and thousands of buyers will try to regain lost momentum. The shutdown may be over, but its effects will take time to unwind. The reopening, though, marks an important step toward restoring confidence in a market that depends on predictable federal support.</t>
+          <t>Cube Highways Trust, sponsored by Cube Highways andInfrastructure, on Wednesday said it has filed for conversion of its private InvIT (infrastructure investment trust) into public InvIT with a ₹5,000 crore offer for sale . This will be the first of its kind in the country wherein through the offer for sale (OFS) route, a private InvIT will convert to a public InvIT. The transition will be conducted through an OFS of units aggregating upto ₹5,000 crore. The selling unitholders include BCI IRR India Holdings Partnership, CubeHighwaysand Infrastructure II, Cube Highways and Infrastructure III,, Cube  Mobility Investments ,and Seventy Second Investment Company. The Trust has an enterprise value/asset under management (AUM) of ₹ 36,519.91 crore as of September 30, 2025, having achieved a 43% increase in nett asset value (NAV) per unit since its initial private listing in April 2023. Kotak Mahindra Capital Company , HDFC Bank, HSBC Securities and Capital Markets, and JM Financial are the book-running lead managers for the offer, and Axis Trustee Services is the trustee. As of September 30, 2025, the Trust operatesd 27 road assets across 12 states and one union territory, out of which 18 are toll roads, 6 are hybrid annuity models and 3 annuity assets. These assets include 9 build, operate, transfer (BOT) and design, build, finance, operate and transfer (DBFOT) assets, 9 toll, operation, maintenance and transfer (TOT) assets. Cube Highways Trust has reported trafficgrowthof 9.4 % Q3 FY26 and its AUM growth has been 24%. The InvIT has registered 43% NAV growth since the listing of its private InvIT, it said. Prior to the offer’s completion, the trust will acquire four additionalhighwayand tunnelway project SPVs via swap transactions, increasing the portfolio to 31 road assets aggregating 9,811 lane kilometers. The portfolio maintains a balanced income mix with a Toll AUM to annuity AUM ratio of 85:15 and a weighted average residual concession period of 18.44 years for existing assets.</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>U.S. Housing Market Set for Strong 2026 Comeback as Sales Rise</t>
+          <t>Brokerages see 80% upside in Eternal, IHCL; 3 more Buys</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>America’s housing market may finally turn a corner in 2026, with sales, prices and buyer activity expected to rise as mortgage rates ease and jobs stay strong.</t>
+          <t>Top brokerages predict up to 80% upside in stocks like Eternal and IHCL—see which stocks to buy now for strong returns! Read more.</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>Monday, 17 Nov, 2025</t>
+          <t>2026-03-18T17:31:15+05:30</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/us-housing-market-set-for-strong-2026-comeback-as-sales-rise-122748.html</t>
+          <t>https://www.financialexpress.com/market/brokerages-see-80-upside-in-eternal-ihcl-3-more-buys-4176777/</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>After years of sluggish movement, America’s housing market may finally be gearing up for a proper comeback. Real estate professionals are cautiously hopeful that 2026 will bring the kind of momentum the industry has been waiting for. The National Association of Realtors’ chief economist, Lawrence Yun, believes sales could jump by about 14 percent nationwide, breaking free from the stagnation that defined 2025.
-[...10 lines deleted...]
-So while 2025 was a year of waiting and watching, 2026 is shaping up to be the year the housing market begins to breathe again. It may not be a dramatic rebound, but the industry seems ready for movement after years of strain. Buyers, builders and sellers appear to be aligning at last, creating the conditions for a more active, more stable market in the year ahead.</t>
+          <t>The markets have been on an uptrend for the last three consecutive sessions. Several stocks have seen sharp price action after last week’s steep decline. A host of brokerage houses, both domestic as well as international, have come up with their research notes on stocks in the highly uncertain geopolitical scenario. These brokers see as much as 80% upside in one of the stocks. Read to know more- Motilal Oswal retained a ‘Buy’ rating on ACME Solar Holdings. The brokerage house kept the target price of Rs 341 on the stock, translating into an upside potential of more than 34%. It believes thatACME Solar Holdingshas strong earnings visibility as its portfolio currently stands at 8.1GW (comprising 3GW operational capacity and 5.1GW under construction), with 78% of capacity backed by PPAs (Power Purchase Agreements). Motilal Oswal believes that as projects under construction are commissioned, operational capacity is expected to increase from 2.5GW at the end of FY25 to 5.5GW by the end of FY28, driving EBITDA per adjusted net profit CAGR of 74%-76% over FY25–28. Eternal’s share pricesaw a sharp correction over the past few months. The stock has fallen nearly 40% from its recent highs. However, domestic brokerage house JM Financial believes the sell-off is perhaps overdone and sees room for meaningful upside from current levels. In its latest note,JM Financial maintained a ‘Buy’ rating on Eternalwith a price target of Rs 400, implying an upside of over 80% from current levels. According to the report, the optimism comes despite rising competition in both quick commerce and food delivery, as well as broader macro uncertainties. Quick commerce and competition go hand in hand. Everyone wants a slice of the up-and-coming segment; as a result, big players like Flipkart and Amazon are also scaling up their dark store networks and competing aggressively on pricing and delivery fees. TheIndian Hotels Company share pricehas taken a beating, down 21% in six months, hit by West Asia war jitters and a fall from its highs, even as the broader market has not corrected as much. But Global brokerage house, Nomura, says it is not stepping away from the counter. Nomura has retained the ‘Buy’ rating on Indian Hotels Company, while trimming the target price from Rs 830 to Rs 800, implying a 28.6% upside. The brokerage house took cognizance of the recent turbulence but says the damage to the fourth quarter earnings is likely to remain limited, while the earnings trajectory from FY26 to FY28 stays intact with a projected annual EBITDA growth rate of 13% to 14% on a compounded basis. Domestic brokerage houseJM Financial retained a ‘Buy’ rating on Polycab India. They have set a target price of Rs 9,000, implying about 23% upside from the current levels. JM Financial expectsPolycab India’sMarch quarter to be relatively weak compared with earlier expectations. The brokerage said business activity during January and February 2026 remained broadly normal, though January saw some overstocking while February witnessed destocking across the channel. However, March has been weaker so far due to uncertainty related to ongoing West Asia conflicts and a high base, which could affect fourth-quarter estimates. The domestic brokerage house,Motilal Oswal Financial Services, has retained its ‘Buy’ rating on Hindalco Industriesdespite the fire at the Oswego plant of Novelis. They believe that the long-term outlook on the company remains robust on the back of domestic growth and cost effectiveness. The brokerage house has set a target price of Rs 1,110 per equity share onHindalco Industries. This implies a potential upside of over 21% from current levels. The company’s management expects domestic demand (across Asia) to remain robust and outpace the modest growth expectation of 2-4% CAGR globally, broadly driven by renewable &amp; electrification, infra spending, packaging, and auto/EV adoption. Disclaimer:This article provides factual analysis only and is not, and should not be construed as, an offer, solicitation, or recommendation to buy or sell securities. Investors must conduct their own independent due diligence and seek advice from a SEBI-registered financial advisor.</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>Why Maharashtra’s Land Registration System Faces Renewed Scrutiny and Criticism</t>
+          <t>Mukesh Ambani-led Reliance Jio hires 17 banks including Citi, JPMorgan, Goldman and Kotak for IPO: Report</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>A controversial land deal in Pune has exposed gaps in Maharashtra’s registration system, raising questions about oversight, misuse of land, and how powerful buyers bypass crucial safeguards.</t>
+          <t>Reliance Jio appoints 17 banks for a $4 billion-plus Mumbai IPO structured as an offer for sale, potentially India's largest-ever listing.</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Monday, 17 Nov, 2025</t>
+          <t>2026-03-18T16:47:12+05:30</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/why-maharashtras-land-registration-system-faces-renewed-scrutiny-and-criticism-122747.html</t>
+          <t>https://www.financialexpress.com/market/ipo-news-mukesh-ambani-led-reliance-jio-hires-17-banks-including-citi-jpmorgan-goldman-and-kotak-for-ipo-report-4176698/</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>Maharashtra’s land registration machinery, one of the busiest in the country, is again in the spotlight. A land deal in Pune’s Mundhwa area has turned into a cautionary tale about how laws meant to protect marginalised communities can be weakened by lapses in due diligence, outdated processes, and the growing clout of influential buyers.
-[...11 lines deleted...]
-The Mundhwa dispute may end up in court, in politics, or both. But its real legacy lies in exposing how a single registration entry can unravel decades of intent behind land laws, and why the state can no longer afford a system that looks the other way.</t>
+          <t>Reliance Jio Platformshas hired 17 banks to manage its Mumbai stock listing, which will see ⁠the ​company raise no new funds and allow exits for some shareholders, ​a Reuters report said. The report added that theIPOwill be executed ‌as an offer for sale, where only existing shareholders sell their ⁠shareholding to ⁠the public. Over ‌the past ​six years, Jio ‌has diversified into artificial intelligence and raised ‌funds from ​well-known ​investors, including ​KKR, General Atlantic, Silver Lake ​, and the Abu Dhabi Investment ⁠Authority. Financialexpress.comhas not been able to independently verify the report. The hiring of banks brings the parent of India’s largest telecom operator, Reliance Jio, with over 500 ⁠million users, closer ⁠to what could be the country’s largest-ever IPO worth more than $4 billion. As per the report, Jio’s roster ⁠of ‌17 advisors includes Wall Street giants Citigroup ​and JPMorgan, as well as ‌Indian investment banks Axis Capital, ICICI Securities, IIFL, and Kotak Mahindra Capital. Other banks on the ​list include Goldman Sachs, Morgan Stanley and ⁠Bank of America, the report added. Earlier this week, a Bloomberg report stated that Mukesh Ambani’s Reliance Jio Platforms is aiming to file a draft ⁠red ​herring prospectus for the initial ​public ​offering as early as the end ⁠of ⁠this month. Meanwhile, theSecurities and Exchange Board of Indiareduced the minimum public share float threshold last week, paving the way for the Jio IPO. The regulator last year proposed to halve the minimum amount of shares large companies had to offer in ⁠their ​IPOs, allowing those valued at above Rs 5 trillion after listing to sell just 2.5% of their paid-up capital. As part of its strategy of international business expansion, earlier this month Jio Platforms appointed Dan Bailey as President to oversee international business initiatives. Based in London, Bailey will, apart from overseeing international business, contribute more broadly across the India business as well.</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>How Many Types of Payment Plans Can Homebuyers Choose in Real Estate?</t>
+          <t>Varun Beverages a Buy now? Motilal Oswal sees 35% upside as bottler evolves into consumer play</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Real estate payment plans let buyers pay in stages, reduce financial pressure, manage risk and choose flexible options that match their budget while purchasing property.</t>
+          <t>In its latest note, the brokerage firm maintained a ‘Buy’ rating on the stock with a target price of Rs 550, implying around 35% upside.</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>Monday, 17 Nov, 2025</t>
+          <t>2026-03-18T16:06:58+05:30</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/how-many-types-of-payment-plans-can-homebuyers-choose-in-real-estate-122746.html</t>
+          <t>https://www.financialexpress.com/market/varun-beverages-a-buy-nownbsp-motilal-oswal-sees-35-upside-as-bottler-evolves-into-consumer-play-4176668/</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>Buying a home is one of the biggest financial decisions most people make, and the money involved can feel overwhelming at first. That’s why real estate developers offer different types of payment plans that break the cost into manageable parts. These plans help buyers spread payments over months or even years, making the process far less stressful. Understanding these options can help you choose a plan that fits your financial comfort and long-term goals.
-[...24 lines deleted...]
-Choosing a payment plan isn’t only about convenience. It’s about matching your finances with the rhythm of the project and ensuring your money stays protected until your home is ready.</t>
+          <t>Varun Beverages’ share priceis in focus after a relatively weak year for the company, where volumes were impacted by the unseasonal rainfall and softer consumption trends. Despite this downward-looking trend, brokerage firm Motilal Oswal believes that the company’s long-term growth story remains and expects an upside from the current level. In its latest note, the brokerage firm maintained a ‘Buy’ rating on the stock with a target price of Rs 550, implying around 35% upside. Here’s a closer look at the brokerage’s investment rationale. According to the report, CY25 was a subdued year for Varun Beverages, with volume growth coming in at just 8% globally and 2% in India due to unusually heavy rainfall affecting demand. The report further noted that realisations also remained largely flat during the year. The brokerage points out that underlying demand drivers, such as retail expansion, better electrification, and stronger cold-chain infrastructure, remain firmly in place and should support long-term growth. According to the report, a key change that Varun Beverages underwent is its transition from being a pure-play bottler to a broader consumer-based platform. The company is using its distribution network to expand into a variety of categories such as snacks, energy drinks, dairy and even alcoholic beverages in a few markets. Its partnership with Carlsberg, for instance, signals a potential entry into beer in African markets, the report added. The company has also made a few investments in visi-cooler manufacturing in order to enhance control over its supply chain. The company has added significant manufacturing capacity over the past two years and commissioned four new plants in India to support future demand, the report noted. At the same time, it is expanding its portfolio with new launches and health-focused products, including low- and no-sugar beverages, which are helping drive premiumisation, the report noted. The weather could also turn into a tailwind. Rising probability of El Niño conditions could lead to hotter summers, which typically boost demand for beverages. Another key growth driver, as per the brokerage firm, is the company’s attempts at expanding its international presence. The company has been scaling up its operations across Africa and other markets with the help of acquisitions, partnerships and capacity additions. As a result of this, International volumes are growing faster than India, and now is contributing a larger share of the business. This diversification is helping reduce dependence on the domestic market and providing an additional growth engine, the report acknowledged. Despite the weak volume growth in CY25, the company managed to maintain stable margins and strong cash generation. Operating cash flow increased during the year, even as return ratios moderated and working capital requirements rose. Motilal Oswal believes the company’s consistent execution, disciplined capital allocation, and expanding capacity will continue to support profitability over the medium term. The brokerage expects Varun Beverages to deliver steady growth, building in a revenue, EBITDA, and profit CAGR of around 13–16% over CY25–27. It values the stock at 45 times CY27 estimated earnings, maintaining its ‘Buy’ rating with a target price of Rs 550. Motilal Oswal believes Varun Beverages’ weak performance in CY25 is largely due to temporary factors such as weather-related disruptions rather than any structural slowdown. As it expands into new categories, grows its international business, and continues to invest in capacity and distribution, Varun Beverages looks better prepared to keep its growth going over the long term. Disclaimer: This article provides factual analysis only and is not, and should not be construed as, an offer, solicitation, or recommendation to buy or sell securities. Investors must conduct their own independent due diligence and seek advice from a SEBI-registered financial advisor.</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>Maharashtra Allows Mumbai Slum Cluster Redevelopment to Proceed Without Individual Consent</t>
+          <t>3 ‘Buy’ recommendation by Motilal Oswal with up to 35% upside potential</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Maharashtra has cleared a new cluster redevelopment model for Mumbai, removing individual consent and expanding land eligibility to speed up large-scale slum rehabilitation and modern housing.</t>
+          <t>Explore Motilal Oswal's top 'Buy' picks — Varun Beverages, SBI Life, and IPCA Labs — with up to 35% upside; see why these stocks stand out.</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Monday, 17 Nov, 2025</t>
+          <t>2026-03-18T21:23:52+05:30</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/maharashtra-allows-mumbai-slum-cluster-redevelopment-to-proceed-without-individual-consent-122745.html</t>
+          <t>https://www.financialexpress.com/market/motilal-oswals-top-buy-recommendations-at-this-hour-with-upto-35-upside-potential-varun-beverages-sbi-life-ipca-labs-4176537/</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>Mumbai’s long fight for cleaner, safer and more dignified housing has taken a sharp turn with a major policy shift from the Maharashtra government. In a move aimed at accelerating the city’s transformation, the state has removed the need for individual consent from slum dwellers for cluster-based redevelopment projects. The decision, detailed in a fresh government order, rewires the way slum rehabilitation will be planned and executed across India’s financial capital.
-[...6 lines deleted...]
-Whether the model delivers on its promise will depend on execution, transparency and trust. But for the moment, the city has a policy that finally acknowledges the scale of its challenge and attempts to match it with equally large solutions. This marks a new stage in Mumbai’s long, uneven journey toward becoming a slum-free city, even if the path ahead will still demand sustained political and administrative will.</t>
+          <t>Investors looking for potential market movers may want to take a closer look at three stocks that have recently caught the attention of the brokerage houseMotilal Oswal. The brokerage has given ‘Buy’ recommendations with upside potential ranging up to 35%. But what makes these picks stand out? According to the brokerage report, these companies are not just following trends; they are actively shaping their industries, making them worth watching closely in the coming months. Let’s take a look at the stocks the brokerage is bullish on and the rationale behind it – Varun Beverages, a key player in the soft drinks space, has received a ‘Buy’ recommendation with a target price of Rs 550. This implies a potential gain of 35% from current levels. According to the brokerage report, “We expect a 13% growth in revenue, 13% growth in Earnings Before Interest, Taxes, Depreciation and Amortisation (EBITDA), and 16% growth in Profit After Tax (PAT) on a Compound Annual Growth Rate (CAGR) between 2025 -2027.” The company is shifting from being a pure-play beverage bottler to a multi-category consumer distribution platform. Motilal Oswal noted, “VBL’s management strategy focuses on expanding its proven franchisee model – deepening its presence in India and extending its reach in Africa – while transforming the company from a single-category beverage bottler into a multi-category consumer goods distribution platform.” Despite weaker consumption in 2025 due to heavy rainfall affecting demand, the brokerage expects the company to achieve double-digit growth. This is supported by capacity expansion, portfolio innovation, and backward integration. International markets are also emerging as a key growth driver, contributing around 31% of volumes in 2025, up from 21% in 2020. SBI Life Insurance, another stock under the brokerage’s radar, comes with a target price of Rs 2,400. This suggests an upside of 24%. The company has delivered consistent growth, with Annualised Premium Equivalent (APE) rising at a CAGR of 15% FY20-25, compared to 6% for the overall industry. According to the brokerage report, “The gradual shift toward higher-margin products, robust operational efficiency, and rising rider attachments is expected to help in maintaining Value of New Business (VNB) margin in the range of 26-28%, despite temporary headwinds from the loss of input tax credit.” The company is gradually focusing more on traditional insurance products while reducing Unit Linked Insurance Plans (ULIP) share from around 67% to 60%. As per the brokerage report, protection products are growing faster than the overall business, targeting 9-9.5 percent of individual APE. The brokerage expects continued APE growth of around 15% through FY26-28. In the pharmaceutical space,Ipca Laboratorieshas also been recommended as a ‘Buy’, with a target price of Rs 1,820. According to the brokerage report, “We expect IPCA to deliver a 13% revenue CAGR over FY26-28, led by robust performance in domestic formulations and healthy pick-up in exports.” The brokerage report added, EBITDA and PAT are projected to grow at 17% and 16% CAGR over the same period, driven by better operating leverage. The company is implementing multiple initiatives to strengthen its domestic formulation segment, such as revamping the cardiology portfolio and expanding into high end cosmo dermatology. On exports, the brokerage expects growth to be supported by US relaunches, European tenders, and traction in established markets. Overall, the brokerage report noted that for Varun Beverages, international expansion and diversification are key; for SBI Life, product mix and operational efficiency are critical; and for IPCA Laboratories, a mix of domestic growth and export expansion drives optimism. Disclaimer: This article provides factual analysis only and is not, and should not be construed as, an offer, solicitation, or recommendation to buy or sell securities. Investors must conduct their own independent due diligence and seek advice from a SEBI-registered financial advisor.</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>India’s Real Estate Sentiment Rises in Q3 as Confidence Holds Firm</t>
+          <t>Hindustan Copper: Anand Rathi bets on 31% upside despite Middle East margin risks</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>The latest Knight Frank–Naredco index shows confidence rising in Q3 2025, with the Current Sentiment Score improving to 59 from 56, signalling stronger market optimism.</t>
+          <t>Anand Rathi has maintained a Buy rating on Hindustan Copper with a target price of Rs 650, seeing 31% upside despite margin risks from higher fuel costs and copper price volatility.</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Monday, 17 Nov, 2025</t>
+          <t>2026-03-18T16:25:43+05:30</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/indias-real-estate-sentiment-rises-in-q3-as-confidence-holds-firm-122744.html</t>
+          <t>https://www.financialexpress.com/market/hindustan-copper-anand-rathi-bets-on-31-upside-despite-middle-east-margin-risks-4176575/</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>India’s real estate sector seems to be holding its optimism even as the global economy turns unpredictable. The 46th edition of the Knight Frank–NAREDCO Sentiment Index for July to September 2025 shows that confidence among stakeholders has not only stayed intact but has strengthened. The findings offer a reassuring snapshot of a sector that has learned to navigate uncertainty without losing momentum. 
-[...10 lines deleted...]
-Taken together, the Q3 2025 Sentiment Index paints a picture of a sector that has regained its footing and is holding it well. Despite global headwinds, India’s real estate market is supported by solid fundamentals, consistent demand and policy stability. As the fourth quarter begins, the sector moves ahead with calm confidence, aware of the risks but anchored by steady growth across segments.</t>
+          <t>TheHindustan Copper share priceslipped almost 3% intra-day today and has declined 15% in the last one month. The ongoing crisis across the Middle East and the escalation of the violence have not just led to supply disruption but also impacted industrial operations. Domestic brokerage house,Anand Rathi, however, remains positive despite the sharp price action. They have retained a ‘Buy’ rating and set a target price of Rs 650, implying an upside of 31.13% from current levels. They are constructive on the longer-term prospect, as most of Hindustan Copper’s chemicals are sourced locally, which limits its exposure to global supply disruptions. Anand Rathi is positive onHindustan Copperas it expects to see a boost in its production capacity in the long term. It has received a composite licence in January for the Baghwari-Khirkhori block which, after being operational, could support the company’s production growth beyond FY31 and help expand its ore production capacity beyond 12.2 million tonnes. The report also noted that copper prices have already corrected by about 5% since the end of February. Typically copper prices correct when geopolitical tension intensify. However, geopolitical tensions could still push up freight costs due to higher crude oil prices. “As ‘consumption of power, fuel and water’ accounts for approximately 7% of revenue, any increase in fuel cost would have a direct impact on operating margin,” Anand Rathi noted. Anand Rathi has trimmed its estimates for copper prices by about 3.1% for FY27 and FY28, noting that the Middle East—which accounts for only about 2% of global mined copper production—could still trigger short-term volatility in commodity markets amid escalating tensions. “Considering the evolving macro environment, we believe prices may remain under pressure in the near term,” Anand Rathi said. Copper prices have already corrected by about 5% since the end of February, when geopolitical tensions intensified. Anand Rathi has also cut itsEBITDAestimates for Hindustan Copper, citing delays in production ramp-up and higher freight costs. “Factoring in slightly delayed ramp-up in mining volumes along with potential headwinds from higher freight costs linked to crude price movements, we have trimmed our EBITDA estimate by 8.7% for FY26, 5.2% for FY27 and 5% for FY28,” Anand Rathi said. The brokerage expects Hindustan Copper’s ore production to increase by around 5% year-on-year, although it may remain slightly below earlier guidance. “Delay in commencement of production at the Kendadih mine and the likely ramp-up at Kolihan mine from Q4FY26 to Q1FY27 could weigh on near-term output,” the brokerage noted. Despite near-term headwinds, the brokerage remains optimistic about Hindustan Copper’s long-term growth prospects. It expects strong demand for copper from sectors such as energy transition, electric mobility and renewable energy infrastructure. Disclaimer: This article provides factual analysis only and is not, and should not be construed as, an offer, solicitation, or recommendation to buy or sell securities. Investors must conduct their own independent due diligence and seek advice from a SEBI-registered financial advisor.</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>Danube Properties Launches ‘Shahrukhz by Danube’, a 55-Storey Tower in Dubai</t>
+          <t>6 reasons why the markets are rallying today despite global uncertainties: Nifty surges past 23,800, Sensex jumps 900 points</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Danube has launched a commercial tower in Dubai named after Shah Rukh Khan, with units starting at Rs. 4 crore and an easy 1% monthly payment plan.</t>
+          <t>Sensex and Nifty soar over 1% amid short covering and sectoral gains; discover key drivers of the market rally today.</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>Monday, 17 Nov, 2025</t>
+          <t>2026-03-18T14:48:27+05:30</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/danube-properties-launches-shahrukhz-by-danube-a-55-storey-tower-in-dubai-122743.html</t>
+          <t>https://www.financialexpress.com/market/6-reasons-why-the-market-is-rallying-today-despite-global-uncertainties-nifty-surges-past-23800-sensex-jumps-900-points-4176580/</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>Shah Rukh Khan has spent three decades shaping dreams on screen. Now his name will rise above Dubai’s skyline as part of a commercial tower that blends real estate ambition with pop-culture legend. Danube Properties has announced a 55-storey development called 
-[...18 lines deleted...]
- is one of those rare intersections where real estate and cinema share the same skyline.</t>
+          <t>The Indian stock markets staged a smart recovery and extended gains with both the domestic indices trading with 1% plus gains. In the intraday trading session, theSensexclimbed nearly 900 points to touch an intraday high of 76,988. On the other hand, theNiftycrossed 23,850, gaining over 250 points. Both the indices are up 1% each. Small cap and midcap stocks led the charge, with gains of up to 2% during the session. The benchmark indices are up for the third consecutive day. What is striking is this came despite ongoing geopolitical tension, elevatedoil prices, and a weak rupee. Therefore, what’s the big trigger now? Let’s take a look at the key reasons behind the market rally- One of the key factors behind the market’s recovery is short covering. After the steep fall triggered by tension in theMiddle East, many stocks became available at attractive valuations. Although oil prices have been volatile recently, Brent crude eased to around $100 per barrel from last week’s highs near $119. “Despite the uncertainty regarding the war, markets have staged a bounce back. One factor that enabled this is crude remaining around $102 and fears of spiking above $120 not materialising,” said Dr. V.K. Vijayakumar, Chief Investment Strategist at Geojit Investments. Foreign institutional investors, while generally cautious, have selectively bought into certain sectors like telecom, which has supported the market’s resilience. Dr. Vijayakumar also added, “Despite being sustained sellers in the market, FIIs have been selectively buying in some sectors like telecom. This partly explains the resilience in telecom stocks. Also, there is a portfolio churn happening away from IT and highly valued FMCG stocks towardstelecom,pharmaceuticals,defenceand select financials. Market leaders and fancied stocks in these segments will continue to be resilient even in a choppy market.” IT stocks lead the charge The IT sector stocks led the charge. TheNifty IT Indexwas up over 2% and Index heavyweights likeInfosys,HCLTechand the like jumped 3% intra-day. A recent report by CLSA, the international brokerage house, highlighted that “deal pipelines remain strong and valuations for India’s IT sector at its10-year average now look highly attractive.” They have a ‘High Conviction’ ‘Outperform’ rating on Persistent and Coforge and ‘Outperform’ rating on Infosys,Tech Mahindra, TCS and LTIMindtree. On HCLTech andWiprothey have a ‘hold’ rating The rally was not limited to the large-cap indices. The Nifty Midcap 100 and Nifty Smallcap 100 indices rose more than 1.5% each. Sectoral indices also reported strong gains, with Nifty Auto up 2%, Information Technology up over 3.5%, Media and Realty up 3%, and Consumer Durables climbing 2%. Markets abroad have also extended their rally. Japan’s Topix surged 2%, South Korea’s main indices rose nearly 5% to three-week highs, and Australia’s S&amp;P/ASX 200 added 0.2%.</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>17th Realty+ South 2025 Conclave Set to Bring Big Ideas, Industry Voices to Bengaluru</t>
+          <t>Delhi Traffic Advisory March 19: Kisan Panchayat at Ramlila Maidan causes major diversions – Check restricted time, routes to avoid and alternate paths</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>17th Realty+ Conclave &amp; Excellence Awards – South 2025 will convene industry leaders on November 19 at Taj, MG Road, Bengaluru, fostering dialogue and sectoral recognition.</t>
+          <t>Police said restrictions and diversions will be enforced on a need basis in areas surrounding Ramlila Maidan --- particularly along Jawaharlal Nehru (JLN) Marg.</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>Monday, 17 Nov, 2025</t>
+          <t>2026-03-19T09:06:11+05:30</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/17th-realty-south-2025-conclave-set-to-bring-big-ideas-industry-voices-to-bengaluru-122742.html</t>
+          <t>https://www.financialexpress.com/india-news/delhi-traffic-advisory-march-19nbspkisan-panchayat-at-ramlila-maidan-causes-major-diversions-check-restricted-time-routes-to-avoid-and-alternate-paths/4177435/</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>The 17
-[...36 lines deleted...]
-https://bit.ly/4mWHIxn</t>
+          <t>Commuters in Delhi are likely to face congestion and delays on Thursday amid ‘special arrangements’ across the city for a ‘Kisan Panchayat’ at Ram Leela Maidan. Multiple diversions have been implemented in central Delhi from 6:00 am — with a large number of people expected to gather at the venue till 4:00 pm. The police has said traffic curbs will be enforced on a need basis in areas surrounding Ramlila Maidan. According to the advisory, vehicular movement from Ajmeri Gate towards Ramlila Maidan via Asaf Ali Road will not be permitted. Commuters have been advised to take JLN Marg as an alternate route for their onward journey. Traffic congestion is likely on several key stretches, including JLN Marg, Asaf Ali Road, Chaman Lal Marg, Ajmeri Gate, Minto Road, Delhi Gate and the Kamla Market roundabout, especially during the arrival and dispersal of participants. “Avoid affected stretches, plan your journey in advance and use public transport wherever possible. Stay updated through Delhi Police Traffic channels,” the Delhi Traffic Police urged via X. Kisan Panchayat leads to major diversion at Ramlila Maidan Farm organisations had announced plans for an all-India march (known as Kisan Yatra) earlier this year — travelling from Kanyakumari to Kashmir during February and March. The event was organised under the Samyukta Kisan Morcha (Non-Political) and intended to underline its call for minimum support prices, implementation of recommendations of the Swaminathan Commission to ensure that farmers receive a price 50% above the cost of production as MSP, and complete debt relief. “During this journey, we will organize ‘Kisan Panchayats’ across the country to mobilize grassroots support. We will collect millions of village-level resolutions in favor of these demands and present them to the Prime Minister during a grand Kisan Mahapanchayat scheduled for March 19 at Ramlila Ground in New Delhi,” SKM national coordinator Jagjit Singh Dallewal had previously The traffic curbs have already gone into effect at 6:00 am. It will remain in place till 4:00 pm today — with the police expecting a large gathering in the area. Police said restrictions and diversions will be enforced on a need basis in areas surrounding Ramlila Maidan — particularly along Jawaharlal Nehru (JLN) Marg. No vehicles will be allowed from Ajmeri Gate side on Asaf All Road towards Ram Leela Maidan. The Delhi Traffic Police said JLN Marg could be used for the onward journey. Commuters have been asked to avoid these roads till 4:00 pm. Special diversion arrangements have also been made for heavy vehicles and buses. Vehicles coming from north and west Delhi and heading towards Ajmeri Gate and beyond will be diverted from Rani Jhansi Chowk via Rani Jhansi Road and Panchkuian Road. Commuters travelling to the New Delhi Railway Station from the Ajmeri Gate side have been advised to take the route via Rani Jhansi Road, Panchkuian Road, Connaught Circus and Minto Road.</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>Children Reshape Housing Choices as Developers Build Wellness Centric Communities</t>
+          <t>Mark Zuckerberg’s Metaverse ambitions scaled down as company kills VR app after major layoffs, $80 billion in losses</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>India’s housing priorities are shifting as families demand child friendly, safe, and wellness focused living spaces.</t>
+          <t>The decision effectively ends the role of Horizon Worlds as a dedicated VR social destination, where users interacted via digital avatars in virtual worlds.</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>Saturday, 15 Nov, 2025</t>
+          <t>2026-03-19T09:03:43+05:30</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/children-reshape-housing-choices-as-developers-build-wellness-centric-communities-122739.html</t>
+          <t>https://www.financialexpress.com/life/technology-mark-zuckerbergs-metaverse-ambitions-scaled-down-as-company-kills-vr-app-after-major-layoffs-80-billion-in-losses-4177436/</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>For decades, homebuying decisions in India were largely dictated by geography, budget, and investment potential. Today, however, a new factor is quietly reshaping the residential market: children. Families are increasingly prioritising safety, education access, and wellness when choosing homes, with children’s needs becoming central to the decision?making process. Parents now look beyond square footage and price tags, focusing instead on whether a home can provide a nurturing environment for their child’s growth.
-[...5 lines deleted...]
-As Tier?2 and Tier?3 cities mirror this demand, child?centric and wellness?focused housing is poised to become a defining feature of India’s residential future. With rising urban affluence and evolving family dynamics, the home is being redefined, not as a static asset, but as a living ecosystem designed to foster growth, safety, and togetherness across generations.</t>
+          <t>Meta CEO Mark Zuckerberg is quietly scaling down his grand vision of a metaverse he was excited to show the world in 2021. Meta’s Reality Labs division has faced nearly $80 billion in cumulative operating losses since late 2020, leading to the discontinuation of the Horizon Worlds social platform from the Quest VR store by March 2026 and fully phase it out of its VR headsets by June 15, 2026. Horizon Worlds will remain available for mobile users, though. In a community blog,Metaexplained the decision in straightforward terms, stating, “We are separating the two platforms so each can grow with greater focus, and the Horizon Worlds platform will become a mobile-only experience.” The decision effectively ends the role of Horizon Worlds as a dedicated VR social destination, where users interacted via digital avatars in virtual worlds — a concept that Zuckerberg once positioned as the successor to traditional social media. In October 2021, Zuckerberg rebranded Facebook, the company, to Meta, declaring the company’s vision for the future. Back then, Meta stated officially that, “Our hope is that within the next decade, the metaverse will reach a billion people, host hundreds of billions of dollars of digital commerce, and support jobs for millions of creators and developers.” The company had created Reality Labs as the division tasked with building VR hardware (like Quest headsets) and software (including Horizon Worlds). The Quest headsets caught momentum, but Meta’s metaverse ambitions couldn’t pull off the same. The Horizon Worlds social platform struggled with low engagement, never exceeding a few hundred thousand monthly active users according to reports. The expensive headsets and glitchy experiences failed to attract mainstream consumers, too. Meta suffered staggering losses as a result. The Reality Labs division posted massive quarterly losses year after year, culminating in a record $6.02 billion operating loss in Q4 2025 alone, pushing the division’s total losses to nearly $80 billion since late 2020. The division suffered losses of $19.1 billion in 2025 alone, which was higher than the $17.7 billion recorded losses in 2024. In essence, Meta burned through its revenue to keep the Metaverse alive – a product nobody wanted. With Metaverse no longer a priority, the company laid off more than 1,000 employees in the division in early 2026, shutting internal VR studios and redirecting resources toward artificial intelligence and wearable devices, including the popularRay-Ban Metasmart glasses developed with EssilorLuxottica — a product that’s also facing a controversy lately with regards to how it handles user privacy. During the Q4 2025 earnings call, Zuckerberg acknowledged the ongoing burn but signaled optimism for the future. “I expect Reality Labs losses this year [2026] to be similar to last year, and this will likely be the peak as we start to gradually reduce our losses going forward while continuing to execute on our vision,” he had stated. With a renewed focus on the glasses and wearable section, Zuckerberg hinted at making the Horizon Worlds platform successful on mobile platforms.</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>Private Clubs Redefine Urban Leisure with Culture, Cuisine, and Creative Community</t>
+          <t>HSBC layoffs: AI push may cut 10% of the workforce, putting 20,000 jobs at risk — Who will be impacted?</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>India’s elite are gravitating toward private clubs that offer curated experiences, luxury hospitality, and cultural cachet.</t>
+          <t>HSBC is weighing a major workforce shake-up as it leans into artificial intelligence, with early estimates suggesting up to 20,000 roles — largely in non-client-facing teams — could be affected over the next few years.</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Saturday, 15 Nov, 2025</t>
+          <t>2026-03-19T08:57:59+05:30</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/private-clubs-redefine-urban-leisure-with-culture-cuisine-and-creative-community-122738.html</t>
+          <t>https://www.financialexpress.com/business/news/hsbc-layoffs-ai-push-may-cut-10-of-the-workforce-putting-20000-jobs-at-risk-who-will-be-impactednbspnbsp/4177440/</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
-          <t>India’s urban leisure landscape is undergoing a quiet revolution. Private clubs like Soho House Mumbai, The Quorum, and EHV’s Jolie’s and The Bay Club are redefining what it means to belong, relax, and connect in the city.
-[...10 lines deleted...]
-This new membership economy is also spawning tiered access models, digital extensions, and city-specific programming. With upcoming launches in Delhi, Bengaluru, and Goa, the private club boom is poised to reshape how India’s urban elite experience leisure, not as escape, but as curated engagement.</t>
+          <t>Things may soon change in a big way atHSBC Holdings Plc, as the bank quietly looks at cutting a set number of jobs over the next few years, Bloomberg reported. The idea is to use artificial intelligence to do more work and reduce the need for people in certain roles — something the tech world is already grappling with. According to Bloomberg, the plan is still being discussed, but early estimates suggest the changes could affect around 20,000 jobs. That’s roughly 10% of the bank’s total workforce. Most of these cuts are expected to hit roles that don’t deal directly with customers, especially in global service centres. The bank has also not made any public comment on the matter. According to Bloomberg, if the plan goes ahead, the changes won’t happen overnight. The bank is looking at a three-to-five-year window. Some roles may simply not be replaced when employees leave, while others could go if certain businesses are sold or shut down. These discussions, sources told Bloomberg, actually began even before the recentMiddle East conflict. HSBC isn’t the only one thinking along these lines. A Bloomberg Intelligence report last year said global banks could cut up to 200,000 jobs over the next few years as AI begins to take over routine tasks. On average, tech leaders expect around a 3% reduction in workforce numbers. Since taking over in 2024, Georges Elhedery has been slowly reshaping the bank. Thousands of jobs have already been cut, and several businesses have either been sold, merged, or closed. By the end of 2025, HSBC had about 210,000 employees globally. At the same time, Elhedery is trying to change how the bank rewards its people. The idea is closer to a Wall Street-style system where top performers get a larger share of bonuses, while those falling behind may be nudged to look elsewhere. The bank is also doubling down on Asia. One of its key moves has been taking its Hong Kong unit, Hang Seng Bank Ltd., private, a clear signal of where it sees future growth. Speaking at a conference hosted by Morgan Stanley, HSBC’s finance chief Pam Kaur said the bank sees clear opportunities to use AI to cut costs and improve efficiency. She spoke about and highlighted areas like customer service centres, “know-your-customer” checks, and transaction monitoring, places where automation can speed things up and reduce expenses. HSBC has already set a $1.5 billion cost-saving goal and now expects to hit it six months ahead of schedule.</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>91Springboard leases 1 lakh Square feet office space in Mumbai, Gurugram</t>
+          <t>IMD Weather Prediction: Delhi-NCR likely to receive more rainfall, Will Bengaluru see hailstorms? Full forecast here</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Workspace provider 91Springboard has leased major office space in Mumbai and Gurugram, strengthening its presence for GCCs, enterprises, and startups.</t>
+          <t>As per the IMD weather bulletin, scattered thunderstorms are expected to continue over the Western Himalayan region and the plains of northwest India till March 20, whereas similar conditions are likely to prevail over central and eastern India till March 22.</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Saturday, 15 Nov, 2025</t>
+          <t>2026-03-19T09:09:10+05:30</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/91springboard-leases-1-lakh-square-feet-office-space-in-mumbai-gurugram-122737.html</t>
+          <t>https://www.financialexpress.com/india-news/imd-weather-prediction-delhi-ncr-likely-to-receive-more-rainfall-will-bengaluru-see-hailstorms-full-forecast-here/4177437/</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
-          <t>91Springboard, a leading flexible workspace solutions provider, announced on November 13 that it has leased about 1 lakh sq. ft of office space across Mumbai and Gurugram. The expansion is aimed at catering to Global Capability Centers (GCCs), large enterprises, MSMEs, and late-stage start-ups.
-[...5 lines deleted...]
-According to Cushman &amp; Wakefield, India’s co-working space market has emerged as the most mature globally, surpassing markets like the UK, France, US, Japan, and Singapore. Rising demand for flexible and managed office spaces has been a key driver of this growth.</t>
+          <t>TheIndian Meteorological Department (IMD)has forecast a fresh spell of unsettled weather across large parts of the country from March 19 onward, with thunderstorms, lightning, gusty winds, and hail expected over parts of northwest, central, and east India over the next few days. As per the IMD weather bulletin, scattered thunderstorms are expected to continue over the Western Himalayan region and the plains of northwest India till March 20, whereas similar conditions are likely to prevail over central and eastern India till March 22. TheWeatherDepartment has also informed that no significant heatwave conditions are likely over the next week. ForDelhiand the wider NCR, the Regional Meteorological Centre in New Delhi has predicted generally cloudy skies, thunderstorms, lightning, and spells of light rain on March 19 and March 20. An orange alert has been issued for both days. The advisory extends across Delhi as well as Noida, Gurgaon, Ghaziabad, and Faridabad, with gusty winds of 30-40 kmph and speeds touching up to 50 kmph in some spells. As per the Delhi weather bulletin, March 19 is likely to bring cloudy skies, initial spells of very light rain or drizzle in the forenoon, followed by one or two spells of light rain in the afternoon and evening. Bengaluruis expected to see hazy sunshine on Thursday, March 19, with the temperature likely to vary between 20 degrees Celsius and 32 degrees Celsius. There is no rain warning in today’s forecast. Weather conditions are expected to be mostly dry for today. According to the Met Department, isolated hailstorm activity is expected to take place overUttarakhand, Haryana, Punjab, West Uttar Pradesh, Chandigarh, and East Rajasthan on March 19 and March 20. West Rajasthan may also witness hail on March 19, whereas East Uttar Pradesh is expected to have similar weather patterns on March 20. Heavy rainfall is forecast at isolated places over Jammu and Kashmir, Uttarakhand, and Himachal Pradesh on March 19 and March 20. In east and central India, Odisha is expected to witness hail during March 10-21, and East Madhya Pradesh on March 19 and 20. Similar weather conditions will persist in West Bengal, Jharkhand, West Madhya Pradesh, and Sikkim on March 20 and 21.</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>Metro and Rapid Rail Push Kundli–Sonipat Toward Major NCR Growth</t>
+          <t>Happy Eid ul-Fitr 2026: 125+ Eid Mubarak Wishes, Images, WhatsApp Messages, Instagram captions to share with friends, family, and colleagues</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>The Kundli–Sonipat belt is gaining momentum as new metro and rapid rail links shrink travel times, attract industries and spark rising real estate demand across the corridor.</t>
+          <t>As the holy month of Ramadan ends, Muslims prepare for Eid-ul-Fitr 2026. We have curated 125+ heartfelt wishes, WhatsApp messages, and Instagram captions to celebrate with family and friends.</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>Saturday, 15 Nov, 2025</t>
+          <t>2026-03-19T07:40:37+05:30</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>https://www.rprealtyplus.com/news-views/metro-and-rapid-rail-push-kundlisonipat-toward-major-ncr-growth-122736.html</t>
+          <t>https://www.financialexpress.com/life/lifestyle-happy-eid-ul-fitr-2026-125-eid-mubarak-wishes-images-whatsapp-messages-instagram-captions-to-share-with-friends-family-and-colleagues-4177403/</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>Kundli and Sonipat have long lived in the shadow of Delhi, close enough to feel its pull but far enough to be treated as peripheral. That equation is now shifting. Two major transport projects - an extended Yellow Line metro and the Delhi–Panipat Regional Rapid Transit System are drawing the corridor into the heart of the National Capital Region’s growth map. What was once a quiet stretch of the highway is beginning to resemble an emerging urban spine.
-[...10 lines deleted...]
-As metro construction progresses and the rapid rail begins operations, the perceived distance between Sonipat and Delhi will shrink. The area is expected to move from being a distant neighbour to a well–connected extension of the capital’s growth arc. For investors, the real question is not whether the region will grow, but how soon they intend to place their bets on a corridor that is steadily stepping into the NCR mainstream.</t>
+          <t>Happy Eid ul-Fitr 2026 Wishes, Messages, and Greetings:As the holy month ofRamadancomes to a close, Muslims across the globe are preparing forEid ul-Fitr.Also known as Meethi Eid or Ramzan Eid, this celebration marks the end of a month of spiritual reflection and dawn-to-sunset fasting (roza). The timing of the festivities depends on the sighting of the crescent moon of Shawwal. For 2026, the Kingdom of Saudi Arabia and the UAE are expected to begin their celebrations today, Thursday, March 19, following sightings on Wednesday evening. In South Asia, including India and Pakistan, the moon is expected to be spotted tonight, with Eid likely falling on Friday, March 20. As Eid-ul-Fitr is just around the corner, we have curated the best Eid wishes and greetings for your loved ones. Disclaimer: This article is partially generated by AI and compiled by a human.</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>Real Estate</t>
-[...2312 lines deleted...]
-          <t>Real Estate</t>
+          <t>Market</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...1783 lines deleted...]
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:F28"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Title</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Synopsis</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Published Date</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>URL</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Content</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>SEBI cautions investors- ‘Digital gold products different from SEBI regulated gold products’</t>
+          <t>Why Silver ETFs slide 3% despite marginal gains in Silver spot and Future prices?</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>SEBI has cautioned investors against buying ‘Digital Gold’ or ‘E-Gold’ from unregulated online platforms, warning that such products are lack investor protection.</t>
+          <t>Silver ETFs fell up to 3% despite spot and futures gains, while Gold ETFs fell by over 1% over a firm dollar and prolonged conflict in West Asia.</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>2025-11-08T16:48:09+05:30</t>
+          <t>2026-03-05T17:52:08+05:30</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/sebi-cautions-investors-digital-gold-products-different-from-sebi-regulated-gold-products-4036556/</t>
+          <t>https://www.financialexpress.com/market/why-silver-etfs-slide-3-despite-marginal-gains-in-silver-spotnbspand-future-prices-4163341/</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>TheSecurities and Exchange Board of India (SEBI)has issued a public statement cautioning investors  against dealing in ‘Digital Gold’ or ‘E-Gold’ products by unregulated online platforms. The market regulator said such investments are not under its regulatory framework and may pose significant risks to investors. “It has come to the notice of SEBI that some digital/online platforms are offering investors an opportunity to invest in ‘Digital Gold/E-Gold Products’. In this context, it is informed that such digital gold products are different from SEBI-regulated gold products as they are neither notified as securities nor regulated as commodity derivatives. They operate entirely outside the purview of SEBI,” the regulator said. SEBIsaid it has enabled several regulated options for investing in gold, including goldexchange-traded funds (ETFs)offered by mutual funds and electronic gold receipts (EGRs) traded on stock exchanges, and exchange-traded commodity derivative contracts. These instruments, SEBI said, are governed by its regulatory framework and can be accessed through SEBI-registered intermediaries. However, “digital gold” products being sold online are not the same as SEBI-regulatedgoldproducts. “Such digital gold products may entail significant risks for investors and may expose investors to counterparty and operational risks,” SEBI noted in the release. SEBI urged the public to be cautious and choose only SEBI-regulated instruments for gold investment. “Investors should verify whether the products and intermediaries they deal with are regulated by SEBI before making any investment,” it said. The regulator further warned that investing in such unregulated digital gold could expose investors to “counterparty and operational risks.” “None of the investor protection mechanisms under the securities market purview shall be available for investments in such Digital Gold/E-Gold products,” SEBI added.</t>
+          <t>Goldandsilver ETFsare not exactly mirroring the spot and Future price trends for the second consecutive day. While prices are flat in domestic markets and clocked marginal gains globally,GoldandsilverETFs closed trade in red. MCXGold was trading at Rs 1,61,473 per 10 grams, down 0.03%, while MCX Silver Futures was in the green at Rs 2,65,744 per kg, up 0.07% from the previous close. COMEX Gold futures held above $5,100 per troy ounce, gaining 0.6%, and COMEX Silver Futures stood at $84.11 per troy ounce, up 1.1%. However, in comparison ETFs saw a significantly sharp decline by end of trade. Silver ETFs closed down 2% on an average. Tata Silver Exchange Traded Fund closed at Rs 25.25, down 2.02%, while Nippon India Silver ETF stood at Rs 247.93, down 2.99%. Zerodha Silver ETF moved to Rs 26.34, slumping 2.70%, and Kotak Silver ETF was at Rs 25.05, declining 3.32%. Groww Silver ETF was last quoted at Rs 25.40 with a decline of 2.64%, whereas ICICI Prudential Silver ETF stooped to Rs 259.02, plummeting 2.46%. HDFC Silver ETF was priced at Rs 247.80, down 2.17%, and Aditya Birla Sun Life Silver ETF declined to Rs 258.82, down 2.57%. SBI Silver ETF stooped to Rs 254.02 with a 2.77% loss, while UTI Silver ETF stood at Rs 250.92, down 2.12%. Axis Silver ETF closed at Rs 257.14, down 2.59%, and DSP Silver ETF closed at Rs 250.36 with a 2.11% fall. Mirae Asset Silver ETF ended at Rs 252.69, down 3.67%, while 360 ONE Silver ETF closed at Rs 255.47, falling 2.81%. Motilal Oswal Silver ETF ended at Rs 251.30 with a 4.91% decrease, Edelweiss Silver ETF closed at Rs 260.31, down 1.90%, and Bandhan Silver ETF stood at Rs 260.74, falling 2.66%. Tata Gold Exchange Traded Fund ended trade at Rs 15.51, down 1.02%, while Nippon India ETF Gold BeES closed at Rs 132.24 with a decline of 1.28%. Zerodha Gold ETF moved to Rs 25.15, declining 1.30%, and ICICI Prudential Gold ETF reached Rs 136.94, down 0.98%. HDFC Gold ETF was priced at Rs 136.56 with a 1.27% decrease, while Groww Gold ETF ended the trade at Rs 15.60, falling 1.20%. SBI Gold Exchange Traded Scheme stood at Rs 136.48, down 1.12%, and Kotak Gold Exchange Traded Fund fell to Rs 133.21 with a 0.97% decline. Mirae Asset Gold ETF was at Rs 155.39, down 1.25%, and Angel One Gold ETF traded at Rs 14.93 with a 1.19% fall. Axis Mutual Fund – Axis Gold ETF stood at Rs 132.99, falling 0.79%, while UTI Mutual Fund – UTI Gold ETF was quoted at Rs 134.40, falling 1.47%. DSP Gold ETF was priced at Rs 155.38 with a 1.07% fall, and Birla Sun Life Gold ETF fell to Rs 140.69, down 1.24%. Motilal Oswal Gold ETF traded at Rs 157.65 with a 1.81% fall, Quantum Gold Fund – Exchange Traded Fund stood at Rs 132.70, declining 1.02%, and 360 ONE Gold ETF was at Rs 155.95, down 1.20%. Edelweiss Gold ETF decreased to Rs 159.35 with a 1.27% decline, Bandhan Gold ETF traded at Rs 160.97, falling 1.12%, and Choice Gold ETF stood at Rs 158.24, down 1.38%. Baroda BNP Paribas Gold ETF was priced at Rs 155.25 with a 1.15% fall, Union Gold ETF fell marginally to Rs 156.30, down 0.73%, and LIC MF Gold ETF traded at Rs 14,435, down 0.77%. The Wealth Company Gold ETF stood at Rs 160.02 with a 1.08% fall, while Invesco India Gold ETF ended flat at Rs 13,930. The movement across bullion and ETFs reflects that the decline was broad and uniform rather than limited to a few counters. Global and local prices for gold and silver tend to move in the same direction, and the prolonged conflict inWest Asiaalong with a strongerdollarhas softened price action across exchanges and fund platforms.</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Oil prices rise as OPEC+ pauses production hikes for Q1 amid glut fears</t>
+          <t>Gold, silver rate today: Precious metals extend gains on safe haven demand as US-Iran conflict continues</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>The Organisation of the Petroleum Exporting Countries and its allies, known as OPEC+, agreed on Sunday to raise output by 137,000 barrels per day in December, the same as for October and November.</t>
+          <t>Gold and silver prices rise on safe-haven demand amid US-Iran tensions, and a soft dollar.</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>2025-11-03T06:39:03+05:30</t>
+          <t>2026-03-05T10:31:42+05:30</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/oil-prices-rise-as-opec-pauses-production-hikes-for-q1-amid-glut-fears-4029873/</t>
+          <t>https://www.financialexpress.com/market/commodities-gold-silver-rate-today-precious-metals-extend-gains-on-safe-haven-demand-as-us-iran-conflict-continues-4162887/</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>Oilprices climbed in early Asian trade on Monday after OPEC+ decided to hold off production hikes in the first quarter of next year, easing rising fears of a supply glut. Brent crudefutures rose 47 cents, or 0.73%, to $65.24 a barrel by 2336 GMT after closing 7 cents higher on Friday. U.S. West Texas Intermediate crude was at $61.43 a barrel, up 45 cents, or 0.74%, after settling up 41 cents in the previous session. The Organisation of the Petroleum Exporting Countries and its allies, known as OPEC+, agreed on Sunday to raise output by 137,000 barrels per day in December, the same as for October and November. “Beyond December, due to seasonality, the eight countries also decided to pause the production increments in January, February, and March 2026,” the group said in a statement. RBC Capital analyst Helima Croft said: “There is ample ground for a cautious approach given the uncertainty over the Q1 supply picture and the anticipated demand softness.” She added that Russia remains a key supply wildcard in the wake of the U.S. imposing sanctions on Rosneft and Lukoil as well as the ongoing strikes on Russian energy infrastructure. A Ukrainian drone attack struck on Sunday the Tuapse port, one of Russia’s main Black Sea oil ports, causing a fire and damaging at least one ship. Brent and WTI fell more than 2% for a third straight month in October, hitting a five-month low on October 20 on fears of a supply glut and economic concerns about U.S. tariffs. Analysts are holding their oil price forecasts largely unchanged as rising OPEC+ output and lacklustre demand offset geopolitical risks to supply, a Reuters poll showed. Estimates of oil market surplus ranged anywhere from 0.19 to 3 million bpd. The Energy Information Administration reported on Friday that U.S. crude oil output rose 86,000 bpd to a record 13.8 million bpd in August. On Friday, President Donald Trump denied he was considering strikes inside Venezuela amid intensifying expectations that Washington may soon expand drug-trafficking-related operations.</t>
+          <t>Precious metals are again trending up as theUS-Israelconflict with Iran seems to reach no end. The prolonged conflict across West Asia has boosted the safe-haven demand forgoldandsilver,as both the assets extended gains in today’s trade. Thedollarindex too retreated from its record highs, which further lent support to the precious metals, as a soft dollar makes assets like gold and silver less expensive for overseas currency holders, which further increases its demand. In international markets, spot gold is trading near the $5,183 per troy ounce mark, while spot silver is quoted towards the $85 per troy ounce mark. “Gold rose to about $5,170/oz, building on the prior session’s advance asinvestorssought safety amid escalating tensions in theMiddle East. The conflict entered a sixth day, with US and Israeli forces striking targets across Iran and Tehran retaliating with missile attacks on several neighboring states, including key energy facilities.” Jigar Trivedi, Senior Research Analyst at Indusind Securities said. ”Silver also benefited from the dollar’s retreat following reports that Iranian operatives had reached out to the US to explore potential peace talks, though Tehran later denied the outreach. Inflation concerns eased further as the Trump administration moved to reassure markets over commercial activity in the Gulf.” Trivedi added. On MCX, the April delivery contract for gold was trading at Rs 1,62,352 per 10 grams, up 0.5% from its previous close. The May delivery contract for silver was priced at Rs 2,70,556 per kg, up nearly 2% from its previous close. “MCX Silver May futures may appreciate Rs 269,000/kg as prices have rebounded in the global markets too.” Trivedi added. Additionally, US PresidentDonald Trumpofficially nominated Kevin Warsh as the next chair of theUS central bank, which likely weighed on the market sentiment. Warsh is known for his rate cut friendly stance. Bullion tends to perform well in lower interest rate environments. Meanwhile, economic tensions added to the price pressure for gold and silver as US Treasury Scott Bessent on Wednesday said that an increase of global import tariffs to 15% from 10% may be implemented later this week. The escalations in the US-Iran war are keeping precious metals, as a US submarine sank an Iranian warship off the coast of Sri Lanka. US Secretary of Defence Pete Hegseth claimed it was “the first sinking of an enemy ship by a torpedo since World War Two”. The attack comes as reports indicated that Mojtaba Khamene, the son of the slain Supreme Leader Ayatollah Ali Khamenei, has emerged as the frontrunner to be the country’s next supreme leader.</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Gold prices dip Rs 1,649 weekly as Fed signals end to rate cuts, trade deal hopes rise</t>
+          <t>Why Silver ETFs plunged 8% despite MCX prices rising? Silver MCX Futures jump 3%</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>The price of 10 grams of 24-carat gold dipped Rs 4 on a daily basis on Saturday to Rs 1,20,770, according to data published by the India Bullion and Jewellers Association (IBJA).</t>
+          <t>Silver ETFs fell up to 8% even as MCX silver futures jumped 3%. Gold ETFs also ended lower despite gains in bullion prices. Here’s what the divergence between MCX and ETFs indicates.</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>2025-11-01T15:53:38+05:30</t>
+          <t>2026-03-04T16:43:59+05:30</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities/gold-prices-dip-rs-1649-weekly-as-fed-signals-end-to-rate-cuts-trade-deal-hopes-rise/4028766/</t>
+          <t>https://www.financialexpress.com/market/why-silver-etfs-plunged-8-despite-mcx-prices-rising-silver-mcx-futures-jump-3-4162348/</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Theprice of 24-carat gold(10 grams) dipped by Rs 1,649 on a weekly basis till Saturday, due to fading expectations of Federal Reserve rate cuts and hopes ofUS trade dealswith India and China. The price of 10 grams of 24-carat gold dipped Rs 4 on a daily basis on Saturday to Rs 1,20,770, according to data published by the India Bullion and Jewellers Association (IBJA). The price move at the weekend was also due to weakness in international bullion prices amid a strong dollar. Bullion has gained 3.9 per cent so far this month, withUS goldfutures for December delivery trading flat at $4,016.70 per ounce. Sentiment turned cautious after the US Federal Reserve cut its benchmark interest rate by 25 basis points to the 3.75 per cent–4 per cent range, but hinted that the rate cut might be the final one in 2025, which dampened hopes of further near-term easing. Markets are now pricing in a 74.8 per cent probability of a 25-basis-point cut from the Fed in December compared with a 91.1 per cent chance a week ago, according to the CME Group’s FedWatch tool. Meanwhile, US PresidentDonald Trumpsaid he had agreed with Chinese PresidentXi Jinpingto trim tariffs on China in exchange for Beijing cracking down on the illicit fentanyl trade, resuming US soybean purchases and keeping rare earths exports flowing. Analysts however hinted that some uncertainty remains over the durability of the deal. The yellow metal is up around 50 per cent this year, supported by strong central bank demand. “Elevated risk sentiment continues to offer support to bullion, with key levels seen near Rs 1,18,000 as support and Rs 1,24,000 as resistance. Markets now await clarity on trade balance discussions between theUS-Chinaand US-India, which are likely to set the short-term direction,” said Jateen Trivedi, VP Research Analyst – Commodity and Currency, LKP Securities. Until then, gold is expected to remain volatile within the mentioned range, he added.</t>
+          <t>Precious metals continue to see volatile price action.Goldandsilverprices have retreated from their weekly record highs and seen sharp swings. MCX Futures for gold and silver are in the green with smart intra-day gains. However, the ETFs had a different story. They ended in the red, posting sharp 5% plus decline.Silver ETFssaw sharper losses compared toGold ETFs. MCX Gold rallied to Rs 1,63,640 per 10 grams, up 1.57%, while MCX Silver stood at Rs 2,74,637 per kilogram, up 3.51% from its previous close. In international markets, COMEX gold futures were quoted at $5,195.45 per troy ounce, up 1.40%, while COMEX silver futures stood at $86.68 per troy ounce, up 3.85%. The upward movement in bullion prices was not mirrored in ETFs, as precious metals markets saw steep declines yesterday owing to a strong dollar and price consolidation. The Multi Commodity Exchange (MCX) was closed for the first half of the day yesterday on account of Holi; however, trading resumed in the evening session, which commences from 5 pm, till 11 pm. Tata Silver Exchange Traded Fund closed at Rs 25.86, down 7.18%, while Nippon India Silver ETF stood at Rs 255.57, down 6.95%. Zerodha Silver ETF moved to Rs 27.19, slumping 6.40%, and Kotak Silver ETF was at Rs 25.99, declining 6.78%. Groww Silver ETF was quoted at Rs 26.84 with a decline of 4.82%, whereas ICICI Prudential Silver ETF stooped to Rs 266.48, plummeting 6.92%. HDFC Silver ETF was priced at Rs 253.90, down 8.06%, and Aditya Birla Sun Life Silver ETF declined to Rs 265.64, down 6.98%. SBI Silver ETF stooped to Rs 262.20 with a 6.81% loss, while UTI Silver ETF stood at Rs 257.00, down 7.48%. Axis Silver ETF closed at Rs 263.99, down 7.46%, and DSP Silver ETF closed at Rs 257.00 with a 7.36% fall. Mirae Asset Silver ETF ended at  Rs 263.00, down 5.62%, while 360 ONE Silver ETF closed at Rs 262.85, falling 6.84%. Motilal Oswal Silver ETF traded at Rs 263.48 with a 6.57% decrease, Edelweiss Silver ETF ended at Rs 267.00, down 6.65%, and Bandhan Silver ETF was at Rs 267.86, falling 6.89%. Tata Gold Exchange Traded Fund ended trade at Rs 15.67, down 3.21%, while Nippon India ETF Gold BeES closed at Rs 133.96 with a fall of 3.15%. Zerodha Gold ETF moved to Rs 25.48, declining 3.34%, and ICICI Prudential Gold ETF reached Rs 138.40, down 3.59%. HDFC Gold ETF was priced at Rs 138.45 with a 2.98% decrease, while Groww Gold ETF traded at Rs 15.83, falling 3.48%. SBI Gold Exchange Traded Scheme stood at Rs 138.20, down 3.20%, and Kotak Gold Exchange Traded Fund fell to Rs 134.65 with a 3.48% fall. Mirae Asset Gold ETF was at Rs 157.36, down 2.76%, and Angel One Gold ETF traded at Rs 15.16 with a 2.82% decline. Axis Mutual Fund – Axis Gold ETF stood at Rs 134.05, falling 4.78%, while UTI Mutual Fund – UTI Gold ETF was quoted at Rs 136.40, falling 2.95%. DSP Gold ETF was priced at Rs 157.06 with a 3.48% fall, and Birla Sun Life Gold ETF fell to Rs 142.30, down 3.17%. Motilal Oswal Gold ETF traded at Rs 160.55 with a 2.61% fall, Quantum Gold Fund – Exchange Traded Fund stood at Rs 134.07, declining 3.41%, and 360 ONE Gold ETF was at Rs 157.90, down 3.13%. Edelweiss Gold ETF moved to Rs 161.60 with a 3.32% decrease, Bandhan Gold ETF traded at Rs 162.79, falling 2.95%, and Choice Gold ETF stood at Rs 160.95, down 2.83%. Baroda BNP Paribas Gold ETF was priced at Rs 157.05 with a 3.18% fall, Union Gold ETF reached Rs 156.95, down 5.02%, and LIC MF Gold ETF traded at Rs 14,546.35, falling 3.92%. The Wealth Company Gold ETF stood at Rs 161.76 with a 3.97% fall, while Invesco India Gold ETF was at Rs 13,930, down 3.92%. The mismatch between bullion and ETFs shows that markets are still recovering from yesterday’s sharp declines. While both Gold and Silver futures on MCX and COMEX were up on the day, the same was not echoed in domestic ETFs, indicating imbalanced demand across segments. Global and local prices are not moving in the same direction, as Indian stock markets were closed on Tuesday for Holi. With the strengthened dollar and profit-booking by investors, bidding for gold and silver has softened a bit across exchanges as well as fund platforms.</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Explainer: What’s sparking the interest in gold and silver combo FoFs</t>
+          <t>Gold &amp; Silver rates today: Silver ETFs crack 7%, Gold ETFs down 3%; MCX Gold, Silver Futures hold steady</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>These open-ended passive schemes are ideal for those investors who cannot decide on the optimal portfolio allocation to the two metals that have given the highest returns this year.</t>
+          <t>Gold and silver prices witness sharp swings amid West Asia tension and a strong dollar; track market swings and expert insights now.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>2025-10-28T08:28:37+05:30</t>
+          <t>2026-03-04T16:22:24+05:30</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities-explainer-whats-sparking-the-interest-in-gold-and-silver-combo-fofs-4023544/</t>
+          <t>https://www.financialexpress.com/market/gold-pulse/gold-amp-silver-rate-today-live-silver-volatile-holds-above-85-after-11-crack-mcx-gold-silver-prices-see-sharp-swing/4161932/</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>Asset management companies have come out withgold-silvercombo Fund of Funds (FoFs) forretail investors. As it is difficult for such investors to decide on how much and when to allocate to gold or silver, these funds can help them avoid timing the market and de-risk the portfolio exposure, explains Saikat Neogi. These are Fund of Funds (FoFs) which invest in the units of goldexchange traded funds(ETFs)and silver ETFs. These open-ended passive schemes are ideal for those investors who cannot decide on the optimal portfolio allocation to the two metals that have given the highest returns this year. At present, four fund houses are offering the combo FoFs —Motilal Oswal, Mirae,Edelweiss and Kotak, which concluded its new fund offer on Monday. An in-house quantitative model determines the allocation between gold and silver based on their price movements. The model allows for periodic rebalancing, helping capture relative value shifts between gold and silver. The fund manager also adjusts the allocation based on other relevant macro factors. Individuals can invest lumpsum amounts or through systematic investment plans and the funds are benchmarked to the domesticprices of goldand silver. Unlike ETFs, it is not mandatory to have a demat account to invest in FoFs. Gold and silver offer good downside protection and tend to outperform in bear markets. Silver tends to outperform when the market is recovering from a bear phase and a combination of both offers optimal returns. As investing in precious metals offers a hedge against global uncertainties, a gold and silver FoF can offer retail investors a balanced strategy and de-risk exposure.These funds can help investors to potentially benefit from long-term appreciation in gold and silver, even with the current short-term volatility in the prices of the two metals. The combo FoF can protect against long-term downside in either of the two metals by rebalancing the portfolio. In fact, silver prices are very volatile and can remain depressed for extremely long periods. For example, silver prices in the global market fell 75% from the highs of $48 per ounce in April 2011 to the lows of $12 per ounce in March 2020 and recovered to new highs this year. Gold FoFs invest in gold ETFs, where each unit of the ETF is backed by physical gold. Similarly, silver FoFs invest in silver ETFs. Due to a significant supply deficit of physical silver in the spot market, silver ETFs are currently trading at a premium on the exchange. Once the physical supply situation stabilises, the premium is expected to normalise, which could affect short-term returns. As a result, six fund houses have suspended new investments in silver ETF FoFs, though existing SIP contributions have been allowed to continue. Silver ETFs, though, remain open for direct subscriptions. In contrast, gold ETFs have a more stable physical market and are less affected by such premiums. In the domestic market, inflows into silver ETFs have more than doubled to `14,000 crore in the January-September period, compared with `6,500 crore in the same period last year. Inflows into gold ETFs have grown 2.7 times to `19,800 crore during the same period. Gold prices have been driven by geopolitical tensions and silver too has joined the sprint on the back of strong investor inflows and tight supply in the spot market. In the last one year, domestic gold prices have risen 65% and silver prices have shot up by 95%. Over a three-year period, gold and silver have yielded 36% and 47% returns, respectively. Throughout 2025, gold dazzled the markets, recording 39 new all-time highs. However, last week, both gold and silver witnessed a sharp decline from their recent peaks, marking a potential trend reversal after historically overbought levels. In the international market, gold had fallen the most in over a decade last Wednesday and even silver recorded its steepest one-day decline since February 2021. Central banks led by China, India and Turkey have made record purchases of gold, underlining a gradual diversification away from the US dollar. On the other hand, the demand for silver has outstripped supply for five consecutive years pushing up global prices. Over half of silver demand now comes from industrial users. Just like ETFs, if gold silver FoFs are held for more than 24 months, the profit will be classified as a long-term capital gain and will be taxed at 12.5% flat without the indexation benefit. If an investor sells before that, it will be considered a short-term capital gain, added to the individual’s income and taxed at his applicable income tax slab rate. Non-resident Indians (NRIs) can invest in these gold and silver FoFs, unlike Sovereign Gold Bonds (SGB), as per RBI and FEMA norms. The tax rates for NRIs are the same as for Indian residents. However, TDS applies to gold and silver FoF on redemptions only for NRIs. In fact, sale of gold and silver in any form will attract capital gains tax, except for SGB if held till maturity of eight years.</t>
+          <t>Amid the ongoing conflict in West Asia, precious metals markets are witnessing sharp price swings. In international markets, spotgold pricesare currently trading near the $5,160 per troy ounce level, down over 4% from Monday’s high of $5,400 per troy ounce. Silver, being the more volatile asset, is experiencing a sharper retreat, with the white metal currently trading near the $84 per troy ounce level, down over 11% from Monday’s high of $95 per troy ounce. While fears of a prolonged war in theMiddle East continue to support safe-haven demand for these assets, gold and silver prices posted declines in the previous sessions due to a firm dollar index and fading expectations of rate cuts by theUS Federal Reserve. The US central bank is expected to keep the rates on hold for its upcoming March meeting. A strongdollarmakes precious metals more expensive for overseas currency holders, thereby denting demand. Additionally, experts reported that gold and silver experienced heavy profit-booking amid the US-Iran conflict, and the market is currently searching for a stable floor. On the domestic front,MCXGold futures are trading at Rs 1,63,467 per 10 grams. MCX Silver futures have also dropped sharply, currently trading near the Rs 2,73,522 per kg mark. Analysts suggest that while the fundamentals for gold remain intact, when the yellow metal weakens despite elevated risk signals, this usually suggests underlying position shifts or broader, undisclosed developments at play. How are gold and silver prices likely to pan out going ahead? Keep reading live updates here On MCX the April delivery contract was trading at Rs 1,63,600 per 10 gram up 1.55% from previous close. While the May delivery contract was Rs 2,73,700 per kg up 3.16% from previous close. "The underlying fundamentals (for gold) have not materially shifted. Structural drivers such as geopolitical uncertainty, policy unpredictability and portfolio diversification needs remain intact," Reuters quoted Christopher Wong, a strategist at OCBC as saying. As per the CME Fedwatch tool 97% market participants expect the fed to hold rates at its upcoming March meeting, while nearly 3% expect a quarter point rate cut. On MCX, the April delivery contract of gold is trading at Rs 1,63,432, up 1.4% from its previous close. While the May delivery contract of silver is up 3% from its previous close trading at Rs 2,73,251 per kg. In international markets, spot gold is currently trading trading near the $5,180/oz mark, while spot silver is nearing the $86/oz mark Tata Gold Exchange Traded Fund was trading at Rs 15.65 down 3.34%, while Nippon India ETF Gold BeES stood at Rs 133.61 declining 3.41%. Zerodha Gold ETF moved to Rs 25.423, declining 3.53%, and ICICI Prudential Gold ETF slumped to 137.83 down 3.98%. Tata Silver Exchange Traded Fund was trading at Rs 25.66, down 7.90%, while Nippon India Silver ETF stood at Rs 254.74 marking a decline of 7.23%. Zerodha Silver ETF moved to Rs 26.95, down 7.23%, and Kotak Silver ETF was at Rs 25.69, down 7.86%. Precious metals like gold and silver also faced consolidation over waning expectations of rate cuts by the US Federal Reserve. High interest rates reduce the opportunity cost of holding non-interest yielding assets like gold. Gold rates remained elevated across major cities today. In Delhi, 24-carat gold was priced at Rs 1,64,660 per 10 grams, while 22-carat gold was selling at Rs 1,50,950. In Mumbai, 24-carat gold was slightly lower at Rs 1,64,510 per 10 grams and 22-carat gold was quoted at Rs 1,50,800. Meanwhile, in Kolkata, 24-carat gold also stood at Rs 1,64,510 per 10 grams, whereas 22-carat gold was available at Rs 1,50,080 per 10 grams. On MCX, the April delivery contract for gold was trading at Rs 1,63,530 per 10 grams up 1.5% from its previous close. While the May delivery contract of silver was up 2.7% trading at Rs 2,72,442 per kg. In international markets, spot gold is currently trading near the $5,166/oz mark while spot silver is nearing the $85/oz mark. "Comex Silver declined over 8% in the last session, settling around the $82 level. The stronger US dollar and rising inflation concerns curbed demand for safe-haven assets amid escalating geopolitical tensions." Axis Securities said in a note. It added that expectations for the next Fed rate cut have shifted from July to September, though two 25-bps reductions remain priced in. "Gold dropped 4.5% to $5,088 per ounce on Tuesday, pressured by a stronger U.S. dollar and rising inflation concerns that dampened safe-haven demand despite escalating geopolitical tensions. Higher fuel costs lifted bond yields, prompting markets to reassess the Federal Reserve’s policy outlook" Axis Securities said. "MCX Silver futures are currently trading around ₹2,60,000–₹2,80,000 following a gap-up opening. The long-term bullish framework remains intact, supported by favorable global cues amid heightened geopolitical tensions. " Ponmudi R, CEO of Enrich Money said. He added that prices continue to extend their upward trajectory, with short-term momentum turning decisively positive. Key support lies within the ₹2,50,000–₹2,70,000 zone. A sustained hold above this region could trigger further upside toward ₹3,00,000–₹3,20,000. Dips toward strong support zones may provide accumulation opportunities for positional traders, although a decisive breakdown below these levels could accelerate downside pressure. Ten gram silver price various cities of India: Silver rate in Mumbai: Rs 2,716 Silver rate in Ahmedabad: Rs 2,720 Silver rate in Chennai: Rs 2,724 Silver rate in Bangalore: Rs 2,718 Silver rate in Delhi: Rs 2,712 Read More:Silver Rate Today 4th March 2026: Silver is up by 2.25%; check prices in Mumbai, Bengaluru, Hyderabad, Delhi, Ahmedabad Here is the price list of 24-karat gold 10 grams gold across various cities in India: Gold rate in Mumbai: Rs 1,63,270 Gold rate in Ahmedabad: Rs 1,63,490 Gold rate in Chennai: Rs 1,63,750 Gold rate in Bangalore: Rs 1,63,400 Gold rate in Delhi: Rs 1,62,990 Read More:Gold Rate Today 4th March 2026: Gold is up by 1.43%; check prices in Mumbai, Chennai, Delhi, Bengaluru On MCX, the most-active gold delivery contract is trading at Rs 1,63,308 per 10 grams, up over 1% from its previous close. While the most-active silver contract is trading at Rs 2,71,350 per kg up over 2% from its previous close. "MCX Gold futures are trading within the ₹1,60,000–₹1,70,000 range. Prices are currently consolidating with a mildly positive bias as safe-haven demand remains supported by global geopolitical uncertainty. " Ponmudi R, CEO of Enrich Money said. He added that strong buying interest is visible within the ₹1,58,000–₹1,62,000 demand zone, which has emerged following the recent surge driven by Middle East tensions. On Tuesday, gold and silver witnessed extended sharp declines on back of heavy profit-booking and a firm dollar index. Reduced expectations of rate cut by the US Federal Reserve also weighed on the sentiment as the metals consolidated from their Monday's highs. However analysts have suggested that underlying fundamentals for gold remain intact. In international markets, spot gold is currently trading near the $5,173/ oz mark, up nearly 2% on day. While spot silver is trading near the $85/oz mark, up over 3% on day. On MCX, the April delivery contract for Gold is trading at Rs 1,63,369 per 10 gram, up 1.4% from its previous close. While the May delivery contract for silver is trading at Rs 2,72,499 per kg, up nearly 3% from its yesterday's close.</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Gold breaks 9-week winning streak ahead of US inflation data – JPMorgan eyes $5,055/oz levels by 2026</t>
+          <t>Crude on boil; gold and silver see sharp spike as Iran-Israel conflict escalates</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Gold prices eased after a record rally as traders await US CPI data and a possible Fed rate cut. Despite profit-booking, JP Morgan says bullion could average $5,000 by 2026 on persistent inflation and central-bank buying.</t>
+          <t>Crude nears $80 while gold and silver spike as Iran-Israel tensions escalate, triggering safe-haven demand and sharp commodity market volatility.</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>2025-10-24T18:24:46+05:30</t>
+          <t>2026-03-02T10:21:30+05:30</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/gold-prices-today-fall-us-cpi-fed-rate-cut-outlook-jp-morgan-forecast-2025-4020104/</t>
+          <t>https://www.financialexpress.com/market/commodities-crude-on-boil-gold-and-silver-see-sharp-spike-as-iran-israel-conflict-escalates-4159860/</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>Gold prices eased on Friday and were on course for their first weekly decline in nine weeks, weighed down by a stronger US dollar and investor caution ahead of keyUS inflation datadue later in the day. Spot gold fell 0.2% to $4,116.09 per ounce as of 0504 GMT, while US gold futures for December delivery slipped 0.4% to $4,131.10 per ounce, according to Reuters. Bullion has lost about 3% so far this week, its steepest fall since mid-May as traders booked profits after a prolonged rally that drove prices to record highs earlier this month. The dollar index gained for a third consecutive session, making gold more expensive for non-US buyers and dampening sentiment. “A meeting between the US and Chinese leaders stands a decent chance of de-escalating trade tensions, which is aiding the dollar and drying up some safe-haven demand for gold,” said Tim Waterer, Chief Market Analyst at KCM Trade, as reported by Reuters. The White House confirmed thatUS President Donald Trumpwill meet Chinese President Xi Jinping next week during his Asia trip, a move that could ease trade tensions that have dragged on global growth. Market attention was now centered on theUS Consumer Price Index(CPI) data, expected to show core inflation holding at 3.1% in September. The report, delayed by the government shutdown, will set the tone for theFederal Reservemeeting next week, where traders have nearly priced in a 25-basis-point rate cut, Reuters reported. “From gold’s perspective, a tame CPI print would be welcomed as this would keep the Fed on track to cut rates twice before year-end,” Waterer said. “But any upside surprises in inflation would likely see the dollar gain further traction higher, which could be to the detriment of gold.” Gold tends to perform better when interest rates are low, as it reduces the opportunity cost of holding non-yielding assets. A stronger inflation reading, however, could strengthen the dollar and prolong the correction. Analysts said the correction was largely technical after a rapid rally that left valuations stretched. Gold-backed exchange-traded funds (ETFs) saw their largest single-day decline in holdings in five months, signaling portfolio rebalancing by institutional investors. “Gold prices fell to around $4,110 per ounce on Friday, on track to end its nine-week winning streak, pressured by heavy selling after repeatedly hitting record highs in recent sessions,” said Jigar Trivedi, Senior Research Analyst at Reliance Securities. “The metal dropped more than 5% early in the week, marking its largest intraday loss in five years.” Trivedi added that “MCX GoldDecember may drop to Rs 1,23,000 per 10 grams as the undertone in world markets is weak.” Despite the pullback, he noted that gold remains up more than 50% year-to-date, supported by trade tensions and expectations of further Fed rate cuts. The upcoming meeting between Trump and Xi has created cautious optimism among traders. Hopes of progress in trade negotiations have reduced near-term demand for safe-haven assets. “Gold prices are set to break their nine-week winning streak after a sharp decline from recent highs,” said Darshan Desai, CEO of Aspect Bullion &amp; Refinery. “The drop comes as investors book profits amid stretched valuations, renewed optimism over a potential US-China trade deal, and a stronger US dollar. “Looking ahead, markets will focus on the release of US CPI data later today, updates on the US government shutdown, and next week’s meeting between US President Donald Trump and Chinese President Xi Jinping. A successful trade agreement between the two nations could put additional downward pressure on gold prices, while any escalation in US-Russia tensions or sanctions could help support prices at lower levels,” Desai said. Meanwhile, the US has imposed new sanctions on Russia, aiming to push Moscow toward a ceasefire in Ukraine. Analysts said the geopolitical backdrop remains complex and could keep volatility high across commodities. Despite the pullback, global investment bankJPMorganhas reiterated its bullish stance, forecasting that gold will average $5,055 per ounce by the fourth quarter of 2026, as reported by Reuters. The forecast assumes sustained investor interest and central-bank purchases averaging 566 tonnes a quarter in 2026. “Gold remains our highest conviction long for the year, and we see further upside as the market enters a Fed rate-cutting cycle,” said Natasha Kaneva, Head of Global Commodities Strategy at JP Morgan. Gregory Shearer, Head of Base &amp; Precious Metals Strategy, added that the combination of “a Fed cutting cycle with overlays of stagflation anxiety, concerns around Fed independence, and broader debasement hedging” supports continued upside. The bank also emphasized that the recent rally is not purely a de-dollarisation move. “The rally is not a de-dollarization or debasement story, but it is most likely a dollar diversification story,” JP Morgan said, noting that foreign investors are gradually reallocating small portions of their US asset holdings into gold. JPMorgan analysts described the latest pullback as a “healthy consolidation” after rapid price gains since August. “It’s normal if you’re paralyzed with fear, because the price moved so fast,” Kaneva said. “It’s just a very clean story. You have a lot of buyers, and you have no sellers.” The bank maintained a long-term target of $6,000 per ounce by 2028, urging investors to adopt a multi-year view rather than focusing on short-term volatility. Among other precious metals, spot silver fell 0.5% to $48.67 per ounce, marking a 6% weekly decline, the sharpest since March. Platinum gained 0.3% to $1,630.60, while palladium slipped 1.8% to $1,430.35, Reuters reported. The divergence noted that while gold and silver trade largely on macro and monetary cues, industrial metals such as platinum and palladium are more sensitive to manufacturing and supply trends. Market watchers largely view this week’s decline as a pause rather than the start of a reversal. With inflation uncertainty, monetary easing expectations, and geopolitical risks still in play, analysts believe gold’s structural uptrend remains intact. For now, all eyes are on the CPI release. A softer print could reignite the rally by bolstering rate-cut bets, while a hotter reading might deepen the correction. Still, the broad takeaway from both brokers and global banks is clear: gold’s short-term weakness does little to dim its long-term shine.</t>
+          <t>The spotlight is on the commodity space today as the conflict across West Asia escalates. Amid the heightened geopolitical tension over the US andIsraeliattack on Iran, commodity prices have seen sharp price action.Brent Crudehas jumped close to $80/bl level whilesilveris hovering near $95/oz levels.Goldis holding steady above $5,300/oz. So what is the outlook for commodities going forward? Analysts point to near-term risks Anindya Banerjee, Head of Currency &amp; Commodity Research at Kotak Securities, has said that crude oil prices are likely to progress rapidly in the near term. “The West Asian conflict is likely to keepcrude oilprices on the boil in the near term, as the risk of disruption — particularly any potential closure of the Strait of Hormuz — remains a live tail risk.” He added that Brent crude could spike towards the $80–85 zone. “However, history suggests that geopolitically driven spikes tend to be sharp but temporary. As and when the ground situation inIranstabilizes, risk premiums should gradually unwind, allowing prices to cool off from elevated levels,” he added. American stockbroker Peter Schiff, in a social media post on X, has said that current oil prices still stand cheap given the present geopolitical scenario. Schiff said that oil prices have seen a surge of over 30% in 2026, and the price action would be reflected in fuel prices at gas stations, and also in the Consumer Price Index, which is the main indicator of inflation in the US. Energy prices form a significant part of the CPI basket. Following Saturday’s outbreak of war with Iran, gold is up over $100, silver is up over $2, and oil is up over $5.50. At $72.50 per barrel, the current price of oil is still cheap, but it’s up over 30% so far in 2026. This will soon show up big time at the pump and in the CPI. “Energy markets are also responding, with crude oil prices rising on fears of supply disruption through key routes like the Strait of Hormuz, which further adds to risk-off sentiment and supports bullion interest,” Jateen Trivedi, VP – Research Analyst (Commodity and Currency), LKP Securities, said. Banerjee added that precious metals,goldandsilver, are also likely to witness price surges driven by safe-haven flows. However, he added that geopolitical surges typically lack sustainability unless accompanied by structural monetary or macro shifts. “Therefore, some cooling off after the initial surge cannot be ruled out,” the analyst added. Forecasting a constructive view for precious metals, Banerjee said, “We continue to expect gold to move toward $6,000 by 2026 and silver to test $105 this year, driven by deeper structural themes rather than episodic geopolitical flare-ups.” Jateen Trivedi, VP – Research Analyst (Commodity and Currency), LKP Securities, said that gold and silver may experience profit-booking after an initial spike of 3–6% if some diplomatic developments come into effect. “Gold and silver prices are set to remain highly volatile with a gap-up in the opening session tomorrow as the Middle East conflict, involving renewed U.S. and Israeli military action against Iran, continues to dominate global risk sentiment,” Trivedi said. He added that elevated geopolitical risk can drive investors toward traditional safe-haven assets like gold and silver and widely expects a gap-up opening for bullion markets. “As global equities and risk assets come under pressure, capital tends to shift into precious metals, which act as a hedge against uncertainty,” Trivedi explained. However, he noted that earlier moves have already pushed gold and silver prices higher in recent sessions, and this momentum could continue if the conflict intensifies further.</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Oil prices dip after surge, remain on track for weekly gain amid supply fears</t>
+          <t>Oil prices rise sharply, Brent raises above $80 per barrel as US-Israel war on Iran disrupts global energy supply</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Brent crude futures fell 17 cents, or 0.3%, to $65.82 by 0024 GMT. U.S. West Texas Intermediate crude futures were down 17 cents, or 0.3%, at $61.62.</t>
+          <t>Iran had temporarily shut down parts of the strait in mid-February for what it said was a military drill. Further disruptions to that shipping channel could lead to lower supply and higher prices for oil.</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>2025-10-24T07:37:58+05:30</t>
+          <t>2026-03-02T06:23:47+05:30</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities-oil-prices-dip-after-surge-remain-on-track-for-weekly-gain-amid-supply-fears-4019789/</t>
+          <t>https://www.financialexpress.com/market/commodities-oil-prices-rise-sharply-brent-raises-above-80-per-barrel-as-us-israel-war-on-iran-disrupts-global-energy-supply-4159624/</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>U.S.crudefutures eased in early trade on Friday, trimming part of the previous day’s surge but remaining on track for a weekly gain, as fresh U.S. sanctions on Russia’s two biggest oil companies over the war in Ukraine fuelled supply concerns. Brent crudefutures fell 17 cents, or 0.3%, to $65.82 by 0024 GMT. U.S. West Texas Intermediate crude futures were down 17 cents, or 0.3%, at $61.62. Both benchmarks jumped more than 5% on Thursday and were set for about a 7% weekly gain, the biggest since mid-June. Russian President Vladimir Putin remained defiant on Thursday after U.S. President Donald Trump hit Russia’s Rosneft and Lukoil with sanctions to pressure the Kremlin leader to end the war in Ukraine. Rosneft and Lukoil together account for more than 5% of global oil output. The U.S. sanctions prompted Chinese state oil majors to suspend Russian oil purchases in the short term, trade sources told Reuters. Refiners in India, the largest buyer of seaborne Russian oil, are set to sharply cut their crude imports, according to industry sources. “Buying driven by supply tightness concerns over U.S. sanctions on Russia has subsided,” said Satoru Yoshida, a commodity analyst with Rakuten Securities. “With OPEC holding spare capacity, a one-sided rally is unlikely,” he said, predicting that WTI is expected to trade within about $5 above or below $65. Kuwait’s oil minister said that the Organization of the Petroleum Exporting Countries would be ready to offset any shortage in the market by rolling back output cuts. The U.S. said it was prepared to take further action, while Putin derided the sanctions as an unfriendly act, saying they would not significantly affect the Russian economy and talked up Russia’s importance to the global market. European Union countries also approved a 19th package of sanctions on Moscow that included a ban on Russian liquefied natural gas imports, while Britain hit Rosneft and Lukoil with sanctions last week. Russia was the world’s second-biggest crude oil producer in 2024 after the U.S., according to U.S. energy data. Investors are also focusing on a planned meeting between Trump and Chinese President Xi Jinping next week. Trade tensions between Washington and Beijing have been escalating, marked by tit-for-tat retaliatory measures announced by both sides.</t>
+          <t>Oil pricesrose sharply when market trading began Sunday, as US andIsraeli attacks on Iranand retaliatory strikes against Israel andUS militaryinstallations around the Gulf sent disruptions through the global energy supply chain. Traders were betting the supply of oil from Iran and elsewhere in theMiddle Eastwould slow or grind to a halt. Attacks throughout the region, including on two vessels traveling through the Strait of Hormuz, the narrow mouth of the Persian Gulf, could restrict countries’ ability to export oil to the rest of the world. That would likely result in higher prices for crude oil and gasoline, according to energy experts. West Texas Intermediate, the light, sweet crude oil produced in theUnited States, was selling for about USD 72 a barrel Sunday night, up around 8 per cent from its trading price of about USD 67 on Friday. Roughly 15 million barrels of crude oil per day – about 20 per cent of the world’s oil – are shipped through the Strait of Hormuz, making it the world’s most critical oil chokepoint, according to Rystad Energy. Tankers traveling through the strait, which is bordered in the north by Iran, carry oil and gas fromSaudi Arabia, Kuwait, Iraq, Qatar,Bahrain, the UAE and Iran. Iran had temporarily shut down parts of the strait in mid-February for what it said was a military drill. Further disruptions to that shipping channel could lead to lower supply and higher prices for oil. Attacks throughout the region, including on two vessels travelling through the Strait of Hormuz, the narrow mouth of the Persian Gulf, could restrict countries’ ability to export oil to the rest of the world. That would likely result in higher prices for crude oil and gasoline, according to energy experts. Against that backdrop, eight countries that are part of the OPEC+ oil cartel announced they would boost production of crude Sunday. The Organisation of Petroleum Exporting Countries, in a meeting planned before the war began, said it would increase production by 206,000 barrels per day in April, which was more than analysts had been expecting. The countries boosting output include Saudi Arabia, Russia, Iraq, the United Arab Emirates, Kuwait, Kazakhstan, Algeria and Oman. “Roughly one-fifth of global oil supply passes through the Strait of Hormuz, a vital artery for world trade, meaning markets are more concerned with whether barrels can move than with spare capacity on paper,” said Jorge Leon, Rystad’s senior vice president and head of geopolitical analysis, in an email. “If flows through the Gulf are constrained, additional production will provide limited immediate relief, making access to export routes far more important than headline output targets.” Iran exports roughly 1.6 million barrels of oil a day, mostly to China, which may need to look elsewhere for supply if Iran’s exports are disrupted, another factor that could increase energy prices.</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Gold rally a ‘red alert that global order is fracturing’, expert shares 9 warning signs</t>
+          <t>Can crude spike close to $100? 3 key triggers to watch ahead of OPEC meet as Iran-Israel conflict escalates</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Sujit Bangar, founder of Tax Buddy, has warned that this trend is a warning signal - 'A red alert that the global order may be fracturing at its core.'</t>
+          <t>Crude oil prices could spike toward $100 amid escalating Iran-Israel conflict and OPEC+ meeting; stay updated on market impacts.</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>2025-10-23T10:58:05+05:30</t>
+          <t>2026-03-01T13:30:22+05:30</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities-gold-rally-a-red-alert-that-global-order-is-fracturing-expert-shares-9-warning-signs-4018897/</t>
+          <t>https://www.financialexpress.com/market/can-crude-spike-close-to-100-3-key-triggers-to-watch-ahead-of-opec-meet-as-iran-israel-conflict-escalates-4158794/</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
-          <t>Reserve Bank’s gold reserves have crossed 880 metric tonnes, with total value of USD 95 billion as of September 26, 2025. It’s not just India central banks across the world added 3,16,000 kg of gold over the past year, whilegold pricessurged 63%. The central bank’s bulletin has highlighted that rise in international gold prices, driven by heightened global economic and geopolitical uncertainty encouraged safe haven buying. Sujit Bangar, founder of Tax Buddy, has warned that this trend is a warning signal – ‘A red alert that the global order may be fracturing at its core.’ Concluding the post, Bangar noted that this is not about greed, but about fear, faith, and fragility. “Every Tone bought is a vote against uncertainty. And until trust returns to currencies, gold will keep shining,” he said.</t>
+          <t>There is a sense of apprehension and uncertainty engulfing global businesses and stock markets as theIran-Israel warand the sitiation across West Asia continues to escalate. Global markets are in turmoil as fresh explosions hit Dubai. Doha, Qatar and Bahrain have also been hit too. Iran, in fact, has warned of ‘harsh, successive’ revenge steps ahead after the United States and Israel launched strikes that killed Iran’s Supreme Leader Ali Khamenei and plunged the Middle East into a new conflict. One of the big concerns is what this means forCrude Oiland the keyOPEC+meeting later today. Reuters quoted energy analysts at Barclays stating that “Oil markets might ⁠have to face their worst fears ‌on Monday. As things stand right now, we think Brent could hit $100 (per barrel), as the market ​grapples with the threat of a potential supply disruption amid a spiralling security ‌situation in the Middle East.” At the heart of it all lies the strategic position of theStrait of Hormuz. On Saturday, Tehran warned that it had closed the Strait of Hormuz, the narrow conduit for about a fifth of global oil consumption, raising expectations of a sharp ​jump in oil prices. Reuters reported that OPEC+ major oil producers are set to meet on Sunday. The world’s largest energy body may consider increasing ⁠output given the current situation. Several tanker owners, oil majors and trading houses suspended energy shipments through the Strait. The reason that it becomes particularly important is that, till date, the Strait of Hormuz has never been closed for an extended period. Nearly one-fifth of the global oil supply flows through this Strait. Explaining the dynamics of the crude oil pricing and decoding the current situation. Vijay Bhambwani,  Founder-Promoter, Bhambwani Securities and a market veteran, pointed out that “OPEC has spare capacity that will be stepped up to calm nerves in the international oil markets. OPEC+ is conferring as you read this post. Remember Venezuelan oil which was being smuggled out piggy back on Iranian ghost fleet tankers is officially under US control. Guyana has cranked up output to 9,00,000 bpd which is 50% higher than 3 quarters ago.” On how much the oil prices are set to rise, Bhambwani explained that, “Undoubtedly yes (crude oil prices will rise)! But I’m circumspect about both the magnitude and the duration of the spike. My reading of the situation is that market watchers are panicking unduly. In addition to usual demand-supply dynamics, oil prices have 4 primary (and more secondary ones) premiums – terror, political, military and speculative premia. I expect the military premium to rise immediately on Monday morning. But do remember someone somewhere knew this attack was coming, and the same should have been reflected at least partially in oil prices.” Most analysts pointed out that the ultimate oil price impact is likely to hinge on whether the IRGC pursues further ​escalatory actions. Vishnu Varathan, Head of Macro Research, Asia Ex-Japan, Mizuho in an interview with Reuters, stated that “a broader state of spots of regional attacks/instability may be par for the course – in line with Iran’s warning. Oil prices are likely ‌to remain elevated as production and ​passage remain prone to ​attacks and ​disruptions. OPEC may be under pressure to raise production to try and offset. But a 10-25% premium on oil is not outlandish – even without a blockade of the Strait of Hormuz, which ​is easily a 50% premium risk event.” Most energy analysts highlighted that oil prices may respond to the current situation with a $5-10 price increase above the current $73 baseline. However, this is seen as a knee-jerk, near-term reaction more than a long-term concern.</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>A gold flight to safety has its limits</t>
+          <t>Gold, silver rate today: Precious metals hold steady as investors eye US-Iran talks</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Gold is a safe haven in times of
-uncertainty, but if gold prices reach very high levels, as they have thus far, a correction would be inevitable, says Dr Duvvuri Subbarao, economist and former governor of the Reserve Bank of India.</t>
+          <t>Gold and silver remain steady near recent highs as investors monitor US-Iran talks and dollar strength. Stay updated on precious metals trends!</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>2025-10-23T09:54:33+05:30</t>
+          <t>2026-02-27T09:35:51+05:30</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities-a-gold-flight-to-safety-has-its-limits-4018765/</t>
+          <t>https://www.financialexpress.com/market/commodities-gold-silver-rate-today-precious-metals-hold-steady-as-investors-eye-us-iran-talks-4156345/</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>In times of uncertainty with faith shaken globally in paper wealth, expect agoldrush – it is a sage counsel “not of an age, but for all time.” The good old bard of Avon cautioned against falling for all things that glitter but Indian women knew better and the central bankers globally have endorsed their wisdom with unprecedented investments in gold. In keeping with the trends globally and increasingly in the Eastern part of the planet, theReserve Bank of Indiahas also seen its gold reserves cross 880 metric tonnes in the first half of 2025-26 with the central bank adding 0.2 metric tonnes in the last week of September. But what are the options when uncertainty looms large and the high price of gold begins to hurt? “Gold is a flight to safety in times of uncertainty. It is a safe haven in such times but there is a limit to which it can be seen as a safe haven and at some point there is bound to be a correction and it is hard to say if it will be a violent correction or a gradual one,” says Dr Duvvuri Subbarao, economist, author and the former governor of the Reserve Bank of India. The gold prices did in fact hit a pause and have just witnessed a reversal. Typically, Dr Subbarao explains, when the dollar value goes down, the gold price go up but surprisingly now both the dollar is still holding up and so is the price of the yellow metal. A former bureaucrat, who has been closely associated with policy planning in the past but did not wish to be named, has this to say: “it is basically a feeling that no other financial asset in the present circumstances will do as well as gold. Consider this: The stock valuations are too high and do not reflect the underlying profitability and even if it is true in some big countries making a correction in the stock prices inevitable, there will be subsequent correction here in India too  and in such an environment people tend to invest in gold.” On his advice oninvestmentsinto gold, he says, “while there are enough and more experts that people to seek guidance from, I for one, would not advise anyone to buy gold at the moment as the gold prices are inflated.” On the movement thus far and the sustained demand for gold even during the Diwali festival, the former bureaucrat opines: “The people are moving away from financial assets and when you get a speculative boom in things like bitcoins and it not surprising that gold follows in lockstep, more so, it is limited in quantity and therefore bound to see its price rise.” Navneet Munot, CEO, HDFC Asset Management Company perhaps sums it up best for investors with a pithy observation: “Investors should not extrapolate last year’s returns ofgoldandsilver. Historically, they have had very long periods of underperformance and are also prone to high volatility.”</t>
+          <t>The precious metals are steady in early Friday trade. Both gold and silver continued to hover around recent highs as the investors were weighing multiple factors, includingUS-Iran nuclear talksand dollar near three-week highs. Goldis back above the $5,200/oz level in early Asian trade on Friday. The dollar near 3-week highs is a concern as gold is dollar-denominated, and this makes gold more expensive for holders of other currencies. Data from the US was also another factor that weighed on sentiment. The number of Americans filing new applications for jobless benefits increased slightly last week, and the unemployment rate appeared to hold steady in February amid a ​stable labour market. Meanwhile, analysts also pointed out that the US Federal Reserve chair nominee ⁠Kevin Warsh’s rate cut hopes could be narrowing ‌amid emerging bullishness about the US economy, growing CEO confidence in the outlook. Jateen Trivedi, VP Research Analyst – Commodity and Currency, LKP Securities pointed out that “Traders seem to keep risky bets off the able and wait for clarity into the sentiments around US &amp; Iran nuclear talks. Gold has support near Rs 1,58,000/10 gm and resistance near Rs 1,64,000/10 gm. Participants await US Iran talks details.” The gains forsilvercontinue too. The key precious and industry metal is hovering close to the psychologically important $90 per troy ounce levels, near the three-week highs. Investors are keying off a hawkish shift among the central bank’s policymakers. On MCX, Silver Futures are trading near Rs 2,74,693/kg. This is nearly a 2% rally from the last close. All eyes are on how the safe haven demand pans out in the event of the ongoing US-Iran talks.</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Samvat 2081: Global headwinds take a toll on rupee</t>
+          <t>Gold, silver rate today: Gold near 4-week highs, silver rallies above $88 levels on safe haven demand</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>The Indian Rupee was the second-worst performing Asian currency in Samvat 2081, depreciating 4.62% to close at 87.97 due to global headwinds like US tariffs and geopolitical tensions.</t>
+          <t>Gold and silver prices surge on safe haven demand and US-Iran tensions; monitor jobless claims for market direction. Read more.</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>2025-10-20T00:05:51+05:30</t>
+          <t>2026-02-26T09:23:43+05:30</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities/samvat-2081-global-headwinds-take-a-toll-on-rupee/4015923/</t>
+          <t>https://www.financialexpress.com/market/commodities-gold-silver-rate-today-gold-near-4-week-highs-silver-rallies-above-88-levels-on-safe-haven-demand-4155254/</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>In Samvat 2081, therupeeremained under pressure because of global headwinds like the US government’s tariff pressure and geopolitical tensions. As a result, it fell by 4.62% – the highest in three years and the third highest in the last decade. It would have done worse had theReserve Bank of India (RBI)not aggressively stepped in last week to stop the slide. The $5-billion intervention on a single day helped arrest the depreciation, which had gone up to 5.6% when the rupee hit a lifetime low of 88.80. The rupee finally closed at 87.97, down 4.6% for Samvat 2081. Under governor Sanjay Malhotra, the RBI was quite happy for the large part of the year to let the currency find its own levels, and help exporters, especially after tariffs were imposed. But last week, the RBI intervened when speculators continued to push the rupee towards 89. The Diwali message is clear: Speculation will not be tolerated. Said Ritesh Bhansali, deputy CEO at Mecklai Financial Services, “During Governor Shaktikanta Das’ regime, theRBIintervened almost on a daily basis to keep the rupee within a tight 10-20 paisa range. After Malhotra took charge as the governor, the RBI shifted its approach, allowing more day-to-day rupee volatility.” He added that the intervention last week helped reduce long positions. Due to this sharp fall, the rupee was the worst-performing currency among its Asian peers after the Indonesian rupiah. The Taiwanese dollar rose the most at 4.4%, followed by Malaysian ringgit at 3.6% and Thai bhat at 3.3%. The dollar weakness could not support the rupee, unlike for most other currencies. The RBI’s latest bulletin showed the real effective exchange rate (REER) dropped to 98.79 in August from 100.19 in July, its lowest since February 2019, indicating the rupee is undervalued against a basket of 40 currencies. Since the Trump administration took charge in January, the rupee has been weak due to concerns over trade tariffs. The subsequent geopolitical tensions, such as the Russia-Ukraine war and the Israel-Iran conflict, along with India-Pakistan tension, also contributed to the headwinds. When Trump imposed a 50% tariff on Indian goods, the rupee weakened further along with shocks from the H-1B visa fee hike. Further, consistent foreign outflows and higher gold prices impacted the rupee performance. Going ahead, market participants expect a trade deal by November, which can help the rupee appreciate. “If the trade deal happens, the rupee is expected to trade between 87.5 and 87.9, supported by a weak dollar,” said Madhavankutty G, chief economist, Canara Bank. Agreed Kunal Sodhani, treasury head, Shinhan Bank, “Any positive outcome on the trade front may help the rupee. But overall, a slow and steady depreciation can be expected.” According to him, it will also be important to watch out for the rupee-yuan pair. “The RBI may also look to keep a track on the Chinese yuan as China is a big exporter and competitor to India. Therefore, it may not intervene aggressively to maintain the export competitiveness,” Sodhani said.</t>
+          <t>The precious metals have been on an upswing.Goldgained on softer dollar rates and apprehension about the US-Iran talks scheduled for later today in Geneva.Silvertoo rallied to 3-week highs. The investors are also likely to watch out for the US weekly jobless claims data due later today, for cues going forward. Gold is holding steady above the $5,200/oz level in the international market for the second straight session. Sentiment has been buoyed by a softer dollar and safe-haven demand fuelled by uncertainty surroundingU.S. tariff policyandUS-Iran talksscheduled for later today. Speaking on the gold’s trajectory going forward, Jigar Trivedi, Senior Research Analyst at IndusInd Securities, “Markets weighed geopolitical tensions and uncertainties surrounding US trade policies. The buildup of US troops in the Middle East kept investors on edge ahead of nuclear talks in Geneva, while Washington stepped up pressure on Iran by sanctioning entities involved in oil and weapons exports. At the same time, the Trump administration moved to maintain its global tariff strategy, raising concerns among trading partners. On the monetary policy front, persistent inflation concerns pushed traders to delay expectations of the Federal Reserve’s next rate cut to September.” Speaking on the trend in the local market, he expects that “MCX Gold April Futures is likely to trade around Rs 162,500/10 gm as trends in the world markets too are positive.” Silver has also seen a rather strong session. In international markets, prices surged past the $88 per troy ounce levels. Some of the key factors impacting the price action include the upcoming talks between US and Iran in Geneva, dollar moves, tariff surprises and Fed policy uncertainty. The markets are currently expect three 25-basis-point rate cuts from theFederal Reservethis ⁠year. Investors are also awaiting the weekly jobless ​claims data due later in the day for ‌more cues on the Fed’s monetary policy path.</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Investment demand outweighs jewellery this Dhanteras</t>
+          <t>Gold, silver rate today: Safe-haven demand boosts Gold,  holds above $5,200; silver rallies 2%</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Despite record high gold and silver prices (up 60-75% from last Samvat), Dhanteras 2025 saw stronger-than-expected investment demand for gold bars and coins, helping to match last year's total volume of 35-39 tons.</t>
+          <t>Gold prices held above the $5,200 per ounce mark on safe-haven demand amid policy uncertainty in the United States, while silver climbed nearly 2% to two-week highs as geopolitical risks and tariff concerns boosted precious metals.</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>2025-10-18T22:09:12+05:30</t>
+          <t>2026-02-25T09:20:28+05:30</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities/investment-demand-outweighs-jewellery-this-dhanteras/4015070/</t>
+          <t>https://www.financialexpress.com/market/commodities-gold-silver-rate-today-safe-haven-demand-boosts-goldnbsp-holds-above-5200-silver-rallies-2-4154050/</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>Despite high prices, investment demand forgoldandsilveron the auspicious day of Dhanteras was stronger than expected, with bars and coins leading the demand. Jewellery demand is, however, estimated to be lower by 25-30 per cent. Surendra Mehta, National Secretary, Indian Bullion and Jewellers Association, said that “in volume terms, we estimate that we will be able to meet last year’s figure of 35 to 39 tons. However, jewellery demand is expected to be lower by 25 – 30 per cent, high investment demand for bars and coins will match the total volume.” With gold prices over 60 per cent higher than last Samvat and silver 75 per cent higher, there was apprehension in the market, but buyers continued to throng the market. In Mumbai, gold was trading at Rs 1,31,000-1,32,000 per 10 grams, while silver was quoted above Rs 1,70,000, including spot delivery premiums. However, silver bars making charges were quoted at a much higher rate than usual. Sachin Jain, Regional CEO, India, World Gold Council, said, “We are getting reports from all centres suggesting consumers are excited to buy gold this Dhanteras. Even though prices have risen, consumer confidence in gold has continued to stay strong. In fact, purchases for next quarter’s marriage season have also been advanced.” Interestingly, what is helping jewellers is buying new jewellery by recycling old jewellery. In recent quarters, 30-35 per cent demand was for exchanging old for new, but now “we see it has increased significantly and is estimated between 45 and 55 per cent,” said Sachin. In many centres, Dhanteras muhurat is for two days. This is expected to help the festive demand further. Ramesh Kalyanaraman, Executive Director, Kalyan Jewellers, said, “This year, Dhanteras Muhurat is on two days (18th and 19th of October), so the festive buying momentum is still underway. In the last 3-4 weeks, our festive pre-book offer has seen encouraging participation – notably, about 40% of the buyers this season are first-time customers. In the jewellery category, diamond sets are seeing renewed interest, and customers are choosing design-led jewellery sets from within the studded category.” Retail chains are promoting low-karat jewellery also to budget customers. Suvankar Sen, MD &amp; CEO, Senco Gold &amp; Diamonds, “This Dhanteras, consumers prefer budget-savvy choices. We’re seeing customers move to 18K, 14K and even 9K options to keep the joy of gifting alive without stretching household budgets, and many are using digital and EMI options to plan purchases.” Digital gold and ETFs were also preferred avenues to invest in gold. Both these instruments have to actually buy a matching amount of gold from the physical market. Samit Guha, Managing Director &amp; CEO at MMTC-PAMP, said, “This year, we have witnessed approximately twice the billing value compared to last year. The industry is further seeing record inflows into digital gold and gold ETFs, along with rising acceptance of silver.”</t>
+          <t>Precious metals had a rather Topsy-turvy session. Gold prices fell over 1% on profit booking after hitting a 3-week high.Silver, in comparison, is seeing a significantly stronger session. It is continuing to trade close to the $90 per troy ounce levels are hitting 2-week highs. Goldis also holding steady above $5,200/oz mark in international trade. According to experts safe have demand and the return ⁠of the Chinese market, along with increased policy uncertainty in the Unites States are maintaining the appeal of gold. Speaking on the levels for gold in Indian market, Jateen Trivedi, VP Research Analyst – Commodity and Currency, LKP Securities, believes that “support is placed near Rs 1,58,000/10 gm for the April contract, while resistance remains around Rs 1,62,500/10 gm. Volatility is expected to stay elevated given ongoing geopolitical developments, as any escalation or breakdown in talks could quickly revive safe-haven buying.” The silver prices have seen strong traction in intra-day trade. In international markets, silver is holding strong above $89 per ounce. The key industrial and precious metal recovered from losses as tariff, geopolitical, and broader economic uncertainties boosted demand for safe-haven assets. Globally, the US began collecting a temporary 10% global tariff on Tuesday, which the White House is reportedly seeking to raise to 15%, following the Supreme Court’s decision last week to strike down President Donald Trump’s sweeping reciprocal tariffs. Jigar Trivedi, Senior Research Analyst at Indusind Securities pointed out that, “Geopolitical concerns also supported prices, with investors focused on the third round of US-Iran nuclear talks scheduled in Geneva on Thursday. Gains in precious metals, however, may be capped amid diminishing expectations for near-term monetary easing by the Federal Reserve. Fed official Susan Collins noted that holding interest rates steady for some time is likely appropriate, citing improving labor market conditions alongside persistent inflation risks.” Speaking on the trajectory for teh prices in the Indian markets, he says, “MCXSilverMarch prices are likely to rebound to Rs 2,66,000/kg amid a bullish undertone in the international market too.”</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>Gold, Silver prices fall sharply on MCX amid profit-taking and global cues</t>
+          <t>Gold, silver rate today: Gold off 3-week highs, silver drops 2% on firm dollar- Market focus on US-Iran</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>The decline came amid a profit-taking wave triggered by specific external market factors that temporarily eased geopolitical and economic anxieties.</t>
+          <t>Gold prices eased from three-week highs while holding above $5,200 per ounce, and silver slipped over 2% amid a stronger dollar, profit booking, and rising geopolitical focus on United States-Iran tensions.</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>2025-10-18T10:16:24+05:30</t>
+          <t>2026-02-24T09:21:50+05:30</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities-gold-silver-prices-fall-sharply-on-mcx-amid-profit-taking-and-global-cues-4014615/</t>
+          <t>https://www.financialexpress.com/market/commodities-gold-silver-rate-today-gold-off-3-week-highs-silver-drops-2-on-firm-dollar-market-focus-on-us-iran-4152954/</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>After a bumper rally over the past few weeks, the precious metals market witnessed a sharp correction on Friday, as bothGoldandSilverprices tumbled on the Multi Commodity Exchange (MCX). The decline came amid a profit-taking wave triggered by specific external market factors that temporarily eased geopolitical and economic anxieties. Gold prices of 24 kt on MCX, which had recently touched a record high of Rs 1,32,294 per 10 grams, fell by around 3 per cent to Rs 1,25,957 per 10 grams. Silver saw an even steeper fall, declining by more than 8 per cent, slipping from Rs 1,70,415 per kg to Rs 1,53,929 per kg. Market experts described the correction as a healthy and expected development following an extraordinary rally in recent months. Ajay Bagga, Banking and Market Expert, told ANI that Friday’s price fall was a “necessary tactical retreat” driven by short-term sentiment shifts and natural profit-taking after a historic rally. He pointed out that one of the key factors behind the sudden pullback was the more conciliatory tone from U.S. President Donald Trump regarding the threatened high tariffs on China, which helped ease global tensions. “The strategic case for Gold and Silver remains highly compelling, supported by structural factors including global de-dollarization, persistent supply deficits in Silver, central bank accumulation, and an environment of low real interest rates and high geopolitical risk,” Bagga added. He advised investors to view the correction as an opportunity to establish or add to long-term positions. According to Bagga, Silver’s outlook remains even stronger than Gold’s due to its dual nature as both a precious metal and a critical industrial metal. “Given the recent speculative frenzy and physical market dislocation, traders must be cautious. However, the long-term trend remains firmly upward, supported by industrial growth,” he said. MCX, which stands for Multi Commodity Exchange of India, is India’s first listed electronic commodity derivatives exchange where online trading of commodity futures and options takes place. It functions similarly to stock exchanges like the BSE and NSE, but focuses on commodity contracts such as gold, silver Echoing a similar sentiment, Ajay Kedia, Founder and Director of Kedia Commodities, told ANI the sudden fall was on expected lines. “Just as we witnessed a parabolic rise in the last two months, this correction was overdue. From August till now, we’ve seen the biggest rally in nine weeks — a one-sided surge,” he explained. Kedia said that apart from profit-booking, the planned talks between the U.S. and China, as well as discussions between the U.S. and Russia regarding peace, also contributed to the pullback. “All these developments together triggered the fall, and technically, the market was highly overbought, which made a correction necessary,” he noted. However, Kedia emphasized that the fall does not mean the market has taken a complete U-turn. “No one knows when Donald Trump might make a move. As of now, this is the first major drop in eight weeks. The next week will be important,” he said. He added that on Dhanteras, people can still buy gold and silver for ceremonial purposes, but for those seeking returns, the market remains uncertain. “Silver can fall 8 per cent in a single day even though it has doubled in a year, so a correction is still due,” Kedia said. Despite the sharp fall, both experts agreed that the broader outlook for precious metals remains strong in the long run, with the current correction being part of a normal market cycle following a sustained rally.</t>
+          <t>The precious metals are taking a breather after the rally overnight.Gold pricesare trading above the key $5,200/oz level in international markets and are rising to three-week highs.Silvertoo is steady in today’s session after rising above the $87 per troy ounce level. Gold is holding above the key $5,200/oz after some profitbooking. The yellow metal spiked to three-week highs. Pressure from a stronger dollar outweighed support from US tariff uncertainty, and tension between Washington and Tehran continued to impact sentiment. Speaking on the outlook for gold, Jateen Trivedi, VP Research Analyst – Commodity and Currency, LKP Securities highlighted that “uncertainty around global trade dynamics, prompting renewed safe-haven buying in bullion.” Speaking on theMCXlevels for gold and the big triggers ahead, he outlined that “Gold has formed a short-term base near Rs 1,55,000/10 gm on MCX and $5,000/oz on CME, and the ongoing tariff adjustments continue to keep economic outlooks fluid. As long as trade policy remains unpredictable, allocation toward gold is likely to stay firm.” For now, he sees “immediate support near Rs 1,55,000/10 gm, while resistance is placed around Rs 1,62,000/10 gm, with further direction dependent on fresh trade developments.” The silver prices remained steady around the $87 per troy ounce level. However, prices have dropped more than 2% tending a four-day rally as investors booked profits amid persistent trade uncertainty and heightened geopolitical risks. In the latest developments, global logistics firm FedEx filed a lawsuit seeking a full refund after the US Supreme Court struck down Trump’s emergency tariffs. Jigar Trivedi, Senior Research Analyst at Indusind Securities believes that “silver rallied on Monday after Trump threatened to lift global tariffs from 10% to 15% in response to the Court’s ruling. The shifting policy stance fueled concerns that existing trade deals could unravel, though major trading partners have so far maintained their agreements with Washington.” That said, he pointed out that “Trumpalso warned of steeper duties on countries that “play games” with current trade arrangements. On the geopolitical front, markets remain focused on US-Iran talks scheduled to resume on Thursday. Trump reiterated his preference for a negotiated resolution but cautioned that serious consequences would follow if a nuclear deal is not secured. MCX Silver March prices are likely to drop to Rs 2,61,000/kg during the intraday today.”</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>Silver hits record high; gold surges past $4,100 for the first time as US-China trade tensions rise</t>
+          <t>Gold, silver rate today: Gold rises to 3-week high; silver surges 5%</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Spot gold was up 2.2% to $4,106.48 per ounce, as of 01:47 p.m. ET (1747 GMT), after hitting a record $4,116.77.</t>
+          <t>Gold prices climbed to a three-week high while silver surged nearly 5% in early trade, driven by heightened geopolitical risks, tariff uncertainty after the US Supreme Court ruling on tariffs, and fresh announcements by Donald Trump.</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>2025-10-14T07:44:51+05:30</t>
+          <t>2026-02-23T09:03:09+05:30</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities/gold-surges-past-4100-for-the-first-time-as-us-china-trade-tensions-rise/4009714/</t>
+          <t>https://www.financialexpress.com/market/commodities-gold-silver-rate-today-gold-rises-to-3-week-high-silver-surges-5-4151911/</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Goldbroke through $4,100 per ounce for the first time on Monday, hitting another record high on renewedU.S.-China trade tensionsand expectations of U.S. interest rate cuts, while silver also rose to an all-time high. Spot gold was up 2.2% to $4,106.48 per ounce, as of 01:47 p.m. ET (1747 GMT), after hitting a record $4,116.77. U.S. gold futures for December settled 3.3% higher at $4,133. Gold has climbed 56% this year and scaled the $4,000 milestone for the first time last week, driven by factors including geopolitical and economic uncertainties, expectations of U.S. interest rate cuts and robust central bank buying. “Gold could easily continue its upward momentum. We could see prices north of $5,000 by the end of 2026,” said Phillip Streible, chief market strategist at Blue Line Futures. Steady central bank purchases, firm ETF inflows, U.S.-China trade tensions and the prospect of lower U.S. interest rates are providing structural support for the market, Streible added. On the geopolitical front, U.S. President Donald Trump reignited trade tensions with China on Friday, ending an uneasy truce between the world’s two largest economies. Meanwhile, traders are pricing in a 97% probability of a 25-basis-point Federal Reserve rate cut in October and a 100% chance for December. Gold, a non-yielding asset, tends to do well in low-interest-rate environments. Analysts at Bank of America and Societe Generale now expect gold to reach $5,000 in 2026, while Standard Chartered has raised its forecast to an average of $4,488 next year. “This rally has legs in our view, but a near-term correction would be healthier for a longer-term uptrend,” said Suki Cooper, global head, commodities research at Standard Chartered Bank. Spot silver rose 3.1% to $51.82, touching a record high of $52.12 earlier in the session, buoyed by the same factors supporting gold and spot market tightness. Technical indicators show both are overbought, with the relative strength index (RSI) at 80 for gold and 83 for silver. Platinum rose 3.9% to $1,648.25, and palladium gained 5.2% to $1,478.94.</t>
+          <t>Precious metalsare seeding strong move in early Monday trade. Both gold an silver are string, a multi-week highs. The surge in silver is definitely stronger, given the higher volatility seen in this white metal. The geo-poltical risk in West Asia coupled with the US Supreme Court decision on Trump’s tariff and his announcements soon after are impacting investor sentiment. Gold rose to a more than three-week high and Spot gold climbed 1.2% to $5,163.60 per ounce as the dollar fell after the US Supreme Court struck down a vast swathe of President Donald Trump’s tariffs. The ​dollar fell as traders took the US Supreme Court’s decision to strike down most ofTrump’s tariffs as supportive for global growth, though confusion and risk of conflict in the Middle East kept moves relatively small. However, volumes continue to be thin as the Mainland China markets are closed for ⁠Lunar New year holidays. Trading is set to ‌resume on Tuesday. Speaking on the gold’s outlpook Jigar Trivedi, Senior Research Analyst at Indusind Securities explained that, “Gold climbed nearly 1.5% to around $5,150/oz, reaching its highest point in over three weeks as renewedtariffworries prompted a rush to safe-haven assets. On Saturday, US President Donald Trump announced plans to raise global tariffs from 10% to 15%, following the US Supreme Court’s rejection of his ‘reciprocal tariffs.’ He added that “Trump confirmed the new duties would take effect immediately, although it remained unclear whether he had signed any official document. Meanwhile, Europe’s trade commissioner signaled on Sunday a proposal to halt ratification of the trade deal with the U.S, while India postponed negotiations aimed at finalizing an interim trade deal with Washington. Investors also faced growing fears of a potential US military strike on Iran, with nuclear talks at an impasse. However, negotiators are scheduled to meet again in Geneva on Thursday. MCX Gold April futures is likely to gain to Rs 160,000/10g as the trend is positive in the world markets too.” Silver, meanwhile, saw a strong upmove in holiday-impacted session. Volumes could be thin but the overall price action is significantly sharp. Speaking on Silver’s surge as  trade uncertainties return, Jigar Trivedi, Senior Research Analyst at IndusInd Securities highlighted that,“Silver climbed 2% to trade above $86/oz, extending gains to a fourth session as renewed tariff tensions boosted demand for safe-haven assets. US President Donald Trump raised a global levy from 10% to 15% following the US Supreme Court’s rejection of his “reciprocal” tariffs. Meanwhile, Europe’s trade chief said Sunday he would seek to suspend ratification of a trade agreement with the US, while India delayed talks aimed at finalizing an interim deal with Washington. However, US Trade Representative Jamieson Greer stated that existing trade arrangements with key partners, including China, the EU, Japan and South Korea, would remain in effect.” He believes that “Investors also grappled with growing fears that the Trump administration could initiate military action against Iran amid stalled nuclear negotiations, although diplomats are set to reconvene in Geneva on Thursday. Silver and other metals may see higher trading volumes this week as Chinese markets reopen following a long holiday. MCX Silver March prices are likely to appreciate to Rs 265,000/kg amid a bullish trend in the international markets.” All eyes are on the price action on MCX as of now.</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>Gold hits record high amid US-China trade tensions; silver soars to $51.52</t>
+          <t>Gold, silver rate today: Precious metals consolidate in early trade on weak US data</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Spot silver jumped 2% to a record high of $51.52/oz, driven by similar factors as gold alongside tightness in the spot market.</t>
+          <t>Gold consolidates above $5,000/oz as US inflation cools; watch for rate cuts and accumulation opportunities. Stay updated on bullion trends!</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>2025-10-13T09:43:06+05:30</t>
+          <t>2026-02-16T08:58:08+05:30</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities/gold-hits-record-high-amid-us-china-trade-tensions-silver-soars-to-51-52/4008592/</t>
+          <t>https://www.financialexpress.com/market/commodities-gold-silver-rate-today-precious-metals-consolidate-in-early-trade-on-weak-us-data-4144323/</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>Goldsoared to a record high on Monday, lifted by safe-haven demand amid renewedUS-China trade tensionsand expectations ofUS Federal Reserveinterest rate cuts, while silver also surged to an all-time high. Spot gold was up 0.7% at $4,044.29 per ounce, as of 0253 GMT, after hitting a record high of $4,059.30 earlier in the session. U.S. gold futures for December delivery rose 1.6% to $4,062.50. U.S. PresidentDonald Trumpon Friday imposed 100% tariffs on Chinese goods to the United States and announced new export controls on critical software effective November 1 in response to China’s curbs on rare earth elements and equipment, which Beijing defended on Sunday as justified while stopping short of imposing additional levies onUS goods. “It’s interesting because developments in the Middle East recently had been a diminished tailwind for the gold market, but now we’ve got this reemergence of risks due to inflamed trade tensions between the U.S. and China,” Capital.com analyst Kyle Rodda said. Spot silver jumped 2% to a record high of $51.52/oz, driven by similar factors as gold alongside tightness in the spot market. Goldman Sachs said on Sunday that silver prices were expected to rise in the medium term due to private investment flows, but warned of heightened near-term volatility and downside risks compared to gold. Non-yielding bullion has gained 54% year-to-date, driven by geopolitical risks, alongside strong central bank gold-buying, exchange-traded funds inflows, Fed rate cut expectations and economic uncertainties stemming from tariffs. Markets are pricing in a near-certain chance of a 25-basis-point rate cut in October followed by a similar reduction in December. Fed Chair Jerome Powell is set to address the NABE annual meeting on Tuesday, which may provide fresh rate cut cues. Other Fed officials are scheduled to speak throughout the week. Elsewhere, Trump blamed Democrats for his decision to lay off thousands of federal workers during the ongoing government shutdown, which began on October 1, and has delayed key economic data releases. On the geopolitical front, several world leaders, including Trump, are meeting in Egypt on Monday to discuss ceasefire plans for Gaza. Platinum, rose 2.6% to $1,628.80 and palladium gained 2.6% to $1,442.06.</t>
+          <t>The precious metal space continues to stay in focus. However, volatility has cooled meaningfully. Most experts believe that the current price action across the bullion space indicates a fairly more healthy balance between profit booking. Most market observers are also suggesting “dip-based accumulation.” The rebound in theUS dollarand US data are the key drivers of sentiment this week. Thegold pricesedged lower as the dollar rose after bullion notched a more than 2% gain in the previous session. The US inflation data came in weaker than expected, and that’s also lifted rate cut expectations by the US Fed. Spot gold prices are hovering above the $5,000/oz levels. The US Consumer Price Index rose 0.2% in January, below economists’ expectations ​of ​a 0.3% increase. The lower inflation usually increases the chances for interest rate cuts, and that’s what is getting the market participants excited. Speaking on the outlook for gold, Ponmudi R, CEO of Enrich Money highlighted that “COMEX Gold continues to consolidate above the $5,000 zone, successfully defending the structural demand base formed after last week’s aggressive liquidation. The broader multi-year rising channel remains intact, with the $4,500–$4,600 breakout cluster acting as a key long-term support region. Current price compression suggests energy build-up rather than structural weakness.” Highlighting the levels to watch out for MCX Gold Futures, he added that, “Price behavior at lower levels indicates accumulation rather than distribution. A sustained move above Rs 1,60,000 would likely re-ignite bullish momentum toward Rs 1,65,000–1,70,000+, while meaningful downside risk remains limited unless COMEX gold breaches its structural support clusters decisively.” Silverhas seen relatively more volatile price action. That said, most analysts believe that the bulk of the speculative trades are probably out of the system. Going forward, they believe that the structural industrial demand will be a key decider for price action According to Ponmudi R, “Sustained trade above $85 would materially improve the probability of extension toward $90–$105 over the medium term. A failure below $71 may extend the consolidation phase but does not immediately invalidate the broader structural uptrend.” In terms of MCX Silver, most analysts see the base formation strengthening. In terms of pure levels to watch, Ponmudi R,believes that “Price action reflects gradual absorption, with downside momentum notably weaker compared to the prior week’s volatility spike. Volatility compression at these levels signals accumulation rather than liquidation.”</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>Oil rebounds 1% as hopes rise for Trump–Xi talks to ease trade tensions</t>
+          <t>Gold, Silver Rate Today Highlights: Silver sees wild swing in prices – plunges 10% after short rebound</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>US West Texas Intermediate crude was at $59.77 a barrel, up 87 cents, or 1.48%, following a 4.24% loss to reach its lowest since May 7.</t>
+          <t>Gold Rate in India Today, Silver Rate in India on 5th Feb 2026 Live Updates: Check gold 22k, 24k price in India and silver 1gm, 10gm, 100gm price in India. Check prices in top cities like Delhi, Mumbai, Chennai, Bengaluru, Hyderabad etc</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>2025-10-13T06:35:25+05:30</t>
+          <t>2026-02-06T06:23:45+05:30</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities/oil-rebounds-1-as-hopes-rise-for-trumpxi-talks-to-ease-trade-tensions/4008417/</t>
+          <t>https://www.financialexpress.com/market/commodities-gold-silver-rate-today-in-india-live-updates-5th-feb-2026-check-todays-gold-silver-price-in-mumbai-delhi-bengaluru-chennai-hyderabad-kerala-4131478/</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>Oil pricesclawed back some gains on Monday after hitting five-month lows in the previous session as investors hoped potential talks between the presidents of theUSandChinacould ease trade tensions between the world’s two largest economies and oil consumers. Brent crudefutures rose 87 cents, or 1.39%, to $63.60 a barrel by 0045 GMT after settling down 3.82% on Friday to the lowest since May 7. U.S. West Texas Intermediate crude was at $59.77 a barrel, up 87 cents, or 1.48%, following a 4.24% loss to reach its lowest since May 7. U.S.-China trade tensions flared up last week after China expanded its rare earth export controls and drew a response from U.S. President Donald Trump on Friday to impose 100% tariffs on China’s U.S.-bound exports, along with new export controls on “any and all critical software” by November 1. The moves come ahead of a potential Trump-Xi meeting on the sidelines of the Asia-Pacific Economic Cooperation forum in South Korea, which U.S. Trade Representative Jamison Greer said could still happen later this month. “The key question for markets is whether these are ultimately implemented, with severe effects on global supply chains and especially high-tech production, or remain just efforts to gain negotiating leverage ahead of bilateral talks on the sidelines of the APEC meeting in South Korea late this month,” Goldman Sachs analysts said in a note. “The most likely scenario seems to be that both sides pull back on the most aggressive policies and that talks lead to a further – and possibly indefinite – extension of the tariff escalation pause reached in May,” they said, although there is still the risk of trade tensions escalating that may lead to higher tariffs or more serious export restrictions, at least temporarily. Oil prices tumbled in March and April during the height of trade tensions between the two countries. In the Middle East, Trump declared on Sunday that the Gaza war has ended as he heads to Israel ahead of the expected release of Israeli hostages and Palestinian prisoners as part of the fragile ceasefire he brokered.</t>
+          <t>Goldandsilverwere in the limelight as investors watched their movements closely. The precious metal space snapped the 2-day rebound. The MCX Silver Futures plunged nearly 7% while the MCX Gold Futures flat. Jigar Trivedi, Senior Research Analyst at Indusind Securities, highlighted the key investor concerns, “Investors considered the implications of Kevin Warsh’s nomination as Fed chair, noting his preference for a smaller Fed balance sheet and expectations that he would be less aggressive on rate reductions. Additionally, geopolitical tensions eased after the US and Iran scheduled a fresh round of talks for Friday, though the scope remains uncertain. MCX Silver March prices are likely to drop to Rs 2,35,000/kg amid a weak trend in the international markets.” The recent fall after the 2-day rebound highlights the volatility in the precious metal space. Some investors sold their holdings to book profits, which caused a temporary dip. Recently, the buying picked up again, pushing prices higher. Both metals are still sensitive to how much people in India buy and how confident investors feel. Gold and silver got support from the weakerUS dollar, which fell against most major currencies except the Japanese yen. Strong US economic data supported gold and silver prices. Expectations that the Federal Reserve may not be too aggressive with interest rates also helped. Silver prices fell sharply on Thursday, dropping as much as 16% and ending a brief two-day recovery. The metal is facing heavy volatility after recent wild price swings.Spot silver was down nearly 12% at around $77.42 per ounce in early US trading, while silver futures in New York slipped about 9% to $76 per ounce. Gold prices also moved lower, with spot gold falling about 2% to $4,860 per ounce, and futures down 1.5% to $4,881. Silver had touched record highs earlier but suffered a steep fall of nearly 30% last Friday. Despite the recent crash, silver prices are still up around 146% so far in 2025, according to LSEG data. Satish Dondapati, Fund Manager – ETF at Kotak Mutual Fund, said the sell-off was widely misunderstood. “Investors should know why the prices are falling. They should not sell in panic. For example, in gold and silver, the recent fall has no fundamental reason. Prices had gained close to 100% in a short period of time, so a fall was expected. Along with that, some geopolitical issues eased recently, and there was profit-booking by investors.” Spot gold and silver slipped below $4,800 per ounce and $75 an ounce, respectively, after two days of recovery, weighed down by a tech-led selloff and uncertainty around monetary policy under the incoming Fed Chair. “Markets are assessing Kevin Warsh’s policy stance amid President Trump’s comments pointing to imminent rate cuts, contrasted by Fed Governor Lisa Cook’s warning on upside inflation risks and limited scope for near-term easing,” said Kaynat Chainwala, Assistant Vice President of Commodity Research at Kotak Securities. “MCX Silver futures are trading near the Rs 2,50,000–Rs 2,60,000 zone after a sharp correction from record highs around Rs 4,20,000. While the long-term bullish structure remains intact, the steep pullback has pushed prices below major moving averages, indicating short-term bearish pressure and an ongoing corrective phase. Strong buying interest is evident in the Rs 2,35,000–Rs 2,50,000 support band, aligned with prior swing lows and longer-term structural support,” said Ponmudi R, CEO of Enrich Money. "While the recent rally underscores its defensive appeal, allocating more than 20% may skew the risk–return balance, especially over the long term. A calibrated exposure of 10–20% remains prudent, allowing investors to benefit from diversification without compromising growth potential from equities and other productive assets," said Ajit Mishra, SVP- Research, Religare Broking Ltd. Jigar Trivedi, Senior Research Analyst at Indusind Securities said, "Silver plunged as much as 14% to around $76/oz snapping a two-day rebound as precious metals faced renewed selling pressure and heightened volatility. Despite hopes that dip buyers might step in at lower levels, the decline in silver and other metals appears set to continue after the recent rebound failed to hold. The selloff coincided with a stronger dollar, fueled by hawkish signals from the Federal Reserve and expectations of a slower pace of US rate cuts. Investors considered the implications of Kevin Warsh’s nomination as Fed chair, noting his preference for a smaller Fed balance sheet and expectations that he would be less aggressive on rate reductions." He added, "Additionally, geopolitical tensions eased after the US and Iran scheduled a fresh round of talks for Friday, though the scope remains uncertain. Tehran seeks to confine discussions to its nuclear program, while Washington wants to address ballistic missiles, regional militant support, and human rights issues. MCX Silver March prices are likely to drop to Rs. 235,000/kg amid a weak trend in the international markets." Ajit Mishra – SVP, Research, Religare Broking said, "Despite lingering optimism around the India–US trade agreement, mixed global cues and profit booking dominated market action. The continued slide in precious metal prices and weakness in global technology stocks also contributed to domestic selling pressure, keeping sentiment subdued and participation selective across sectors." Satish Dondapati, Fund Manager – ETF at Kotak Mutual Fund, said the sell-off was widely misunderstood. “Investors should know why the prices are falling. They should not sell in panic. For example, in gold and silver, the recent fall has no fundamental reason. Prices had gained close to 100% in a short period of time, so a fall was expected. Along with that, some geopolitical issues eased recently, and there was profit-booking by investors.”Read more "Gold traded weakly below $4,875, down nearly $100 or 2%, with MCX Gold opening around Rs 1,000 lower, reflecting the sharp decline in CME prices. "The focus now shifts to the US non-farm payrolls and unemployment data, which could set the next directional tone. The short-term trend remains slightly weak, with resistance seen near $5,000 on Comex and Rs 1.56 lakh on MCX, while support is placed around $4,700–$4,750 and Rs 1.48 lakh, respectively," said Jateen Trivedi, Vice President of Research of Commodity and Currency at LKP Securities. The Futures contract for the yellow metal with April delivery was trading at Rs 1.52 lakh, almost flat. On the other hand, the price of Silver Futures with March expiry retreated to trade at Rs 2.50 lakh, down 6.96%, as per the data on Multi-Commodity Exchange. Spot gold and silver slipped below $4,800 per ounce and $75 an ounce, respectively, after two days of recovery, weighed down by a tech-led selloff and uncertainty around monetary policy under the incoming Fed Chair. "Markets are assessing Kevin Warsh’s policy stance amid President Trump’s comments pointing to imminent rate cuts, contrasted by Fed Governor Lisa Cook’s warning on upside inflation risks and limited scope for near-term easing," said Kaynat Chainwala, Assistant Vice President of Commodity Research at Kotak Securities. Gold prices in India were trading lower across all major purity levels. The price of 24K gold stood at Rs 15,442 per gram, while 22K gold was quoted at Rs 14,155 per gram. Meanwhile, 18K gold was trading at Rs 11,582 per gram. Gold prices erased most of their early losses and were trading almost unchanged near Rs 1,53,375 per 10 grams, slightly up by 0.21%. Silver, however, remained under pressure, slipping to around Rs 2,55,301 per kilogram, down nearly 5%, as selling continued in the white metal. "MCX Silver futures are trading near the Rs 2,50,000–Rs 2,60,000 zone after a sharp correction from record highs around Rs 4,20,000. While the long-term bullish structure remains intact, the steep pullback has pushed prices below major moving averages, indicating short-term bearish pressure and an ongoing corrective phase. Strong buying interest is evident in the Rs 2,35,000–Rs 2,50,000 support band, aligned with prior swing lows and longer-term structural support," said Ponmudi R, CEO of Enrich Money. "A sustained hold above this base, followed by a decisive recovery, could revive upward momentum toward Rs 3,00,000–Rs 3,25,000 in the coming periods. Dips toward support continue to offer accumulation opportunities for positional traders; however, a decisive break below these levels could accelerate downside pressure and extend the correction, even as the broader medium- to long-term outlook remains structurally positive," he added. The silver rates continue to be volatile in intra-day trade. The MCX Futures opened with a sharp cut in early trade. The most active MCX Silver Futures opened down over 9%. However, in afternoon trade, they retraced some ground and is down about 7%. MCX Gold Future prices have become completely flat after the initial dip in early trade. In international markets, the geo-political tension and weak US employment data are the top triggers for gold. Silver prices came under strong pressure in trade, bringing an end to the recent short recovery in precious metals. MCX silver futures fell sharply, dragging silver exchange-traded funds down as well. The March silver contract slipped to around Rs 2.44 lakh per kg, down over 9%, while silver ETFs saw steep one-day losses. Kotak, Edelweiss, Mirae Asset and HDFC silver ETFs dropped between 12% and nearly 15%. Also read: Silver ETFs crash 15%, Gold ETFs slide 5% as MCX Silver, Gold prices drop as much as 9% Shares of Multi Commodity Exchange of India (MCX) were trading at around Rs 2,432 in the early morning session, down by over 4%. Gold loan stocks also remained under pressure, with Muthoot Finance trading near Rs 3,588, lower by about 3%, while Manappuram Finance was trading around Rs 289, down by more than 1% in early trade. "COMEX Silver is trading near the $70–$80 zone after a sharp correction from record highs above $121. While the broader bullish structure remains intact on higher timeframes, the steep pullback has pushed prices below key moving averages, indicating short-term bearish pressure and an extended corrective phase. Strong buying interest is visible in the $70–$75 support band, aligned with prior swing lows and long-term trend support," Ponmudi R, CEO of Enrich Money. "A sustained hold above this base, followed by a recovery and close above $85–$88, could revive upside momentum toward $95–$105 and potentially retest previous highs, while the medium- to long-term outlook stays constructive on steady industrial demand and structural supply constraints despite elevated volatility," he added. "MCX Gold futures are trading near the Rs 1,49,000–Rs 1,55,000 zone after a sharp correction from record highs around Rs 1,80,000–Rs 1,81,000. While the earlier rally led to overextended momentum and profit booking, the broader bullish structure remains intact. Prices are holding above key long-term trendlines and major moving averages, indicating the move is a healthy consolidation rather than a trend reversal. Strong buying interest is seen in the Rs 1,45,000–Rs 1,48,000 support area. A sustained hold above this base, along with a breakout above Rs 1,55,000–Rs 1,60,000, could revive upside momentum toward Rs 1,65,000–Rs 1,75,000, keeping the medium-term outlook positive despite ongoing volatility," said Ponmudi R, CEO of Enrich Money. Gold prices in the domestic futures market started the day on a weak note. MCX gold opened lower at Rs 1,51,948 per 10 grams, falling over Rs 1,000 from the previous close. Selling pressure continued in early trade, with prices slipping further to an intraday low of Rs 1,48,455. Silver saw an even sharper move. Domestic silver prices hit a 6% lower circuit, tracking a strong fall in global markets. MCX silver for March delivery opened well below the previous session’s close at Rs 2,58,096 per kilogram, down more than Rs 10,700. "Silver plunged as much as 14% to around $76/oz snapping a two-day rebound as precious metals faced renewed selling pressure and heightened volatility. Despite hopes that dip buyers might step in at lower levels, the decline in silver and other metals appears set to continue after the recent rebound failed to hold. The selloff coincided with a stronger dollar, fueled by hawkish signals from the Federal Reserve and expectations of a slower pace of US rate cuts," said Jigar Trivedi, Senior Research Analyst at Indusind Securities. "Investors considered the implications of Kevin Warsh’s nomination as Fed chair, noting his preference for a smaller Fed balance sheet and expectations that he would be less aggressive on rate reductions. Additionally, geopolitical tensions eased after the US and Iran scheduled a fresh round of talks for Friday, though the scope remains uncertain. Tehran seeks to confine discussions to its nuclear program, while Washington wants to address ballistic missiles, regional militant support, and human rights issues. MCX Silver March prices are likely to drop to Rs. 235,000/kg amid a weak trend in the international markets," he added. Multi Asset Investment Specialist &amp; Portfolio manager in Europe, indicated a possibility that "Once a new floor in silver price becomes obvious, the same speculators who stayed on the sidelines will start opening futures positions. The next move could be violent to the upside." https://twitter.com/KarelMercx/status/2019133767349125479?s=20 Deepak Shenoy, CEO of Capital Mind AMC, in asocial media post on X(formerly Twitter) said, "Gold continues its good run even as the Nifty struggles in Jan. 10 year rolling return-wise, Gold is hugely above inflation (14% higher!) This kind of gap hasn't been seen (in this direction) in 15 years." Gold prices showed a strong rebound on Thursday, February 5. According to GoodReturns data, 24-carat gold was priced at Rs 15,945 per gram, while 22-carat gold was selling at Rs 14,616 per gram. Meanwhile, 18-carat gold was available at Rs 11,959 per gram. Gold and silver prices jumped sharply in early Asian trade, opening with a strong gap on the upside. Gold on COMEX rose over 1.25% and moved above the key $5,000 per ounce level. Silver saw an even bigger move. COMEX silver gained more than 5% in the early session and climbed above $88 per ounce. UBS pointed out that the specidic conditions that have typically ended gold bull markets are not in place yet. UBS is positive on gold and have a mid-year target of $6,200/oz.</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>Gold prices may see a sharp correction</t>
+          <t>Why is Silver Rate Today down to Rs 3.80 Lakh? Kevin Warsh &amp; the Gold Price crash explained</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>International gold prices reached a historic $4,000/ounce, fueling a 37.5% rally in India this financial year.</t>
+          <t>Gold and silver prices drop on Fed Chair rumors, but both metals remain on track for historic monthly gains. See the latest rates now!</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>2025-10-10T13:14:53+05:30</t>
+          <t>2026-01-30T12:33:18+05:30</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities/gold-prices-may-see-a-sharp-correctionnbsp/4004837/</t>
+          <t>https://www.financialexpress.com/market/commodities-silver-rate-dips-to-rs-3-80-lakh-gold-plunges-4-on-buzz-about-kevin-warsh-as-next-fed-chief-4124060/</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>Internationalgold priceshit $4,000/ounce on Tuesday, an all-time high, continuing the trend of rising amid global headwinds. In this financial year,internationalgold prices have risen 30%. In India, things have been better. In the current financial year, the yellow metal has rallied 37.5%. In October itself, it is up 6% in the first 8 days. \ However experts believe that there are signs that there could be some profit-booking coming soon. Globally, issues like US shutdown and possibility of a Israel-Hamas peace deal are being keenly watched. The dollar index is also trading at a two-month high, nearing the 99 level, a potential trigger for profit booking in gold and silver. Anuj Gupta, Director at Ya Wealth Global, said that “The dollar index rose 1.27% this week and is trading at 98.7. This is the first signal for profit-booking in gold &amp; silver.” Agreed Nigam Arora, a US-based algo analyst and author of the Arora report, said that, “Gold is very overbought and is vulnerable to a pullback.” He cites the triggers like the strengthening dollar, US government shutdown ending and the Federal Reserve’s decision not to cut interest rates in October. Among other reasons, bond yields are rising in France and Japan. If a new government in France can get the budget through, or in Japan, the prime minister-to-be clarifies that she is not going to let fiscal policy run amok, and not put pressure on the Bank of Japan on the interest rates, there could be a correction in gold prices. It’s not just gold, but even silver prices are rising steadily.  Arora expects silver to move 1.7 times gold in either direction. This means the price fall, when it happens, will be 1.7 times faster in silver. The correction, when it happens, could be sharp as the rally was also very fast. In the past few decades in a bullish market, very sharp corrections were seen in a short time, but in the medium term the rally continued. Chirag Mehta, CIO, Quantum AMC, said that, “While the underlying factors are still positive for gold, given the sharp 30%-odd rally in a short period, we can’t rule out some correction. A 10-15% correction will be healthy in an overbought market, akin to what we have seen in previous bull markets of the 1970s or 2000s.” However, he believes that there is underlying bullishness among investors in gold. Chirag Sheth, principal consultant at Metal Focus, a London-based bullion research firm, added that they continue to remain bullish and overall momentum will continue.</t>
+          <t>TheGold rate todayandsilver priceare in focus today. This is after gold rates plunged 4% on apprehension about the next Federal Reserve Chief. The commodity market is worried about a less dovishFedChairman pick “Rumours thatKevin Warshwill replaceJerome Powellas Fed Chair have weighed on gold during Asian trade,” said Matt Simpson, a ‌senior analyst at StoneX. However, gold is still on track for its strongest monthly gain since 1980 as investors flocked to the safe haven amid lingering geopolitical and economic ‍strains. Prices have risen more than 20% so far in January, heading for a sixth straight monthly gain and the largest ​monthly advance since January 1980. Speaking about the trend seen ingold rate in India, Jateen Trivedi, VP Research Analyst – Commodity and Currency, LKP Securities pointed out that “the buying spree reflects strong momentum-driven participation, with central bank allocation and hedge demand adding to the rally. Despite the Fed keeping rates unchanged as expected, bullion rallied further after the policy statement highlighted concerns over economic growth, reinforcing uncertainty in global markets. This backdrop, along with persistent geopolitical tensions and ongoing US. trade tariff pressures, has strengthened safe-haven flows into gold.” Trivedi added that technically, “Rs 1,70,000 now acts as a strong immediate support zone, while Rs 1,85,000 stands as the next extended resistance. Volatility is expected to remain elevated at these historic levels.” Silver declined by more than 4% on profitbooking. Jigar Trivedi, Senior Research Analyst at Indusind Securities, pointed out that, “Silver fell about 4% toward $110/oz, retreating from all-time highs as investors locked in profits following the record rally, while rebound in the dollar added pressure on the metal.” Despite the pullback, silver is on track to gain more than 50% in January, marking its best monthly performance on record and extending a winning streak to nine consecutive months. According to Jigar Trivedi, “The rally has been fuelled by persistent geopolitical and economic uncertainties, which boosted safe-haven demand, alongside a sharp depreciation in the dollar triggered by shifting policies in Washington and President Donald Trump’s apparent indifference to the currency’s weakness.” Trump also said he will announce his pick for a nominee to chair the Federal Reserve on Friday morning, with reports suggesting former Fed governor Kevin Warsh as the likely choice. Silver’s surge was further supported by a tight physical market, with both investment and industrial demand hitting record levels. According to Trivedi, for those tracking thesilver rate today, “MCX Silver March prices may experience a profit booking, as prices have declined by more than 4% in the world markets too, Rs. 380,000/kg is support for the day.” Spot ⁠gold lost 3.9% to $5,183.21 per ounce, as of 0323 GMT, after falling as much as 5% earlier. It scaled a record high of $5,594.82 on Thursday. Spot silver slipped 5.7% to $109.55 an ounce, after hitting a record high of $121.64 on Thursday. The metal ‌has surged 56% so far this month, on track for its best-ever monthly performance. In Asia trade and on MCX, silver is currently down 3% .</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>Gold hits record $3,924 as Yen falls and US government shutdown fuels safe-haven demand</t>
+          <t>Gold hits fresh record, nears $5,600; silver approaches $120</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>The yen tumbled against the U.S. dollar by the most in five months after fiscal dove Sanae Takaichi was elected to lead the ruling party and become the next prime minister.</t>
+          <t>Spot gold was up 2.1% at $5,511.79 an ounce, as of 0039 GMT, after hitting a record $5,591.61 earlier in the day.</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>2025-10-06T09:34:11+05:30</t>
+          <t>2026-01-29T07:09:27+05:30</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities/gold-hits-record-3924-as-yen-falls-and-us-government-shutdown-fuels-safe-haven-demand/3999703/</t>
+          <t>https://www.financialexpress.com/market/commodities-gold-hits-fresh-record-nears-5600-silver-approaches-120-4122798/</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>Goldsurged past the $3,900-an-ounce level for the first time on Monday, driven by safe-haven demand following a fall in the yen and aUS government shutdown, while growing expectations of additionalFederal Reserve rate cutsalso lent support. Spot gold was up 0.9% at $3,922.28 per ounce by 0208 GMT, after hitting an all-time high of $3,924.39 earlier in the session. U.S. gold futures for December delivery gained 1% to $3,947.30. “Yen weakness on the back of the Japanese LDP elections has left investors with one less safe-haven asset to go to, and gold was able to capitalise,” said KCM Trade Chief Market Analyst Tim Waterer. “The enduring U.S. government shutdown means that a cloud of uncertainty still hangs over theUS economyand the potential size of any GDP impact.” Gold is a go-to asset for investors under these circumstances, particularly with the Fed expected to cut rates further this month, Waterer said. The yen tumbled against the U.S. dollar by the most in five months after fiscal dove Sanae Takaichi was elected to lead the ruling party and become the next prime minister. The Trump administration will start mass layoffs of federal workers if U.S. President Donald Trump decides negotiations with congressional Democrats to end a partial government shutdown are “absolutely going nowhere,” a senior White House official said on Sunday. Fed Governor Stephen Miran pressed for an aggressive rate cut trajectory again on Friday, citing the impact of Trump administration’s economic policies. Gold has climbed 49% so far this year after a 27% rise in 2024, helped by strong central bank buying, increased demand for gold-backed exchange-traded funds, a weaker dollar and growing interest from retail investors seeking a hedge amid rising trade and geopolitical tensions. The rally found fresh support last month after the Fed cut rates by a quarter of a percentage point and indicated it would steadily lower borrowing costs for the rest of the year. According to the CME FedWatch tool, investors are pricing in additional 25-basis-point cuts in both October and December, with probabilities of 95% and 83%, respectively. Non-yielding gold thrives in a low interest rate environment and during economic uncertainties. Spot gold broke the $3,000-per-ounce level for the first time in March and $3,700 in mid-September. Many brokerages have turned bullish on the rally. Elsewhere, spot silver climbed 0.8% to $48.33 per ounce, platinum rose 1.1% to $1,621.90 and palladium gained 0.8% to $1,270.25.</t>
+          <t>Spotgoldextended its record-breaking rally on Thursday, edging closer to the $5,600-per-ounce level as investors sought safety amid geopolitical and economic strains, whilesilvercame within a whisker of breaching the $120 mark. Spot gold was up 2.1% at $5,511.79 an ounce, as of 0039 GMT, after hitting a record $5,591.61 earlier in the day. “Rising government debt burdens, geopolitical concerns and policy unpredictability ‍have accelerated ⁠a structural re-rating of gold’s role in portfolios,” analysts at OCBC said in a note. “Gold is no longer just a crisis hedge or an inflation hedge; it is increasingly viewed as a neutral, and a reliable store of value asset that also provides diversification across a wider range of macro regimes.” Prices jumped past ​the $5,000 mark for the first time on Monday and have ‌gained more than 10% so far this week, driven by a cocktail of factors including strong safe-haven demand, firm central bank buying and a weaker ​dollar. “Although the parabolic nature of the rally suggests a pullback is not far away, the underlying fundamentals are expected to remain supportive throughout 2026, positioning any dips as attractive buying opportunities,” IG market analyst Tony Sycamore said. In geopolitical news, U.S. PresidentDonald TrumpurgedIranon Wednesday to come to the table and strike a deal on nuclear weapons, warning that any future U.S. attack would be far more severe. Tehran responded with a threat to strike back against the ‌U.S., Israel and those who support them. On the U.S. policy front, the Federal Reserve decided to leave rates unchanged on Wednesday, as widely expected. Fed Chair Jerome ‌Powell said inflation in December was likely still well above the central bank’s 2% target. Gold has gained more than 27% this year following a 64% jump in ‌2025. On Thursday, prices also drew support from crypto group Tether’s plans to allocate 10%–15% of its investment portfolio to physical gold. Meanwhile, with elevated gold prices, customers have been cramming ‌into stores in Shanghai ‍and Hong Kong ⁠that sell ​the precious metal, with some betting it could rise even further. Spot silver was up 1.3% at $118.061 an ounce after hitting a record high of $119.34 earlier. ⁠Prices have been helped by demand from investors looking for cheaper ⁠alternatives to gold, along with supply shortages and momentum buying. The white metal has jumped more than 60% so far this year. “The silver market is forecast to deliver yet another deficit this year, but the real market ‌tightness stems from the reduced availability of above ground stocks,” analysts at Standard Chartered said in a note. Spot platinum rose 0.5% to $2,710.20 an ounce, after hitting ‌a record high of $2,918.80 on Monday, while palladium fell 1.3% to $2,048.14.</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>A raft to measures to promote rupee globalisation</t>
+          <t>Gold hits fresh record above $5,200 as dollar slides near four-year low</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>The Reserve Bank of India (RBI) announced key measures to internationalise the rupee, including introducing reference rates for major trading partner currencies.</t>
+          <t>Spot gold gained 2.4% to $5,136.47 per ounce as of 03:12 p.m. EST (2012 GMT). Prices breached the key $5,000 mark for the first time on Monday.</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>2025-10-01T22:26:36+05:30</t>
+          <t>2026-01-28T08:12:34+05:30</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities/a-raft-to-measures-to-promote-rupee-globalisation/3995973/</t>
+          <t>https://www.financialexpress.com/market/commodities-gold-hits-fresh-record-above-5200-as-dollar-slides-near-four-year-low-4121422/</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>The Reserve Bank of India on Wednesday announced various steps to promote internationalisation of therupee. The central bank plans to introduce reference rates for currencies of India’s major trading partners to facilitate rupee-based transactions. “This is expected to further deepen the onshore forex market and encourage banks to quote directly in a larger set of currency pairs, thus eliminating the need for multiple currency conversions and making trade more efficient,” theRBIsaid. The rupee rose 10 paise to 88.69 on Wednesday. “The rupee has witnessed some depreciation, accompanied by phases of volatility. The RBI is keeping a close watch on movements of the rupee and will take appropriate steps, as warranted,” said RBI governor Sanjay Malhotra. “We are currently considering currencies such as the Indonesian rupiah and theUAEdirham, with more to follow. As active transactions are limited initially, the FBIL (financial benchmarks) will need to establish pricing references first, allowing the market to respond. The benchmark methodology will evolve as themarketdeepens, helping to gradually enhance the rupee’s international role,” deputy governor T. Rabi Sankar said in the press conference. Currently, India has reference rates for dollar, euro, pound, and yen against the domestic currency. These rates are used for settlement of forex transactions, including derivatives. To promote cross-border transactions, the RBI has allowed authorised dealer banks in India and their overseas branches to lend in rupee to residents of Bhutan, Nepal, and Sri Lanka. Additionally, the RBI has permitted to invest the balances of special rupee vostro account (SRVA) in corporate bonds and commercial papers. In 2022, the central bank had allowed invoicing, payment, and settlement of trade in rupee to promote exports, allowing to invest balances in these accounts in government securities. A vostro account is an account held by a bank on behalf of a foreign lender.</t>
+          <t>Goldbroke through $5,200 for the first time on Wednesday, after rising more than 3% on Tuesday, as thedollarplunged to a near four-year low amid persisting geopolitical concerns, ahead of aU.S. Federal Reservemonetary policy decision. Spot gold rose 0.6% to $5,219.97 per ounce, as of 0153 GMT, ‍after ⁠scaling a record high of $5,224.95 earlier, up more than 20% since the start of the year. U.S. gold futures for February delivery surged 2.6% to $5,216.80 per ounce. “(Gold’s rise) is due to the very strong indirect correlation with the dollar and ​yesterday’s price-rise in gold in the U.S. session ‌was due to Trump’s remark to a casual question about the dollar which implied that (there is) a broad-based consensus within ​the White House to have a weaker greenback going forward,” said Kelvin Wong, a senior market analyst at OANDA. The U.S. dollar was grappling with a “crisis of confidence” as it struggled near four-year lows, exacerbating dollar selling, after President Donald Trump said the currency’s value is “great” when asked whether he thought it had declined too much. U.S. consumer confidence, meanwhile, ‌slumped to its lowest level in more than 11-1/2 years in January amid mounting anxiety over a sluggish labor market and high ‌prices. Trump added that he will soon announce his pick to serve as head of the U.S. central bank, and ‌predicted interest rates would decline once the new chair takes over. The Fed is widely expected to hold rates steady at its January ‌monetary policy meeting, ‍currently underway. Wong ⁠added that ​near-term resistance for gold could be seen around $5,240/oz. Deutsche Bank said on Tuesday that gold could climb to $6,000 per ⁠ounce in 2026, citing persistent investment demand as central ⁠banks and investors increase allocations to non-dollar and tangible assets. Spot silver was up 0.6% at $113.63 an ounce, after hitting a record high of $117.69 on Monday. The white ‌metal has already jumped almost 60% so far this year. Spot platinum gained 1.5% to $2,679.15 per ounce after hitting a ‌record $2,918.80 on Monday, while palladium was up 0.9% at $1,951.93.</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>Gold hits all-time high of $3,800/oz on continued dollar weakness</t>
+          <t>Silver above $80, surpasses Nvidia to be second most valuable asset</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Gold surges to a record $3,800/oz on a weaker dollar and Fed rate cut hopes—track the latest market moves now.</t>
+          <t>Spot silver jumped 3.8% to $82.15 per ounce, after hitting an all-time ​high of $83.62 earlier in the session.</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>2025-09-29T13:41:43+05:30</t>
+          <t>2025-12-29T06:58:44+05:30</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities-gold-hits-all-time-high-of-3800oz-on-continued-dollar-weakness-3993250/</t>
+          <t>https://www.financialexpress.com/market/commodities-silver-above-80-surpasses-nvidia-to-be-second-most-valuable-asset-4090985/</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
-          <t>Goldjumped to a record high above $3,800 per ounce on Monday, supported by a weakerdollarand growing expectations that theFederal Reservewill cut interest rates further this year. Spot gold rose 1.5% to $3,814.91 per ounce by 0624 GMT. U.S. gold futures for December delivery gained 0.9% to $3,844. TheU.S. dollar indexeased 0.2% against its rivals, making greenback-priced bullion less expensive for overseas buyers. The U.S. Commerce Department said on Friday its Personal Consumption Expenditures Price Index (PCE) rose 0.3% in August, versus a 0.2% increase in July, matching the estimate of economists polled by Reuters. “That benign inflation print in the United States has given the markets reason to believe further Fed cuts are coming in October and December,” said Capital.com analyst Kyle Rodda. “Sentiment is very bullish, and we are on track to retest another record high this week. The gold market is positioned quite long at the moment, and that may be pointed to as being a reason to be cautious about future upside.” Traders are currently pricing in a 90% chance of a Fed rate cut in October, with around a 65% probability of another easing in December, according to the CME FedWatch Tool. Safe-haven bullion thrives in a low-interest-rate environment and in times of geopolitical and economic uncertainty. Share markets got off to a cautious start in Asia on Monday as investors braced for a possible shutdown of the U.S. government. Investors now await U.S. data on job openings, private payrolls, the ISM manufacturing PMI, and the non-farm payrolls report for further clues on the economy’s health. SPDR Gold Trust, the world’s largest gold-backed exchange-traded fund, said its holdings rose 0.89% to 1,005.72 metric tons on Friday from 996.85 tons on Thursday. Elsewhere, spot silver rose 2.3% to $47.04 per ounce, platinum climbed 3.6% to $1,623.88, and palladium gained 2% to $1,295.19</t>
+          <t>Silverclimbed above $80 an ounce on Monday, supported by supply constraints, strong industrial demand, and bets on further U.S. interest rate cuts, with platinum also touching a record high. Spotgoldwas down 0.1% at $4,527.79 per ounce, as of 1152 GMT, December 28, after hitting a record high of $4,549.71 in the previous session. ‍U.S. ⁠gold futures for February delivery were steady at $4,553.10/oz. The U.S. dollar hovered near the two-month lows it reached on Wednesday. Spot silver jumped 3.8% to $82.15 per ounce, after hitting an all-time ​high of $83.62 earlier in the session. Silver has gained 181% year-to-date, far outpacing gold, and breaking through the $80 mark, propelled by ​its designation as a critical U.S. minerals list, supply constraints, and low inventories amid rising industrial and investment demand. Bullion has also staged a stellar rally in 2025, climbing 72% so far and shattering multiple record highs. Gold has been helped by a ‌cocktail of factors, including the U.S. Federal Reserve’s interest rate cuts and bets of further easing, geopolitical tensions, robust ‌demand from central banks as countries look to move away from U.S. securities and the ‌dollar, and rising holdings in exchange-traded funds. On the geopolitical front, U.S. PresidentDonald Trumpsaid on ‌Sunday that he ‍and Ukrainian ⁠PresidentVolodymyr Zelenskiy​were “getting a lot closer, maybe very close” to an agreement to end the war ⁠in Ukraine. On the macroeconomic front, ⁠traders still expect two U.S. rate cuts next year. Non-yielding assets tend to do well in a low-interest-rate environment. Spot platinum fell ‌0.8% at $2,429.10 per ounce, after rising to an all-time high of $2,478.50 earlier in the day, ‌while palladium rose 0.1% to $2,003.83 per ounce.</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>High gold prices, festive demand adds pressure on rupee</t>
+          <t>Gold, silver surge to record highs on safe-haven demand and US rate cut bets</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>The Indian Rupee hit a fresh intra-day low of 89.80 against the US Dollar as high international gold prices and surging domestic demand ahead of the festive and wedding seasons triggered a sharp rise in gold imports.</t>
+          <t>Gold climbed to a fresh record above $4,530 while silver broke the $75 mark, supported by safe-haven demand, US rate-cut expectations, geopolitical uncertainty and strong industrial demand.</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>2025-09-26T22:22:39+05:30</t>
+          <t>2025-12-26T14:36:21+05:30</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/commodities-high-gold-prices-festive-demand-adds-pressure-on-rupee-3990896/</t>
+          <t>https://www.financialexpress.com/market/commodities-gold-silver-surge-to-record-highs-on-safe-haven-demand-and-us-rate-cut-bets-4088700/</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
-          <t>Highergold pricesand increased demand for yellow metal ahead of the festive and wedding season puts additional strain on the rupee, according to forex traders and currency analysts. “Historic highs of gold is also putting the rupee under pressure apart from the usual oil buying. There has been increased demand for gold in the last 3-4 days. Around $100 million worth of gold has been imported every day in the last few days in our bank on account of the festive season and upcoming wedding season,” said a chief dealer at abank. This has also played a role in pushing the rupee to a record low, he added. The rupee hit another fresh intra-day low of 89.80 on September 23. On Friday, the rupee closed at 88.72 against the dollar. Gold prices have surged significantly this year, reaching record highs in India due to global demand, and expectations of US Fed rate cuts.Internationalgold prices touched a record high of $ 3,764 per ounce on September 23. Currently, it is at $ 3,752 per ounce. The gold import rose 36% to $5.4 billion in August, reaching a nine-month high and marking the second consecutive month of high imports. The growth can be attributed to higher value and partly due to higher imports. The rupee hit record lows against the US dollar, adding to the rally in gold prices domestically. “Seasonal demand during festivals like Navratri and upcoming wedding season continues to support strong consumption despite high prices,” Anil Kumar Bhansali. head of treasury and executive director, Finrex Treasury Advisors LLP. He further said that demand for the gold has grown in the last few days despite higher prices and the import has been seen higher, mostly due to the festive and wedding season. “Investors also view gold as a hedge against inflation and currency depreciation, increasing demand for gold when the rupee weakens or inflation is high,” said Bhansali. Agreeing to that, Jateen Trivedi, VP research analyst – commodity and currency at LKP Securities, said that uptick in gold purchases can be also attributed to importers’ panic buying ahead of festive and wedding season in fear of further rise in prices. “Higher gold price is already weighing on the rupee since last one month. If gold price remains above Rs 1,10,000, rupee will keep facing hurdles,” said Trivedi. The domestic currency has been under pressure since a while on account of global headwinds. Currency experts believe rupee will breach to 89 level soon, considering persistent global uncertainties and absence of a US-India trade deal.</t>
+          <t>Goldandsilverclimbed to record highs on Friday. Platinum and palladium also surged. Silver is up 158% year-to-date, spot gold rose to a record high of $4,530.60 per ounce. Platinum and palladium is up about 165% and over 90% year-to-date respectively. The surge in gold, silver and precious metals is driven by safe-haven demand and increased bets of further US interest rate cuts next year. Spotgoldrose 0.5% to $4,502.75 per ounce, as of 0225 GMT, after hitting a record high at $4,530.60 earlier in the session. ‍US ⁠gold futures for February delivery climbed 0.7% to a record high of $4,533.60 per ounce. Spot silver jumped 3.4% to $74.35 per ounce, before hitting an all-time high at $75.14. The US dollar hovered near ​the two-month lows it reached on Wednesday. Bullion has staged a stellar rally in 2025, climbing 72% so far and shattering multiple ​record highs. Gold has been helped by a cocktail of factors, including US interest rate cuts and bets of further easing, geopolitical uncertainty, robust central bank demand as countries look to move away from US securities and the dollar, and rising holdings in exchange-traded funds. Silverhas ‌gained 158% year-to-date, far outpacing gold, and breaking through the $75 mark, propelled by a structural deficit, its inclusion in ‌a U.S. critical minerals list, and strong industrial demand. On the geopolitical front, the White House ‌has ordered US military forces to focus almost exclusively on enforcing a “quarantine” of Venezuelan oil for at ‌least the ‍next two ⁠months, a US ​official told Reuters, indicating Washington is currently more interested in using economic rather than military ⁠means to pressure Caracas. On the macroeconomic front, ⁠traders still expect two US rate cuts next year. Non-yielding assets such as gold tend to do well in a low-interest-rate environment. Spot platinum was up 5% at $2,334.35 per ounce, after rising to an all-time high of $2,377.50 ‌on Wednesday, while palladium rose 4.4% to $1,757.25 per ounce. With the inputs from Reuters</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>Trump gives warm welcome to Saudi Crown Prince, seals major defence deal – Key Takeaways</t>
+          <t>Fed holds rates at 3.5%–3.75%: 5 key takeaways from policy decision and Powell’s remarks</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>At one point, Trump took the prince’s hand and used the moment to criticise former US president Joe Biden for greeting MBS with only a fist bump during his 2021 trip to Riyadh, when COVID-19 precautions were still in place.</t>
+          <t>Federal Reserve holds rates steady amid inflation concerns, Middle East tensions and slowing jobs, while indicating future rate cuts and warning of uncertain economic outlook.</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>2025-11-19T07:13:46+05:30</t>
+          <t>2026-03-19T06:16:06+05:30</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/world-news/trump-gives-warm-welcome-to-saudi-crown-prince-seals-major-defence-deal-key-takeaways/4049048/</t>
+          <t>https://www.financialexpress.com/market/global-markets/fed-holds-rates-at-3-5375-5-key-takeaways-from-policy-decision-and-powells-remarks/4177280/</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>Saudi Crown Prince Mohammed bin Salman, also known as MBS, arrived at theWhite Houseto an elaborate welcome fromUS President Donald Trump, marking a moment that underlined the growing closeness between the two countries. The White House rolled the red carpet and gave a full ceremonial reception to the Prince complete with marching bands, flag-bearers on horseback and a military flyover. Inside the Oval Office, the two leaders took questions from reporters and spoke about business deals, new technologies and hopes for stability in the region. But as they focused on future cooperation, pressing issues such as the humanitarian crisis in Gaza drew little attention during their public remarks. Trump and Prince Mohammed appeared in high spirits throughout the visit, trading warm remarks from the moment the crown prince stepped into the White House. At one point, Trump took the prince’s hand and used the moment to criticiseformer US president Joe Bidenfor greeting MBS with only a fist bump during his 2021 trip to Riyadh, when COVID-19 precautions were still in place. Trump said he had no hesitation in offering a full handshake. “I grabbed that hand. I don’t give a hell where that hand’s been,” Trump said. He went on to praise the crown prince, calling him “fantastic” and “brilliant”. Trump said that he had long considered him a close friend and that he is proud of the work the prince has done, noting MBS’ progress on “human rights and everything else”. The mood shifted when a reporter from ABC News asked Prince Mohammed a difficult question. Trump scolded her, saying she had shown disrespect to his guest. Later, when she asked Trump why he would not release government records connected toJeffrey Epstein, he lashed out again, saying the network should lose its licence. He accused her of starting the exchange with an inappropriate question and suggested she had been encouraged by others at ABC, calling her unprofessional and unfair. Trump and the Saudi Crown Prince signed several agreements on Tuesday covering a wide range of issues, including defence and civil nuclear cooperation. According to the White House, the deals are meant to strengthen the long-term partnership between the two countries, create well-paid jobs in the US, support key supply chains and add to stability in the region, all while prioritising American workers and security. Trump has agreed to supply Saudi Arabia with advanced F-35 stealth fighter jets. The White House did not say how many aircraft would be included or which version, but said the jets would be part of a large defence package. Reports have suggested that Saudi Arabia had been hoping to acquire around two dozen F-35s. The details of overall value of the deal or other equipment involved has not been shared yet. The two leaders also completed a civil nuclear cooperation agreement that lays the groundwork for a long-term partnership on nuclear energy. The White House said the deal confirms that the US and its companies will be Saudi Arabia’s preferred partners in this field and that all cooperation will follow strong nonproliferation rules. Trump has been saying that he wants Saudi Arabia to join theAbraham Accords, the framework that opened formal ties between Israel and several Arab nations. Both Trump and Prince Mohammed, while speaking to the reporters, suggested that some movement was happening on this front, though they offered no clear details or timeline. The crown prince repeated that Saudi Arabia wants any agreement to include firm steps toward creating a Palestinian state. He told reporters that Riyadh sees value in building good relations across the Middle East and hopes to be part of the Abraham Accords, but also wants a guaranteed path toward a two-state solution. “We want also to be sure that we secure a clear path [to a] two-state solution. And today we have a healthy discussion with Mr President that we’ve got to work on that, to be sure that we can prepare the right situation as soon as possible to have that,” the crown prince said. Saudi leaders have long said Riyadh stands by the Arab Peace Initiative, which links any recognition of Israel to the creation of a Palestinian state. Trump, for his part, said he had “good talks” with MBS on the matter and noted that they discussed different possible outcomes, adding that the conversation would continue in the coming weeks. Trump thanked Saudi Arabia for the large investments it plans to make in theUnited States, saying the amount would reach hundreds of billions of dollars. He joked that, because of their close relationship, the total might even rise to a trillion. “I want to thank you because you’ve agreed to invest $600bn into the United States. And because he’s my friend, he might make it $1 trillion, but I’m going to have to work on him,” Trump said. He further added that the funds would help create jobs and support American companies and financial firms. Agreeing with Trump, Prince Mohammed said Saudi investments in the US could indeed grow to around a trillion dollars. He noted that the agreements being signed, covering areas such as technology, artificial intelligence, rare materials and magnets, would open up many new opportunities. The crown prince agreed with Trump’s view that the US is currently the most attractive market in the world and said Saudi Arabia hopes to play a key role in the country’s fast-growing tech sectors.</t>
+          <t>TheFederal Reserveon Wednesday kept interest rates steady at 3.5% to 3.75%, its second pause after three rate cuts late last year. TheFederal Open Market Committee(FOMC) voted 11-1 in favour of the decision, with GovernorStephen Mirandissenting in support of a 25 basis point cut. The Fed said the economy continues to expand at a “solid pace,” though job gains have slowed and inflation remains somewhat elevated. Policymakers also flagged that uncertainty around the economic outlook “remains elevated,” especially due to tensions in theMiddle East. Fed Chair Jerome Powell said slower hiring shows weaker demand for workers and lower immigration. He also noted that tariffs are pushing up goods prices, keeping inflation elevated. Powell added that the current rate is “within a range of neutral.” “The implications of events in the Middle East for the US economy are uncertain,” Powell said. “In the near term, higher energy prices will push up overall inflation, but it is too soon to determine the scope and duration of the potential effects on the economy.” Rising fuel prices are expected to increase overall inflation and worsen affordability concerns. “Higher fuel costs, along with the downstream effects on shipping, travel and trade, are likely to add further pressure to consumer prices,” said Stephen Kates of Bankrate to CNBC. “Cutting rates while inflation is rising would be difficult to justify, even if it might receive political support.” The Fed continues to project one rate cut in 2026 and another in 2027. Inflation forecasts for 2026 have been raised to 2.7%, including core inflation, while growth is now seen at 2.4% and unemployment at 4.4%. US markets declined after the announcement, with the Dow Jones falling 714 points, the S&amp;P 500 down 1.2% and the Nasdaq dropping 1.3%. Powell also said he will stay on until a Justice Department probe into renovation costs is completed. “I have no intention of leaving the board until the investigation is well and truly over, with transparency and finality,” he said.</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>How will markets open today? GIFT Nifty in green, Nikkei, gold and 5 other cues at this hour</t>
+          <t>Need more consolidation in financial services industry: Former RBI DG Rao</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Track global cues, stock picks, and sector trends in today’s market update. Read more!</t>
+          <t>Former RBI Deputy Governor Rajeshwar Rao emphasizes the urgent need for consolidation across India’s banking and NBFC sectors to meet national growth targets.</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>2025-11-19T07:06:09+05:30</t>
+          <t>2026-03-19T01:22:10+05:30</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/how-will-markets-open-today-gift-nifty-in-green-nikkei-gold-and-5-other-cues-at-this-hour-4049040/</t>
+          <t>https://www.financialexpress.com/business/news/need-more-consolidation-in-financial-services-industry-former-rbi-dg-rao/4177277/</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>GIFT Niftystarted Wednesday with a mild gain, opening at 25,295, up 0.05%. Investors are watching global moves in crude oil, gold, and currency markets for direction. Indian markets slipped on Tuesday, ending their six-day winning run. TheNifty 50closed 103 points down at 25,910, while theSensexfinished 278 points lower at 84,673. Key global and domestic cues to know on November 19, 2025 Asia-Pacific markets were mixed on Wednesday. Japan opened weaker, with the Nikkei 225 slipping 0.36% and the Topix down 0.26%. In contrast, Australia’s S&amp;P/ASX 200 inched up 0.11%. The Dow Jones Industrial Average dropped 498.50 points, or 1.07%, ending at 46,091.74. The S&amp;P 500 fell 0.83% to 6,617.32. The Nasdaq Composite also moved lower, slipping 1.21% to close at 22,432.85 in the last trading session. TheUS Dollar Index (DXY), which measures the dollar’s value against a basket of six foreign currencies, was 0.03% up at 99.57 on Wednesday morning. The index evaluates the strength or weakness of the US dollar in comparison to major currencies. The basket contains currencies such as the British Pound, Euro, Swedish Krona, Japanese Yen, Swiss Franc, etc. The rupee depreciated 0.03%, closed at 88.61 to the dollar on November 18. Crude oil pricesslipped in early Wednesday trade, with West Texas Intermediate down 0.57% at $60.40 a barrel, while Brent crude dipped 0.51% to $64.56. Foreign investors (FIIs/FPIs)purchased Rs 729 crore worth of Indian equities on Tuesday, November 18, according to provisional exchange data.Domestic institutional investors (DIIs)also recorded net purchases, buying shares worth Rs 6,157 crore during the session. In the latest on the yellow metal, thegold rate in Dubai, 24-carat gold was priced at United Arab Emirates dirham (AED) 489.75 per gram, while 22-carat traded at AED 453.50 per gram and 18-carat at AED 372.50 per gram. As per Goodreturns, in India, the24-carat gold rate todayis Rs 1,23,650/10 gm, while 22-carat gold costs Rs 1,13,340/10 gm. For those preferring 18-carat gold, the price is Rs 92,730 for the same weight. Telecom stocksled the gains with a 1.11% rise, followed bypaints and pigmentsup 0.72%, whiletextilesinched higher by 0.71%. Wadia Grouptopped the charts with a sharp 7.47% jump, followed byGMR Group, which gained 5.9%.Raunaq Groupalso saw a mild rise of 2.61%. On the downside, Lakshmi Group Coimbatore slipped 2.9%, whileEssar GroupandJaipuria Groupdeclined 3.13% and 3.32%, respectively.</t>
+          <t>India needs greater consolidation in the financial servicesindustryto achieve its growth targets, said Rajeshwar Rao, former deputy governor of the Reserve Bank of India. “We need players with heft. And for this, besides access to growth capital, the option of consolidation in the financial services industry will also have to come into play,” Rao said while speaking at an event organised by Assocham on Wednesday. He noted that the number of public sectorbankshas declined to 12 from 27 in 2000. Regional rural banks, which once numbered 196, have also been consolidated to just 28. He added that without privatisation, state-owned banks will have to rely on government capital or reinvested business profits, underscoring the need for innovative ways to raise capital. “Whiledisinvestmentto the minimum levels permitted under the nationalisation Act and an increase in foreign investment limits are some of the options, there will still be concerns if these options are not exercised,” he said. Meanwhile, private banks have relatively greater flexibility in consolidation and capital raising. “The comparatively liberalFDIlimits and the ability to use voluntary merger rules give them greater flexibility in both raising capital and consolidation.” However, the challenge lies in finding fit and proper investors and complying with statutory and regulatory prescriptions, he said, adding that the RBI and the government must revisit regulations to enable this. Co-operative banks represent another key segment requiring consolidation, Rao noted. He pointed out that while the number of smaller urban co-operative banks (UCBs) is large, their share in total deposits remains low. “They will face challenges in competing and offering technology-driven banking services.” As of March 2025, there were about 1,457 co-operative banks, of which 838 were Tier-1 entities with deposits of less than ₹100 crore. The NBFC sector also needs consolidation and scale. India has about 9,300 NBFCs, but only around 300 have sufficient heft, while the rest remain relatively small, Rao said.</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>The Turnaround Kings: How the Murugappa Group built a Rs 2.9 lakh crore empire</t>
+          <t>FY26 Direct Tax Update: Q4 advance taxes grow 6.4%</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Discover how the Murugappa Group turned around companies to build a Rs 2.9 lakh crore empire—explore their success stories now!</t>
+          <t>India's fourth-quarter advance tax collections for FY26 grew by a modest 6.42%, a sharp decline from the 14.62% growth recorded in the previous year.</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>2025-11-19T07:00:00+05:30</t>
+          <t>2026-03-19T01:04:39+05:30</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/business/industry-the-turnaround-kings-how-the-murugappa-group-built-a-rs-2-9-lakh-crore-empire-4048953/</t>
+          <t>https://www.financialexpress.com/money/fy26-direct-tax-update-q4-advance-taxes-grow-6-4-4177273/</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>What connects your favourite dessert to the cycle that you use to burn all the calories the next day? What connects your prized car to the loan that you took to fund it? Well, behind all of this is one Group with over Rs 90,200 crore turnover and a legacy of 125 years. It is the Murugappa Group. TheMurugappa Group, which has gone from strength to strength in recent years, is also synonymous with scripting successful turnaround stories. Most analysts we spoke to highlighted that the Group “has built a strong reputation for trust and prudence in financial services and beyond.” That’s saying a lot in a business world where trust and reputation is not very common. So, what’s the secret strategy that’s enabled the group to transition from being a so-called legacy player to a Group that stands out for its future focus? Before we delve deeper into that, here’s an interesting fact. The Murugappa family secured the seventh position in the top 10 most valuable Indian family businesses in 2025, as per the most recent Barclays Private Clients Hurun India Most Valuable Family Businesses List. With a value of Rs 2.9 lakh crore and led by Vellayan Subbiah, the family business was founded in 1900 and is now run by the fourth and fifth generations. It all started with a vision by Dewan Bahadur AM Murugappa Chettiar in 1900. Beginning as a banking and money-lending enterprise in Burma (Myanmar) before World War 1, it is a conglomerate today spread across diverse sectors, including agriculture, fertiliser, financial solutions and engineering. The Group has 10 listed entities in the Indian stock markets, including marquee names likeEID Parry,Cholamandalam Investment and Finance,Tube Investment, Coromandel International,Shanthi GearsandCG Power. Some of the best-known brands by the Group and ones that resonate with millions include the likes of Hercules, BSA, Chola MS, Gromor, Coromandel, Montra, Parry’s and a lot more. The Murugappa Group moved their assets to India before the Japanese invasion of then Burma (now Myanmar) in World War II. After establishing companies in core industrial sectors in independent India and re-entering the financial services sector, the 1980s saw the beginning of the big transition stories that the Murugappa Group has become synonymous with today. The Murugappa Group has manufacturing facilities across 10 countries and often refers to the ‘Presence that makes a difference’. While Indian companies expanding globally has become a norm, what stands out is the ‘success stories’ that the Group has had when it comes to takeovers and acquisitions. The acquisition of CG Power and Industrial Solutions is perhaps one of the best turnaround stories, not just for the Murugappa Group, but for Corporate India as well.  Tube Investments of India (TII), a multi-crore Murugappa Group company, acquired the controlling stake in CG Power and Industrial Solutions in 2020. As reported byFinancialExpress.comon November 27, 2020, and as per the exchange filing on November 26, 2020,Tube Investment completed acquisition of 50.62% stake in CG Poweron November 26, 2020. The share purchase agreement between the two was signed by the two in August 2020 and got the CCI nod in October of the same year. A careful study of theCG Power share pricegraph in the last 5 years perhaps brings forth the story best. CG Power had a debt of Rs 2,161 crore as of March 31, 2020. Crippled by accounting fraud, rising debt burden and promoter malpractices, the company’s financials and operations were in bad shape. Vellayan Subbiah, known for a few other success stories by the brand, spearheaded the transition and revival journey. Cut to 5 years since the acquisition, the once struggling company has guided for “sustained export growth, rising transformer and switchgear demand, a stable outlook in the industrial segment and a long-term scale-up in semiconductors. EV motors and GIS substations are identified as new growth areas.” In fact, working towards future-proofing the business, CG Semi launched one of India’s first end-to-end OSAT facilities in Sanand in August this year, establishing CG as a full-scale OSAT provider in both traditional and advanced packaging. Construction for a second OSAT facility is under way and likely to finish by 2026-end, scaling up to 14.5 million units/day. Today, CG Power’s market capitalisation is over Rs 1,15,000 crores. This is more than 100x the valuation of the company in early 2022. Talk about wealth creation. Another engineering firm that saw a similar turnaround is Shanthi Gears. The acquisition was again via Tube Investments of India. In 2012, Tube Investment bought 44.1% in this Coimbatore-based firm as it looked to diversify and get a stronger foothold in the non-auto sector. This acquisition made Shanthi Gears a leading gearbox manufacturer in India. At the time of acquisition, Shanthi Gears’ sales were slipping, it was not functioning at optimum level and was also facing some operational issues. Tracking the journey of the company over the last 13 years since the acquisition, Shanthi Gears’ FY13 revenue was Rs 146 crore and it closed FY25 with Rs 604.62 crore revenue. As Chairman, M A M Arunachalam put in his note to shareholders outlining the company’s focus, “Innovation remains central to our strategy. Leveraging global best practices, we’ve expanded our specialized product offerings catering to high-growth sectors such as renewable energy, infrastructure, mining, aerospace, defence and mobility.” As of Q2FY26, the unexecuted order book was Rs 254 crore. In Q2FY26, it has booked orders worth Rs 138 crore, up 7% compared to the same period last fiscal. The market capitalisation ofShanthi Gearstoday is over Rs 3,600 cr, which is 7.8 times the value at the start of 2012. Again, a solid turnaround this. The Murugappa Group buying out the DBS stake in its JV in Chola DBS and regaining controlling stake in Cholamandalam Investment and Finance is another classic example of the Murugappa family’s deep strategic value creation across the Group. In March 2010, under the leadership of Vellayan Subbiah, the Group companies, Tube Investment and New Ambadi Estates, bought out the 37.48% stake held by DBS. Since then, it’s seen an upward growth trajectory. The company demonstrated consistent profit growth and has seen significant addition to the assets under management. The market capitalisation of Cholamandalam Investment and Finance is Rs 1,42,604.51 crore now. This is more than 200 times the value at the start of 2010. Theshare price of Cholamandalam Investment and Financehas delivered over 34% return in 1 year and risen over 400% in the last 5 years. The steep surge in the share price of this NBFC since 2010 highlights investor confidence in the stock over the last 15 years. From being deeply impacted by the 2008 financial crisis globally, the NBFC has come a long way. In recent years, the company has expanded into consumer and small enterprise loans (CSEL), secured business and personal loans (SBPL), and SME finance, reinforcing its position as a diversified lender. As per the management guidance after the Q2FY26 results recently, the company is confident about growth pick-up in the second half of FY26. They maintained the “AUM growth guidance of 20% driven by a likely stronger recovery in demand in H2FY26.” According to the management, “credit losses in CSEL have now peaked, and the company expects the impact to moderate going forward.” Margins too are expected to improve 10–15 bps in H2FY26. The last in this list but surely not the least exciting – The Murugappa Group’s takeover ofEID Parryin 1981 made headlines. It was one of the oldest commercial names in India, and the management, struggling with debt, requested the Murugappa Group to take over. Today, EID Parry is not just the largest sugar manufacturer in southern India, Parry’s is the only sugar brand to be conferred the ‘SuperBrand’ status in India. EID Parry has also been recognised as the ‘Best Sugar Plant in Private Sector’ at the Sugar and Ethanol International Awards (SEIA) 2024. The company has not just made it big in agro products but is also expanding into bio-energy and clean fuel. However, what’s interesting is how the company continuously evaluates its business strategy to optimise gains ranging from biofuels to consumer products. Muthiah Murugappan – Whole Time Director – EID- Parry(India) highlighted, “We’re doing a strategy revisit or really an evaluation of where we stand and what our strategy needs to be going forward. We have certain product category areas which we are interested in.” He reiterated that the “the focus will be on the enablers for growth.” However, there are many other noteworthy diversification and inorganic expansion initiatives undertaken by this 125-year old group. Apart from the focus on innovation and strategic sectoral diversification, the Group’s holding structure and leadership have also carved out a unique place. Unlike many other family-run businesses, the leadership of the individual group companies has been handed over to professionals, with the family members moving to the board. Ambadi Investments is the primary holding company and has a key stake in most of the listed entities. The independent Group companies also have stake held by family members as well as unlisted companies of the Group. What started as a banking business in Burma employs over 94,000 employees today. Tracking the 125 years of the Group’s evolution, perhaps there are many changes with times and evolving customer dynamics; however, one aspect that stands out is the legacy of value built over years. Continuing the legacy also requires a fair bit of vision and focus on value creation. The Group is no doubt standing at a crucial juncture. One of the architects of the Group’s phenomenal expansion, former Chairman Arunachalam Vellayan passed away recently. Is this a start of a new chapter in the Group’s evolution? The continuing buzz seemed to indicate that the promoters may look at a new family settlement that can help carve out three equal groups in a tax-efficient manner. Talks about the possible three-way division of the group continues, though there has been no clear decision yet. For now, it’s a wait-and-watch game, as we await what the future unfolds.</t>
+          <t>The March-quarter (Q4 FY26) instalment of advance taxes expectedly lagged the year-ago growth by a wide margin, causing the overall growth in direct tax receipts so far to fall marginally short of the revised estimates (RE). According to data released by the Central Board ofDirect Taxes(CBDT), the Centre’sadvance taxcollections for Q4 FY26 from companies, LLPs and individuals rose by 6.42% on year, compared with a 14.62% growth seen in the year-ago quarter. This was owing largely to the massive personalincome taxrelief announced in the Budget FY26. In absolute terms, Q4 advance tax collections stood at Rs 11.13 lakh crore as on March 17. While advance taxes paid by corporate assesses rose nearly 9.54% to Rs 8.29 lakh crore in Q4, collections from the non-corporate sector declined 1.78% to Rs 2.83 lakh crore. The non-corporate tax includes those paid by individuals, HUFs, firms, local authorities, artificial juridical persons, etc. According to the CBDT data, direct tax collections after refunds between April 1 to March 17 recorded a growth of 7.19% year-on-year, compared with a projected growth target of 9% (revised estimates) over FY25 actuals for the whole of FY26. The collections after refunds reached Rs 22.80 lakh crore. The corporate tax collections were Rs 10.91 lakh crore and the non-corporate tax collection, Rs 11.32 lakh crore. Significantly, refunds declined 5.86% year-on-year to Rs 4.34 lakh crore. Corporate tax receipts after refunds rose by 12.75% against the projected growth rate of 12.4% (revised estimates), while personal income tax (PIT) collections grew by 2.7% against the revised target of 6.2% for FY26. Icra chief economist Aditi Nayar said that while the growth in advance tax for corporate taxes appears relatively healthy. Icra is watchful of the unfolding impact of the West Asia crisis on availability and pricing of inputs as well as profitability in certain sectors. Vikas Sharma, Lead-Personal Tax, AKM Global, said the upward trend in direct tax collections indicates sustained economic activity and improved tax compliance.</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>PM-Kisan 21st instalment today: 70 lakh names removed for ineligibility — how to check payment status</t>
+          <t>Rupee drifts down to new lows</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Under the PM-KISAN scheme, the central government provides income support of ₹6,000 to farmers every year. This amount is transferred in three installments of ₹2,000 every four months. The scheme was launched on February 24, 2019.</t>
+          <t>The Indian rupee plummeted to a lifetime low of 92.63 against the US dollar on Wednesday, March 18, 2026.</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>2025-11-19T06:51:05+05:30</t>
+          <t>2026-03-19T00:51:42+05:30</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/money/pm-kisan-21st-instalment-today-70-lakh-names-removed-for-ineligibility-how-to-check-payment-status-4049023/</t>
+          <t>https://www.financialexpress.com/market/rupee-drifts-down-to-new-lows-4177266/</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>PM-Kisan yojana: Prime Minister Narendra Modi will release today the next installment of PM-Kisan to over 9 crore farmers in Coimbatore, Tamil Nadu. Agriculture Minister Shivraj Singh Chouhan confirmed yesterday that the next tranche will be transferred to eligible farmers across the country. PM Modi will also inaugurate the South India Natural Farming Summit 2025 in Coimbatore on the same occasion, from where he will digitally transfer the PM-Kisan amount. The Prime Minister will be on a day-long visit to Tamil Nadu and Andhra Pradesh. Modi will first travel to Andhra Pradesh, where he will participate in the birth centenary celebrations of spiritual guru Bhagwan Sri Sathya Sai Baba in Puttaparthi. He will then travel to Coimbatore to address a large farmers’ conference organized to promote natural farming. This event will be attended by over 50,000 farmers. The event is being organized by the Tamil Nadu Natural Farming Stakeholders Forum. According to an official statement, “The summit aims to promote sustainable, eco-friendly, and chemical-free agricultural practices, and to accelerate the shift towards natural and regenerative farming as a viable, climate-smart, and economically sustainable model for India’s agricultural future.” Under the PM-KISAN scheme, the central government provides income support of ₹6,000 to farmers every year. This amount is transferred in three installments of ₹2,000 every four months. The scheme was launched on February 24, 2019. In the previous installment (April-July FY26), 97.14 million farmers received the money. During the December-March 2024-25 period, the amount was transferred to 10.68 million farmers. The number of farmers eligible for the latest, 21st installment, has decreased by approximately 7 million. This is due to a rigorous campaign being launched by the government to identify farmers who are ineligible for the scheme. The government has currently paused the accounts and registration process of several thousand farmers. The ministry suspects that many of these farmers do not meet the scheme’s criteria. The Agriculture Ministry is also conducting a nationwide ‘saturation drive’ to ensure all eligible farmers are included in the scheme. A notice issued on the PM-Kisan portal states that the Agriculture Department has “identified certain suspected cases that may fall under the exclusion criteria outlined in the PM-KISAN scheme guidelines,” and farmers are advised to check their eligibility on the website. According to the PM-Kisan guidelines, state governments identify beneficiaries. Any land-owning farmer family can participate in this scheme, provided they do not fall under the exclusion criteria. These exclusion criteria include: Not falling within the income limit Farmers who pay income tax Government employees Elected public representatives People receiving a monthly pension of ₹10,000 or more The government aims to ensure that only eligible farmers receive PM-KISAN benefits and eliminate any possibility of erroneous payments.</t>
+          <t>The rupee depreciated to a fresh low against the dollar on Wednesday ascrude oilprices remained above the $100 /barrel mark fuelled by the war in West Asia. The domestic currency ended the session at 92.63 against the dollar, down 24 paise or 0.27 % over the previous close, according to Bloomberg data. Dealers said thecentral bankstayed away from the markets for the most part. The rupee has continued to drift down since the outbreak of the hostilities in West Asia and has fallen 1.8%, taking the depreciation in FY26 so far to 8.4%. “The rupee was resisting the 92.50 level for the past 2-3 days due to intervention in the market by Reserve Bank of India. Liquidity remained thin ahead of Thursday’s holiday, triggering stop-losses after the level was breached,” Dilip Parmer, research analyst atHDFCSecurities, told FE. Persistent dollar outflows resulting from the sale of stocks by foreign portfolio investors (FPI) also continue to weigh on the currency. “FPIscontinue to sell in the equity market and together with oil importers are driving up demand for dollars, “Ritesh Bhansali, deputy CEO at Mecklai Financial Services said. He added that importers are increasingly hedging their exposures though exporters were leaving their exposures unhedged. In general, the currency is expected to be under pressure as long as prices of crude oil remain elevated. The RBI is expected to intervene to limit excessive depreciation.  According to Parmer the market will closely watch the 93 level. ENDS</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>From Infosys, HUL, TCS to Adani Green – Here are 8 stocks to watch</t>
+          <t>Govt depts unlikely to get SDF tag under DPDP Act</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Infosys buyback, HUL spin-off, TCS NHS deal, and more put 8 stocks in focus—see the key updates for investors today!</t>
+          <t>Private platforms may face tighter compliance</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>2025-11-19T06:33:06+05:30</t>
+          <t>2026-03-19T00:42:15+05:30</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/market/from-infosys-hul-tcs-to-adani-green-here-are-8-stocks-to-watch-4048874/</t>
+          <t>https://www.financialexpress.com/business/news/govt-depts-unlikely-to-get-sdf-tag-under-dpdp-act/4177261/</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>Several companies have announced important updates that could draw investor attention in today’s session. Key developments span buybacks, record dates, project wins, new agreements and product launches. Here’s a quick look at the stocks likely to be in focus today. Indian stock markets ended lower on Tuesday, breaking their six-day winning streak. TheNifty 50slipped 103 points, or 0.40%, to close at 25,910. TheBSE Sensexalso fell 278 points, or 0.33%, finishing the session at 84,673. Stocks to watch today, November 19 Infosysconfirmed that its 2025 share buyback will open on November 20 and run till November 26. The company plans to repurchase up to 10 crore shares at Rs 1,800 each, totalling Rs 18,000 crore, through the tender route. The buyback covers 2.41% of its standalone equity base. Hindustan Unileverhas set December 5, 2025 as the record date for shareholders eligible to receive shares of Kwality Wall’s (India) (KWIL). This comes after HUL received the NCLT-certified order approving the spin-off and completed all required filings. Tata Consultancy Servicessecured a five-year deal with NHS Supply Chain to upgrade its business systems and cloud platforms. The project aims to streamline healthcare supply operations using cloud and AI tools. Adani Energy Solutionsreceived a Letter of Intent from PFC Consulting for a major transmission system in Gujarat’s Khavda renewable energy zone. The project falls under Phase-V (8 GW) and will move ahead once final agreements are signed. Azad Engineeringentered a long-term arrangement with Pratt &amp; Whitney Canada. Under a new Master Terms Agreement and Purchase Agreement, the company will work on developing and manufacturing aircraft engine components. GR Infraprojectsannounced that Western Railways has assigned November 15, 2025 as the appointed date for its gauge conversion project. Covering nearly 39 km between Kosamba and Umarpada, the work includes bridges, station facilities, platforms, drainage, water supply and track-related tasks. RITESsigned an MoU with the Andhra Pradesh Economic Development Board to offer consultancy support. The collaboration will focus on attracting investments and developing infrastructure and industrial projects across the state. Escorts Kubotalaunched its next-generation KA6 and KA8 ride-on rice transplanters. The new models will be available across key rice-growing states, including Tamil Nadu, Andhra Pradesh, Punjab and Kerala.</t>
+          <t>Government ministries and departments are unlikely to be classified as significant data fiduciaries (SDFs) under the Digital PersonalData Protection(DPDP) Act, signalling a lighter compliance framework for public authorities even as stricter obligations are expected to apply to large private-sector platforms, officials aware of the discussions said. The indication emerged during a meeting convened on Wednesday by the Secretary, ministry of electronics and IT (MeitY), S Krishnan, with representatives from multiple ministries and government agencies to review the implementation of the data protection framework. Participants included officials from the ministries of home affairs, mines, heavy industries, and AYUSH, along with the department of posts, department of pharmaceuticals, theDefenceResearch and Development Organisation, and the department for promotion of industry and internal trade. According to sources, the government does not, at this stage, intend to notify its ministries or departments under the SDF category despite the scale of personal data handled by these entities. Instead, the designation is expected to be applied primarily to large private-sector entities such associal mediaplatforms, e-commerce marketplaces and technology service providers that process significant volumes of personal data. Under the Act, entities classified as SDFs are subject to additional compliance requirements, including the appointment of data protection officers, periodic data audits and the implementation of enhanced safeguards. The law allows the Centre to notify such entities based on factors such as the volume and sensitivity of data processed, risks to individuals’ rights and the potential impact on sovereignty and integrity. Officials, however, indicated that the option of classifying government entities as SDFs remains open and could be exercised in specific cases if required. Discussions also touched on the allocation of responsibility for data handling within the government ecosystem. Officials from the National Informatics Centre indicated that the organisation functions largely as a data processor, managing infrastructure on behalf of ministries rather than determining the purpose and means of processing. As a result, accountability under the law is expected to rest with the concerned ministry or department acting as the data fiduciary. Officials were also briefed on provisions in the Act that provide operational flexibility to the State. These include the ability to process personal data without fresh consent where it has been voluntarily provided, or where existing records are used for delivering subsidies, benefits, licences or certificates. Exemptions are also available in specific contexts such as legal proceedings, regulatory functions and law enforcement. At the same time, officials emphasised that government entities are not outside the scope of the law and will be required to comply with its provisions except where exemptions apply.</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>In pictures: PM Modi shares glimpses of spectacular Dev Deepawali celebrations in Varanasi</t>
+          <t>Inside B-Town’s Holi 2026 celebrations | From Vicky Kaushal, Manish Malhotra to Soha Ali Khan, Varun Dhawan – Bollywood paints the town red</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/photos/lifestyle-gallery/4034255/in-pictures-pm-modi-shares-glimpses-of-spectacular-dev-deepawali-in-varanasi/</t>
+          <t>https://www.financialexpress.com/photos/lifestyle-gallery/4161859/holi-2026-celebrations-from-manish-malhotra-to-soha-ali-khan-bollywood-paints-the-town-red/</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>No content available</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>PM Modi celebrates Diwali aboard INS Vikrant with Navy personnel – In Pictures</t>
+          <t>Israel-Iran War Day 2 In Photos: Fresh attacks on Dubai, Bahrain, Kuwait; airports turn chaotic, protests spread – All that’s happening</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/photos/business-gallery/4016621/pm-modi-celebrates-diwali-aboard-ins-vikrant-with-navy-personnel-in-pictures/</t>
+          <t>https://www.financialexpress.com/photos/business-gallery/4158728/israel-iran-war-day-2-in-photos-fresh-attacks-on-dubai-bahrain-kuwait-airports-turn-chaotic-protests-spread-all-thats-happening/</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>No content available</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>In Pictures | India gets ready for Diwali amid record shopping and rising pollution</t>
+          <t>In Photos: Highlights from Macron’s visit to India| From lunch with Bollywood celebs to defence deals with Modi</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>No synopsis available</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>No date available</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>https://www.financialexpress.com/photos/lifestyle-gallery/4015828/in-pictures-india-gets-ready-for-diwali-amid-record-shopping-and-rising-pollution/</t>
+          <t>https://www.financialexpress.com/photos/business-gallery/4146548/in-photos-highlights-from-macrons-visit-to-india-from-lunch-with-bollywood-celebs-to-defence-deals-with-modinbsp/</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>No content available</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
           <t>Commodities</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:F42"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>Synopsis</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Published Date</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>URL</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Content</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Category</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>Why did HDFC Bank’s Atanu Chakaborty resign? Letter cites ethtical concerns, Keki Mistry appointed interim head</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>U.S.-listed shares of HDFC Bank, ‌India's largest private-sector lender, were down 7% following the news.</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>2026-03-19T06:01:28+05:30</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance-why-did-hdfc-banks-atanu-chakaborty-resign-letter-cites-ethtical-concerns-keki-mistry-appointed-interim-head-4177332/</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>HDFC Banksaid late on Wednesday its part-time Chairman Atanu Chakraborty has resigned citing differences with the lender over “values and ethics”, sending its U.S.-listed shares sharply lower. “Certain happenings and practices ⁠within ​the bank, that I have observed over last two years, are not in congruence with my personal values and ethics,” Chakraborty ​said in ​his resignation letter, without elaborating. Chakraborty ⁠could not be immediately reached for comment. U.S.-listed shares of HDFC Bank, ‌India’s largest private-sector lender, were down 7% following the news. Its shares in Mumbai had closed 0.3% lower before the announcement on Wednesday. Chakraborty was appointed as part-time chairman in April 2021 for a ⁠three-year term, ⁠and reappointed in May 2024 for a further term extending through ⁠May ‌4, 2027. During his tenure, ​HDFC Bank merged with housing ‌finance firm HDFC Ltd in a $40 billion deal to create a financial services ‌behemoth. Chakraborty noted ​in his ​resignation ​letter, however, that benefits of the 2022 merger were “yet to fully ​fructify”. India’s central bank has approved ⁠the appointment of Keki Mistry as an interim part-time chairman, effective March 19, for three ‌months, ⁠HDFC Bank said in a statement to Indian stock exchanges.</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>RBI injects Rs 48,014 crore via 7-Day VRR auction as banking liquidity drops sharply after advance tax outflows</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>RBI injects Rs 48,014 crore via VRR auction as banking liquidity tumbles post advance tax payments, with GST outflows set to tighten conditions further.</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>2026-03-17T17:53:11+05:30</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance-rbi-injects-rs-48014-crore-via-7-day-vrr-auction-as-banking-liquidity-drops-sharply-after-advance-tax-outflows-4175660/</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>TheReserve Bank of Indiaon Tuesday injected Rs 48,014 crore in transient liquidity into thebankingsystem through a seven-day variable rate repo (VRR) auction. These funds were infused at a cut-off rate and weighted average rate of 5.26 per cent, the bank said in a statement. The liquidity injected was much lower than the notified amount of Rs 1.50 lakh crore, despite a sharp drop in surplus liquidity in the banking system due to advance tax payments. Under the VRR auction, the central bank auctions funds at variable interest rates for a short period, allowing banks to bid for a certain amount. Liquidity in the banking system is expected to tighten further after outflows to pay thegoods and services tax (GST), scheduled later this week. Currently, liquidity in the banking system is estimated to be in surplus of around Rs 75,483.63 crore as of March 16, sharply down from Rs 2.08 lakh crore as of March 15, before the advance tax payouts. RBI has infused Rs 3.50 lakh crore of durable liquidity into the banking system through open market purchase (OMO) of government securities since January 2026. In the last few months, the RBI has been infusing liquidity into the banking system to keep overnight rates under control. This has led overnight rates to hover sharply below the repo rate. As per a Reuters report, Indian bankers said that banks had limited appetite for borrowing from the central bank’s seven-day cash infusion operation on Tuesday, despite a narrowing of liquidity surplus, underscoring the need for more flexible options, such as allowing prepayments. The weak demand reflects a preference for very short-duration borrowing for greater flexibility. ⁠It signals that term funding, which is lending for longer than a day, is less attractive ‌despite moderating cash surplus conditions. This was evident in late January, when the RBI managed to infuse Rs 1.36 trillion in a 90-day window after allowing banks to repay early. That helped keep banking system liquidity above 1% of deposits over the past one-and-a-half months. Such comfortable ⁠liquidity is considered essential ⁠for smooth policy transmission.</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>PSBs’ valuation gap with pvt banks shrinks</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>PSB stocks have outperformed private peers in recent months, helping shrink the P/E valuation gap as credit growth strengthens and earnings visibility improves.</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>2026-03-16T20:07:53+05:30</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/market/psbs-valuation-gap-with-pvt-banks-shrinks-4174689/</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>The valuation gap betweenpublic sector banks (PSBs)and private lenders has been narrowing in recent months as the state-owned lenders continue to report stronger balance sheets and sustained profitability. Data from the NSE show that the trailing twelve-month price-to-earnings (P/E) ratio gap between the Nifty PSU Bank Index and the Nifty Private Bank Index moderated to about 9.41 as of March 13, compared with 11.85 in December. However, the interesting part is that this happened because the P/E ofprivate banksdeclined while it was steady for PSBs. The P/E ratio of the Nifty PSU Bank Index stood at 8.45x as on March 13, largely unchanged from 8.44x in December. In contrast, the Nifty Private Bank Index saw its P/E ratio decline from 20.29x to 17.86x during the same period, leading to the valuation differential becoming narrow. Last March, the P/E ratio of PSBs stood at 6.11x whereas for private banks, it was 14.46x. Since then, private banks rose sharply till December before it fell. In comparison, PSBs have shown a slow but steady rise.“We believe that balance sheet strengthening and strong, sustained earnings visibility have resulted in a valuation catch-up for PSBs, thereby narrowing the gap versus their private peers,” said Dnyanada Vaidya, research analyst – BFSI at Axis Securities. The rally in the PSB stocks reflects this outperformance. The Nifty PSU Bank index has gained 3.26% in the past three months, while the Nifty Private Bank index has fallen 11.43%. Over one year, public sector banks have rallied 47.25%, significantly higher than the 6.49% rise in the private bank index. Over three years, the PSU bank index has surged 127.32%, compared with 26.88% for private banks. Individual stock performance also reflects the divergence between the two segments. Among public sector lenders, shares of State Bank of India rose 8.7% between December 12 and March 13, while Union Bank of India gained nearly 14% and Bank of India advanced 6.4%. In contrast, several private bank stocks declined during the same period, with HDFC Bank falling 18.6%, ICICI Bank slipping 8.1% and Axis Bank declining 6.7%. Analysts said the shift partly reflects relatively slower growth among private lenders and the continuing balance sheet adjustments in the segment. Private banks have delivered comparatively slower loan growth, while loan-deposit ratios have remained elevated as lenders attempt to rebalance their funding mix. At the same time, stress in unsecured retail segments has kept credit costs relatively higher. “Recently, PSBs have been growing more rapidly in terms of credit growth. There has been some reduction in provisioning as well. They come at a much lower yield and spreads appeared to be bottoming out in the December quarter,” said Dhananjay Sinha, chief executive officer and co-head of institutional equities at Systematix Group. According to CareEdge Ratings, scheduled commercial banks recorded net advances growth of 13.4% year-on-year in the quarter ended December, supported by festive demand and lending across housing, MSME and corporate segments. Public sector banks continued to outpace private peers in loan growth during the period. However, deposit mobilisation lagged credit offtake, with deposits growing 10% year-on-year, reflecting subdued current account and savings account (CASA) accretion and a shift towards higher-yield term deposits, the report said.</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>Panel urges co-lending push to bridge MSME credit gap</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>To tackle India’s massive $530-billion MSME credit gap, a Parliamentary Standing Committee has recommended an aggressive expansion of bank-NBFC co-lending models.</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>2026-03-15T22:48:28+05:30</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/panel-urges-co-lending-push-to-bridge-msme-credit-gap/4173739/</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>To bridge the estimated $530-billion (around ₹44,520 crore) formal credit gap faced by micro, small and medium enterprises (MSMEs), the Parliamentary Standing Committee on Finance has urged the government to aggressively expand structured co-lending arrangements between banks and non-banking financial companies (NBFCs) in order to lower the overall cost of capital for small businesses. The committee highlighted the critical importance of the MSME sector, which employs around 33.34 crore people across 7.55 crore registered enterprises. It acknowledged several recent policy initiatives aimed at improving credit access, including the Rs 10,000-crore SME Growth Fund and the deployment of digital credit-assessment models designed to streamline lending decisions. Despite these measures, the panel noted that structural constraints in formal lending continue to persist. While bank credit to MSMEs grew by 21.8% year-on-year (YoY), a significant portion of small businesses still depend heavily on NBFCs for financing. NBFCs often borrow from public sector banks but lend onward to MSMEs at higher risk-adjusted rates, leading to a rapid expansion in NBFC-MSME credit, which has grown at a compound annual growth rate (CAGR) of about 36%. Expanding structured co-lending models between banks and NBFCs, the committee said, could help reduce borrowing costs for MSMEs while improving credit penetration. The panel also recommended a robust expansion of the Trade Receivables Discounting System (TReDS) to address liquidity challenges caused by delayed payments. By enabling MSMEs to discount invoices raised on corporate buyers, government departments and public sector undertakings, TReDS can provide faster access to working capital and ensure smoother operational cash flows for the so-called “missing middle”. Highlighting the broader structural issue, the committee noted that India’s credit-to-private-sector-GDP ratio stands at about 57%, significantly lower than that of peers such as China (185%), South Korea (160%) and Brazil (74%). It observed that closing even 20% of the estimated MSME credit gap could inject nearly Rs 2 lakh crore into annual GDP, underscoring the importance of expanding formal credit channels. In the Union Budget 2026–27, the government announced an additional Rs 2,000 crore for the Self-Reliant India (SRI) Fund, which aims to facilitate equity infusion of up to Rs 50,000 crore in growth-oriented MSMEs through a combination of government support and private capital. Bank credit to MSMEs grew by 24.6% year-on-year in November 2025, compared with 10.2% growth a year earlier. MSME exports have also surged from Rs 3.95 lakh crore in 2020-21 to Rs 12.39 lakh crore in 2024-25, accounting for nearly 46% of India’s total exports. On the TReDS platform, the number of invoices processed rose from 1.42 crore in December 2024 to 2.15 crore in December 2025, a 51.8% increase. The total value of invoices discounted climbed from Rs 4.5 lakh crore to Rs 7.6 lakh crore during the same period, reflecting a 68.9% year-on-year rise.</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>Valuation gap between PSU and private banks narrows</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Sharp rise in PSB share prices due to strong performance</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>2026-03-15T17:53:34+05:30</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/valuation-gap-between-psu-and-private-banks-narrowsnbsp/4173521/</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>The valuation gap between public sectorbanksand privatelendershas begun to narrow in recent months as they continue to report stronger balance sheets and sustained profitability. Data fromNSEshows that the gap in the price-to-earnings (P/E) ratio between the Nifty PSU Bank Index and the Nifty Private Bank Index moderated to about 9.41 as on March 13, compared with 11.85 in December. However, the interesting part is that this happened because the P/E of private banks declined while it was steady  PSUs. The P/E ratio of the Nifty PSU Bank Index stood at 8.45x as on March 13, largely unchanged from 8.44x in December. In contrast, the Nifty Private Bank Index saw its P/E ratio decline from 20.29x to 17.86x during the same period, leading to the narrowing valuation differential. Last March, the PSU bank P/E ratio stood at 6.11x whereas for private banks, it was 14.46x. Since then, private banks rose sharply till December before it fell. In comparison, PSU banks have shown a slow but steady rise. “We believe that balance sheet strengthening and strong, sustained earnings visibility has resulted in a valuation catch-up for PSBs (public sector banks), thereby narrowing the gap versus their private peers,” said Dnyanada Vaidya, research analyst – BFSI at Axis Securities. The rally in the PSU bank stocks reflect this outperformance. The Nifty PSU Bank index has gained 3.26% in the past three months, while the Nifty Private Bank index has fallen 11.43%. Over a one-year period, PSU banks have rallied 47.25%, significantly higher than the 6.49% rise in the private bank index. Over three years, the PSU bank index has surged 127.32%, compared with 26.88% for private banks.Individual stock performance also reflects the divergence between the two segments. Among public sector lenders, shares of State Bank of India rose 8.7% between December 12 and March 13, while Union Bank of India gained nearly 14% and Bank of India advanced 6.4%. In contrast, several private bank stocks declined during the same period, with HDFC Bank falling 18.6%, ICICI Bank slipping 8.1% and Axis Bank declining 6.7%. Analysts said the shift partly reflects relatively slower growth among private lenders and balance sheet adjustments underway in the segment. Private banks have delivered comparatively slower loan growth, while loan-deposit ratios have remained elevated as lenders attempt to rebalance their funding mix. At the same time, stress in unsecured retail segments has kept credit costs relatively higher. “Recently, public sector banks have been growing more rapidly in terms of credit growth. There has been some reduction in provisioning as well. They come at a much lower yield and the spreads appeared to be bottoming out in the December quarter,” said Dhananjay Sinha, chief executive officer and co-head of institutional equities at Systematix Group. According to CareEdge Ratings, scheduled commercial banks recorded net advances growth of 13.4% year-on-year in the quarter ended December, supported by festive demand and lending across housing,MSMEand corporate segments. Public sector banks continued to outpace private peers in loan growth during the period. However, deposit mobilisation lagged credit offtake, with deposits growing 10% year-on-year, reflecting subdued current account and savings account (CASA) accretion and a shift towards higher-yield term deposits, the report said. Scheduled commercial banks’ net interest income (NII) grew 4.9% year-on-year in Q3FY26, while net interest margins (NIMs) declined 14 basis points to 2.92% due to compressed spreads as lending rates adjusted faster than deposit costs. Sequentially, margins improved marginally by 3 basis points, indicating some stabilisation in spreads. Both public sector banks and private banks recorded a year-on-year decline in NIMs, although private banks posted a slightly higher sequential uptick, the report said.</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>Green bond issuances set to get fillip</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Bank of Baroda’s Rs 10,000 crore issuance is a major step in renewable energy lending space, said experts</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>2026-03-15T17:15:35+05:30</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/green-bond-issuances-set-to-get-fillip/4173489/</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>The success ofBank of Baroda’s (BoB) Rs 10,000 crore green infra bond issuance, the first such issuance from an Indian bank, is expected to encourage otherbanksto tap the space as well. In addition, it marks a major step in the renewable lending space and sustainable finance, experts said. According to sources, banks such asUnion Bank of IndiaandIndianBank are already evaluating this strategic option after seeing the strong demand in Bank of Baroda’s issuance. The issue saw bids totalling Rs 16,415 crore—more than triple the base size of Rs 5,000 crore. It secured a competitive cut-off coupon of 7.10%, offering a ‘greenium.’ It got a spread of 38 basis points (bps) over the 10-year government bond compared to the typical spread of 60-70 bps. “With the rising focus on environmental sustainability, banks continue to scale up their exposures to the renewable energy sector, which is one of the key growth areas. The sector’s rapid expansion is attracting sustained capital inflows, with banks actively capitalising on the opportunities,” said Sachin Sachdeva, vice president &amp; sector head – financial sector ratings, ICRA. Bank lending to the renewable segment has been on the rise. State Bank of India sanctioned Rs 1.34 lakh crore as of December 2025 for renewable projects.  Union Bank of India’s renewable portfolio grew 35% year-on-year (YoY) to Rs 16,442 crore, whereas Punjab National Bank sanctioned Rs 14,479 crore. On the other hand, credit extended to petroleum, coal products, and nuclear fuels has moderated to14.5% in February compared to 19% a year ago, according to the Reserve Bank of India (RBI) data. “The funding for renewables is in the right direction, as energy security is a top priority. The dependency on fossil fuel will reduce over time due to geopolitical oil risks, necessitating the evolution of renewables-which, in turn, demands greater funding,” said Vivek Iyer, partner and financial services risk leader, Grant Thornton Bharat. He added that infra green bonds enable pure long-term borrowings for lending, avoiding banks’ asset-liability mismatches—making them a prudent funding choice for renewable energy space as these are longer projects. India aims to produce 500 gigawatts from non-fossil sources by 2030 and has achieved more than 50% of its cumulative electric power capacity as of now. Experts indicate the target remains achievable if the country sustains its current pace. This growing momentum leads banks to anticipate strong sector expansion and to fund those projects. “Demand in other sectors remains subdued, but this area offers lenders significant opportunities. Moreover, there is a government push. Bank of Baroda’s issuance has given a sense of what price the market will take, and this will encourage further such issuances,” said a senior official at a public sector bank. Another public sector banker said that he expects a double digital-credit growth from this space. He added that they are also considering to tap both domestic as well as overseas market to fund these opportunities “Public sector banks will bet big on renewables—historically dominant in infra lending. Over the next 3-5 years, I expect them to dive in and green bond issuances to pick up.  Renewables offer huge opportunities amid the energy transition, as capital demand far exceeds supply, spurring banking involvement. As the transition happens, you may actually see the broader banking ecosystem getting into consortium lending arrangements as well,” Iyer said. Experts noted that banks need to be very calculated about the exposures towards renewable energy projects as the segment is still new and are longer in nature.</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>Govt scraps IDBI Bank strategic sale</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>The Indian government has officially cancelled the strategic disinvestment process for IDBI Bank after received financial bids from major investors failed to meet the set reserve price.</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>2026-03-14T01:28:15+05:30</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/govt-scraps-idbi-bank-strategic-sale/4172121/</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>The government has cancelled the strategic disinvestment ofIDBI Bankafter the financial bids received fell short of the reserve price set for the transaction, according to official sources. Of the shortlisted bidders, Fairfax Financial Holdings and Emirates NBD are understood to have submitted financial bids on February 6.Kotak Mahindra Bank, which was also on the shortlist, had earlier indicated that it would not participate in the financial bidding process. “The current process has been cancelled. The government remains committed to the strategic disinvestment of IDBI Bank, and the process will be restarted when market conditions improve,” an official aware of the development said told FE. The Centre andLife Insurance Corporationof India are jointly planning to sell a 60.72% stake in the lender as part of the strategic sale. Under the proposed transaction, the government intended to divest 30.48% stake in IDBI Bank, which is valued at roughly Rs 30,000 crore at prevailing market prices. In line with standard market practice and government guidelines, the reserve price for the transaction was determined based on a business valuation carried out by the transaction adviser. The reserve price was finalised only after the sealed financial bids were received. Shares of IDBI Bank on Friday ended 6.68% lower at Rs 92.2 on the BSE. The Department ofInvestmentand Public Asset Management had received multiple expressions of interest for the stake sale on January 7, 2023. After due diligence and regulatory scrutiny by the Reserve Bank of India, four bidders were shortlisted to proceed to the next stage of the process.</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>RBI seeks Middle East exposure data from banks</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>RBI Intensifies Oversight: Banks Asked to Map Exposure to Middle East Amid Regional Volatility</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>2026-03-13T21:59:51+05:30</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/rbi-seeks-middle-east-exposure-data-from-banksnbspnbsp/4172010/</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>The Reserve Bank of India (RBI) has asked banks to furnish detailed information on their exposure to the Middle East, said bankers. “The RBI has asked for a comprehensive breakdown of exposure, covering not just loans but also contingent liabilities such as guarantees and letters ofcredit,” said one banker, who confirmed the development on condition of anonymity. Another senior state-run banker added, “We have been asked to provide details of the affected sector operating in the region. The exercise is aimed at mapping risks more closely.” According to them, theCentral Bankhas sought granular data on both direct and indirect loan exposure, including letters of credit, and other fund-based as well as non-fund-based facilities extended to corporates with operations in the Middle East. While the regulator has not flagged any immediate concerns, the data collection exercise is expected to help it build a sharper picture of systemic exposure and prepare for potential stress scenarios. According to report byState Bank of Indiaresearch department on March 7, exposure of Indian banks to Qatar immediate country risk basis stood at $ 2.25 billion as of December 2025, while exposure to Oman and UAE stood at $800 million and $ 7 billion, respectively. The report also pointed out that total GCC countries hold a share of 13.06 % in India’s export and 16.18% share in India’s total imports during Apr-Dec 25 period. Other West Asian countries holding a share of 2.03 % in export and 3.94 % share in Indias imports during the same period. The move comes as the RBI intensifies its monitoring of overseas risks that could potentially spill over into the domestic financial system. Officials familiar with the matter said the regulator wants to assess the extent of vulnerability Indian banks may face if the situation in the Middle East escalates further, impacting trade flows, remittances and corporate operations. The RBI also asked the data on exposures to sectors which are affected by the on-going crisis, bankers said. They stated that they are also watchful of their exposures and increased their due diligence. Banks have played a significant role in financing trade and projects connected to the Middle East, given India’s deep economic ties with the region. With crude oil imports, remittances from Indian workers, and corporate linkages forming a large part of the bilateral relationship, the RBI’s stance is basically safeguarding financial stability.</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>Central Bank of India partners with IIFL Finance for co-lending loans</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Central Bank of India has partnered with IIFL Finance under RBI’s co-lending guidelines to offer loans at competitive rates and expand credit access across India.</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>2026-03-12T14:21:18+05:30</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance-central-bank-of-india-partners-with-iifl-finance-for-co-lending-loans-4170376/</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>Central Bank of Indiais in focus after it entered into a co-lending partnership withIIFL Financeto offer loans at competitive interest rates. “Central Bank of India has entered into Co-Lending Partnership with IIFL Finance to offer Loans at competitive rates, subject to compliance with the applicable law(s) including the revised Co-Lending Arrangements (CLA) guidelines dated 28.11.2025 issued by Reserve Bank of India (RBI),” The  Bank said in its regulatory filing. Under the arrangement, IIFL Finance will originate loan proposals, which will then be processed by both lenders based on jointly defined credit parameters and eligibility criteria. Borrowers will benefit from a blended interest rate offered under the co-lending structure. IIFL Finance will also service the loan accounts throughout the lifecycle of the loan. The partnership is expected to help both institutions expand their lending portfolios while improving credit access for borrowers across the country. IIFL Finance is a retail-focused non-banking financial company registered with the RBI and is a major player in the gold loan segment in India. The bank has its headquarter in Mumbai and has a network of 4,761 branches across the country and serves a large customer base, particularly in underserved segments. As of December 31, 2025, IIFL Finance reported assets under management (AUM) of Rs 49,027 crore. The co-lending arrangement is expected to strengthen customer outreach for both lenders while helping expand credit availability across India. Theshare price of Central Bank of Indiahas surged 1% in the intra-day trading session on Wednesday. The stock is gained slightly over 1.07% in past three months and 1.49% in past six months. IIFL Finance is also trading flatin the intra-day session. The stock has declined 8.31% in past one month and 17.36% in the past three months.</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>Maharashtra Loan Waiver: Why BNP Paribas says PSU banks will bear the brunt of Rs 2 lakh relief</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>BNP Paribas says Maharashtra’s Rs 2 lakh crop loan waiver could impact PSU banks due to reimbursement delays and weaker repayment discipline.</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>2026-03-12T13:12:53+05:30</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/industry-maharashtra-loan-waiver-psu-banks-impact-bnp-paribas-hdfc-bank-icici-bank-axis-bank-4170298/</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>Maharashtra, in its latest Budget, announced that crop loans of up to Rs 2 lakh will be waived off. Though this is good news for farmers, the question is how would this waiver impact the balance sheet of banks? BNP Paribas said the announcement has triggered key concerns – delay in reimbursements and weakening of repayment discipline. However, despite these concerns, analysts say the overall impact on banks could be limited based on past experience. Here is why. First, banks may face a temporary financial impact because governments usually take time to reimburse lenders for waived loans. This delay can create an effective net present value (NPV) loss for banks, which may require additional provisioning. BNP Paribas noted that crop loans are largely held bypublic sector banks (PSUs)and cooperative banks, whose repayment track records have historically been weak. As a result, the financial hit from loan waivers may not be significantly higher than the credit costs banks already face in normal circumstances, hinting that it might be helpful for the PSU only. Second, frequent loan waiver schemes can weaken repayment discipline among borrowers. Analysts say such measures could affect the repayment culture in rural credit products, including microfinance loans, tractor financing and rural housing loans.They added that the Rs 50,000 incentive announced by the Maharashtra government for farmers who repay loans regularly will encourage better repayment behaviour. Third, markets fear that such policies may spread across states. Loan waivers often become politically competitive measures, with other states adopting similar schemes. They noted that Bihar has already announced a similar move recently. On this concern, BNP Paribas again reiterated that many regions already struggle with low recovery rates in agricultural lending. BNP Paribas said that the business model of PSU banks remains more vulnerable to policy-driven social obligations. Such obligations can lead to earnings volatility because PSU banks already operate with a relatively lower return on assets and higher leverage. By contrast,private sectorbanks have limited exposure to such risks and continue to show stronger profitability. BNP Paribas also said the valuation gap between public- and private-sector banks also supports their preference for private lenders. They noted that large private banks are currently trading below their long-term valuation averages, while PSU banks are still trading above their historical levels based on consensus estimates. Conclusion PSU Banksare relatively more exposed to these Government schemes than private banks.  BNP Paribas believes that as a result of this they would preferHDFC Bank,ICICI BankandAxis Bankas their top banking picks. However, they maintain a neutral stance on theState Bank of India. Disclaimer: This article provides factual analysis only and is not, and should not be construed as, an offer, solicitation, or recommendation to buy or sell securities. Investors must conduct their own independent due diligence and seek advice from a SEBI-registered financial advisor.</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>RBI could maintain prolonged pause: Economists</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Besides ensuring ample liquidity, the central bank is like to follow a wait-and-watch policy</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>2026-03-11T21:39:43+05:30</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/rbi-could-maintain-prolonged-pause-economists/4169837/</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>Economists expect theReserve Bank of India(RBI) to keep policy rates unchanged in April as geopolitical tensions, volatile commodity prices and evolving domestic macroeconomic indicators cloud the outlook for monetary policy. In its February policy review, the RBI kept the repo rate unchanged at 5.25% and maintained its neutral stance. “I believe the rate cut cycle is over, and the RBI definitely will maintain a status quo,” said Madan Sabnavis, chief economist at Bank of Baroda. Agreed Gaura Sengupta, chief economist atIDFC First Bank, “The ongoing Middle East conflict is essentially a supply-side issue rather than a demand-driven concern. With the RBI ensuring adequate system liquidity, we do not anticipate any change in rates or policy stance in the forthcoming review.” While rising oil prices could push up inflation, tightening policy in response could also risk slowing growth, leaving central bankers with limited room for aggressive rate actions. Global oilbenchmarksfluctuated sharply this week – first rising to almost $120  per barrel before crashing to $81 on Tuesday. On Wednesday it was hovering around $88-89 per barrel. The pullback was driven by indications from the US administration that the conflict in Iran might end soon, and that efforts are underway to step up oil supplies through waiver of selected sanctions, plans to dip into emergency stockpiles, provide insurance and navy support for vessels through the Strait of Hormuz, among others. Sakshi Gupta, chief economist at HDFC Bank, added that if the conflict is resolved in the coming weeks, the impact on India’s growth and inflation trajectory would likely remain limited and would not warrant any immediate monetary policy action. “Medium-term monetary policy response would be contingent on whether the conflict prolongs and leads to any sustained inflationary risks in the economy,” she added. In a report by DBS Bank, senior economist Radhika Rao said that the RBI is likely to undertake targeted measures to ease market tensions, if needed. “Outside of the geopolitical tensions, we continue to expect the rupee to underperform the regional pack, even as the broader dollar might stabilise,” Rao added. The currency had depreciated to a fresh low against the dollar, at 92.33 on Monday. To cap yields, the RBI conducted debt purchases via open market operations (OMO) worth Rs 50,000 crore on March 9 to stabilise the bond markets and has scheduled another Rs 50,000 crore on Friday, ahead of heavy seasonal advance tax as well as GST related outflows due in the coming weeks. This infusion would ease the drain from strong FX intervention and maturing FX forwards, the report said.</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>RBI tightens banks’ dividend payout norms</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Reserve Bank of India issues final guidelines tightening bank dividend payouts, capping them at 75% of net profit and linking distributions to capital adequacy and asset quality, effective from FY27.</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>2026-03-10T23:56:38+05:30</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/rbi-tightens-banks-dividend-payout-norms/4168752/</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>The Reserve Bank of India (RBI) on Tuesday issued final guidelines, tightening dividend payouts bybanksand linking them to capital adequacy and asset quality. The new rules limit payouts to 75% of the net profit. TheRBIhas eased the norms regarding the calculation of adjusted profit after tax (PAT). Under the final guidelines, the adjusted PAT should be arrived at by reducing 50% of net non-performing assets (NPA), instead of 100% earlier. The RBI has rejected the request to consider current year’s common equity tier (CET) 1 ratio instead of the previous year’s CET1. It has also junked the suggestion to pay dividends from exceptional income or profit. “The dividends shall not be paid from exceptional income/profit, as they are non-recurring in nature. Further, it is not feasible to issue an exhaustive list of all possible exceptional or non-recurring incomes,” the RBI said. The RBI also rejected the request from banks to defer the implementation of these guidelines till the implementation of guidelines on expected credit loss, citing these are two separate subjects and cannot be linked to each other. As per the new guidelines, the RBI has mandated specific criteria for banks to declare dividends. They need to comply with regulatory capital requirements at the end of the prior financial year and maintain compliance through the year when the dividend is proposed. Banks should also ensure that regulatory capital stays above requirements post-dividend. The bank incorporated in India shall have a positive adjusted PAT for the period for which the dividend is proposed, while foreign bank operating in India in the branch mode should also have a positive net profit. Violating these guidelines may attract supervisory or enforcement actions, the RBI said. These directions shall come into effect from FY27 and the extant prudential norms on declaration of dividend and remittance of profits shall remain valid till FY26. the RBI said.</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>RBI ends ambiguity, allowing NBFCs, ARCs to scale business growth</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>The Reserve Bank of India allows NBFCs and ARCs to include quarterly profits in their capital base, providing greater capital flexibility, improved Tier 1 capital calculation, and enhanced lending and asset reconstruction capacity.</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>2026-03-10T22:59:21+05:30</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/rbi-ends-ambiguity-allowing-nbfcs-arcs-to-scale-business-growth/4168674/</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>The Reserve Bank of India (RBI) on Tuesday effectively opened the door to higher business activity for Non-Banking Financial Companies (NBFCs) and Asset Reconstruction Companies (ARCs) by allowing them to calculate quarterly profits toward their capital base/net worth. The amendment directions aim to remove the long‑standing ambiguity regarding how NBFCs and ARCs compute their owned funds and Tier 1 capital. The move standardises the treatment of quarterly profits across the financial sector and is expected to enhance capital flexibility for these entities. “For years, we operated in a regulatory grey zone, relying only on audited annual numbers to avoid compliance risks. With the regulator now formally permitting quarterly profits, subject to defined checks, we gain immediate additional capital headroom that can be deployed for lending, investments, and asset reconstruction, directly boosting their ability to take on more business through the year,” said a CEO from a domestic ARC. Adding further, a senior NBFC official said, “This clarity is overdue and hugely beneficial.” He stated that the ability to recognise quarterly profits immediately expands usable capital and, with it, business capacity. NBFCs and ARCs relied solely on audited annual financials to determine capital adequacy, largely because regulations were unclear about whether quarterly profits could be included. As the RBI stated, NBFCs (other than those in the upper layer) and ARCs traditionally reckon Tier 1 capital as on March 31 of the previous year for complying with Credit / Investment concentration norms. This created a conservative approach that often constrained business expansion, especially for ARCs seeking to scale operations in a growing distressed‑asset market. The latest amendments now permit quarterly profits to be recognised as part of net worth, subject to strict conditions. First, quarterly financial statements must undergo a limited review or audit by statutory auditors, an assurance mechanism that the RBI defended despite industry pushback. As the regulator stated, quarterly reviews are essential to ensure profits are recognised correctly and mitigate the risk of later reversals. Second, the recognised profit must be adjusted for dividends. The RBI has retained the formula requiring deduction of the average dividend paid over the last three financial years, rejecting proposals to shift to a variable dividend‑payout ratio. This approach, the central bank argued, maintains parity with norms applicable to banks and NBFCs in the upper layer.</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>NBFC growth may moderate as gold loan boom untenable: ICRA</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>For banks, the deposit growth lagging credit growth remains the key structural challenge. Srinivasan said banks may need to rely more on alternative funding sources, such as infrastructure bonds or capital instruments, if credit growth continues to outpace deposit mobilisation.</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>2026-03-10T21:24:05+05:30</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance-nbfc-growth-may-moderate-as-gold-loan-boom-untenable-icra-4168574/</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>The overall growth in thenon-banking financial companies (NBFC)sector may witness a moderation as gold loans, one of the key drivers, are unlikely to maintain the sharp rise of the past two years, rating agency ICRA has said. The sharp surge in gold loan growth that powered non-bank lender balance sheets over the past two years is unlikely to continue at the same pace, which could moderate overall sector growth going ahead, according to ratings agency ICRA. Gold loans expanded by 50–60% in recent years, but much of that increase was driven by rising prices, rather than any growth in underlying volume, said Karthik Srinivasan, senior vice president and group head – financial sector ratings at ICRA. “A large part of the increase in gold loan AUM has come from the value of gold rather than the tonnage growth. Unless gold prices rise sharply again, that pace of growth is not sustainable.” As a result, while the outlook for NBFCs remains stable, the sector is expected to see a moderation in growth to around 16–17% in FY27. ICRA expects the overall outlook for both banks and NBFCs to remain broadly stable over the next fiscal, provided global uncertainties do not play spoilsport. For the banking sector, the credit growth is expected to remain around 11.5% in FY27, broadly in line with underlying trends. Credit growth in FY26 may appear slightly higher at 13–13.5%, Srinivasan said, largely because of a technical change in the Reserve Bank of India’s reporting methodology that influences the way of measuring the credit growth. Despite geopolitical uncertainties and volatile global conditions, Indian banks and NBFCs remain resilient for now. “Banks and NBFCs are well capitalised, liquidity is adequate and asset quality remains under control. So, we do not expect any immediate shock to the banking system,” Srinivasan said. If global conflicts persist for long, there could be indirect economic implications. Trade disruptions could extend working capital cycles for import-export businesses, potentially creating cash-flow pressures and asset quality risks over time. Asset quality indicators may remain stable in near term. ICRA expects the gross non-performing asset ratio (GNPA) for banks at around 2.2% and the net NPA ratio near 0.5%, while NBFCs could see GNPA levels stabilising at around 2.5%. Much of the stress in the past year came from unsecured retail lending and microfinance, but that cycle has largely played out, and new loan originations are encouraging. While the sector outlook remains stable, funding conditions are becoming more selective, particularly for smaller or lower-rated NBFCs. In a risk-averse environment, lenders typically prefer stronger and higher-rated borrowers, which makes it harder for smaller NBFCs to access funds at competitive terms, leading several shadow lenders to tap overseas borrowing markets. For banks, the deposit growth lagging credit growth remains the key structural challenge. Srinivasan said banks may need to rely more on alternative funding sources, such as infrastructure bonds or capital instruments, if credit growth continues to outpace deposit mobilisation. However, over the medium term, he said, banks will need to either accelerate deposit mobilisation or moderate credit growth to maintain the balance-sheet stability.</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>No title</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>No synopsis available</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr"/>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>No content available</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>No title</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>No synopsis available</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr"/>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>No content available</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>No title</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>No synopsis available</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr"/>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>No content available</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>No title</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>No synopsis available</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr"/>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>No content available</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>RBI proposes to compensate for small-value digital frauds</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Coverage for up to 85% of lost amount or a maximum of Rs 25,000</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>2026-03-07T01:21:27+05:30</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/rbi-proposes-to-compensate-for-small-value-digital-frauds/4164830/</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>TheReserve Bank of Indiaon Friday released draft guidelines for a compensation scheme aimed at protecting individuals from digital frauds. According to the guidelines, individuals who have lodged a complaint involving a gross loss of up to Rs 50,000 on account of a fraudulent electronic banking transaction would be compensated 85% of the net loss amount, or Rs 25,000, whichever is less, once during their lifetime. The guidelines will be applicable for cases of electronic banking transactions undertaken by customers on or after July 1, 2026. The RBI has specified that the victim will have to report the fraud on the NationalCyber CrimeReporting Portal or National Cyber Crime Helpline (1930) and to the bank within five calendar days from its occurrence. In the case of joint accounts, any one of the account holders may submit the claim for compensation. “The customer availing (of) compensation as a joint account holder shall not be eligible for claiming compensation in his/her capacity as a single account holder in future and vice versa,” the draft said. If any money is recovered after thebankhas already paid compensation for a fraudulent electronic transaction, it will recalculate the amount based on the customer’s actual loss. If excess compensation was paid earlier, the bank will adjust it from the recovered amount and pay the balance to the customer. For banks, the RBI has proposed to put in place a suitable mechanism and structure for periodic reporting of complaints to the board or one of its committees. The bank will have to compensate the customer within five calendar days of receipt of the application, and would seek reimbursement of the applicable amount from the RBI on a quarterly basis. The bank’s board or its committee will have to periodically review the fraudulent electronic banking transactions reported by customers, the action taken thereon, functioning of the grievance redressal and compensation mechanism, and take appropriate measures to improve the systems and procedures. In cases of third-party breach reported to the bank after five calendar days, the customer shall be compensated in eligible cases. If the third-party breach is not eligible for compensation as per these provisions, the customer’s liability shall be determined as per the bank’s policy. It also said loss arising from any unauthorised transaction occurring after reporting of the fraudulent electronic banking transaction by a customer shall be borne by the bank. The proposed compensation mechanism will be in force for one year from the effective date of these guidelines. The guidelines would be reviewed on the basis of the experience gained with an objective of enhancing the share of the banks and reducing or eliminating the share of RBI in the compensation paid to the victims, the draft said. The RBI has sought feedback on the draft by April 6.</t>
+        </is>
+      </c>
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>Rising loan yields, easing deposit costs may aid bank margins</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>Indian banks are poised for a margin rebound as January 2026 data reveals a dual tailwind: rising weighted average lending rates on fresh loans and a marginal easing in term deposit costs.</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>2026-03-06T22:03:08+05:30</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/rising-loan-yields-easing-deposit-costs-may-aid-bank-margins/4164705/</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>Higher rates on fresh loans and moderation indepositcosts are likely to bring some relief for banks on the profitability front, as these will help stabilise margins after several quarters of pressure. However, analysts said the extent of margin improvement would depend on how quickly deposit costs adjust and whether credit growth remains strong enough to support loan pricing. Data released by theReserve Bank of Indialast week showed that while the weighted average lending rate on fresh rupee loans inched up in January, the weighted average term deposit rate eased marginally. The shift suggests that banks may start seeing some improvement in spreads if the trend persists, particularly after a prolonged period during which funding costs rose faster than lending rates. RBI data showed that yields on fresh loans increased by 44 basis points (bps) for public sector banks, 18 bps for private sector banks and 39 bps for the banking system during the month. A report byMotilal Oswal Financial Servicessaid yields rose acrossbankcategories in January, signalling a favourable lending environment towards the end of the current fiscal. “Now that we are near the end of the rate-cut cycle, further transmission looks difficult,” a report by Phillip Capital said. Analysts said the uptick in fresh loan rates could also reflect a shift in the composition of loans being disbursed in a particular month. “Fresh lending rates are heavily influenced by the asset mix in a given month. If corporate or large NBFC loans dominate disbursements, the average rate tends to fall because these loans are usually finely priced,” Sachin Sachdeva, vice president, sector head – financial sector ratings at ICRA, said. Bankers said lending rates seem to have bottomed out. “We saw an uptick in deposit rates and money market rates during the last six months. Secondly, banks have already brought the yield on advances down as around 60% of loans are linked to external benchmarks. Banks have started to look for segments where yields are high to protect the net interest margin (NIM). This has led to a shift towards those segments and high-yield portfolios have grown faster than low-yield ones,” said Alok Singh, treasury head at CSB Bank. At the same time, weighted average term deposit rate for fresh deposits declined marginally to 5.66% in January, reflecting early signs of easing deposit costs after months of intense competition among banks to attract deposits. The moderation in deposit costs could help banks contain their cost of funds and support NIM, which had come under pressure over the past year as lenders raised deposit rates aggressively to mobilise funds amid strong credit demand. The credit growth has shown signs of improvement, with loans expanding by around 13.7% year-on-year, and analysts expect credit demand to remain healthy in the coming quarters. “We expect credit growth estimate at +14% over FY26 28E vs. earlier expectation of +13% for FY27,” Motilal Oswal said in its report. Brokerages expect credit growth to sustain at around 14% annually over the medium term, supported by retail demand as well as a gradual pick-up in corporate and small and medium enterprises lending.</t>
+        </is>
+      </c>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>SBI strongest Indian bank; HDFC Bank leads in brand value: Brand Finance</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>The 2026 Banking 500 report by Brand Finance reveals SBI as India’s only AAA+ rated bank, ranking 16th for global brand strength.</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>2026-03-05T21:41:25+05:30</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/sbi-strongest-indian-bank-hdfc-bank-leads-in-brand-value-brand-finance/4163643/</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>State Bank of India(SBI) has been ranked the 16th strongest bank globally and the only Indian name with AAA+ rating, the highest accolade for brand strength, according to the 2026 Banking 500 journal released by brand valuation consultancy Brand Finance on Thursday. The report also namesHDFC Bankas the most valuable Indian banking brand, although it dropped seven places to 31 from its 2025 ranking in the global rankings. SBI’s brand value rose by 2% y-o-y to reach $8.1 billion as the bank claimed the 56th spot (down from 49 last year) among the most valuable global brands. HDFC Bank’s brand value saw a decline of 7% to reach $12.4 billion this year, but it climbed four places from 2025 to reach the 28th rank for brand strength globally. ICICI Bank’s brand value climbed by 19% to $5.5 billion, taking it six places ahead of last year’s ranking to 76. Indian banking brands continue to gain ground globally, with 19 banks from the country featured in the rankings, collectively representing $47.8 billion in brand value. The report credits SBI’s latest performance to its continued diversification and digital initiatives that have driven customer acquisition, cross-selling and higher transaction volumes. HDFC Bank’s performance in the last year was underpinned by its acquisition of HDFC Limited in 2023, which positioned the bank as a direct provider of housing loans and broadened its retail product suite. “India’s banking sector over the last couple of years has invested heavily in back-end technology and CX (customer experience) interfaces, enabling a smoother engagement with its vast customer base. In our 2026 analysis, we witness mid-sized banks, both public and private, closing the gap rapidly with large, established private and public sector banks, demonstrating the power of technology to bring services closer to end-customers,” said Ajimon Francis, managing director India for Brand Finance, noting that the brands to watch out for areCanara Bank, Punjab National Bank, Federal Bank and Yes Bank, among others. Some of the other Indian names on the global list include Axis Bank (96), Canara Bank (136), Union Bank of India (151), Punjab National Bank (153), Kotak Mahindra (160), Indian Bank (194), Bank of India (209), IndusInd (247), IDBI (286), Federal Bank (293) and Yes Bank (346), among others.</t>
+        </is>
+      </c>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>Private banks lose share to NBFCs in consumer durable loans</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Private banks, however, have not entirely exited the space, says another official from the private bank. Instead, they have recalibrated strategies by shifting the focus from consumer durable loans to credit card-based financing.</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>2026-03-04T00:05:20+05:30</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance-private-banks-lose-share-to-nbfcs-in-consumer-durable-loans-4161634/</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>The aggressive push by non-banking financial companies (NBFCs) into consumer durable financing has steadily eroded the market share of private sector banks. Apart from established players likeBajaj FinanceandHDB Financial Services, newer entrants such as Poonawalla Fincorp and TVS Credit have intensified competition, leveraging strong merchant tie-ups and technology-driven platforms to capture point-of-sale lending for electronics and household appliances. Aggressive sales and marketing strategies have allowed them to dominate the space. Data from credit bureau CRIF High Mark show that NBFCs accounted for nearly 82.8% of the value of consumer durable loan originations for the December quarter, up from about 70% two years ago. In contrast, private banks’ share has declined from 29% to 14% during the same period. The trend is similar even in terms of volumes. “Regulations have also contributed to NBFCs gaining traction, as they can directly market zero-interest-rate schemes for their products, while banks are restricted from highlighting those in their promotional strategy,” said a senior official from a private sector bank. Data for bank credit to consumer durables further highlighted the trend. According to the Reserve Bank of India (RBI), bank credit stood at Rs 22,360 crore in the December quarter, down about 4% year-on-year. Private banks, however, have not entirely exited the space, says another official from the private bank. Instead, they have recalibrated strategies by shifting the focus from consumer durable loans to credit card-based financing. By offering discounts on card swipes, banks are able to generate multiple streams of revenue – swiping fees, point-of-sale machine charges, EMI conversion fees, and, in cases of default, hefty interest charges. This shift allows banks to remain competitive while reducing direct exposure to unsecured consumer durable loans. The overall consumer durable loan portfolio stood at about Rs 96,300 crore as of the December quarter, growing around 14% year-on-year. However, loan volumes remained largely flat. Pankaj Naik, director, India Ratings and Research, said: “Lenders are becoming cautious about unsecured exposures, with NBFCs expected to remain conservative on such portfolios through FY27.”</t>
+        </is>
+      </c>
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>IOB may seek more time to lower govt shareholding to 75%</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>Meeting the August 1 deadline challenging, says MD &amp; CEO</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>2026-03-02T22:18:04+05:30</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance-iob-may-seek-more-time-to-lower-govt-shareholding-to-75-4160638/</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>State-owned lenderIndian Overseas Bankmay seek additional time to comply with the regulatory requirement of bringing down the government’s stake to 75% by August 1, as the bank plans a calibrated dilution through market issuances. The bank said it will explore a combination of qualified institutional placements (QIPs) and potential offers for sale (OFS) in the next financial year to gradually bring down the government’s holding. “While reaching the 75% mark by the August 1 deadline remains challenging, we are committed to this transition and, if necessary, will engage with the government to discuss a timeline extension to ensure the dilution is executed smoothly,” Managing Director &amp; Chief executive Ajay Kumar Srivastava said. Over the past year, the government’s shareholding in the lender has already declined from over 96% in early 2025 to about 92.44% currently. Following the proposed Rs 4,000-crore QIP, the holding is expected to fall further to around 88% by the end of the current fiscal. The bank said it has secured the necessary approvals from the government and the Reserve Bank of India to raise up to Rs 4,000 crore through a QIP. The process, including the appointment of merchant bankers, is currently underway, and the lender intends to tap the market within the current quarter before the end of March 2026. S&amp;P Global Ratings recently assigned the bank an investment-grade issuer credit rating of ‘BBB/Stable/A-2’, with a ‘bbb-’ stand-alone credit profile. It said the rating reflects its strong capitalisation, funding base and liquidity, along with what the rating agency described as a “very high likelihood” of government support. According to the lender, the rating also reflects its improving financial performance, citing a record net profit of Rs 1,365 crore in the December quarter of FY26 and a decline in the slippage ratio to 0.5% from 2.9% in FY23. The rating is expected to strengthen the bank’s funding profile and support its planned capital raise.</t>
+        </is>
+      </c>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>We remain operationally stable, financially sound: Fino Bank CFO</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>The management added that the entity under investigation works with multiple banks in the ecosystem and that the bank engages with it specifically for Unified Payments Interface (UPI) collect services.</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>2026-03-02T22:08:32+05:30</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance-we-remain-operationally-stable-financially-sound-fino-bank-cfo-4160621/</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>Fino Payments Bank Ltd.Payments Bank, whose MD &amp; CEO Rishi Gupta was arrested last week by the Directorate General of GST Intelligence (DGGI), on Monday said it continues to see steady business growth. The bank further said it has cleared all GST payments and complies with all regulations. “The bank remains operationally stable and financially sound,” Chief Financial Officer Ketan Merchant said during an analyst call, adding that the bank’s priority was to ensure uninterrupted services to its customers. He reiterated that the bank and its officials have nothing to do with the business or actions of the programme managers under investigation and that the bank has not issued any alleged fake invoices. On the rationale behind Gupta’s arrest, the management said the matter is sub judice and declined to comment further. “Our legal advisers and consultants have expressed a positive view regarding the legal tenability of the action taken and the matter will now proceed through a judicial process inHyderabad,” the CFO said. The bank also clarified that it does not maintain any current accounts for programme managers or merchants. Funds received through the virtual payments address (VPA) handles provided by the bank are subsequently settled into the designated bank accounts of the programme managers or merchants with their respective banks. Merchant further said that customer balances stood at 2,250 crore as on February 26 and business volumes over the last three days have remained stable. “Our daily average current account and savings account (CASA) opening numbers are maintained at around 10,000 and our throughput remains in the range of1,300 crore per day. This is in line with the average and in certain cases even better, given that there were weekends,” he said. Responding to queries on whether the bank had received any prior notice before Gupta’s arrest, Merchant said officials visited the bank’s office on February 26, seeking certain data and information related to some programme managers as part of their investigation. Later that evening, the authorities issued summons to Gupta, and early the next morning, the bank learnt that his remand had been authorised. The management added that the entity under investigation works with multiple banks in the ecosystem and that the bank engages with it specifically for Unified Payments Interface (UPI) collect services. A programme manager is a payment service provider that helps banks source merchants for digital payment services. The bank further said merchant onboarding is handled by the relevant business teams and not by the MD or CEO. He added that merchants are onboarded only on the pre-condition that they have existing banking relationships with other banks. The bank said it follows strict know-your-customer (KYC) guidelines both before and after merchant onboarding. Chief Business Officer Shailesh Pandey said around 15-20% of the bank’s total throughput comes from payment aggregators, while the rest is from programme managers. The programme manager under investigation accounted for around 8-10% of the bank’s throughput. On whether the arrest could affect the bank’s transition into a small finance bank, Merchant said the Reserve Bank of India has given the bank 18 months to complete the conversion. “We expect to complete the process before the stipulated timeline,” he added.</t>
+        </is>
+      </c>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>How will Iran war impact remittances? Bankers forecast short-term rise</t>
+        </is>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>India's remittance inflows are expected to remain stable amid escalating West Asia tensions, bankers and economists have saod. Major risks emerge only if prolonged conflict disrupts Gulf jobs or forces worker returns. US (27.7%) now tops sources, reducing GCC dependence. Impact hinges on conflict duration.</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>2026-03-02T10:47:27+05:30</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/impact-on-remittances-may-be-minimal-bankers/4159382/</t>
+        </is>
+      </c>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>Remittance flows to India are expected to remain largely stable despite rising tensions in the West Asia, according to bankers and economists. Any meaningful disruption is unlikely unless the conflict deepens and begins to hurt the region’s economies or the employment prospects of Indian migrant workers. Bankers believe it is still premature to gauge the full impact. The managing director and CEO at a private sector bank said the real risk would emerge only if tensions persist long enough to affecteconomicactivity in the region. “Too early to assess. Unless this is prolonged, which impacts economies in the West Asia, any impact on remittances is expected to be minimal,” he said. A senior official at a state-run bank said remittances would be affected only if the situation escalates to the point where regional activity slows significantly. If expatriate workers in the Gulf countries are benched or forced to return home, it could eventually impact NRI deposits with banks. On the contrary, some bankers see a rise in inward remittances in the short term. A senior south-based private sector banker said, “At this stage, there is no basis for concerns on remittances. The binding variable isGulflabour market conditions, not headline geopolitics. Near-term inflows may strengthen; downside risk emerges only if employment disruption or evacuation advisories materialise.” “Normally, under such stressful conditions, we do experience a flight to safety. In the near term, it may witness positive flows,” said veteran banker Dinesh Khara. Kunal Sodhani, head of treasury, Shinhan Bank, said: “In the near term, remittances may stay resilient or even rise due to fear-driven repatriation, but sustained instability could reduce flows later.” India receives about $135 billion in inward remittances annually, making it theworld’slargest recipient. India’s inward remittances rose 10.7% year-on-year to $39 billion in the second quarter of FY26, RBI data showed. “Currently, the largest source of remittances to India is the US with a 27.7% share, followed by the UAE at 19.2% and the UK at 10.8%. Over the last few years, dependence on GCC countries as a source of remittances has been reducing,” said Gaura Sengupta, chief economist at IDFC First Bank. Manoranjan Sharma, chief economist at Infomerics Ratings, said: “The conflict appears unlikely to drag on for a long period, given the imbalance in strength between the sides involved. If it were a prolonged conflict like the Russia–Ukraine War, we could have seen a meaningful impact on remittance flows. If tensions ease quickly, the impact would likely be limited to a temporary dent in the sentiment, rather than a structural disruption to inflows.” Aditi Nayar, chief economist at ICRA, said: “The situation in the West Asia is unfolding, and the extent to which it prolongs and widens would have a bearing on India’s macros, including the impact of fuel prices on inflation and the twin deficits, as well as remittances,” she said.</t>
+        </is>
+      </c>
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>Bank lending to NBFCs climbs to record high</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>Bank credit to NBFCs surged 18% to an all-time high of ₹19.05 lakh crore in January 2026.</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>2026-02-28T00:17:52+05:30</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/bank-lending-to-nbfcs-climbs-to-record-high/4157279/</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>Bank lending to non-banking financial companies (NBFCs) touched an all-time high of Rs 19.05 lakh crore in January, up 18% on-year, data released by the Reserve Bank of India on Friday showed. While credit to housing finance companies rose 8.5% on-year to Rs 3.53 lakh crore, for public financial institutions, it grew 39% to Rs 3.05 lakh crore. Overall, bank credit to the services sector grew 15.5% on-year compared with 12.3% in the corresponding fortnight of the previous year. Besides the growth in NBFCs, the segment was supported by higher growth in trade and commercial real estate. Bank credit to the personal loan segment was up 14.9% on-year against 11.9% a year ago. “While segments such as vehicle loans and loans against gold jewellery recorded accelerated credit growth, housing witnessed steady growth,” RBI said. The growth in credit card outstanding came down drastically compared with a year ago as banks turned cautious towards the unsecured segment. Bank credit to the segment saw a y-o-y growth of just 1.5% in January compared with 13% a year ago. The consumer durable segment saw a de-growth of 4% on-year. Bank credit to the industry rose to 12% on-year against 8.3% in the corresponding fortnight a year ago. Credit to the micro, small and medium industries continued to see a sharp rise, while that to large industries remained robust. Among major industries, outstanding credit to infrastructure, all engineering, chemical and chemical products, and textiles registered resilient on-year growth. Bank loans to agriculture and allied activities saw a slight moderation in growth at 11.4% compared with 12.2 % in the corresponding period a year ago, the data showed.</t>
+        </is>
+      </c>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>Municipal bonds offer a good spread over G-Secs</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>Perfect portfolio diversifier as they are unaffected by market volatility</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>2026-02-27T22:04:08+05:30</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/municipal-bonds-offer-a-good-spread-over-g-secs/4157124/</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>With THE PUBLIC issue of severalmunicipal bondsin the pipeline, retail investors can diversify their portfolio by adding exposure to urbaninfrastructureprojects. Their repayment is linked to revenue streams such as property taxes, water charges, or project-linked cash flows. Nashik Municipal Corporation has launched its maiden public issue of green municipal bonds to raise Rs 200 crore. The bond is offering a coupon of 8.05% per annum, payable half-yearly. The effective yield is 8.20% per annum with 3–10-years tenure. The bond, which is rated Provisional CRISIL AA+/Stable, aims to fund key water infrastructure projects. The minimum investment amount is Rs 10,000. Aditi Mittal, co-founder, IndiaBonds, says municipal bonds occupy a unique space as they are infrastructure-backed, quasi-sovereign instruments that move independently of any market volatility. “That alone makes them a genuine portfolio diversifier. Safety-wise, India has seen zero municipal bond defaults to date,” she says. For primary issues, investors can apply through aSEBI-regulated broker and Online Bond Platform Provider (OBPP), complete KYC and pay online. The bonds are credited directly to the demat account. For the secondary market, listed municipal bonds are available on NSE and BSE. Modern issuances are structured with dedicated escrow mechanisms, ring-fencing specific revenue streams for investor repayment. Investors may stick to high rated bonds (AA- and above) that give meaningful protection. Revenue-generating projects such as water supply, toll-based infrastructure are generally more sustainable than purely administrative borrowings. Nikhil Agarwal, founder and group CEO, Grip Invest, says investors must check stable revenue streams for the issuer along with property tax collection efficiency, operating surplus, and dependence on state grants. “Investors must validate the presence of escrow accounts, debt service reserve funds, or state guarantees,” he says. Investors should track credit-rated municipalities, cities under AMRUT 2.0 reforms and urban infrastructure funding announcements. They must factor in secondary market liquidity and price movement as municipal bonds can trade with wider spreads. Municipal bond returns are best viewed as a spread over comparable G-Secs. Investors can expect 8-9% average coupon rates, with yields varying by credit rating and tenure. Compared to fixed deposits, these  bonds offer higher nominal yields. There’s also the advantage to lock in rates across longer tenures—often up to 15 years—thereby reducing reinvestment risk if the cycle turns.</t>
+        </is>
+      </c>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>Credit growth stays in 13-15% band; deposits grow at 11.2%</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>Banking sector credit growth remained steady at 13.6% as of mid-February 2026, according to RBI data.</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>2026-02-27T20:46:08+05:30</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/credit-growth-stays-in-13-15-band-deposits-grow-at-11-2/4157060/</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>Credit growthin the banking sector continues to be in the 13-15% range, fortnightly data released by theReserve Bank of India(RBI) on Friday showed. The year-on-year credit growth of scheduled commercial banks (SCBs) came in at 13.6% against 14.6% as at January-end, while the total bank credit stood at Rs 204.32 lakh crore as on February 15, down 0.2% from a fortnight ago. Deposits rose 11.2% on-year as on February 15, down from 12.5% a fortnight ago. Overallbankdeposits stood at `247.74 lakh crore. The credit-deposit ratio inched up to 82.47% as on February 15 from 82.29% reported a fortnight ago and 82.18% a month ago. “The fluctuation in the credit and deposit growth rates from mid-month to end-month can be attributed to timing factors, wherein some large transactions usually take place towards the month-end. This fluctuation does not indicate any fundamental change in demand-supply conditions in the banking sector,” said Sachin Sachdeva, vice-president, sector head – financial sector ratings at Icra. Bank investments rose 3.03% on-year at `68.53 lakh crore till mid-February. On a fortnightly basis, investments were up 0.5%.</t>
+        </is>
+      </c>
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>PSBs lead in green deposit mobilisation</t>
+        </is>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>Indian banks, led by SBI and Bank of Baroda, are witnessing a rapid rise in green deposits, with IDFC FIRST Bank alone raising over ₹970 crore.</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>2026-02-26T23:42:56+05:30</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/psbs-lead-in-green-deposit-mobilisation/4156150/</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>Banksare stepping up their focus on green deposits, with public sectorlendersaccounting for the bulk of collections so far. However, growth remains at a nascent stage, and total amounts mobilised are still small compared to the overall deposit base of the banking system. Green deposits are a type of fixed deposit that allows investors toinvestmoney in sustainable and eco-friendly initiatives. According to Sachin Sachdeva, vice president – financial sector ratings at ICRA, “Any regulatory dispensation such as relaxation in cash reserve ratio (CRR) requirements for green deposits, if granted, may improve the unit economics of such deposits.” Banks could pass on some of the benefits by offering rates closer to conventional term deposits, said Sachdeva. However, he cautioned that “CRR relief would only act as a marginal cost lever,” and its broader impact on scaling up green deposits may remain limited. He also emphasised the need for standardisation. “A clearly defined climate finance terminology would help the sector reduce friction among stakeholders, bring uniformity in product structuring and provide clarity on eligibility across the value chain.” From a lender’s standpoint, he pointed out that while CRR relief and clearer definitions would be supportive, they would not be the primary growth drivers. Instead, tools such as guarantees, blended finance structures and targeted fiscal incentives would be more effective in lowering risk premiums and capital requirements, enabling banks to lend at more competitive rates while maintaining returns. “There is a lot of public awareness and we find especially the youth more conscious about social causes and green deposits… We went to our app and website and just promoted this concept of green deposits… Customers are choosing green deposits. So, we are actually quite happy to note that there is a movement for green deposits,” V. Vaidyanathan, managing director and CEO atIDFC First Bank, said last week. Between July 2024 and December 2025, the bank raised green deposits worth more than Rs 970 crore. State Bank of India reported collections of Rs 172.26 crore, up from Rs 75.44 crore a year ago, marking a year-on-year growth of 128.3%. Bank of Baroda saw its green deposits rise to Rs 1,707 crore from Rs 1,038.51 crore in December 2024, a 64.4% increase. Among smaller lenders, Bank of Maharashtra recorded a quarter-on-quarter rise of 16.8%, reaching Rs 63 crore, while UCO Bank nearly doubled its green deposits Q-o-Q to Rs 190 crore. Central Bank of India reported green deposits of Rs 406.23 crore as of December 31, up sharply from Rs 70 crore a year ago. Banks have also stepped up financing to green projects – increasing credit exposure to renewable energy, electric mobility, sustainable infrastructure and other climate-focused sectors, aligning their portfolios with environmental goals. SBI in its December investor presentation said it aims to have at least 7.5% of domestic gross advances to be green by 2030.</t>
+        </is>
+      </c>
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>After Gujarat, CBDC food subsidy pilot launched in Puducherry</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>The Union Food Ministry has launched a Central Bank Digital Currency (CBDC) pilot in Puducherry to streamline food subsidy distribution under PMGKAY.</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>2026-02-27T01:34:08+05:30</t>
+        </is>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/pilot-for-use-of-digital-currency-for-pds-pds-launched-in-puducherry/4156037/</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>After Gujarat, the food ministry on Thursday launched a pilot onRBI’scentral bank digital currency (CBDC)-based food subsidy distribution under the Pradhan Mantri Garib Kalyan Anna Yojana (PMGKAY) in Puducherry. The move is aimed at plugging leakages and ensure beneficiaries get quality food grains. Under the pilot, a limited number of beneficiaries after eKYC are able to scan the fair price shop (FPS) QR code to redeem their food coupons and collect foodgrains and other items. “Beneficiaries can redeem their entitled quantity of foodgrains at Fair Price Shops (FPS) or merchant outlets using CBDC coupon or voucher codes. The system will address challenges related to biometric authentication and e-POS operational issues while ensuring secure, traceable, and real-time transactions,” Food Minister Prahalad Joshi said after launching the pilot in Puducherry. This would relieve ration card holders from biometric authentication hassles at FPSs, and the government can track whether beneficiaries use these coupons forfoodpurposes or not, he said. The government is likely to roll out more pilots to ascertain feasibility of using digital currency in plugging leakages in the PDS.</t>
+        </is>
+      </c>
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>Canara Robeco MF launches banking &amp; financial services fund</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>Canara Robeco Mutual Fund has announced the launch of its Banking and Financial Services Fund, a sectoral equity scheme.</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>2026-02-26T20:00:44+05:30</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/canara-robeco-mf-launches-banking-amp-financial-services-fund/4155949/</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>Canara Robeco Mutual Fund has launched the Canara Robeco Banking and Financial Services Fund, an open-ended equity scheme investing in banking and financial services sector. The fund aims to take advantage of the ongoing shift in the borrowing behaviour, especially early credit adoption and longer credit lifecycle as well as increased ease in access to credit. The new fund offer (NFO) for the scheme will open on February 27 and close on March 13. Rajnish Narula, MD and CEO, Canara Robeco AMC, said: “Banking and financial services are the engines of India’s economy. With this NFO, we are giving investors a direct opportunity to participate in that momentum.” The scheme will allocate at least 80% of total assets towards equity and equity-related instruments of entities engaged in banking and financial services sector, and the rest in other equity and equity-related instruments, debt, money market instruments and InvITs. Shridatta Bhandwaldar, chief investment officer, said: “The fund aims to create a portfolio with an emphasis on growth and value/profit pool migration…” The scheme will be benchmarked against the Nifty Financial Services Index. The minimum investment amount during the NFO period will be Rs 5,000 and above.</t>
+        </is>
+      </c>
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>SBI Mutual Fund gets RBI nod to acquire up to 9.99% stake in Bandhan Bank, RBL Bank</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>RBI allows SBI Mutual Fund to acquire up to 9.99% stake in Bandhan Bank and RBL Bank, with conditions on holding limits and acquisition timelines.</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>2026-02-26T13:41:00+05:30</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance-sbi-mutual-fund-gets-rbi-nod-to-acquire-up-to-9-99-stake-in-bandhan-bank-rbl-bank-4155505/</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>SBI Mutual Fundhas received the Reserve Bank’s approval toacquireupto  9.99 per cent equity stake inBandhan Bank. In an exchange filing, Bandhan Bank stated that the RBI has directed SBI Mutual Fund to ensure that its “aggregate holding” in the Bank does not exceed 9.99% of the Bank’s paid-up share capital or voting rights at all times. The Reserve Bank has directed that if SBI Mutual Fund fails to acquire a major shareholding within a period of one year from the date , the approval will be cancelled. If the “aggregate holding” of the applicant falls below 5% at any point in time, prior approval of the RBI will be required to increase it to 5% or more of the paid-up share capital or voting rights of the Bank, as per the Reserve Bank of India directive to SBI Mutual Fund. SBI Mutual Fund also received the Reserve Bank’s approval to acquire an aggregate holding of up to 9.99 per cent in RBL Bank. The RBL Bank stated on Wednesday that the fund has received the central bank’s approval to acquire up to 9.99 per cent equity stake within a period of 1 year. SBI Funds Management is a joint venture between SBI and France-based AMUNDI, one of the world’s leading fund management companies. SBI currently holds a 61.86 per cent stake in SBIFML; 36.33 per cent is held by AMUNDI Asset Management through a wholly owned subsidiary, Amundi India Holding; and 1.81 per cent is held by others. In FY25, the fund had Rs 26.20 lakh crore under management. The fund has posted a 23 per cent Compounded Annual Growth Rate in its AUM in the last 5 years.  It reported a Profit After Tax (PAT) of Rs 2,531 crore in FY26 while adding 62 lakh new investors to its portfolio.</t>
+        </is>
+      </c>
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>Yes Bank forex card hit by fraud</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>Around 5,000 Yes Bank and BookMyForex multi-currency cardholders were targeted in a coordinated cyberattack on February 24, 2026.</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>2026-02-26T00:06:35+05:30</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/yes-bank-forex-card-hit-by-fraud/4155044/</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>Around 5,000 customers of Yes Bank’s multi-currency prepaid forex card, issued in partnership with BookMyForex, were hit by a spate of fraudulent transactions in early hours of Monday, and transactions worth $280,000 were approved during the incident, the bank said on Wednesday. The bank’s fraud-monitoring systems triggered transaction rejections between 3:30 a.m. and 8:30 a.m. (IST). According to the bank, the unauthorised attempts were confined to specific bank identification numbers (BINs) and were routed through 15 merchants based in the same Latin American jurisdiction. The country in question does not mandate two-factor authentication (2FA) for e-commerce transactions, a gap that fraudsters are believed to have exploited. As a precautionary step, Yes Bank has since restricted e-commerce transactions originating from that geography. The bank’s real-time surveillance systems blocked 688 unauthorised attempts, the statement said. The lender said it is working closely with the card network to initiate the charge-back processes and ensure that customers concerned do not suffer any financial loss. It maintained that enhanced monitoring and swift containment measures helped limit the scale of the incident. The episode underscores the vulnerability of cross-border card transactions in markets where additional authentication layers are not mandatory, even as Indian banks continue to strengthen fraud detection frameworks amid rising digital payment volumes.</t>
+        </is>
+      </c>
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>Meet on NBFC reform index today; sector stability in focus</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>The Department of Financial Services (DFS) met on February 25, 2026, to finalize a comprehensive reform agenda for the NBFC sector based on RBI recommendations.</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>2026-02-25T23:27:13+05:30</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/meet-on-nbfc-reform-index-today-sector-stability-in-focus/4155009/</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>The Department of Financial Services (DFS) will meet today to discuss the Reserve Bank of India’s (RBI) recommendations on the Non-Banking Financial Companies (NBFCs) sector. A key item on the agenda is the introduction of a comprehensive reform index for NBFCs. In its annual report for FY24-25, the RBI mentioned said as a part of its ongoing efforts to strengthen systemic resilience, the Financial Stability Department (FSD) has introduced a non-banking stability map and index to assess better evolving risk factors affecting the stability of the NBFC sector. The focus is on deepening the supervisory architecture for NBFCs and enhancing the system’s ability to withstand emerging risks.  An in-house liquidity stress-testing framework for NBFCs is being developed to complement existing solvency-focused models, providing regulators with a more holistic view of sectoral vulnerabilities. In parallel, a growth-at-risk model is being designed to help policymakers understand how current financial conditions and sectoral vulnerabilities shape the distribution of future economic growth, aiming to deepen supervisory insight, strengthen governance expectations and enhance the long-term stability of the NBFC ecosystem. The DFS will also review the requirement for prior RBI approval for management changes in NBFCs that result in more than 30% of directors, excluding independent directors, being replaced. The discussion is expected to centre on governance reforms, including more structured leadership rotation and clearer regulatory signalling on the future trajectory of NBFCs, particularly those with a potential to transition into banks. A senior partner at a domestic rating agency said, “This push for clarity is intended to reduce regulatory ambiguity, align expectations across stakeholders, and ensure that NBFCs evolve within a well-defined supervisory framework.” The agenda also includes proposals to simplify KYC processes for NBFCs, ease branch-licensing norms for gold-loan NBFCs, align risk weights with banks, and reduce friction in customer onboarding and compliance. The meeting will additionally review the current 50% haircut on bonds, with a proposal to introduce a graded haircut structure linked to credit ratings. Another key item for discussion is the creation of a Digital Payment Intelligence Platform (DPIP), which would leverage AI and cybersecurity tools to detect and prevent fraud across digital payment ecosystems. The DFS will also discuss taxation matters, including a proposal to exempt NBFCs from TDS obligations under Section 194A and a call for increased allocation of pension funds to corporate bonds.</t>
+        </is>
+      </c>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>NaBFID raises Rs 5,000 crore via maiden CD issuance</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>The National Bank for Financing Infrastructure and Development (NaBFID) successfully marked its entry into the certificate of deposit (CD) market on February 25, 2026, raising ₹5,000 crore at 6.95%.</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>2026-02-25T20:49:50+05:30</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance/nabfid-raises-rs-5000-crore-via-maiden-cd-issuance/4154810/</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development (NaBFID) on Wednesday raised Rs 5,000 crore through one-year certificate of deposit (CD) at a coupon of 6.95%. This is the first such issuance by NaBFID. Market participants said the pricing was better compared to other all-India financial institutions (AIFIs). “For a debut issuance, pricing 5–7 basis points finer than comparable AIFI issuers such as Nabard and Sidbi reflects both investor confidence and strong demand depth in the money-market segment,” said Venkatakrishnan Srinivasan, founder and managing partner, Rockfort Fincap LLP. “The fact that the issue was reportedly oversubscribed and closed at a tighter spread indicates that NaBFID is being perceived not merely as a new issuer, but as a high-quality, quasi-sovereign credit with a clear policy mandate,” Srinivasan added. Banks have been aggressive in the CD space this year. They raised Rs 1.34 lakh crore in the fortnight ended February 15, taking the outstanding issuances to a record Rs 6.62 lakh crore, according to the Reserve Bank of India data. The higher supply pushed CD rates up to more than 7% despite a 125-bps rate cut. Currently, one-year CD is at 6.78%, as per Bloomberg.</t>
+        </is>
+      </c>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>New-to-credit borrower share shrinks in Q3: Report</t>
+        </is>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>The share of new-to-credit borrowers declined across most loan segments in Q3, even as India’s retail lending portfolio grew 18.1% year-on-year to Rs 162.7 lakh crore, with improving asset quality, CRIF High Mark said.</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>2026-02-24T19:03:43+05:30</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/banking-finance-new-to-credit-borrower-share-shrinks-in-q3-report-4153554/</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>The share ofnew-to-credit (NTC)borrowersdropped year-on-year across loan products, barring the consumer durable segment, for the October–December quarter, a report said on Tuesday. The NTC share in consumer durable loans rose to 16.3% from 16.2% a year earlier, according to the CRIF High Mark’s December report. Two-wheeler loans continued to have the highest NTC share at 38.3%, though this marked the sharpest decline from 41.2% a year ago. Auto and housing loans recorded moderate NTC penetration of 9–10%. The NTC share in gold and personal loans fell to below 5% while the same for credit cards was stable at 8.5%. Overall, India’s retail lending portfolio expanded to Rs 162.7 lakh crore, up 18.1% year-on-year, with 690 million active loan accounts, the report said. The asset quality improved, with portfolio-at-risk (PAR) 31–180 days declining to 3.1% from 3.6% a year earlier. Quarterly originations for the period under review rose 41% year-on-year to Rs 25.3 lakh crore. The average ticket size for home loans increased 6.4% quarter-on-quarter to Rs 33 lakh, with loans above Rs 75 lakh accounting for 40% of originations, compared with 35% a year ago. A similar premiumisation trend was visible in gold loans, where loans above Rs 5 lakh contributed 36.5% of total value, up from 24% in Q3FY25. Gold loan originations more than doubled during the quarter, driven by a rally in gold prices. The rise in ticket sizes explains the divergence between volume and value growth. Home loan volumes grew 4.1% year-on-year, while portfolio value expanded 10.5%, indicating that the growth was largely driven by higher-value loans. In contrast, personal loans recorded a 13.5% growth in volumes but 11.6% in value, reflecting increased penetration of smaller-ticket loans. The report noted that higher-ticket loans continued to exhibit stronger credit performance. Personal loans above Rs 5 lakh reported PAR 91–180 below 1%, while smaller-ticket loans showed relatively higher delinquency levels, reinforcing the growing correlation between the ticket size and asset quality. Public sector banks continued to strengthen their presence in secured lending. They outpaced private banks in home loan origination value (50.3% versus 23.3%), particularly in the above Rs 75-lakh segment. PSBs also maintained a strong share in gold loan origination value at 45.8%, supported by enhanced digital capabilities and competitive pricing. GSTrate rationalisation triggered a 46.7% quarter-on-quarter surge in two-wheeler originations and a 22.1% rise in auto loans. Festive demand also supported consumer durable loans. Sole-proprietor loans grew 26.2% year-on-year, reflecting robust appetite forMSMEcredit amid the economic recovery. Non-bank lenders strengthened their position in high-velocity segments. In gold loans, their share of origination value rose to 30.7% in the December quarter from 22.8% in the previous quarter, while accounting for nearly half of volumes. In personal loans, NBFCs maintained a dominant 91.1% share of volumes. The asset quality improved across key categories. Gold loans saw PAR 31–180 decline to 1.8% from 2.4% a year earlier, while consumer durable loans improved to 1.9% from 2.7%. Home loan PAR 31–90 improved to 2.1% from 2.3% a year ago. The early delinquency bucket for personal loans remained broadly stable, with PAR 31–90 steady at 1.5% as of December 31.</t>
+        </is>
+      </c>
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>Trump B1/B2 visa crackdown: US to expand $15K bond to 50 countries — is India on list?</t>
+        </is>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>In a major tightening of visa rules, the US will now require travellers from 50 countries to pay a refundable bond of up to $15,000.</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>2026-03-19T06:17:54+05:30</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/world-news/us-news/trump-b1b2-visa-crackdown-us-to-expand-15k-bond-to-50-countries-is-india-on-list/4177315/</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>The United States is tightening its grip on short-term visas, asking travellers from dozens of countries to pay a hefty security deposit before they can enter. Under a new move by the administration ofDonald Trump, visitors from 50 countries will now have to post a bond of up to $15,000 while applying for US visas meant for business or tourism, a State ​Department official told Reuters on Wednesday. The rule, which applies toB1 and B2 visas, is set to take effect from April 2. Speaking to Reuters, the official said the aim is to stop people from overstaying their visas, a long-standing concern for US authorities. The latest expansion adds 12 more countries to an already existing list of 38 nations, many of them from Africa. The new entrants include Cambodia, Ethiopia, Georgia, Grenada, Lesotho, Mauritius, Mongolia, Mozambique, Nicaragua, Papua New Guinea, Seychelles and Tunisia. Travellers from these countries will now need to deposit the bond amount while applying. The money will be returned if they follow visa rules and leave the US on time, or if they decide not to travel at all. Algeria, Angola, Antigua and Barbuda, Bangladesh, Benin, Bhutan, Botswana, Burundi, Cabo Verde, Central African Republic, Côte d’Ivoire, Cuba, Djibouti, Dominica, Fiji, Gabon, The Gambia, Guinea, Guinea-Bissau, Kyrgyzstan, Malawi, Mauritania, Namibia, Nepal, Nigeria, Sao Tome and Principe, Senegal, Tajikistan, Tanzania, Togo, Tonga, Turkmenistan, Tuvalu, Uganda, Vanuatu, Venezuela, Zambia and Zimbabwe. Amid this widening list, a key question has been whether India is part of the programme. At this stage, India is not included in the visa bond system. This means Indian citizens applying for US tourist or business visas will not have to pay the $15,000 bond. The current visa process for Indians remains unchanged, even as several neighbouring and developing nations are already part of the rule. The bond requirement is just one piece of a broader immigration crackdown. Since taking office, Trump has pushed stricter policies, from ramping up deportations to cancelling visas and green cards. Authorities have also increased scrutiny of applicants, including checks on social media activity and past public statements.</t>
+        </is>
+      </c>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>Gudi Padwa 2026: Are NSE, BSE open or closed on March 19? Here’s what investors should know</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>Indian stock markets remain open on Gudi Padwa 2026; trade as usual and stay updated on partial segment closures. Learn more!</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>2026-03-19T05:31:00+05:30</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/market/gudi-padwa-2026-are-nse-bse-open-or-closed-on-march-19-heres-what-investors-should-know-4177113/</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>It’sGudi Padwatoday and the celebrations take centre stage inMaharashtra– home to Mumbai, the financial capital of the country. Many investors might now be thinking of one key question – will the stock market take a break or continue trading as usual? The answer is very simple – the Indian stock markets will remain open on March 19, 2026. Both the Bombay Stock Exchange (BSE) and theNational Stock Exchange (NSE)of India will function normally. Trading will continue as usual during regular market hours. Talking about the festival, Gudi Padwa is the beginning of the new year in Maharashtra. It is celebrated with great pomp and show in Mumbai. However, it does not feature on the official stock market holiday calendar for 2026. This means that investors can continue buying and selling stocks in both the equity and equity derivatives segments without any interruption. Even though the broader market remains active, but it is not entirely business as usual across all segments. It is also important to note that certain areas of the financial market will observe a pause due to Gudi Padwa being a bank holiday. Some segments like currency derivatives, NDS-RST (repo settlement system), and tri-party repo will remain closed for the day. These are linked to banking activities, so they are shut because banks are closed for the holiday. At the same time, trading in commodity derivatives and electronic gold receipts will continue. The confusion often arises because festivals like Gudi Padwa are regionally significant. However, it is not always classified as nationwide market holidays. Since Mumbai, also called the financial capital of India plays a central role in India’s financial ecosystem, many assume that local holidays will automatically impact trading schedules. However, exchanges follow a predefined holiday calendar. This balances regional occasions with national-level uniformity. As a result, not every state-specific festival leads to a complete market shutdown. Although March 19 is not a trading holiday, the month does include a few market closures. Earlier in the month, trading was suspended on March 3 on account of Holi, when both exchanges remained shut. Looking ahead, there are two more holidays lined up. Markets will remain closed on March 26 for Ram Navami and again on March 31 for Mahavir Jayanti. On these days, trading across all major segments including equity, derivatives, and currency markets will be suspended.</t>
+        </is>
+      </c>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>Bharat Electronics: The Rs 76,000-crore ‘structural’ play hiding behind the ‘order noise’</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>Bharat Electronics is emerging as a key beneficiary of India’s long defence modernisation cycle, supported by a strong order pipeline and rising indigenisation. Improving margins, high return ratios and a virtually debt-free balance sheet provide earnings visibility despite elevated valuations. For investors, the stock represents a structural policy-driven manufacturing play rather than a short-term order momentum story.</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>2026-03-19T05:30:00+05:30</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/market/stock-insights/bharat-electronics-the-rs-76000-crore-structural-play-hiding-behind-the-order-noise/4177186/</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>Defence companiestend to attract attention in bursts. A large order gets announced. The stock moves. Television studios discuss geopolitics. Then silence returns until the next contract headline appears. Bharat Electronics Limitedtells a different story. The company’s recent disclosure of fresh orders worth around Rs 1,011 crore covering communication systems, electronic warfare equipment, avionics components and laser based solutions did not create much noise in the market. Yet these incremental wins say more about the company’s trajectory than any single blockbuster contract could. Bharat Electronics 1-Year Share Price Chart They point to something more structural. India’s long defence modernization cycle is gradually translating into predictable business visibility. And this is for a specialised electronics manufacturer that has spent decades building technological capability largely away from the spotlight. Bharat Electronics operates in a segment of the defence industry that rarely excites retail investors. It does not manufacture fighter jets or warships. Instead, it builds the electronic nervous system that allows these platforms to function. Radar systems, surveillance networks, electronic warfare solutions, communication equipment and missile electronics form the core of its business. As India increases defence spending and prioritises domestic sourcing, companies specialising in these areas stand to benefit in a structural rather than cyclical manner. The company’s recent financial performance suggests that this shift is already underway. For the nine months ended December 2025, Bharat Electronics reported revenue was up from up from Rs 14,538 crore to Rs 17,302 crore in the same period last year. Margins remained strong as well. Operating profitability in the third quarter was close to 29.7%, higher than the management’s earlier indication of around 27% for the full year. However, the more interesting part lies with the order, which has remained broadly stable at around Rs 73,000 crore. Growth has therefore come not only from fresh orders but also from faster conversion of existing backlog into revenue. This sharper drawdown has translated into sector leading revenue growth of about 24% year on year in recent quarters. For investors used to the stop start nature of defence procurement, this change in pace matters. India’s defence spending pattern has evolved significantly over the past decade. The focus has moved from importing complete platforms to building domestic capability across subsystems and technologies. Programmes encouraging local sourcing and technology partnerships have strengthened this trend. More recently, geopolitical tensions in the region have accelerated procurement decisions under the Make in India framework. Order inflows for Bharat Electronics are estimated to have risen sharply in the current financial year as the government prioritised indigenous suppliers for strategic programmes. The Union Budget has reinforced these priorities. Capital spending continues to rise in sectors such as defence and railways even as fiscal consolidation remains a policy objective. This creates an unusual macro backdrop. Overall public finances remain tight, yet specific segments of industrial investment continue to receive sustained support. For companies like Bharat Electronics, this combination translates into demand visibility that extends beyond normal business cycles. The existing order book already provides revenue visibility for several years. More importantly, the pipeline of potential programmes is even larger. Sector estimates suggest that opportunities worth roughly US$12 billion are under consideration, with about US$6.5 billion of orders likely to materialise over the next twelve months. There is also a gradual strategic shift underway. Bharat Electronics is moving from being primarily a supplier of electronic components to participating in larger system level programmes. The company has indicated its involvement in consortium level participation for India’s proposed fifth generation fighter aircraft programme. Additionally, it is positioning itself in indigenous long range air defence systems that could be comparable in scale to imported missile shields. If these ambitions materialise, the company’s earnings profile could change meaningfully. Operating margins have trended higher in recent years. While the longer term average margin has been around 25%, recent quarters have seen levels closer to 30%. This reflects the higher value nature of specialised electronics manufacturing once technological capability is established. Return ratios are equally striking. Return on capital employed is close to 39% while return on equity is around 29%. The balance sheet remains virtually debt free, providing flexibility to pursue new technology programmes without significant financial stress. Over the past three years, revenue growth has averaged around 15% while profit growth has been significantly higher, indicating the benefits of scale and operating leverage. The market has already begun to price in this transformation. The stock trades at a price to earnings multiple of over 50 times. Such valuations suggest that investors expect sustained growth from the defence pipeline, continued margin strength and successful participation in upcoming strategic programmes. However, optimism comes with risks. Defence procurement cycles can still face delays due to budget constraints or procedural complexities. Competition from private sector players is rising as policy frameworks evolve. Sustaining high growth will require consistent conversion of the large opportunity pipeline into firm orders and revenue. Bharat Electronics may never generate the excitement associated with consumer technology companies. Its products are complex, specialized and often confidential. Yet its relevance within India’s industrial landscape is steadily increasing. The company sits at the intersection of three long term trends. Rising defence expenditure. Policy driven domestic manufacturing. And the growing technological intensity of modern warfare. The recent flow of relatively modest order announcements therefore deserves closer attention. They signal that India’s defence investment cycle is gradually translating into steady business momentum rather than sporadic contract driven spikes. For investors willing to look beyond headline deals, Bharat Electronics represents a quieter compounding story. Not a dramatic turnaround. Not a speculative defence bet. Instead, a technology manufacturer benefiting from structural policy shifts and improving financial metrics. In a sector where visibility has traditionally been low and growth uneven, that combination may prove more durable than the market currently realises. Note: We have relied on data fromwww.Screener.inthroughout this article. Only in cases where the data was not available, have we used an alternate, but widely used and accepted source of information. The purpose of this article is only to share interesting charts, data points and thought-provoking opinions. It is NOT a recommendation. If you wish to consider an investment, you are strongly advised to consult your advisor. This article is strictly for educative purposes only. Manvi Aggarwal has been tracking the stock markets for nearly two decades. She spent about eight years as a financial analyst at a value-style fund, managing money for international investors. That’s where she honed her expertise in deep-dive research, looking beyond the obvious to spot value where others didn’t. Now, she brings that same sharp eye to uncovering overlooked and misunderstood investment opportunities in Indian equities. As a columnist for LiveMint and Equitymaster, she breaks down complex financial trends into actionable insights for investors. Disclosure: The writer and her dependents do not hold the stocks discussed in this article. The website managers, its employee(s) and contributors/writers/authors of articles have or may have an outstanding buy or sell position or holding in the securities, options on securities or other related investments of issuers and/or companies discussed therein.  The content of the articles and the interpretation of data are solely the personal views of the contributors/ writers/authors.  Investors must make their own investment decisions based on their specific objectives, resources and only after consulting such independent advisors as may be necessary.</t>
+        </is>
+      </c>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>How RCB Built a Billion-Dollar Church Without a God</t>
+        </is>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>How did a team that became a meme for losing build a $2 billion empire? Discover the story of RCB: a journey from 15 years of heartbreak to the 3 titles in 3 years and the "Red and Gold Faith" that redefined sports fandom.</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>2026-03-19T05:30:00+05:30</t>
+        </is>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/sports/sports-insights/rcb-2-billion-valuation-ipl-business-model-analysis/4177088/</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>For fifteen years if you wanted to mock someone for loving something that never loved them back, you pointed at an RCB fan. The team had everything. Money. Stars.Virat Kohlifrom the start. And zero trophies. They became a meme.“Ee Sala Cup Namde”turned into a punchline about delusion. Then something flipped. 2024. The women’s team won the WPL. 2025. The men’s team finally lifted the IPL trophy. 2026. The women did it again. Three trophies in three years. RCB became the first franchise in history tohold both the IPL and WPL titlesat the same time. The saddest story in cricket became the most complete. This is not a story about cricket. It is about what happens when a city falls in love with failure. They were the biggest joke in Indian sport. Then they weren’t In cricket, trophies are supposed to be everything. They are the proof, the validation, the story you tell your grandchildren. But somewhere between 2008 and 2024, Royal Challengers Bengaluru rewrote that rulebook. They lost three finals. They finished last multiple times. They lost more than they won. They became a meme for “next year” promises. And yet, they turned into one of the most valuable sports franchises on earth. Vijay Mallyabought the Bangalore franchise for 111.6 million dollars in 2008. He was not thinking about cricket. He was thinking about Royal Challenge whisky and how to sell it to young Indians without breaking advertising laws. The IPL was perfect. A cricket team wearing your colours, playing in your city, surrounded by your logos. Legal, loud, and everywhere. Mallya threw parties. The team became the “King of Good Times.” Players danced at after-match events. The camera caught them laughing, drinking, living. This was not sport as sacrifice. This was sport as lifestyle. And Bangalore, with its IT money and young crowd, loved it. But here is the thing about building a brand on parties. When the music stops, people leave. Mallya’s empire collapsed. Diageo took over. The parties stopped. The team kept losing. Any normal business would have died. RCB did not die. It grew. Virat Kohli joined RCBas a teenager in 2008. He was thin, angry, and hungry. By 2011, he was the future of Indian cricket. By 2015, he was the biggest name in the Indian sport. Every other franchise would have bought him. Every agent would have pushed for a move. Mumbai had more trophies. Chennai had more stability. Kolkata had more passion. Kohli stayed. He stayed when the team finished last. He stayed when they lost three finals. He stayed when critics called him selfish, when fans turned toxic, when the meme of “Ee Sala Cup Namde” became a joke instead of a promise. Year after year, he walked out to bat in red and gold. Year after year, he failed to lift the trophy. And that failure became the story. In 2024, RCB started the season with one win in eight matches. They were dead. Finished. The mathematical chance of making playoffs was one percent. Kohli gave a speech in the dressing room. Nobody knows exactly what he said. But the team won six games in a row. They qualified. They lost in the eliminator, but it did not matter. The comeback was enough. This “1% chance” comeback, inspired by a quote from Virat Kohli, became a metaphor for life lessons among the fan base; teaching them that “you don’t walk away just because something’s difficult”/ Fans still talk about that season more than any title win by other teams. Because it was not about cricket. It was about life. About not giving up when giving up makes sense. About working hard when nobody is watching. About hope as a choice, not a feeling. RCB calls its fans the “12th Man Army.” Every team has fans. But RCB fans are different. They do not support the team because it wins. They support it because it loses with style. In 2025, the franchise released a video. It showed four stories. A student named Likitha Suggala carried her RCB jersey to her graduation ceremony. When people asked why she did not carry her parents’ photo, she said the team was her family. It got her through exams, through loneliness, through the pressure of being a young woman in a competitive city. A man named Harishtook his jersey to the Mahakumbh, a religious festival where millions bathe in holy rivers. He dipped the cloth in the water. To him, this was not superstition. It was devotion. The team later put his photo on their team bus. He cried on camera. In Seattle, a woman painted her entire car red and gold. In Bangalore, a delivery driver turned his bike into a mobile temple for Kohli and Faf du Plessis. These are not marketing stories. These are people who found meaning in a sports team that gave them none of the usual rewards. Other teams sell hope of victory. RCB sold the beauty of trying. May 2025. RCB finally won the IPL. Seventeen years of waiting ended in one night of chaos. The city exploded. Bangalore Metro recorded its highest ridership ever. Over ten lakh people travelled that day. The streets were red. The noise did not stop until morning. Then June 4 happened. The team organized a victory parade near Vidhana Soudha, the state parliament building. Too many people came. The crowd became a crush. Eleven people died. One of them was Sahana, twenty-four years old, from a small town called Kolar. Her family could not even get a freezer box for her body in time. The celebration became a tragedy. A survivor, a twenty-one-year-old woman the media called “S,” told reporters she was trampled. People jumped over her. She screamed. Nobody heard. Later, she watched fireworks on television and felt nothing. Disconnected. Empty. RCB had built a fan base so passionate that it killed people. This is the dark side of love. When emotion becomes mass, it becomes dangerous. The franchise faced hard questions about crowd management, about responsibility, about whether a sports team should mean so much. They had no good answers. They still don’t. Here is where the story gets strange. While RCB was losing finals and breaking hearts, it was also becoming incredibly rich. In 2023, theysigned Qatar Airways as a sponsor. The deal was worth around 75 crore rupees, or 9.1 million dollars. It was one of the biggest sponsorships in league history. This for a team that had never won anything. By 2025, their total revenue hit 597.5 crore rupees. That is approximately 72 million dollars. The highest in the IPL. More than Mumbai, who had five titles. More than Chennai, who had the most loyal regional base. How? Look at the numbers. 421.8 crore came from the central pool + winning amount, the money BCCI distributes equally to all teams from media rights. Every team gets this. But RCB made 123.7 crore from sponsorships alone. That is where the difference lives. Brands pay extra to reach RCB fans. Not because there are more of them. Because they care more. Engagement rate on social media is 16.2 percent. The highest in the league. When RCB posts, people comment, share, fight, love. That attention is worth money. The stadium in Bangalore is small. Only 35,000 seats. But it is in the city center, surrounded by bars and offices and people with money to spend. Ticket prices go up to ₹42,000 for premium seats. They sell out. Matchday revenue hit ₹32 crore in 2025. Then there is merchandise. The Puma deal turned the jersey into fashion. People wear it to college, to parties, to weddings. The RCB Bar and Cafe in Bangalore serves food and drinks year-round, not just during the two-month IPL season. A fitness app called “Hustle by RCB” sells nutrition plans. The team loses games. The brand wins everything. In 2011, RCB started wearing green jerseys for one home match each season. They called it “Go Green.” Recycled fabric. Carbon neutral claims. Lake cleaning projects. Solar panels at the stadium. Critics called it greenwashing. Maybe it was. But here is what happened. The team kept doing it. Fourteen years later, they still wear green once a year. They still publish carbon audits. They still fund school buildings with sustainable design. Mahindra, the car company, partnered with them to promote electric vehicles. The partnership made sense because RCB had built credibility in this space. Whether they deserved it or not. This is how modern branding works. You pick a story. You tell it long enough. It becomes true. November 2025. United Spirits announced they were selling RCB. The team was too valuable to keep. They wanted cash instead. By March 2026, the bidding crossed 2 billion dollars. EQT Group, a Swedish private equity firm, offered between 2.0 and 2.1 billion. Avram Glazer, part of the family that owns Manchester United, bid 1.8 billion. Adar Poonawalla, who makes vaccines, showed interest. So did Ranjan Pai, who runs education businesses. Two billion dollars for a cricket team that plays fourteen league matches a year. For comparison, that is almost the same as the valuation of Juventus, one of Italy’s biggest football clubs, and Borussia Dortmund in Germany. The buyers are not stupid. They know RCB has never won consistently. They also know it does not matter. The IPL media rights are locked until 2027. Every team gets paid regardless of performance. The fan base is locked in.The digital reach grows every year.This is not a sports investment. It is a media annuity. Plus, there is the women’s team. RCB’s women’s franchise won the WPL in 2024 and again in 2026. That adds value. That adds content. That adds more matches per year to sell. When AB de Villiers retired in 2021, the grief was real for all RCB fans. Not for a player. For a friend who had shared so many years of hope and disappointment. That emotional debt is what sponsors buy into. That is what costs 2 billion dollars. The new owners, whoever they are, will face the same puzzle. How do you maintain the value of losing? How do you sell hope when you have already won? The 2025 title changed something. “Ee Sala Cup Namde” is no longer a joke. It is history. The underdog story is finished. RCB is now a champion. Champions are respected. They are not loved the same way. Maybe that is why the valuation peaked now. The brand reached its perfect form. A lifetime of struggle, one moment of glory, endless potential for storytelling. The new owners get the trophy and the narrative. They get the green initiatives and the Qatar Airways deal. They get the 12th Man Army and the two billion dollar price tag. They also get the memory of June 4, 2025. Of eleven dead bodies at a victory parade. Of a young woman who screamed and was not heard. Of a franchise that learned that love, in large enough doses, becomes lethal. RCB is not a cricket team. It is a case study in modern fandom. It was an experiment in whether you could build value without success. That loyalty can be manufactured but also real. That a city can define itself through failure and still celebrate success when it finally arrives. The players will change. Kohli will retire.The new owners will comeand go. The 2 billion dollar valuation will look small in ten years, or absurdly large, depending on where the IPL goes. But the red and gold will stay. The 12th Man Army will find new members. Somebody else will carry a jersey to graduation, or dip it in a holy river, or paint their car in a foreign country. They will do this not because RCB wins, but because RCB tried. Because trying, in the end, is more relatable than winning ever could be. That is the business model. That is the faith. That is Royal Challengers Bengaluru.</t>
+        </is>
+      </c>
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>Not Rs 1 crore, Not Rs 2 crore: The real math behind a stress-free retirement in India</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>Building a secure retirement is not about big moves—it’s about getting the small things right over time. From consistency and smarter allocation to disciplined adjustments, a few simple strategies can significantly change outcomes. The question is: are you doing enough today to ensure your savings truly last tomorrow?</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>2026-03-19T05:30:00+05:30</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/money/insights/not-rs-1-crore-not-rs-2-crore-the-real-math-behind-a-stress-free-retirement-in-india/4177210/</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>Many working professionals tend to think of retirement as something “for later,” to be planned after they have achieved their desired level of wealth and completed other financial goals. A 32-year-old with a stable financial situation is able to comfortably cover monthly expenses and make occasional investments when surplus funds are available. At first glance, this may appear to be a solid foundation for a comfortable retirement. However, without a structured approach to retirement planning, they may ultimately struggle to build a steady and sustainable long-term retirement corpus. The reason many people fall short in retirement planning is not necessarily because they do not earn enough, but rather due to a lack of consistency, a delayed start, or the absence of a systematic approach. Small gaps caused by irregularcontributions or postponing investmentsbeyond the optimal time can lead to significant shortfalls by the time retirement approaches, especially when the full benefits of time are not utilised. One of the most effective ways to build a strong retirement corpus is to begin early and remain consistent. Time plays a critical role in wealth creation, and even modest contributions can grow meaningfully when given enough time. For instance, an individual who starts investing ₹10,000 per month at the age of 25 is likely to accumulate a significantly larger corpus than someone who starts at 35 with a higher monthly contribution. The difference is not just the amount invested, but the additional years of compounding. Consistency, therefore, often matters more than thesize of the investment. Many people do not increase their investment amounts when they receive a raise. Instead, they continue investing the same amount, regardless of how much their income has grown. As a result, their retirement savings do not increase at the same pace as their earnings. For example, a person earning a monthly salary of ₹50,000 and investing ₹5,000 each month could gradually increase their contribution by an additional ₹3,000–₹5,000 (i.e., from ₹5,000 to ₹8,000–₹10,000) as their salary rises. While these higher contributions may not seem significant in the short term, when done consistently, they can lead to asubstantial increasein long-term retirement savings without placing excessive pressure on day-to-day living expenses. A well-diversified portfolio is essential for balancing growth and stability — two key elements of effective retirement planning. Relying too heavily on a single asset class can either expose your savings to unnecessary risk or limit long-term returns. Diversification ensures that your investments are better positioned to perform across different market conditions. Imagine a 30-year-old investing ₹20,000 every month for the next 30 years. By splitting this: ₹14,000 in Equity (for growth) and ₹6,000 in Debt (for stability) — they create a balanced powerhouse. Assuming an average return of 11–12% on equity and 6 – 7% on debt, this portfolio could grow to a massive ₹4.5 – 5.7 crore. This strategy captures the high returns of the stock market while using debt as a “shock absorber” to protect the corpus during market dips. As retirement approaches, gradually shifting ahigher portion of the portfoliotowards safer instruments can help preserve accumulated wealth and ensure greater financial stability during the withdrawal phase. Retirement planning is not a one-time exercise, but an ongoing process that requires periodic review. Over time, market movements can cause your portfolio to drift away from its original asset allocation, potentially exposing you to higher levels of risk than intended. Regular monitoring and rebalancing help ensure that your investments remain aligned with your long-term goals, time horizon, and risk appetite. For example, consider an investor who starts with ₹10 lakh, investing ₹7 lakh in equity and ₹3 lakh in debt (a 70:30 split). Over time, if equity performs well, the equity portion may grow to ₹15 lakh while debt increases to ₹4 lakh, making the total ₹19 lakh. This shifts the allocation to nearly 80:20, increasing the overall risk. By rebalancing, moving some money from equity back into debt, the investor can bring the portfolio back to its original mix and maintain a balanced level of risk. Regular rebalancing also provides an opportunity toreassess financial goalsand make necessary adjustments based on changing life stages, ensuring that the retirement plan remains both relevant and sustainable over time. Consistency plays a critical role in building a strong retirement corpus. However, many investors tend to pause or stop their investments during periods of financial pressure or shifting priorities. These interruptions can significantly impact long-term outcomes by breaking the compounding cycle. For example, consider an individual investing ₹12,000 per month towards retirement. If they stop investing for just 3 years during their investment journey, they miss contributing approximately ₹4.32 lakh during that period. More importantly, they also lose the potential long-term growth this amount could have generated. Over a 20–25 year period, this missed contribution could translate into a significantly larger shortfall in thefinal retirement corpus. Staying disciplined and continuing investments—even during challenging phases—helps maintain momentum and ensures that long-term financial goals remain on track. While building a retirement corpus is important, it is equally essential to plan how that corpus will translate into a steady income after retirement. Many individuals focus primarily on accumulation but give little thought to how their savings will support their monthly expenses over the long term. For example, an individual who accumulates a retirement corpus of ₹2 crore may assume it is sufficient. However, if they require around ₹70,000 per month (approximately ₹8.4 lakh annually) to maintain their lifestyle, they need to ensure that withdrawals are planned carefully. A structured approach, such as withdrawing around 4–5% annually while keeping the remaining corpus invested—can help generate a sustainable income without depleting savings too quickly. By planning ahead, through a combination of systematic withdrawals and income-generating investments, individuals can create a stable andpredictable cash flow during retirement.This ensures that their savings last longer and continue to support their financial needs throughout their retirement years. Building a strong retirement corpus is less about large, one-time decisions and more about consistent, disciplined actions over time. By making small but strategic adjustments and staying committed to long-term goals, individuals can create a stable and reliable financial foundation for their retirement years. Disclaimer:This article is for informational purposes only and does not constitute financial advice. Please consult a qualified professional before making investment decisions.</t>
+        </is>
+      </c>
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>Banking &amp; Finance</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:F20"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>Synopsis</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Published Date</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>URL</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Content</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Category</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>No title</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>No synopsis available</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr"/>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>No content available</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>Dubai property market: Why Citi Research expects 20% price drop</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Dubai’s property market faces a twin challenge of rising supply and weakening demand, with Citi warning that prices could come under pressure as geopolitical risks test its safe-haven appeal.</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>March 17, 2026 14:09 IST</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/market/dubai-property-market-why-citi-research-expects-20-price-dropnbspnbsp-4175397/</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>Dubai’s real estate market is facing pressure from two simultaneous shocks. Nearly 3.85 lakh units are currently under construction, with around 80% expected to be delivered between 2026 and 2028. The United States-Iran conflict is quietly dismantling the city’s safe-haven demand story. Citi Research said the downside risks could be significant under a weaker demand environment. “In our bear case, assuming zero construction delays and a population decline in 2026 followed by a slow recovery, Dubai real estate prices could fall by an average of 7% annually from 2026-28, aggregating to approximately 20% drop by 2028 versus 2025 base prices,” the report said. Dubai has been under-supplied for most of the last decade. Approximately 3.85 lakh new residential units are currently under construction across the city, with apartments accounting for the vast majority of the supply. Citi Research expects about 80% of the total pipeline to be delivered between 2026 and 2028. That is an enormous volume arriving in a compressed window. It arrives precisely when demand assumptions are being revised downward. The market’s best hope, counterintuitively, is that developers fall behind schedule. Citi Research’s base case builds in an assumption that roughly 30% of units due each year get pushed into subsequent years due to resource constraints and execution challenges. “Delivery delays on the aforesaid under-construction units, due to resource constraints or other factors, could turn out to be positive for the sector in the medium-term,” as quoted by Citi. For years, Dubai attracted residents and capital from across the world on one simple pitch. Stability. The United States-Iran conflict has put a question mark over that pitch in a way few events have managed before. Citi Research’s updated base demand model already reflects the damage. The brokerage now assumes just 1% population growth for Dubai in 2026. Compare that to roughly 4% annual growth the city was posting in recent years. A modest recovery to 2.0 to 2.5% per year is expected over 2027 to 2031. Even that remains well below the trajectory that was supporting Dubai’s property boom. Both end-users considering a move to Dubai and international investors who have long treated the city as a capital-preservation destination are now reassessing their positions. “The ongoing US-Iran conflict introduces considerable risk to Dubai’s future population growth expectations and hence real estate demand, as it potentially questions Dubai’s safe-haven appeal,” the Citi report added. Set aside the extreme outcomes. Citi Research‘s central scenario is itself a material shift from what the market has grown accustomed to. Combining the revised population growth assumptions with the incoming supply pipeline, the brokerage’s base case supply-demand model points to annual price declines of 2 to 3% through 2026 to 2028. That aggregates to approximately a 7% cumulative fall in Dubai real estate prices by end-2028. But for a market that has been one of the strongest-performing globally over the last three to four years, it marks a real and meaningful turn in direction, the firm added. “Overall, our base case S-D model points to 2-3% p.a. decline in pricing over 2026-28, aggregating to c.7% decline in real estate prices by end-2028,” as quoted by Citi. Citi Research’s scenario analysis lays bare just how much uncertainty is sitting inside Dubai’s property market right now. Even the optimistic outcome is not particularly exciting. In the bear case, the brokerage assumes zero construction delays and a population decline in 2026 followed by a slow recovery. Under those conditions, prices fall by an average of 7% annually through 2026 to 2028. That produces a cumulative 20% drop against 2025 base prices by 2028. In the bull case, 50% of the supply pipeline gets delayed and population growth recovers to levels seen in recent history. Average annual prices then remain largely flat over the next three years, the firm added. Flat prices, that is the best outcome Citi Research is willing to put its name to right now. The distance between a 20% crash and flat prices comes down almost entirely to how deep and lasting the United States-Iran conflict’s impact on Dubai’s demand base turns out to be. “In our bear case, assuming zero construction delays and a population decline in 2026 followed by a slow recovery, Dubai real estate prices could fall by an average of 7% annually from 2026-28, aggregating to approximately 20% drop by 2028 versus 2025 base prices,” as quoted in the report. Citi Research points out that this is precisely the buyer segment most exposed to any erosion in Dubai’s safe-haven reputation. If the conflict extends and the city’s image for political neutrality takes a lasting hit, international capital is the first to redirect elsewhere. Dubai’s price discovery at the top end of the market has historically been driven by this cohort. A sustained pullback in international demand would not just hurt transaction volumes. It would reset price expectations across the board, the firm explained. “International buyer demand could be disproportionately affected by any perceived decline in Dubai’s safe-haven status, partly also dependent on the length of the current conflict,” as quoted by the firm. Dubai’s property market is entering a period defined by two forces pulling against each other. A supply pipeline that was always going to test the market. And a geopolitical shock that has arrived precisely when demand needed to hold firm, as per the report. Citi Research is not calling for a collapse. But it is not calling for a continuation of the boom either. The range of outcomes, from flat prices to a 20% decline, tells you everything about how much genuine uncertainty sits in this market right now. The next two years will be decided not by any developer’s project pipeline or pricing strategy. They will be decided by whether Dubai can preserve the one thing that made it a global real estate destination in the first place. Its reputation as a safe place to be, the firm added. Cabinet approves Rs 2,584.6-crore small hydro power scheme to add 1,500 MW capacity in remote and underserved regions. The scheme aims to unlock Rs 15,000 crore in investments and provide financial support for projects in the Northeast and border districts. It will also create employment opportunities and align with Atmanirbhar Bharat goals.</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>Mumbai real estate registration hits 14-year high- Why one region is dominating 57% of deals</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Mumbai’s housing market isn't just growing; it's transforming. In February 2026, property registrations hit a 14-year high, fueled by a massive shift toward luxury apartments and the Western Suburbs' 57% market dominance. With stamp duty revenue surging 21%, the data reveals a city trading entry-level flats for premium lifestyle upgrades, powered by the game-changing Coastal Road and infrastructure boom.</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>March 3, 2026 11:39 IST</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/industry/mumbai-real-estate-registration-hits-14-year-high-why-one-region-is-dominating-57-of-deals/4161045/</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>Mumbai’s residential property market reached a 14-year peak in February 2026, recording 13,029 property registrations and contributing Rs 1,134 crore to the state treasury in stamp duty collections. This represents an 8% increase in registration volumes and a massive 21% jump in revenue compared to the same period last year. The data suggests a massive tilt toward high-value luxury homes, as residential sales now account for 80% of all city transactions. While volumes grew steadily, the disproportionate rise in revenue indicates that expensive apartments are driving the current market frenzy across the city. The composition of Mumbai’s housing market is undergoing a significant change as buyers move away from entry-level properties. Transactions for homes priced above Rs 5 crore rose to 8% of the total market, while the Rs 2 crore to Rs 5 crore segment climbed to 20%. In contrast, affordable housing priced below Rs 1 crore saw its share drop from 46% to 40% over the last twelve months. This movement toward premium inventory is the primary reason why the government’s revenue grew nearly three times faster than the actual number of units sold. Shishir Baijal, Chairman &amp; Managing Director of Knight Frank India, noted in the report: “Demand remains largely end-user driven, with the mid-to-premium segments gaining traction, while suburban markets continue to dominate on the back of improving connectivity and expanding infrastructure.” The geographical focus of Mumbai’s real estate activity has narrowed significantly toward the Western Suburbs, which now command 57% of the total market share. This is a sharp increase from the 49% recorded in February 2025. Meanwhile, the Central Suburbs saw their contribution dip to 30%. Core city areas like South Mumbai and Central Mumbai remained static or saw slight declines in their share of the pie, largely due to high entry costs and a lack of new land parcels for development. The Knight Frank India report states: “The Western Suburbs have further consolidated their leadership, reinforcing their position as the city’s most active housing corridor.” Despite the increase in spending, Mumbaikars continue to show a strong preference for functional, compact living spaces. Properties measuring up to 1,000 sq ft accounted for 81% of all registrations during the month. The most popular size remains the 500 to 1,000 sq ft bracket, making up 45% of all deals. However, there is a slow but steady increase in the demand for larger apartments exceeding 1,000 sq ft, as affluent buyers prioritize improved living standards and permanent ownership over smaller, transitional homes. Shishir Baijal further observed in the Knight Frank India analysis: “Mumbai’s residential market is not merely witnessing a cyclical upswing, it is demonstrating structural stability, infrastructure-led growth, and long-term confidence.” The record-breaking performance in February is being tied directly to the massive capital expenditure by the Brihanmumbai Municipal Corporation (BMC). Major projects like the Coastal Road and various link corridors are making once-distant suburban pockets more accessible to the central business districts. This connectivity is encouraging buyers to commit to long-term purchases in the suburbs, where they can find a better balance of price and lifestyle amenities compared to the saturated island city. The report by Knight Frank India mentions: “The BMC’s largest-ever budget, with its continued emphasis on transformative infrastructure projects such as the Coastal Road and key link corridors, is expected to further reinforce this positive trajectory.” The state exchequer has been the primary beneficiary of the premiumization trend, with the Rs 1,134 crore collected in February marking the highest ever for this specific month. The data reveals that even when monthly volumes fluctuate—as seen in the 22% dip in registrations from December 2025 to January 2026—the revenue remains resilient because the value of each individual transaction is climbing. This ensures that the government maintains a steady stream of income regardless of minor monthly variations in unit sales. The analysis by Knight Frank India concludes: “This sustained momentum is a testament to the inherent strength and depth of Mumbai’s residential sector.” The Tata Nexon has become the best-selling car in India for five of the last six months, beating out popular models like Maruti Suzuki Dzire and Hyundai Creta. The implementation of GST 2.0, which lowered taxes on compact cars and SUVs, has contributed to this success. The Nexon’s availability in all fuel types and its emphasis on safety have also made it a popular choice among Indian buyers.</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>Gurugram topples Mumbai again as India’s biggest luxury housing market</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Gurugram topped Mumbai for the second year in a row in ultra-luxury housing sales, clocking Rs 24,120 crore in 2025 for homes priced above Rs 10 crore. Dwarka Expressway and Golf Course Extension Road led the surge amid rising HNI and NRI demand.</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>February 23, 2026 22:20 IST</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/news/gurugram-topples-mumbai-again-as-indias-biggest-luxury-housing-market/4152731/</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>Once a satellite city, Gurugram has now become the epicentre of India’s luxury housing boom. In 2025, it toppled Mumbai for the second year in a row, clocking Rs 24,120 crore in sales of ultra-premium homes — the clearest signal yet of how new wealth and infrastructure are redrawing the country’s real estate map.According to the latest report by India Sotheby’s International Realty (ISIR) and CRE Matrix, Gurugram’s luxury housing segment — homes priced at Rs 10 crore and above — recorded transactions worth Rs 24,120 crore in calendar year 2025, outpacing Mumbai’s Rs 21,902 crore. This marks the second year in a row that Gurugram has overtaken Mumbai, which had dominated the luxury segment for nearly four decades. The surge was driven by record-high sales of 1,494 luxury homes, with total transaction value in Gurugram jumping almost sixfold from Rs 4,004 crore in 2023 to Rs 24,119 crore in 2025. The average size of homes sold stood at nearly 5,000 sq. ft., with the 4,000–6,000 sq ft segment contributing the largest share in value terms, while units above 8,000 sq ft accounted for 22% of overall value.Tina Talwar, Area Director, India Sotheby’s International Realty, said: “What is particularly notable is that this growth is no longer confined to legacy addresses. Emerging micro-markets such as Dwarka Expressway, Golf Course Road, and Golf Course Extension Road are collectively driving a structural expansion supported by infrastructure upgrades, superior product launches, and enhanced connectivity.” Among these, Dwarka Expressway led the boom, with a 2,079% surge in transaction value — from ₹383 crore in 2024 to ₹8,347 crore in 2025 — backed by large-scale luxury launches and improved infrastructure. Golf Course Extension Road (GCRE) followed with a 379% rise in transaction value and notable price appreciation, as average prices climbed from ₹24,855 to ₹37,899 per sq. ft. In contrast, traditional premium corridors such as Golf Course Road saw moderated activity due to limited new supply.Abhishek Kiran Gupta, Co-founder and CEO, CRE Matrix, said, “The nearly tenfold growth in the luxury segment over the past two years underscores sustained buyer confidence, strong capital inflows, and the expanding base of high-net-worth individuals. It also reflects a maturing demand profile — one that remains robust yet increasingly discerning, with buyers prioritizing prime locations, superior construction quality, and branded, amenity-rich developments.”Talwar added, “This momentum is being reinforced by broader capital formation, with 103 Indian corporates raising a record $19.54 billion through main-board IPOs in 2025, creating a new cohort of founders and entrepreneurs entering the luxury housing segment. While geopolitical headwinds persist, buyer sentiment remains optimistic, albeit with more calibrated expectations.”According to the report, Gurugram’s dominance represents a broader structural shift in India’s property market — from legacy metros to emerging urban hubs anchored by new infrastructure and wealth creation across technology, start-ups, and financial services.Aakash Ohri, Managing Director and Chief Business Officer, DLF, said: “Strong demand in the over `10 crore segment reflects a decisive shift from mere ownership to the pursuit of a superior living experience — defined by larger, well-designed homes in gated projects offering privacy, security, lifestyle amenities, wellness, and curated community spaces, along with robust social infrastructure. This momentum is driven by sustained wealth creation across technology, start-ups, and financial services, alongside a growing base of entrepreneurs and senior professionals.”Ohri added that the luxury buyer profile is becoming younger, with discerning buyers in their early 30s now actively investing. “Consistent NRI demand also underscores the appeal of these developments as they offer a global lifestyle benchmark aligned with what they are accustomed to overseas,” he said.  Amid tensions in West Asia, Indian-flagged LPG carriers Shivalik and Nanda Devi successfully cross the Strait of Hormuz, bringing 92,700 metric tonnes of LPG to Mundra and Kandla ports on March 16 and 17. This provides relief to India’s cooking gas supply chain, which has been disrupted by the conflict and shortage of LPG due to 28 affected Indian-flagged vessels.</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>CJ Roy’s son Rohit Roy remembers his father in video message, calls him a ‘deeply compassionate man’</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Rohit Roy remembers his father CJ Roy in an emotional video message, speaking about loss, legacy and leadership as Confident Group moves forward amid investigation.</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>February 9, 2026 23:05 IST</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/india-news/cj-roys-son-rohit-roy-remembers-his-father-in-video-message-calls-him-a-deeply-compassionate-man/4136979/</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>The death of CJ Roy, founder and chairman of the Confident Group, sent shockwaves across business circles in India. Roy died by suicide at his Bengaluru office on January 30, 2026, when Income Tax officials were conducting raids. As investigations continue, his son, Rohit Roy has reacted to his father’s untimely death. Days after the tragedy, Rohit Roy released a video message on Instagram, choosing to speak about loss, values and legacy that his father passed on. “The passing of my father, Dr. Roy CJ, on 30th January 2026 is an immense loss—not only for our family and colleagues, but also for the many people whose lives were touched by his work, his ideas, and the institutions he helped build,” Rohit said. A post shared by ROHIT ROY (@doncasanova) Rohit spoke about the response the family has received from across regions, including from people who never met his father personally. Many, he said, reached out to share how CJ Roy inspired them through his discipline and work ethic. He described his father as a ‘deeply compassionate man’ who believed leadership came with responsibility beyond business. He also spoke about his commitment to charity, concern for communities and support for those in need, Rohit said, came from a genuine belief in dignity, livelihoods and the future of people. On a personal level, Rohit said his father was his guide and role model. From a young age, he was taught that leadership was not about titles or appearances, but about discipline, integrity and long-term thinking. One lesson, he said, stayed with him strongly. His father never referred to the company as “my Confident Group,” but always as “our Confident Group.” It showed his belief that institutions are built by people who feel a sense of belonging, responsibility and shared purpose. Addressing concerns about the future of the Confident Group, Rohit said the company was built as an institution, not around one individual. Strong governance, experienced leadership and capable teams, he said, remain firmly in place. “The foundations remain intact and fully operational,” he said, adding that the group continues to function with stability, discipline and focus, and that all commitments remain unchanged. “Loss does not weaken institutions built on principle; it tests them,” he said. “What was built on conviction will endure.” Rohit Roy is a real estate developer, entrepreneur and well-known luxury car influencer, recognised by his online persona Don Casanova. With over 1.2 million Instagram followers, he is known for his signature blue-themed collection of high-end cars, including rare Bugatti and Rolls-Royce models. He also oversees Confident Group’s UAE operations and runs his own luxury lifestyle brand. According to Bengaluru police, CJ Roy arrived at his office between 2 and 3 pm on January 30, when Income Tax officials were present for final scrutiny of documents seized during earlier raids. After briefly interacting with them, he entered his cabin around 3 pm. Police say he shot himself between 3:00 and 3:10 pm using a licensed pistol found at the scene. There were no signs of forced entry or outsiders, and the investigation is ongoing.  Things may soon change in a big way at HSBC Holdings Plc, as the bank quietly looks at cutting a set number of jobs over the next few years, Bloomberg reported.</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>India’s housing map flips in 2025: How Chennai became the hottest market, outpacing Mumbai</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>India’s housing market is splitting fast. While Mumbai and Pune cool sharply, one southern city is rewriting the demand story.</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>February 5, 2026 18:47 IST</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/money/indias-housing-map-flips-in-2025-how-chennai-became-the-hottest-market-outpacing-mumbai-4132437/</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>Chennai is leading a massive southern surge while the traditional heavyweights of Mumbai and Pune face a cooling period. The gap between regions reached a record high in 2025 as buyer behavior turned more selective across the country. According to the PropTiger Real Insight report (Jan-Dec 2025), “India’s residential markets in calendar year 2025 reflected a phase of measured normalisation following the elevated post- pandemic momentum of 2024.” Chennai recorded a massive increase in demand, selling 24,892 units in 2025 compared to 16,044 units in 2024. This growth indicates a market that is fundamentally different from the cooling trends seen in North and West India. The city remained stable through the mid-year period before accelerating toward a record-breaking Q3, the report noted. The southern city stayed structurally sound throughout the year as buyers focused on end-user demand rather than temporary gains. Even with a small moderation in the final quarter, volumes remained higher than at the start of the year. This resilience suggests that the local market is less prone to the shocks currently affecting the Mumbai region. Developer discipline played a major role in keeping inventory in check while the city prepared for the upcoming state elections. Supply remained calibrated to match the absorption speed, ensuring that prices did not spiral out of control. As per the PropTiger Real Insight report (Jan-Dec 2025), “Chennai delivered one of the strongest performances among all major cities… representing a 55% YoY increase.” Explaining the rise of the housing market in the peninsular region of India, the firm said that Southern cities benefited because their demand base was more stable and less exposed to large-ticket hesitation. Western cities, on the other hand, faced sharper pullbacks due to higher prices and longer decision cycles. The report notes that “market performance is increasingly driven by regional fundamentals,” rather than national momentum. It further added that Southern cities like Chennai and Hyderabad stayed stable due to deep end-user participation and robust absorption. Mumbai MMR saw a significant correction in early 2025, with sales dropping 26.4% compared to the high base of 2024. This trend continued into the middle of the year as the city hit an annual trough of 23,334 units in Q3. Cautious behavior among home seekers resulted in a partial recovery that lacked the strength of previous cycles, the report added. Pune shared a similar fate, experiencing sharp quarterly fluctuations that made it one of the most volatile zones in the top eight cities. Sales in Pune fell 28.5% year-over-year by the end of 2025, signaling that affordability pressures are finally starting to weigh on buyers, the report noted. This downward movement contrasts sharply with the southern strength seen in the same period. The overall western region faced strong headwinds, dragging down the national average during this transition phase, as per the report. Supply remained elevated in these areas despite the slowing sales, putting pressure on the equilibrium between new launches and unit absorption. The PropTiger Real Insight report (Jan-Dec 2025) states, “Western markets faced headwinds in 2025, with overall sales declining approximately 24%, led by significant corrections in Mumbai (26.4%) and Pune (27.1%),” as quoted in the report. The RBI reduced the repo rate to 5.25% in December 2025, which eased home loan rates toward the end of the year. This move provides a strategic chance for buyers to finalize purchases before prices rise further in the next calendar year. Steady monetary conditions helped keep the market from contracting too sharply during the second half, the report noted. Input costs for developers are also set to drop after the GST Council reduced taxes on cement from 28% to 18%. While the full benefits might take time to reach the end-user, it creates a buffer against price spikes in the mid-income housing segment. These policy changes are aimed at keeping home ownership within reach for a larger section of society, as per the report. A stable macroeconomic environment acted as a base for this phase of price-led growth across India. Even with global uncertainty, domestic drivers like urban employment and infrastructure spending stayed intact throughout the year. The PropTiger Real Insight report noted, “With the RBI reducing the repo rate to 5.25% in December 2025, home loan rates eased marginally after remaining broadly stable for most of the year,” as quoted in the report. Reliance Industries has bought 2 million barrels of Venezuelan oil at a discounted price, marking their first purchase in a year. The news is yet to be verified by Financial Express. India’s Foreign Ministry has expressed interest in buying oil from Venezuela, prioritizing energy security for its large population. The government plans to diversify its oil sources.</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>CJ Roy’ death: Did fear of investor exit and refund pressure drove mental strain on real estate tycoon?</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Mounting pressure from investors seeking refunds and fears of scrutiny added to mental stress on Confident Group owner C.J. Roy before his death during IT raids.</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>February 5, 2026 18:05 IST</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/india-news/cj-roy-death-did-fear-of-investor-exit-and-refund-pressure-drove-mental-strain-on-real-estate-tycoon/4132372/</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>Real estate tycoon and Confident Group owner C.J. Roy died by suicide on Friday after shooting himself when Income Tax raids were taking place at his Bengaluru office. A fresh revelation has now emerged that mounting pressure from investors demanding the return of their money was among the critical factors affecting his mental health in recent months. According to a report by Manorama Online, Roy had no outstanding debt liabilities but had accepted investments from political leaders and individuals from the film industry for real estate projects in Dubai and Kerala. Investigators say suspicions that Roy could come under scrutiny by central agencies led some investors to seek refunds, increasing pressure on him over the past several months. Income Tax officials from Kochi are still present in Bengaluru as part of the ongoing verification process. Investigators are also probing how Roy managed to raise funds for large-scale projects without taking bank loans, a practice he had publicly maintained. Family members informed the SIT that Roy had been undergoing treatment for depression for over four months. He was receiving care at a prominent hospital in the Jayanagar 8th Block area of Bengaluru. Recent setbacks in several Confident Group projects reportedly worsened his mental health. Continuous demands for refunds from investors who had invested in stalled or delayed projects added to the strain. Roy had repeatedly stated that his ventures were executed without loans and that he did not borrow from banks, a claim now under investigation. Roy was found dead with a gunshot wound after Income Tax Department officials demanded documents during a raid conducted on the 30th. Police have clarified that the Income Tax team was not interrogating Roy at the time of the incident. Police quoted IT officials as saying, “Roy was not restricted from doing his regular work today, as we were only conducting scrutiny to lift prohibitory orders against his firm.” Officials also said Roy’s mobile phone and briefcase were not seized and that the team was unaware he was carrying a licensed firearm. Investigators said CCTV cameras inside Roy’s cabin were either non-functional or failed to capture events clearly, forcing reliance on witness statements and timelines. The SIT is examining discrepancies in accounts provided by staff and family members, including the time Roy entered the cabin and when the door was opened after the gunshot. Hospital and post-mortem reports confirmed that Roy died from a single self-inflicted gunshot wound. The 6.35 mm bullet entered his left chest, pierced the heart and lungs, and lodged near the back, causing near-instant death. Kerala Chief Minister Pinarayi Vijayan has written to Union Finance and Corporate Affairs Minister Nirmala Sitharaman, seeking a judicial enquiry into the incident. In his letter, Vijayan described Roy’s death as an unnatural one and sought greater clarity over the matter. Responding to allegations that pressure from the Income Tax department led to Roy’s suicide, Karnataka Home Minister G. Parameshwara urged caution. Speaking to reporters in Bengaluru, he said, “Everything will be ascertained once the probe is completed. Until then, we cannot arrive at any conclusion. It cannot be said at this stage that the suicide occurred due to a particular reason.” Disclaimer: If you or someone you know is in distress or struggling with mental health, please seek help immediately. Government Tele-MANAS Helpline: Call 14416 or 1-800-891-4416 (Toll-free, 24×7, available in 20+ languages). KIRAN (Govt. Helpline): 1800-599-0019Vandrevala Foundation: +91-9999666555 (WhatsApp/Call)Fortis National Helpline: +91-8376804102 Things may soon change in a big way at HSBC Holdings Plc, as the bank quietly looks at cutting a set number of jobs over the next few years, Bloomberg reported.</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>Hyderabad office market outpaces Top 6 cities – Why ICRA predicts 19 million sq feet supply ‘mega-wave’</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Hyderabad’s office market remains robust, with strong absorption, rising Grade A supply, and sustained IT-BPM and BFSI demand supporting growth, ICRA said.</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>February 5, 2026 15:00 IST</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/news-hyderabad-office-market-outpaces-top-6-cities-why-icra-predicts-19-million-sq-feet-supply-mega-wave-4132110/</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>Hyderabad is seeing unprecedented demand and supply for office space. As per an ICRA report, Hyderabad’s office space market recorded a compound annual growth rate (CAGR) of about 14%  between FY18 -FY25. During the same period, India’s top six cities saw an annual 7% growth in the office space market, on a compounded basis. According to the ICRA report, the city recorded a fresh supply of Grade A 8.4 million square feet of office space in the first three quarters of fiscal year 2025-26. During the same period, the city recorded a net absorption of 8.5 million square feet. ICRA said that Hyderabad’s commercial real estate momentum is likely to sustain in the coming years as well. The firm points out that, despite almost 2X supply growth, the city’s real estate market will remain strong, as demand is likely to grow at a similar pace. ICRA estimates that Hyderabad will see about 18-19 million square feet of new office supply in Q4 FY27. The firm expects the city’s real estate market fundamentals to remain strong in the city, with net absorption likely to be about 83 per cent in Q4 FY27. Due to sustained growth over the last 8 years, Hyderabad’s share in the office space market increased to 16 per cent by December 2025, from 13 per cent in March 2021.  ICRA says the city’s limited floor space index has enabled developers to build more, boosting office supply in Hyderabad. Among the key localities of Hyderabad, Hitec City/Madhapur, Gachibowli, and the Financial District are the three major micro-markets, accounting for 63 per cent of the total office supply. The firm said vacancy is set to remain low in Hitech City/Madhapur, with limited new supply in FY27, while Gachibowli and the Financial District are projected to see stable vacancy levels. ICRA said that in Hyderabad, absorption was driven by healthy demand from the IT-BPM and BFSI companies.  ICRA believes Hyderabad’s strong leasing fundamentals and steady demand outlook should help the market sustain stable operating metrics in the medium term. Further, ICRA estimates that the  top ten developers in Hyderabad collectively hold 58 per cent of the city’s Grade-A office stock as of December 2025. English clubs face a tough challenge in the 2025-26 UEFA Champions League as Chelsea and Manchester City have already been knocked out in the round of 16. Arsenal is the only team to reach the quarter-finals, while Liverpool and Newcastle will need to step up in their upcoming matches against Galatasaray and Barcelona.</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>Why did Confident Group owner CJ Roy commit suicide? Theories and what investigators say</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Confident Group chairman CJ Roy died by suicide during an Income Tax scrutiny in Bengaluru. Here’s what police, family members, and investigators have revealed so far.</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>February 3, 2026 20:18 IST</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/india-news/why-did-confident-group-owner-cj-roy-commit-suicide-theories-and-what-investigators-say/4130099/</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>C J Roy, chairman of the Confident Group, died by suicide at his Bengaluru office on January 30, 2026, at the time when Income Tax officials were conducting raids at the property. He was 57. Police say Roy shot himself inside his private cabin at the company’s Langford Town office in Bengaluru. The case is being investigated as an unnatural death, and authorities say it is too early to link the suicide to any single cause. Here is a look at what happened in the claim so far: According to Bengaluru police, Roy arrived at his office between 2 and 3 pm on January 30. Income Tax (IT) officials were already present for final scrutiny of documents seized during earlier raids. Police say Roy briefly interacted with officials, entered his cabin around 3 pm, and shot himself between 3:00 and 3:10 pm. A licensed pistol and a live cartridge were found under a chair inside the cabin. There were no signs of forced entry or the presence of outsiders. The police have registered an FIR and are treating the case as an unnatural death. Initial findings point to suicide. Hospital and post-mortem reports confirmed that Roy died from a single self-inflicted gunshot wound. The bullet, a 6.35 mm round, entered his left chest, pierced the heart and lungs, and lodged near the back, causing near-instant death. Roy’s brother has alleged that he was under extreme mental stress following the Income Tax raids conducted at his companies earlier in the day. Speaking to a Malayalam news channel, the brother questioned the conduct of officials and demanded accountability. “I don’t know how the Income Tax team troubled him. They need to answer what happened that made him (Roy) take such a step. He was under pressure for the last three to four days. I was calming him down.” There have been rumours that Roy left behind a nine-page death note or a 20-page diary explaining the reasons for his death. However, a senior Special Investigation Team (SIT) officer rejected these claims, saying no such document has been recovered so far. “There are rumours about a nine-page death note and a 20-page diary. We will treat it as a death note only if it is found at the spot or if any electronic evidence is recovered during the investigation. If anyone makes unsubstantiated claims about claims about such documents, we will not consider them.” Police say a detailed search of the cabin did not yield any suicide note or diary. Police have clarified that the Income Tax team was not interrogating Roy at the time of the incident. According to officers, officials were only conducting document verification to lift prohibitory orders issued earlier. Police quoted IT officials as saying, “Roy was not restricted from doing his regular work today, as we were only conducting scrutiny to lift prohibitory orders against his firm.” They also said Roy’s mobile phone and briefcase were not seized and that officials were unaware he was carrying a licensed firearm. Investigators said CCTV cameras inside Roy’s cabin were either non-functional or did not fully capture events inside, forcing them to rely on witness statements and timelines. The SIT is examining discrepancies in accounts given by staff and family members, including the exact time Roy entered the cabin and when the door was opened after the gunshot. Family members, including Roy’s wife, will be questioned to understand financial and personal circumstances. Kerala Chief Minister Pinarayi Vijayan has written to Union Finance and Corporate Affairs Minister Nirmala Sitharaman, seeking a judicial enquiry into the incident. In his letter, Vijayan described Roy’s death as an unnatural death that occurred during an Income Tax raid and called for greater clarity. Responding to allegations that pressure from the Income Tax department led to Roy’s suicide, Karnataka Home Minister G Parameshwara said it was too early to draw conclusions. Speaking to reporters in Bengaluru, he said, “Everything will be ascertained once the probe is completed. Until then, we cannot arrive at any conclusion. It cannot be said at this stage that the suicide occurred due to a particular reason.”Disclaimer: If you or someone you know is in distress or struggling with mental health, please seek help immediately. Vandrevala Foundation: +91-9999666555 (WhatsApp/Call) Government Tele-MANAS Helpline: Call 14416 or 1-800-891-4416 (Toll-free, 24×7, available in 20+ languages). KIRAN (Govt. Helpline): 1800-599-0019 Things may soon change in a big way at HSBC Holdings Plc, as the bank quietly looks at cutting a set number of jobs over the next few years, Bloomberg reported.</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>Budget 2026 backs property through infra, REITs and rail corridors, leaves housing incentives off the table</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Budget 2026 positions real estate as an indirect winner, riding on infrastructure capex, REIT monetisation and rail-led connectivity while affordable housing waits.</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>February 1, 2026 17:11 IST</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/industry-budget-2026-backs-property-through-infra-reits-and-rail-corridors-leaves-housing-incentives-off-the-table-4127405/</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>The Union Budget for FY2026–27 has reinforced real estate’s dependence on infrastructure-led growth, offering strong indirect support through higher capital expenditure, asset monetisation and connectivity projects, while stopping short of any direct fiscal relief for the sector. Public capital expenditure has been increased to Rs 12.2 lakh crore in FY27 from Rs 11.2 lakh crore in FY26, with a clear focus on cities with populations above five lakh. Alongside this, the government announced an Infrastructure Risk Guarantee Fund, dedicated REITs to monetise CPSE real estate assets, and seven high-speed rail corridors measures that collectively influence housing demand, logistics expansion and commercial development, particularly outside metros. However, the Budget did not introduce any tax incentives or policy support aimed specifically at residential buyers or developers, leaving affordable housing concerns unresolved. While real estate did not receive any major tax announcements, several measures materially affect the sector’s operating environment. The rise in capital expenditure to Rs 12.2 lakh crore, with spending concentrated in Tier-2 and Tier-3 cities, is expected to improve urban infrastructure, stimulate housing demand and support commercial and logistics assets in emerging growth centres. The proposed fund is designed to provide partial credit guarantees to lenders during the development and construction phase. For real estate-linked infrastructure and large projects, this reduces financing friction and improves project viability. The announcement of dedicated REITs to recycle CPSE-owned real estate assets including railway land, port land, power transmission infrastructure, telecom towers and government properties is expected to deepen institutional participation in commercial real estate and create fresh supply of income-generating assets. Seven corridors included: Mumbai–Pune, Pune–Hyderabad, Hyderabad–Bengaluru, Hyderabad–Chennai, Chennai–Bengaluru, Delhi–Varanasi and Varanasi–Siliguri are likely to influence residential and industrial development along transit-linked micro-markets. Shishir Baijal, International Partner, Chairman and Managing Director, Knight Frank India, said the Budget reinforces macro continuity rather than offering a demand shock to the sector. According to him, the broader environment keeps buyer expectations realistic. “The Budget maintains a stable macro environment for investors, keeping buyer sentiment measured and pragmatic. The focus on selective opportunities in tier-2 and tier-3 growth corridors, and connectivity in urban economic regions, provides a supportive backdrop for demand in residential and logistics markets over the medium term.” Despite the enabling measures, the absence of sector-specific incentives has disappointed market participants. “However, disappointingly, the Budget does not introduce any real estate-specific fiscal incentives, especially to boost affordable housing in India, which has already been a cause of concern for the sector,” Baijal said. Affordable housing continues to face pressure from higher construction costs and limited buyer support, even as mid-income and premium segments show steadier traction. Adding to this view, Anuj Puri, Chairman, ANAROCK Group, said the Budget offers indirect support but fails to address the deepest stress point in housing. “From a real estate perspective, it has delivered limited direct but various indirect benefits, acting more as a growth catalyst than an instant rescue cavalry,” Puri said. He pointed out that affordable housing has been in decline since the pandemic, with ANAROCK data showing its sales share falling from over 38% in 2019 to 26% in 2022 and further to around 18% in 2025. “The affordable housing segment was in express need of direct intervention by way of interest stimulants for buyers and developers,” he added. The high-speed rail corridors announced in the Budget are expected to influence future real estate patterns by improving inter-city mobility and supporting new economic clusters. The FY27 Budget positions real estate as a downstream beneficiary of infrastructure spending, financing support and asset monetisation rather than a direct policy priority. Higher capex, risk guarantees, REIT-led recycling of government assets and improved rail connectivity strengthen the foundation for growth, especially in non-metro markets. At the same time, the absence of targeted measures for affordable housing leaves a critical segment of the sector still looking for policy intervention. Things may soon change in a big way at HSBC Holdings Plc, as the bank quietly looks at cutting a set number of jobs over the next few years, Bloomberg reported.</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>Confident Group owner CJ Roy’s final video goes viral after his death by suicide – WATCH</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Confident Group owner CJ Roy’s final Republic Day video goes viral after his death by suicide during Income Tax raids in Bengaluru, shocking real estate and film circles.</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>January 30, 2026 21:44 IST</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/trending/confident-group-owner-cj-roys-final-video-goes-viral-after-his-death-by-suicide-watch/4124893/</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>Confident group owner CJ Roy died by suicide on Friday. He shot himself at his office in Bengaluru when Income Tax officials were conducting raids, the police said in a statement. The incident has shocked people in business and real estate circles. Roy’s last social media post has now gone viral. Just four days before his death, that is on 26th January, he shared a video message for Republic Day with his 1.3 million followers. In the video, he wished people and their families. A post shared by Dr Roy Chiriankandath Joseph (@dr.roy.cj) “Dear friends, good afternoon. Wish you all a very happy 77th Indian national Republic Day. This is a great day in each one of our lives, so wishing you and your family again a very, very Happy Republic Day. Take care. Bye bye,” he said in the video. The post has gained attention as it was his final public message before his death. Roy is a well-known builder and real estate developer from Kochi, Kerala. He was the founder of the Confident Group. Though real estate was his main business, he was also active in the film industry and produced several South Indian films. According to details on his Facebook bio, Roy produced a total of eight Kannada and Malayalam films. He supported several large film projects featuring leading South Indian actors. His filmography included big-budget films such as Mohanlal’s Casanovva and Marakkar, showing his strong interest in cinema alongside his real estate ventures. Sharing details, Commissioner Seemanth Kumar Singh said, “The Chairman of the Confident Group has died by suicide. The body is currently at the hospital. The SOCO team and the crime team have conducted inspections. A complaint has been filed by a director of the company. Preliminary information points out that he died by shooting himself. An investigation is ongoing to determine the type of pistol used. We are also examining how many rounds were fired.” He further said, “The incident occurred at around 3:15 PM. We are in communication with Income Tax officials. Income Tax raids have been going on for the past three days. The IT raids were conducted by the Kerala Income Tax team. We are also investigating who all were present at the time of the incident. The investigation is ongoing, and more details will be shared after it is completed.” Disclaimer: If you or someone you know is in distress or struggling with mental health, please seek help immediately. Fortis National Helpline: +91-8376804102 Things may soon change in a big way at HSBC Holdings Plc, as the bank quietly looks at cutting a set number of jobs over the next few years, Bloomberg reported.</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>Who was CJ Roy? Confident Group owner died by suicide after Income Tax raid</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Confident Group founder CJ Roy died by suicide in Bengaluru after reportedly facing stress following Income Tax raids, sending shockwaves across India’s real estate and business circles.</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>January 30, 2026 21:03 IST</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/india-news/who-was-cj-roy-confident-group-owner-dies-by-suicide-after-income-tax-raid/4124516/</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>CJ Roy, the owner of Confident Group, died by suicide on Thursday. Initial reports suggests that he shot himself inside his office near Richmond Circle, Bengaluru. He was 57. According to reports, CJ Roy was under severe stress following Income Tax raids conducted earlier in the day on companies linked to him. As per reports, Roy shot himself a single bullet at his chest and Income Tax officials immediately rushed to Narayana Hospital in HSR Layout. The incident has shocked people in business and real estate circles. Police reached the spot soon after and have started an investigation. More details are expected as the probe continues. PTI journalist Elizabeth Kurian reported that CJ Roy was reportedly distressed due to the Income Tax raids carried out earlier that day. His real estate conglomerate has major operations in Kerala and Karnataka, and projects in the UAE, including Dubai. He held a doctorate in Business Administration and began his career in the corporate sector before entering the real estate business in the mid-2000s. Under his leadership, Confident Group expanded from a single project in Kerala into a large multi-sector developer with more than 100–160 projects across residential and commercial real estate, hospitality, and allied businesses. His estimated net worth is in the range of about Rs 300–500 crore, as per affluense. According to Commissioner Seemanth Kumar Singh, “The Chairman of the Confident Group has died by suicide.The body is currently at the hospital. The SOCO team and the crime team have conducted inspections. A complaint has been filed by a director of the company. Preliminary information suggests that he died by shooting himself. An investigation is underway to determine the type of pistol used. We are also examining how many rounds were fired.” He further added, “The incident occurred at around 3:15 PM. We are in communication with Income Tax officials. Income Tax raids have been going on for the past three days. The IT raids were conducted by the Kerala Income Tax team. We are also investigating who all were present at the time of the incident. The investigation is ongoing, and more details will be shared after it is completed.” Headquartered in Bengaluru, the group developed a strong presence in Kerala and later expanded overseas. Its core focus remained residential and commercial real estate, including luxury apartments, plotted developments, and townships, along with diversification into sectors such as hospitality, aviation, entertainment, education, golf projects, and building-materials trading. The company positioned itself as a low-debt or zero-debt developer, emphasising clear land titles, legal transparency, and minimal litigation to build buyer confidence. At its peak, Confident Group was reported to have completed or launched around 140–165 projects, covering over 40 million square feet of development and serving more than 15,000 customers across India and the Gulf region. The group was often cited among leading real estate developers in South India, with several projects receiving high CRISIL ratings and strong brand recognition, particularly in Kerala and Bengaluru. Disclaimer: If you or someone you know is in distress or struggling with mental health, please seek help immediately. Fortis National Helpline: +91-8376804102 Things may soon change in a big way at HSBC Holdings Plc, as the bank quietly looks at cutting a set number of jobs over the next few years, Bloomberg reported.</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>Is the realty slump ending? 5 reasons why PE investors are betting on a $4.4 bn rebound</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Private equity inflows into Indian real estate are set to rebound to $4.4 billion in 2026, led by office and logistics assets, Knight Frank says.</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>December 29, 2025 17:17 IST</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/industry/is-the-realty-slump-ending-knight-frank-sees-4-4-billion-private-equity-rebound-in-indian-real-estate-2026/4091398/</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>Private equity investments in Indian real estate fell 29% year-on-year in 2025, even as office assets continued to attract the largest share of capital, according to a report by Knight Frank India. The report indicates that while 2025 marked a pause in private equity activity, investment momentum is expected to improve in 2026 as the cost of capital stabilises and valuation expectations begin to align. Private equity inflows into Indian real estate are projected to rise to around $4.4 billion next year, driven by selective deployment rather than broad-based risk taking. The findings are part of Trends in Private Equity Investments in India: H2 2025, which tracks only private equity capital deployed across office, residential, retail and warehousing assets. The report excludes REITs, InvITs, hospitality and data centres to ensure consistency in investment tracking. Knight Frank India said the decline was driven by a recalibration across three interlinked factors: the effective cost of capital, exit visibility and valuation alignment. While macro indicators such as GDP growth, inflation and interest rates showed improvement, these factors did not realign quickly enough to support sustained capital deployment during the year. Despite the slowdown in 2025, Knight Frank India said its investment forecasting model points to a measured recovery next year. “Knight Frank’s investment forecasting model points to a more supportive environment over the medium term. Based on assumptions around government capital expenditure, currency movement, inflation, interest rates and incremental office supply, private equity investments in Indian real estate are projected to rise by 28% year on year to approximately $4.4 billion in 2026. This recovery is expected to be measured, driven by selective growth rather than a broad-based return of risk capital,” said Shishir Baijal, International Partner, Chairman and Managing Director, Knight Frank India. The report added that slower valuation adjustment between buyers and sellers constrained deal execution, even as operating performance in office and retail assets remained stable. As a result, private equity investors stayed cautious and tilted towards downside-protected, income-focused structures instead of large equity-led transactions. The consultancy noted that capital deployment in 2026 is likely to be guided by asset-level fundamentals and execution clarity, rather than a rapid return of risk-heavy bets. According to the report, total private equity inflows into Indian real estate stood at around USD 3.5 billion in 2025, sharply lower than the previous year. Office assets remained the largest recipient, accounting for 58% of total investments, with inflows of about USD 2.0 billion. Knight Frank India said office investment volumes were broadly in line with the three-year average, indicating continued investor interest in income-generating assets. The segment benefited from its scale, institutional ownership profile and steady leasing demand, even as investors remained cautious on pricing and exits. Residential real estate ranked second, drawing 17% of total private equity investments during the year. However, the nature of capital deployment changed. The report said investors increasingly preferred structured and credit-led instruments, focusing on projects with clear execution visibility and contracted cash flows. Equity investments were largely limited to de-risked developments. Warehousing emerged as the third-largest segment, attracting 15% of private equity inflows in 2025. Knight Frank India said occupier demand remained healthy, supported by e-commerce expansion, manufacturing growth and supply-chain formalisation. Investment volumes, however, were constrained by limited availability of stabilised assets and tighter underwriting standards. Retail accounted for 11% of total private equity investments, driven mainly by a single large transaction after nearly two years of muted activity. The report said capital was deployed only in assets meeting strict criteria on scale, operating performance and exit visibility. Knight Frank India added that office and logistics assets are expected to continue attracting most private equity capital in 2026, while residential and retail investments are likely to remain project-specific and structured in nature. Taken together, Knight Frank India’s findings suggest that the slowdown in private equity investments during 2025 was less about weakening real estate fundamentals and more about capital market constraints. With offices and logistics continuing to offer income visibility and execution clarity, and with valuation and exit conditions expected to improve gradually, the consultancy expects private equity activity to pick up in 2026—though investors are likely to remain disciplined and selective rather than aggressive in their return. Things may soon change in a big way at HSBC Holdings Plc, as the bank quietly looks at cutting a set number of jobs over the next few years, Bloomberg reported.</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>India’s top 10 luxury housing destinations: Why micro-markets are the new hotspots</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>India’s luxury housing demand is increasingly shifting to select micro-markets rather than entire cities. According to Magicbricks’ How India Searched for Homes in 2025 report, 10 premium destinations—from Dwarka Expressway and Sarjapur Road to Porvorim and Ballygunge—are driving 75–80% of high-end home searches, reflecting a strong preference for infrastructure-led growth, lifestyle upgrades and future-ready living.</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>December 26, 2025 20:08 IST</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/money/top-10-premium-luxury-destinations-of-india-micro-markets-now-redefine-high-end-housing-4089377/</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>India’s luxury housing demand is no longer driven only by big cities. There are quite a few specific micro-markets that are now redefining high-end housing societies. These luxury corridors, with some coming up in tier-2 cities, offer a mix of infrastructure, connectivity, lifestyle amenities and future growth potential. According to Magicbricks’ ‘How India Searched for Homes in 2025’ report, buyer interest in premium homes is heavily concentrated in 10 high-growth luxury pockets, where 75–80% of housing demand is coming from the premium and luxury segment. These locations are emerging as India’s most sought-after addresses for affluent homebuyers, investors and NRIs. 1. Dwarka Expressway Dwarka Expressway, Delhi has quickly become one of India’s fastest-growing luxury corridors. Strong infrastructure push, proximity to Delhi airport and new-age gated developments have made it a magnet for premium buyers looking for future-ready homes. 2. Noida Expressway Luxury demand along Noida Expressway is driven by spacious layouts, high-rise living and superior road connectivity. Buyers here prioritise parking availability, wider access roads and large homes — key markers of aspirational living. 3. Sushant Golf City Sushant Golf City, Lucknow, stands out as one of the few Tier-2 luxury destinations making it to the top list. Planned development, integrated township living and rising investment interest have positioned it as a premium residential hub in North India. 4. Ballygunge Ballygunge represents Kolkata’s shift towards modern luxury living. Magicbricks data shows buyers here are increasingly open to high-rise homes and lifestyle upgrades, while still valuing open views and premium neighbourhoods. 5. Gachibowli Gachibowli has emerged as Hyderabad’s most prominent luxury address. With strong confidence in infrastructure-led growth, buyers are actively investing in premium projects, driven by proximity to IT hubs and upcoming commercial developments. 6. Sarjapur Road Sarjapur Road continues to dominate Bengaluru’s luxury housing searches. High-income professionals prefer this corridor for its connectivity, premium gated communities and growing inclination towards vertical living with modern amenities. 7. Devanahalli Devanahalli, Bengaluru is fast becoming a long-term luxury investment destination. With airport proximity and large land parcels, this micro-market is attracting buyers who are betting on future appreciation rather than immediate returns. 8. Porvorim Porvorim, Goa reflects the rising popularity of lifestyle-led luxury housing. Demand here is largely driven by second-home buyers and investors looking for villas and premium homes that combine leisure with rental income potential. 9. Koregaon Park Koregaon Park remains Pune’s most aspirational luxury neighbourhood. Buyers here prefer established social infrastructure, greenery and spacious homes, making it a stable and end-user-driven premium market. 10. Vaishali Nagar Vaishali Nagar’s presence on the list highlights the rise of luxury housing in Tier-2 cities. Improved infrastructure, planned residential layouts and growing affluence have pushed this Jaipur locality into India’s premium housing map. Magicbricks data shows that luxury buyers across these micro-markets share common preferences: -Strong focus on parking availability and wider access roads -Rising demand for high-rise living with lift access -Preference for larger homes with extra bathrooms -Continued influence of Vastu and sunrise-facing homes -Growing confidence in infrastructure-led appreciation These factors explain why a majority of premium housing searches are narrowing down to these specific locations rather than entire cities. The takeaway India’s luxury housing story in 2025 is micro-market driven. From Dwarka Expressway and Sarjapur Road to Porvorim and Vaishali Nagar, these 10 destinations reflect how affluent buyers are redefining luxury—focusing on livability, long-term growth and lifestyle, not just pin codes. Here’s what experts have to say on emerging luxury corridors and high-end housing demand not only in metros but also in tier-2 cities. Yukti Nagpal, Director, Gulshan Group, says “As we step into 2026, the luxury residential market in Noida shines brighter than ever…. The demand for refined living spaces continues to rise, perfectly aligned with the evolving aspirations of discerning buyers. Noida stands at the forefront of this momentum, ready to set new benchmarks in luxury living and investment value in the coming year.” Amit Modi, Director, County Group, said, 2025 has been a very strong year for Indian real estate, with clear improvement in demand and buyer confidence across key markets. “In NCR especially, the impact of new expressways, metro corridors, airports and enhanced connectivity is now visible on the ground, and this has directly supported the growth of premium and luxury housing.” Many Indian professionals who work remotely have long looked at places like Bali or Thailand as work-from-anywhere hubs. Now, a European country is joining that list.</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>The 2026 real estate reset: Why global capital is betting $3.5 billion on India’s ‘ghost’ assets</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>As the US shutters malls, India’s retail real estate is seeing a revival. Global investors are betting $3.5 billion on the comeback of “ghost” malls across key Indian cities.</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>December 23, 2025 19:57 IST</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/industry/the-2026-real-estate-reset-why-global-capital-is-betting-3-5-billion-on-indias-ghost-assets/4084925/</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>As shopping malls across the US shut stores and struggle with rising vacancies, Indian retail real estate is heading into 2026 on a very different footing. Capital that once chased new developments is increasingly focusing on older shopping centres that had lost relevance but sit on valuable urban land.This renewed interest is tied to how India’s retail and housing markets behaved through 2025, based on data from property consultancies and sector reports. Through 2025, organised retail market in India remained tight despite global uncertainty. According to ANAROCK Research, Grade-A malls across major Indian cities continued to operate at 95–100% occupancy, with limited availability in prime zones. ANAROCK also pointed out that India faces a severe shortage of quality retail space. Grade-A mall stock stands at barely 0.6 sq ft per capita, compared with about 23 sq ft per capita in the US, a gap that continues to support demand for existing assets. On the demand side, ANAROCK noted that India is moving towards a $6 trillion consumption economy by 2030, supported by urbanisation, rising incomes and a young population. This backdrop helped physical retail remain relevant through 2025. At the same time, Knight Frank’s Think India Think Retail 2025 report drew attention to older, under-managed malls that lost relevance during earlier expansion cycles. Knight Frank identified 15.5 million sq ft of such underutilised or outdated shopping centre stock, commonly referred to as “ghost malls”. Government measures during 2025 helped stabilise broader real estate sentiment. The Union Budget 2025–26 increased total expenditure by 7.4% to Rs 50.65 lakh crore, with infrastructure and urban development remaining key priorities. Revised income-tax slabs improved disposable incomes, indirectly supporting housing demand. The government also allocated Rs 15,000 crore under SWAMIH Fund II to complete one lakh stressed housing units. In addition, the Rs 1 lakh crore Urban Challenge Fund and the National Geospatial Mission signalled a push towards institutional-grade urban development and digitised land records. Sector consultants have noted that these measures strengthen long-term confidence across real estate segments, including organised retail that depends on stable urban catchments. Residential markets sent mixed signals through 2025. According to ANAROCK Research, housing sales across the top seven Indian cities fell 9% year-on-year in Q3 2025, with about 97,080 units sold, compared with over 1.07 lakh units in the same quarter last year. Despite lower volumes, the total transaction value rose 14%, from Rs 1.33 lakh crore to Rs 1.52 lakh crore, pointing to stronger traction at the premium and luxury end. ANAROCK attributed the volume slowdown partly to the monsoon season and the inauspicious ‘shraad’ period, while describing the housing market as reasonably steady overall. Real estate consultants note that this divergence between volumes and value has pushed capital towards assets that offer predictable income rather than scale alone. Knight Frank noted that not all underperforming malls are beyond revival. According to the consultancy, selectively repositioning just 15 high-potential dormant shopping centres could unlock about Rs 357 crore in annual rental revenue. Many of these assets are well-located but misaligned with current demand. The contrast with Western markets remains sharp. ANAROCK Research stated that the US has seen around 1,200 net mall store closures since 2020, driven by oversupply and declining footfalls. In comparison, Grade-A retail assets in India typically deliver 14–18% internal rates of return, nearly double the yields available in several Western markets, according to ANAROCK. Knight Frank’s Think India Think Retail 2025 report explained that many ghost malls are being repurposed rather than demolished. The consultancy noted that these centres are suitable for healthcare uses because their generous floorplates allow for OPD clinics, diagnostic labs, pharmacies and inpatient wards. The same report stated that accessible urban malls are also being retrofitted into vocational institutes, coaching centres and skill-development hubs, particularly in land-constrained cities. E-commerce has not displaced physical retail in India. According to ANAROCK Research, several direct-to-consumer brands report that offline conversions are two to three times higher than online. Physical stores are increasingly used for experience and trust-building, while digital platforms drive scale. The opportunity is expanding beyond metros. As per Colliers India, rising consumption and infrastructure-led connectivity are pushing organised retail into Tier-II and Tier-III cities. Badal Yagnik, Chief Executive Officer and Managing Director of Colliers India, said that “2026 is set to reinforce India’s position as a future-ready and globally competitive real estate market”, with demographic and digital trends shaping demand. The current phase is not about indiscriminate expansion. Ashwinder R Singh, Chair, CII Real Estate, has said the market is now “anchored in end-user demand, balance-sheet discipline, and delivery credibility”, adding that “sustainability, technology adoption, and governance will separate durable platforms from cyclical players.” India’s organised retail market continues to operate with a shortage of quality space. With Grade-A mall stock at just 0.6 sq ft per capita, scarcity remains a key support factor, according to ANAROCK Research. As Shishir Baijal, Chairman and Managing Director of Knight Frank India, noted while discussing retail redevelopment, the focus is on “reconnecting rising consumer demand with underutilised retail infrastructure”, allowing older assets to find relevance again. That combination of scarcity, stable consumption and selective redevelopment explains why global capital is increasingly focused on India’s ghost assets as 2026 approaches. Swan Defence and Heavy Industries’ share price is in focus as promoter entity Hazel Infra plans to sell 5.01% stake. The company has seen remarkable growth in the past year, with a 2,811% increase and 300% gains in the last six months. This sale will help meet minimum public shareholding requirements and is scheduled to take place between March 18-24 at a floor price of Rs 1.</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>India’s flexible workspace market to grow to 3 times in size by 2028 with GCC push: Report</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>The report published by Smartworks co and UnearthIQ back their projections by citing surging demand for Grade A offices, e-commerce warehousing, institutional capital inflows, and policy catalysts like the Registration Bill 2025.</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>December 19, 2025 19:04 IST</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/business/news/indias-flexible-workspace-market-to-grow-to-3-times-in-size-by-2028-with-gcc-push-report/4082487/</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>India’s flexible workspace market which is largely driven by co-working set ups alongside Global Capacity Centres is projected to grow nearly threefold to USD 9-10 billion by 2028, according to a joint report published by Smartworks Coworking Spaces Limited and UnearthIQ earlier today. Titled “India’s Next Commercial Real Estate Wave: The Rise of Flex Spaces Fueled by GCC Growth,” the report focuses on a larger structural shift in India’s commercial real estate sector, where enterprises across industries are seen moving toward asset-light, operational expenditure-led office models. As per the report, India’s commercial real estate market size by economic activity which is presently the fourth largest market globally is on course to reach a valuation of USD 120-130 billion by 2030 from a valuation of USD 50-60 billion today. The  analysis undertaken by Smarteworks Co. places a large bet on the expansion of Global Capability Centers (GCCs) in India which has been primarily driving the  demand for flexible and managed workspaces across Tier-1 and Tier-2 cities. Global Capability Centres (GCCs) are offshore or near-shore centres set up by multinational companies to handle critical business functions such as technology development, engineering, data analytics, finance, R&amp;D, cybersecurity and operations. Unlike traditional outsourcing units, GCCs are captive centres, meaning they are fully owned and operated by the parent company. India’s GCC ecosystem employs about 2.2 million professionals and is adding 80,000-120,000 seats annually, translating into an annual revenue opportunity of USD 170-254 million for workspace operators. The report estimates that GCCs will require 160-200 million sq. ft. of office space by 2030, with flexible and managed workspaces accounting for 65-80 million sq. ft., or nearly half of this demand. Flex spaces, or flexible workspaces, are office spaces that allow companies to scale up or down quickly without committing to long-term leases. Unlike traditional offices that require multi-year lock-ins, flex spaces operate on shorter, more adaptable contracts and are typically fully serviced. The report published by Smartworks co and UnearthIQ back their projections by citing surging demand for Grade A offices, e-commerce warehousing, institutional capital inflows, and policy catalysts like the Registration Bill 2025. The bill seeks to digitise land and property registration, reduce manual processes, and improve transparency in real estate transactions and is yet to be passed by the parliament. “The USD 22-26 billion office segment, which forms 40-50% of the total market, is being reshaped by GCC and IT/ITeS growth, hybrid work models, and Tier-2 expansion. Within this shift, branded flex spaces have emerged as the fastest-growing category, rapidly outpacing traditional offices,” the report concluded. The Indian Premier League (IPL) is set to begin on March 29, but most teams are struggling with injuries. Kolkata Knight Riders (KKR) lost Harshit Rana and Matheesha Pathirana, while Sunrisers Hyderabad (SRH) will be without Pat Cummins. Defending champions Royal Challengers Bengaluru (RCB) are missing Josh Hazlewood, and Lucknow Super Giants (LSG) may lose Wanindu Hasaranga.</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>As Saif Ali Khan invests Rs 30.75 cr in Mumbai property, a look at his luxury real estate empire</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Saif Ali Khan expands his real estate portfolio with a new investment of Rs 30.75 crore in two premium commercial spaces in Mumbai. From a Bandra duplex to the iconic Pataudi Palace, a glimpse at the actor’s luxurious property empire.</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>November 21, 2025 19:03 IST</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/life/lifestyle-as-saif-ali-khan-invests-rs-30-75-in-mumbai-property-a-look-at-his-luxury-real-estate-empire-4051502/</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>Bollywood actor Saif Ali Khan who boasts of an impressive real estate portfolio, has just added two premium commercial units in Mumbai worth Rs 30.75 crore to it, reported Hindustan Times. Located in Kanakia Wallstreet, one of the city’s most popular commercial hubs, the units measure 5,681 sq ft and have six designated car parkings, according to the property registration documents accessed by Volney, as per the publication. Saif bought the property from Apiore Pharmaceutical, a US-based pharmaceutical company and the transaction was registered on November 18, 2025, with a stamp duty of Rs 1.84 crore and a registration fee of Rs 60,000. Notably, this is the same building where Hrithik Roshan and his father, Rakesh Roshan, purchased three office units worth Rs 31 cr earlier this year under their company, HRX Digitech LLP, reported HT. Saif Ali Khan’s current apartment where he lives is a luxurious duplex located in the Satguru Sharan building in Bandra West, Mumbai. Spanning across 10,000-square-foot, the stunning house has five bedrooms, a gym, a music room, six terrace balconies, and a library. Home’s private terrace pool completes its resort-like feel. According to Magicbricks, Saif also owns a multi-storey property in Fortune Heights, Bandra. It was their residence before they shifted to their current one. The four-storeyed structure had 3BHK units measuring 3,000 sq ft. After they moved to their present duplex, they rented out the apartment for Rs 3.5 lakh in 2021. Inside, the home blends comfort with old-world charm. The plush couches, antique accents, dark moody hues, to walls lined with art, reflect the couple’s fine taste. Also situated in the living room is a cosy library with floor-to-ceiling bookshelves, a built-in dark grey bar, and a vintage leather writing desk paired with Saif’s guitar, as per a 2020 Vogue magazine article. The property that’s perhaps the closest to Saif Ali Khan’s heart is the majestic Pataudi Palace, also called Ibrahim Kothi, a palace of the former ruling family Pataudi family in Pataudi town of Gurugram district in Haryana. According to Architecture Digest India, the 10-acre colonial-style estate was designed by architect Robert Tor Russell, who blended European neoclassicism, Art Deco influences and Indian motifs. It was built after Nawab Iftikhar Ali Khan’s marriage to the Begum of Bhopal. With 150 rooms, sprawling lawns, and elegant period features, Pataudi House remains one of India’s most iconic heritage homes. Saif Ali Khan bought it back in 2014, and restored it. Movie buffs would know that the Bollywood movies like Veer-Zaara and Mangal Pandey were shot in Pataudi Palace. Apart from his lavish properties in India, the Bollywood actor also owns a private chalet in Gstaad, valued at around Rs 33 crore. Saif, Kareena and the couple’s children often visit it during winter months to get a perfect view of snow-capped Alps. The Fed has announced that interest rates will remain unchanged and predicts minimal rate cuts in the coming years. Inflation is expected to rise to 2.7% by 2026, while GDP is projected to grow by 2.4%. The job market is stable, with unemployment at 4.4% in 2026. Market expectations for rate cuts have been affected by this decision.</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>Motilal Oswal sees 58% upside in this real estate stock as housing cycle strengthens</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>Motilal Oswal sees a strong rally ahead for Lodha as India’s branded housing cycle gathers pace and balance sheet strength improves.</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>November 19, 2025 13:03 IST</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/market/motilal-oswal-sees-58-upside-in-this-real-estate-stock-as-housing-cycle-strengthens-4049376/</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>Motilal Oswal has turned more optimistic about the prospects of Lodha (formerly known as Macrotech Developers) after a stronger-than-expected demand outlook and improving balance sheet visibility. The brokerage set a target price of Rs 1,888, implying about 58% upside from the last traded price of Rs 1,197. It said the company is positioned to benefit from a multi-year upcycle in branded housing, led by higher affordability in key cities and a faster shift toward large developers. Motilal Oswal said Lodha’s ability to sustain strong bookings, launch a deeper project pipeline, and accelerate debt reduction gives the stock a clearer medium-term growth path. It added that project additions across Mumbai Metropolitan Region and Pune have strengthened the development portfolio to more than Rs 3.7 lakh crore of potential gross development value. The brokerage said the industry backdrop remains favourable as income growth outpaces property prices in several top-tier markets. According to its estimates, affordability in the Mumbai region has improved by 10 to 15% over the past four years, while annual supply has tightened. Lodha has seen the benefit through steady bookings and a wider funnel of planned launches. Quarterly pre-sales are expected to rise to Rs 18,000 crore in FY26 from Rs 14,520 crore in FY25. Collections are expected to climb to Rs 18,130 crore in FY26 from Rs 14,810 crore. Motilal Oswal said this steady growth in pre-sales and collections forms the backbone of Lodha’s cash flow cycle and supports higher launch activity. The brokerage added that the broader trend of consumers preferring established developers remains intact, which strengthens Lodha’s position in suburban micro-markets and branded mid-income projects. Lodha’s launch pipeline stands at Rs 98,000 crore in FY25 and Rs 1.2 lakh crore in FY26. This includes expansions in Thane, Eastern suburbs, and South-Central Mumbai. The brokerage highlighted that the company’s addition of multiple redevelopment projects has created a diversified mix across price points. It also noted that the shift toward asset-light partnerships allows Lodha to lock in large volumes with limited balance sheet strain. The report said launch momentum is essential because current execution strength allows the company to quickly convert planned projects into bookings. For FY25, the company has indicated more than 17 million square feet of launches, with further scope to scale up in FY26. The brokerage said Lodha’s net debt is expected to fall to Rs 3,600 crore in FY25 from Rs 7,040 crore in FY23, supported by higher operating cash flow and disciplined capital allocation. The company has guided for further reduction toward Rs 2,500 crore in FY26. According to Motilal Oswal, this lower leverage improves Lodha’s financial flexibility ahead of large redevelopment projects and shields the balance sheet during periods of uneven sales. It said consistent debt reduction has also strengthened the company’s cost of capital, which helps sustain margins. The report added that Lodha’s cost focus and mix improvement in premium projects support operating profitability, even as the company deploys more capital in new launches. The brokerage said Lodha’s product mix remains tilted toward established micro-markets, where price discipline is stronger. Across the Mumbai Metropolitan Region, mid-income and premium projects have seen better absorption than value housing. Lodha’s presence in these pockets allows it to maintain steady price growth without relying on heavy discounting. According to the report, price appreciation in many of its markets has been measured, ranging from 4 to 6% annually, which the brokerage considers sustainable. It said this pricing stability gives Lodha the room to maintain margin visibility as construction costs remain in check. Motilal Oswal said the sector is still in a consolidation phase, with many smaller developers facing funding constraints and regulatory hurdles. This has pushed branded players to the forefront, especially in larger cities. It noted that in Mumbai’s redevelopment segment, the share of top developers has increased significantly over the past few years. The report expects this consolidation to continue as more homebuyers prioritise delivery certainty and after-sales service. Lodha stands to benefit from this trend as its brand recall and execution record remain strong. The brokerage outlined several triggers that could lift Lodha’s valuation in the next 12 to 18 months. Faster pre-sales conversion from new launches, sustained affordability in key locations, and potential additions in redevelopment corridors could lift both earnings and visibility. Operating cash flow strength, coupled with the ongoing reduction in debt, can also improve the company’s return profile. Motilal Oswal believes the combination of higher scale and lower leverage places Lodha on a stronger footing for the next phase of the housing cycle. Things may soon change in a big way at HSBC Holdings Plc, as the bank quietly looks at cutting a set number of jobs over the next few years, Bloomberg reported.</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>Jefferies sees 23% upside for this recent listing — What’s driving the bullish call?</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Jefferies has kicked off coverage on WeWork India with a bullish call, citing premium positioning, GCC-led demand and room for a 23% upside.</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>November 18, 2025 12:13 IST</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>https://www.financialexpress.com/market/jefferies-initiates-wework-india-with-buy-rating-premium-flex-workspace-leader-seen-delivering-23-upside-strong-gcc-demand-4048143/</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>Another recent listing is in focus. Jefferies has initiated coverage on WeWork India with a Buy rating and a target price of Rs 790. The brokerage said the company’s premium position in the flexible workspace market, strong enterprise client mix and sustained demand from GCCs support a clear multi-year growth cycle. At the current price of Rs 639.80, the target implies nearly 23% upside. According to Jefferies, WeWork India is now the largest flex-workspace operator in the country by revenue, generating nearly 40% more than its closest peer in FY25. The brokerage added that the company’s combination of Grade A locations, mature centres and higher revenue per desk has helped it build one of the strongest margin profiles in the sector. Below is a detailed look at Jefferies’ investment view on WeWork India. Jefferies said WeWork India stands out because of its presence in top micro-markets, access to Grade A buildings and concentration in major demand hubs such as Bengaluru, Mumbai and NCR. As of September 2025, the company had 68 operational centres and 114,077 desks with 7.67 million sq. ft. of leasable area. The brokerage added that WeWork India commands around Rs 20,000 per desk per month, nearly twice that of listed peers, driven by a higher share of enterprise clients. In the June quarter of FY26, 76% of net membership fees came from enterprise customers, while Fortune 500 clients made up 25%. Jefferies said this mix strengthens renewal trends and helps maintain stable occupancy across mature centres. Renewal rate in the quarter stood at 74%, while mature-centre occupancy was more than 80%. According to Jefferies, the flexible workspace sector is expanding at nearly twice the pace of the overall office market. Total flexible stock in Tier-1 cities is forecast to grow to 140 to 144 million sq. ft. by 2027, up from 62 to 64 million sq. ft. in 2023. Demand from GCCs is a key growth driver. Jefferies cited CBRE data showing that GCC leasing rose from 19 million sq. ft. in 2022 to 29 million sq. ft. in 2024, with their share of total office leasing at 36%. Bengaluru remains the largest market, accounting for more than 30% of India’s flex capacity. The brokerage said WeWork India benefits directly from these patterns because its centres are concentrated in clusters where GCCs and large domestic companies are expanding. WeWork India has steadily expanded its footprint from 6 million sq. ft. in FY24 to 7.7 million sq. ft. in FY25, with additional fit-outs underway. Jefferies said the company should be able to add 15,000 to 20,000 new seats annually for the next three years. Occupancy beyond the breakeven threshold flows directly to profitability because most costs are recovered early in a centre’s life. Jefferies highlighted that the company’s revenue-to-rent multiple of 2.7 times in FY25 is above the industry average of 1.9 to 2.5 times. Membership agreements with annual fee escalations of 6% and lock-ins of up to 36 months further improve cash flow visibility. Jefferies expects WeWork India to deliver more than 20% revenue CAGR and nearly 28% EBITDA CAGR between FY25 and FY28. The brokerage projects revenue rising from Rs 1,965.8 crore in FY25 to Rs 3,597.4 crore in FY28. IGAAP EBITDA is estimated to grow from Rs 377.6 crore to nearly Rs 800 crore over the same period. EBITDA margin is expected to improve from 19.2% to above 22% as more centres cross maturity and benefit from operational leverage. Jefferies noted that ARPM has risen at an 8% CAGR since FY23 and should continue to increase due to contract escalations and premium-centre mix. Jefferies on WeWork India: Funding adequate for expansionSeat additions require around Rs 135,000 per desk in capex, translating to approximately Rs 250 to 300 crore annually for the planned expansion. Jefferies said this is fully supported by operating cash flow, which has been above Rs 300 crore for three straight years. After the IPO, net debt stands at Rs 120 crore, which the brokerage said is healthy for a company of this scale. Things may soon change in a big way at HSBC Holdings Plc, as the bank quietly looks at cutting a set number of jobs over the next few years, Bloomberg reported.</t>
+        </is>
+      </c>
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>Real Estate</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:F17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>Synopsis</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Published Date</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>URL</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Content</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Category</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>F&amp;O Radar: Bull Call spread strategy for Supreme Industries</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Supreme Industries shows strong bullish momentum, trading above key resistance levels and its 200-day EMA. Analysts recommend a bull call spread strategy with defined risk and reward, targeting gains on further upside. The stock’s structure suggests continued strength, supported by technical indicators and sustained buying interest.</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/stocks/news/fo-radar-bull-call-spread-strategy-for-supreme-industries/articleshow/129670127.cms</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Stock Market</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>Lacking firepower: Down up to 11%, Iran-Israel war fails to trigger defence stocks. What’s the outlook</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Defence stocks have failed to rally despite the ongoing Iran-Israel war, with many declining up to 11% amid broader market weakness. While some stocks have posted gains, the trend remains mixed. Analysts see long-term potential driven by rising global defence spending despite near-term volatility and valuation concerns.</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/stocks/news/lacking-firepower-down-up-to-11-iran-israel-war-fails-to-trigger-defence-stocks-whats-the-outlook/articleshow/129670053.cms</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Stock Market</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>Waaree Energies among 5 F&amp;O stocks with a sharp rise in futures open interest</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>As of March 18, there was a notable surge in futures open interest for five stocks in the NSE F&amp;O pack, contributing to a total increase in open interest of over 5% as compared to the previous trade. A significant uptick in futures open interest indicates substantial growth in the number of active, unexpired futures contracts for a specific security. This uptrend reflects an increasing number of participants either initiating new positions or expanding the size of their existing positions within the futures market.</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/stocks/news/waaree-energies-among-5-fo-stocks-with-a-sharp-rise-in-futures-open-interest/slideshow/129669497.cms</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Stock Market</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>Manappuram Finance shares drop 2% after RBI gives nod for Rs 4,385 crore Bain Capital deal</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Manappuram Finance shares dipped 2% after its subsidiaries received RBI approval for Bain Capital's indirect control, marking the final step in the Rs 4,385 crore deal. Bain Capital will hold a significant stake, becoming a joint promoter alongside existing ones, with the capital infusion expected by March 31, 2026.</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/stocks/news/manappuram-finance-shares-in-focus-as-rbi-gives-nod-for-rs-4385-crore-bain-capital-deal/articleshow/129670003.cms</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Stock Market</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>US Fed keeps rates unchanged, raises inflation outlook. What does it mean for the Indian stock market?</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>The US Fed’s hawkish stance has reinforced risk-off sentiment, with markets pushing rate cut expectations to 2027 amid rising oil shock risks. Bond yields climbed and equities fell on the outlook. While some experts see continued pressure, others believe much of the uncertainty is already priced in, suggesting limited near-term market reaction despite geopolitical tensions.</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/stocks/news/us-fed-keeps-rates-unchanged-raises-inflation-outlook-what-does-it-mean-for-the-indian-stock-market/articleshow/129669885.cms</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Stock Market</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>Infosys, TCS, other IT stocks in focus as US Fed chief says inflation is not coming down as much as hoped</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Indian IT stocks are in focus after the US Federal Reserve held rates steady, warning that inflation remains elevated amid rising oil prices and geopolitical tensions. Powell’s cautious stance and higher inflation projections triggered a sharp fall on Wall Street, raising concerns over global demand and potential pressure on IT sector earnings.</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/stocks/news/infosys-tcs-other-it-stocks-in-focus-as-us-fed-chief-says-inflation-is-not-coming-down-as-much-as-hoped/articleshow/129669464.cms</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Stock Market</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>Bank  of Japan keeps interest rates steady at 0.75%, sticks to recovery view</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>The Bank of Japan held its interest rates steady at 0.75% on Thursday, projecting a moderate economic recovery. Despite global uncertainties from the Middle East, the central bank's decision was largely anticipated. However, one board member advocated for a rate hike. Governor Kazuo Ueda is set to address the media later today.</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/stocks/news/bank-of-japan-keeps-interest-rates-steady-at-0-75-sticks-to-recovery-view/articleshow/129669613.cms</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Stock Market</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>Tata Capital among 3 stocks showing bullish White Marubozu pattern</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>On March 18, three stocks in the NSE large-cap pack appeared on the ‘White Marubozu’ bullish scanner, according to StockEdge’s technical scan data. A White Marubozu is a bullish candlestick pattern in technical analysis where the opening price is the lowest for a given period, and the closing price is the highest.Represented by a long white (or green) candlestick with no upper shadow and a small or nonexistent lower shadow, it indicates strong buying pressure throughout the session. Traders interpret it as a signal that buyers were in control from the opening to the close, often using such patterns to inform decisions about future price movements in financial markets.</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/stocks/news/tata-capital-among-3-stocks-showing-bullish-white-marubozu-pattern/slideshow/129669456.cms</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Stock Market</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>HDFC Bank shares crash 8% as  Atanu Chakraborty quits, says certain values didn’t align; ADRs tumble 7%</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>HDFC Bank share price plunged 8.4% after its part-time Chairman Atanu Chakraborty resigned, citing ethical concerns over recent bank practices. Keki Mistry has been appointed interim chairman. Chakraborty's tenure saw the significant merger with HDFC, though its full benefits are yet to be realized.</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/stocks/news/hdfc-bank-shares-in-focus-as-atanu-chakraborty-quits-says-certain-values-didnt-align-adrs-tumble-7/articleshow/129669233.cms</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Stock Market</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>Stocks to buy in 2026 for long term: NTPC Green Energy, ASK Automotive among 5 stocks that could give 10-20% return</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Brokerages have turned constructive on a diverse set of companies across green energy, auto components, insurance, consumer, and pharmaceuticals, highlighting strong growth visibility and sectoral tailwinds.We have collated a list of recommendations from top brokerage firms from ETNow and other sources:</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/stocks/news/stocks-to-buy-in-2026-for-long-term-ntpc-green-energy-ask-automotive-among-5-stocks-that-could-give-10-20-return/slideshow/129668966.cms</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Stock Market</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>Positive Breakout: These 10 stocks cross above their 200 DMAs</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>In the Nifty 500 pack, 10 stocks gained over 3% and their closing prices crossed above their 200-day DMA (Daily Moving Average) on March 18, 2026, according to StockEdge’s technical scan data. The 200-day daily moving average (DMA) is used by traders as a key indicator for determining the overall trend in a particular stock. As long as the stock is priced above the 200-day SMA on the daily timeframe, it is generally considered to be in an overall uptrend. Take a look:</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/stocks/news/positive-breakout-these-10-stocks-cross-above-their-200-dmas/slideshow/129668908.cms</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Stock Market</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>Stock market holiday today for Gudi Padwa 2026: Are NSE &amp; BSE open or closed for Gudi Padwa celebration? Check now</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>NSE BSE Holiday Today: Even as the country celebrates Gudi Padwa today, there will be no market holiday and stock exchanges BSE and the NSE will open for trading at the usual time.</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/stocks/news/stock-market-holiday-today-for-gudi-padwa-2026-are-nse-bse-open-or-closed-for-gudi-padwa-celebration-check-now/articleshow/129662011.cms</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Stock Market</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>Stocks in news: Manappuram Finance, Kotak Bank, Nazara Technologies, United Breweries</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Indian markets continued their recovery for a third straight session, with Nifty approaching the 23,800-24,000 resistance zone. Key stocks like Manappuram Finance, Kotak Bank, Nazara Technologies, and United Breweries are in focus due to significant corporate developments, including acquisitions, licensing agreements, and environmental clearances.</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/stocks/news/stocks-in-news-manappuram-finance-kotak-bank-nazara-technologies-united-breweries/articleshow/129662710.cms</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>Stock Market</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>GIFT Nifty down 550 points; here's the trading setup for today's session</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Indian equity markets closed strong on March 18, with benchmarks extending their upward trend. Analysts suggest the index holding above Wednesday's low of 23,618 will pave the way for further gains towards 24,000 and 24,300. Volatility eased as India VIX fell sharply below 20.</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/stocks/news/pre-market-action-heres-the-trade-setup-for-todays-session/articleshow/129662813.cms</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Stock Market</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>UltraTech to pick up 26% in Sunsure Solarpark Seven</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>UltraTech Cement is set to acquire a significant stake in Sunsure Solarpark Seven. This move aims to secure green energy for UltraTech. The acquisition will help optimize energy costs and meet regulatory demands. The deal is expected to be finalized within 180 days. This strategic investment underscores UltraTech's commitment to renewable energy.</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/stocks/news/ultratech-to-pick-up-26-in-sunsure-solarpark-seven/articleshow/129668417.cms</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>Stock Market</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>Unloved rally: Markets rebound amid scepticism after sharp March sell-off</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Markets are experiencing a cautious rebound after recent declines.  This rally, fueled by short covering and domestic institutional buying, is met with skepticism.  Experts suggest a decisive shift depends on a resolution to the West Asia conflict.  Foreign institutional investors continue to sell, adding to market unease.  Traders await clarity on the geopolitical situation before committing further.</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>No date available</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>https://economictimes.indiatimes.com/markets/stocks/news/unloved-rally-markets-rebound-amid-scepticism-after-sharp-march-sell-off/articleshow/129668286.cms</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>No Content</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>Stock Market</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>